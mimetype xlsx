--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>DRAGONFLY OPSTAR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23/09/2025 00:00:00</t>
   </si>
   <si>
-    <t>24/10/2025 10:22:36</t>
+    <t>24/10/2025 10:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701923/fr/dragonfly-opstar</t>
   </si>
   <si>
     <t>p_3701923</t>
   </si>
   <si>
     <t>Cathéter d’imagerie endocoronaire par tomographie par cohérence optique (OCT)</t>
   </si>
   <si>
     <t>ABBOTT Medical France SAS (France)</t>
   </si>
   <si>
     <t>DRAGONFLY OPTIS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701926/fr/dragonfly-optis</t>
   </si>
   <si>
     <t>p_3701926</t>
   </si>
   <si>
     <t>AMPLATZER TALISMAN PFO OCCLUDER</t>
   </si>