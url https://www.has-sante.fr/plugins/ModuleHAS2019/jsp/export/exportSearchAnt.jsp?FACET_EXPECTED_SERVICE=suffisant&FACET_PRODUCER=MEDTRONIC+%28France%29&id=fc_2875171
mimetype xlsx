--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="37">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -66,50 +66,68 @@
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>PERCEPT RC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>04/06/2024 00:00:00</t>
   </si>
   <si>
     <t>05/08/2024 10:00:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3533057/fr/percept-rc</t>
   </si>
   <si>
     <t>p_3533057</t>
   </si>
   <si>
     <t>Système rechargeable double canal de stimulation cérébrale profonde</t>
   </si>
   <si>
     <t>MEDTRONIC (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME MINIMED 780G associé au système de mesure en continu du glucose interstitiel GUARDIAN 4</t>
+  </si>
+  <si>
+    <t>09/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2024 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514595/fr/systeme-minimed-780g-associe-au-systeme-de-mesure-en-continu-du-glucose-interstitiel-guardian-4</t>
+  </si>
+  <si>
+    <t>p_3514595</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
   </si>
   <si>
     <t>VISUALASE</t>
   </si>
   <si>
     <t>25/07/2023 00:00:00</t>
   </si>
   <si>
     <t>28/09/2023 16:45:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3463635/fr/visualase</t>
   </si>
   <si>
     <t>p_3463635</t>
   </si>
   <si>
     <t>Système de thermo-ablation laser guidée par IRM</t>
   </si>
   <si>
     <t>PROTEGE RX</t>
   </si>
   <si>
     <t>02/09/2022 00:00:00</t>
   </si>
@@ -152,51 +170,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -286,43 +304,75 @@
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>28</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>30</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>