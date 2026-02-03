--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>GEWA ONE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>24/06/2023 16:25:30</t>
+    <t>24/05/2022 00:00:00</t>
   </si>
   <si>
     <t>03/06/2022 15:16:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3342587/fr/gewa-one</t>
   </si>
   <si>
     <t>p_3342587</t>
   </si>
   <si>
     <t>Téléthèse : télécommande adaptée au  handicap pour permettre le contrôle de  l’environnement électrique et électronique de  la personne en situation de handicap</t>
   </si>
   <si>
     <t>Société CREE SAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>