--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="560" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="560" uniqueCount="322">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -849,53 +849,50 @@
     <t>https://www.has-sante.fr/jcms/c_2021476/fr/synergy</t>
   </si>
   <si>
     <t>c_2021476</t>
   </si>
   <si>
     <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
   </si>
   <si>
     <t>27/01/2015 00:00:00</t>
   </si>
   <si>
     <t>27/02/2015 13:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
   </si>
   <si>
     <t>c_2011106</t>
   </si>
   <si>
     <t>ST JUDE MEDICAL FRANCE SAS</t>
   </si>
   <si>
     <t>NOBORI</t>
-  </si>
-[...1 lines deleted...]
-    <t>27/01/2017 08:35:37</t>
   </si>
   <si>
     <t>27/02/2015 13:59:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2012834/fr/nobori</t>
   </si>
   <si>
     <t>c_2012834</t>
   </si>
   <si>
     <t>TERUMO FRANCE S.A.</t>
   </si>
   <si>
     <t>07/10/2014 00:00:00</t>
   </si>
   <si>
     <t>23/10/2014 18:10:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1770297/fr/ultimaster</t>
   </si>
   <si>
     <t>c_1770297</t>
   </si>
@@ -2549,320 +2546,320 @@
       </c>
       <c r="G47" t="s">
         <v>276</v>
       </c>
       <c r="H47" t="s">
         <v>277</v>
       </c>
       <c r="I47" t="s">
         <v>12</v>
       </c>
       <c r="J47" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>10</v>
       </c>
       <c r="B48" t="s">
         <v>279</v>
       </c>
       <c r="C48" t="s">
         <v>119</v>
       </c>
       <c r="D48" t="s">
+        <v>274</v>
+      </c>
+      <c r="E48" t="s">
         <v>280</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
         <v>281</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="I48" t="s">
         <v>119</v>
       </c>
       <c r="J48" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" t="s">
         <v>195</v>
       </c>
       <c r="C49" t="s">
         <v>119</v>
       </c>
       <c r="D49" t="s">
+        <v>284</v>
+      </c>
+      <c r="E49" t="s">
         <v>285</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
         <v>286</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="I49" t="s">
         <v>119</v>
       </c>
       <c r="J49" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>10</v>
       </c>
       <c r="B50" t="s">
         <v>140</v>
       </c>
       <c r="C50" t="s">
         <v>119</v>
       </c>
       <c r="D50" t="s">
+        <v>288</v>
+      </c>
+      <c r="E50" t="s">
         <v>289</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
         <v>290</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="I50" t="s">
         <v>119</v>
       </c>
       <c r="J50" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>10</v>
       </c>
       <c r="B51" t="s">
+        <v>293</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
         <v>294</v>
       </c>
-      <c r="C51" t="s">
-[...2 lines deleted...]
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>295</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
         <v>296</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="H51" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="I51" t="s">
         <v>12</v>
       </c>
       <c r="J51" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>10</v>
       </c>
       <c r="B52" t="s">
         <v>114</v>
       </c>
       <c r="C52" t="s">
         <v>119</v>
       </c>
       <c r="D52" t="s">
+        <v>298</v>
+      </c>
+      <c r="E52" t="s">
         <v>299</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
         <v>300</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="I52" t="s">
         <v>119</v>
       </c>
       <c r="J52" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>10</v>
       </c>
       <c r="B53" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C53" t="s">
         <v>119</v>
       </c>
       <c r="D53" t="s">
+        <v>304</v>
+      </c>
+      <c r="E53" t="s">
         <v>305</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
         <v>306</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="I53" t="s">
         <v>119</v>
       </c>
       <c r="J53" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>10</v>
       </c>
       <c r="B54" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="C54" t="s">
         <v>119</v>
       </c>
       <c r="D54" t="s">
+        <v>304</v>
+      </c>
+      <c r="E54" t="s">
         <v>305</v>
       </c>
-      <c r="E54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
+        <v>309</v>
+      </c>
+      <c r="H54" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="I54" t="s">
         <v>119</v>
       </c>
       <c r="J54" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>10</v>
       </c>
       <c r="B55" t="s">
+        <v>311</v>
+      </c>
+      <c r="C55" t="s">
         <v>312</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>304</v>
+      </c>
+      <c r="E55" t="s">
         <v>313</v>
       </c>
-      <c r="D55" t="s">
-[...2 lines deleted...]
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
         <v>314</v>
       </c>
-      <c r="F55" t="s">
-[...2 lines deleted...]
-      <c r="G55" t="s">
+      <c r="H55" t="s">
         <v>315</v>
       </c>
-      <c r="H55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I55" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="J55" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>10</v>
       </c>
       <c r="B56" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="C56" t="s">
         <v>264</v>
       </c>
       <c r="D56" t="s">
+        <v>317</v>
+      </c>
+      <c r="E56" t="s">
         <v>318</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
         <v>319</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="H56" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="I56" t="s">
         <v>264</v>
       </c>
       <c r="J56" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>