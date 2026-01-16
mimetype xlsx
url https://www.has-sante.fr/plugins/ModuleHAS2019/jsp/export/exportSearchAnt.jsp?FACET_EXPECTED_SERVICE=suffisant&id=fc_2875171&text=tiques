--- v0 (2025-11-26)
+++ v1 (2026-01-16)
@@ -95,51 +95,51 @@
   <si>
     <t>09/09/2025 00:00:00</t>
   </si>
   <si>
     <t>08/10/2025 12:12:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3658367/fr/proact</t>
   </si>
   <si>
     <t>p_3658367</t>
   </si>
   <si>
     <t>Prothèse sphinctérienne ajustable périurétrale pour l’homme</t>
   </si>
   <si>
     <t>UROMEDICA INC. (Etats-Unis)</t>
   </si>
   <si>
     <t>BRAVO</t>
   </si>
   <si>
     <t>07/10/2025 00:00:00</t>
   </si>
   <si>
-    <t>14/11/2025 11:40:40</t>
+    <t>14/11/2025 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700068/fr/bravo</t>
   </si>
   <si>
     <t>p_3700068</t>
   </si>
   <si>
     <t>Capsule de test du reflux gastro-œsophagien</t>
   </si>
   <si>
     <t>MEDTRONIC France S.A.S (France)</t>
   </si>
   <si>
     <t>SYSTÈME FLOWTRIEVER</t>
   </si>
   <si>
     <t>28/01/2025 00:00:00</t>
   </si>
   <si>
     <t>10/03/2025 09:36:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587669/fr/systeme-flowtriever</t>
   </si>