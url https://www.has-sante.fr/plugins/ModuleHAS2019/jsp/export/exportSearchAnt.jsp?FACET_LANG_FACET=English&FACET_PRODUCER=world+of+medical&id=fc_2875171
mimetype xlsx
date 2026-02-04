--- v0 (2025-11-05)
+++ v1 (2026-02-04)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS*)</t>
   </si>
   <si>
     <t>The National Committee for the Evaluation of Medical Devices and Health Technologies (Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé, CNEDiMTS) examines questions relating to the evaluation of certain medical devices, medical procedures and other health technologies, with a view to their reimbursement by the health insurance scheme, and to their proper use.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2036238/en/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036238/fr/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
   </si>
   <si>
     <t>c_2036238</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>