--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -4,694 +4,694 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Opinion on medical devic" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
-    <sheet name="Export Tool to improve professi" r:id="rId6" sheetId="4"/>
-    <sheet name="Export Web page" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="210">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
+    <t>Guide méthodologique</t>
   </si>
   <si>
     <t>Description of the steps for developing care pathway quality indicators</t>
   </si>
   <si>
     <t>As part of the health system transformation strategy (adopted on July 2019), the French National Authority for Health (Haute Autorité de santé - HAS) and the National Health Insurance Fund (Caisse nationale de l'Assurance maladie - Cnam) are co-piloting the “appropriatness and quality of healthcare” project. One of the objectives of this project is to build care pathways with quality indicators. It aims to engage patients and professionals in a participatory approach to improve care pathways quality. The steps of elaboration of care pathway quality indicators (definition, development, validation, updating) are described in a methodology sheet published in 2021. For each step, the actors involved and the expected deliverables are specified.</t>
   </si>
   <si>
-    <t>03/05/2021 00:00:00</t>
-[...2 lines deleted...]
-    <t>07/28/2021 14:09:07</t>
+    <t>05/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:07</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3280271/en/description-of-the-steps-for-developing-care-pathway-quality-indicators</t>
+    <t>https://www.has-sante.fr/jcms/p_3280271/fr/description-of-the-steps-for-developing-care-pathway-quality-indicators</t>
   </si>
   <si>
     <t>p_3280271</t>
   </si>
   <si>
     <t>Guidance for national early dialogues on medicinal products</t>
   </si>
   <si>
     <t>The objective of an ED for a medicinal product in clinical development is to provide scientific recommendations to pharmaceutical companies on how the last phase (usually phase III) of development of a drug should be conducted in order to enable the company to provide data that will satisfy the requirements of the health technology assessment (HTA).</t>
   </si>
   <si>
-    <t>04/02/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2623726/en/guidance-for-national-early-dialogues-on-medicinal-products</t>
+    <t>02/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623726/fr/guidance-for-national-early-dialogues-on-medicinal-products</t>
   </si>
   <si>
     <t>c_2623726</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1010919/en/paradigm-veo-system-21-december-2010-2711-opinion</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Système PARADIGM VEO - 21 décembre 2010 (2711) avis</t>
+  </si>
+  <si>
+    <t>Pompe à insuline et moniteur en continu du glucose interstitiel DIABETOLOGIE – Nouveau dispositif Avis favorable à une prise en charge temporaire dans le diabète de type 1, dans le cadre d’une étude, en raison de l’intérêt potentiel du système</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010919/fr/systeme-paradigm-veo-21-decembre-2010-2711-avis</t>
   </si>
   <si>
     <t>c_1010919</t>
   </si>
   <si>
     <t>MEDTRONIC France SAS</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Calendar Event</t>
+    <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>ISQua's 37th International Conference</t>
   </si>
   <si>
-    <t>07/16/2021 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3278095/en/isqua-s-37th-international-conference</t>
+    <t>16/07/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278095/fr/isqua-s-37th-international-conference</t>
   </si>
   <si>
     <t>p_3278095</t>
   </si>
   <si>
     <t>???</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Fixation bias in healthcare. How to see the light at the end of the tunnel ?</t>
   </si>
   <si>
     <t>Fixation is defined as being any situation in which a healthcare professional’s attention is so highly focused on a specific goal that he or she fails to notice warning signs that should normally prompt a change in approach or even the stoppage of the procedure before an adverse event can occur. This patient safety solution proposes a list of solutions to limit the occurrence and consequences of fixation.</t>
   </si>
   <si>
-    <t>08/28/2023 11:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3457735/en/fixation-bias-in-healthcare-how-to-see-the-light-at-the-end-of-the-tunnel</t>
+    <t>28/08/2023 11:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457735/fr/fixation-bias-in-healthcare-how-to-see-the-light-at-the-end-of-the-tunnel</t>
   </si>
   <si>
     <t>p_3457735</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>The certification of hospitals for quality of care</t>
   </si>
   <si>
     <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
   </si>
   <si>
-    <t>06/22/2021 10:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+    <t>22/06/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/fr/the-certification-of-hospitals-for-quality-of-care</t>
   </si>
   <si>
     <t>c_2044304</t>
   </si>
   <si>
     <t>Good healthcare simulation practices: recent work in France</t>
   </si>
   <si>
     <t>Healthcare simulation is a key teaching method for healthcare professionals, aimed at improving training, professional practices, and risk management.</t>
   </si>
   <si>
-    <t>01/22/2025 08:41:30</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3579176/en/good-healthcare-simulation-practices-recent-work-in-france</t>
+    <t>22/01/2025 08:41:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579176/fr/good-healthcare-simulation-practices-recent-work-in-france</t>
   </si>
   <si>
     <t>p_3579176</t>
   </si>
   <si>
     <t>Patient Safety</t>
   </si>
   <si>
     <t>Improving patient safety in hospital and health systems remains a global public health concern and an essential component of health care quality. It necessitates a comprehensive approach that involves shared principles and values in the promotion and implementation of a positive safety culture, an effective risk management program, and high-quality teamwork to reduce medical errors and prevent their occurrences.</t>
   </si>
   <si>
-    <t>01/21/2025 16:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2042652/en/patient-safety</t>
+    <t>21/01/2025 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042652/fr/patient-safety</t>
   </si>
   <si>
     <t>c_2042652</t>
   </si>
   <si>
     <t>First national survey to measure patient safety culture within heathcare facilities in France</t>
   </si>
   <si>
     <t>Patient safety culture is a set of behaviours and attitudes that contribute to patient safety and that are shared collectively throughout the organisation (teams, healthcare facilities).</t>
   </si>
   <si>
-    <t>12/16/2024 15:57:52</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3572352/en/first-national-survey-to-measure-patient-safety-culture-within-heathcare-facilities-in-france</t>
+    <t>16/12/2024 15:57:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572352/fr/first-national-survey-to-measure-patient-safety-culture-within-heathcare-facilities-in-france</t>
   </si>
   <si>
     <t>p_3572352</t>
   </si>
   <si>
     <t>About</t>
   </si>
   <si>
     <t>An independent public scientific body, the French National Authority for Health (HAS) is tasked with further developing quality for the country's health and social care services. Established by legislation in August 2004, HAS works alongside public authorities to inform policy decisions and with health care professionals to optimize practices, organizations and services.</t>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_415958/en/about</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_415958/fr/about</t>
   </si>
   <si>
     <t>c_415958</t>
   </si>
   <si>
     <t>Organisational Structure</t>
   </si>
   <si>
     <t>HAS Board, management</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_415961/en/organisational-structure</t>
+    <t>https://www.has-sante.fr/jcms/c_415961/fr/organisational-structure</t>
   </si>
   <si>
     <t>c_415961</t>
   </si>
   <si>
     <t>Transparency Committee</t>
   </si>
   <si>
     <t>The Transparency Committee (CT – Commission de la Transparence) is a scientific body made up of doctors, pharmacists and specialists in methodology and epidemiology. It evaluates drugs that have been granted marketing authorization, when the laboratory marketing them wishes to obtain their inclusion on the list of reimbursable drugs. Its tasks include : Assesses medicinal products with Marketing Authorisation Provides recommendations for medicinal products Contributes to the proper use of medicinal products</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1729421/en/transparency-committee</t>
+    <t>https://www.has-sante.fr/jcms/c_1729421/fr/transparency-committee</t>
   </si>
   <si>
     <t>c_1729421</t>
   </si>
   <si>
     <t>National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS*)</t>
   </si>
   <si>
     <t>The National Committee for the Evaluation of Medical Devices and Health Technologies (Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé, CNEDiMTS) examines questions relating to the evaluation of certain medical devices, medical procedures and other health technologies, with a view to their reimbursement by the health insurance scheme, and to their proper use.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036238/en/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
+    <t>https://www.has-sante.fr/jcms/c_2036238/fr/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
   </si>
   <si>
     <t>c_2036238</t>
   </si>
   <si>
     <t>Economic and Public Health Evaluation Committee</t>
   </si>
   <si>
     <t>The Economic and Public Health Committee (Commission d’évaluation économique et de santé publique, CEESP) issues public health recommendations and technology appraisals based on clinical and economic evidence as well as on other domains (e.g. ethics, organisation). Technology is inclusive of medicinal products and devices, diagnostic and therapeutic techniques, systems of care, screening tools, etc. The committee also reviews single technology assessments from manufacturers and issues opinions on their efficiency, referred to as “efficiency opinion” in HAS publications. The CESSP can be commissioned by an external institution or by the College of HAS. It works in collaboration with other HAS committees.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036304/en/economic-and-public-health-evaluation-committee</t>
+    <t>https://www.has-sante.fr/jcms/c_2036304/fr/economic-and-public-health-evaluation-committee</t>
   </si>
   <si>
     <t>c_2036304</t>
   </si>
   <si>
     <t>Technical Committee for Vaccinations</t>
   </si>
   <si>
     <t>In accordance with HAS’ activity in supporting public authorities in vaccination policy-making, the committee is tasked with preparing the HAS’ Board deliberations, particularly with regards to: Vaccine recommendations, including urgent Ministry of Health requests; French Vaccination schedule set by the Ministry of Health; Minimal disclosures required in publicity campaigns for vaccines.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2758065/en/technical-committee-for-vaccinations</t>
+    <t>https://www.has-sante.fr/jcms/c_2758065/fr/technical-committee-for-vaccinations</t>
   </si>
   <si>
     <t>c_2758065</t>
   </si>
   <si>
     <t>Vigilance Indicators in Surgery in France</t>
   </si>
   <si>
     <t>Within the framework of a hospital reform relating to the system of authorizations for healthcare activities, the French Ministry of Health requested that the National Authority for Health define surgery vigilance indicators and methods for implementation to improve patient safety and quality of care. .</t>
   </si>
   <si>
-    <t>12/11/2023 09:14:54</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3474148/en/vigilance-indicators-in-surgery-in-france</t>
+    <t>11/12/2023 09:14:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474148/fr/vigilance-indicators-in-surgery-in-france</t>
   </si>
   <si>
     <t>p_3474148</t>
   </si>
   <si>
     <t>Accreditation of physicians and medical teams</t>
   </si>
   <si>
     <t>The HAS put into place a voluntary-based physician practice accreditation programme. Serving as a risk management instrument, this HAS measure builds on programmes developed by approved accreditation bodies.</t>
   </si>
   <si>
-    <t>03/31/2020 10:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2042654/en/accreditation-of-physicians-and-medical-teams</t>
+    <t>31/03/2020 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042654/fr/accreditation-of-physicians-and-medical-teams</t>
   </si>
   <si>
     <t>c_2042654</t>
   </si>
   <si>
     <t>Quality of care as perceived by patients – PROMs and PREMs indicators</t>
   </si>
   <si>
     <t>Three types of measures are used to assess quality of care as perceived by patients, using different tools: Patient-Reported Outcome Measures (PROMs) for care outcomes, Patient-Reported Experience Measures (PREMs) for the care experience and patient satisfaction questionnaires to assess meeting of their expectations. Based on research published in the literature and numerous illustrations, this report describes the theoretical foundations and methodological approaches, accompanied by practical cases, as well as the challenges relative to quality of care that could be met by proficiency in the use of these solutions. In particular, the aim is to improve communication between patients and professionals, personalise care and more effectively monitor patients' health.</t>
   </si>
   <si>
-    <t>03/15/2022 12:46:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3324079/en/quality-of-care-as-perceived-by-patients-proms-and-prems-indicators</t>
+    <t>15/03/2022 12:46:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324079/fr/quality-of-care-as-perceived-by-patients-proms-and-prems-indicators</t>
   </si>
   <si>
     <t>p_3324079</t>
   </si>
   <si>
     <t>A national PSI 12 in orthopaedic surgery: validity three years after in-hospital release and perspectives for further use</t>
   </si>
   <si>
     <t>Improving care quality, patient safety and outcomes in total hip (THA) and total knee (TKA) arthroplasty: a shared objective between healthcare organisations (HCOs), healthcare professionals and patients. Patient safety indicator (PSIs) are measured in many countries. Since December 2016, a modified PSI 12 was released 3 consecutive years by the French national authority for health (HAS) to 740 HCOs. It measures in-hospital coded thromboembolic events (TEE, being either deep vein thrombosis- DVT or pulmonary embolism–PE) in adult patients undergoing THA or TKA.</t>
   </si>
   <si>
-    <t>11/04/2019 11:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242159/en/a-national-psi-12-in-orthopaedic-surgery-validity-three-years-after-in-hospital-release-and-perspectives-for-further-use</t>
+    <t>04/11/2019 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242159/fr/a-national-psi-12-in-orthopaedic-surgery-validity-three-years-after-in-hospital-release-and-perspectives-for-further-use</t>
   </si>
   <si>
     <t>p_3242159</t>
   </si>
   <si>
     <t>Assessment of medicinal products</t>
   </si>
   <si>
     <t>HAS is responsible for providing recommendations, largely with regards to reimbursement of medicines; the latter falling within the jurisdiction of the HAS Transparency Committee (TC).</t>
   </si>
   <si>
-    <t>01/28/2021 16:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035649/en/assessment-of-medicinal-products</t>
+    <t>28/01/2021 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035649/fr/assessment-of-medicinal-products</t>
   </si>
   <si>
     <t>c_2035649</t>
   </si>
   <si>
     <t>Overview of HAS</t>
   </si>
   <si>
     <t>An independent public scientific advisory body, the French National Authority for Health (HAS) is tasked with advancing quality in health and social care. HAS works alongside public authorities to inform policy decisions and with health care professionals to optimize practices, organizations and services; and equally ensures a patient-focused approach aimed at reinforcing decision-making capacity for the public.</t>
   </si>
   <si>
-    <t>08/14/2019 09:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_415964/en/overview-of-has</t>
+    <t>14/08/2019 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_415964/fr/overview-of-has</t>
   </si>
   <si>
     <t>c_415964</t>
   </si>
   <si>
     <t>Guideline Impact Committee</t>
   </si>
   <si>
     <t>The Guideline Impact Committee is tasked to prepare the HAS Board for decisions on: implementation modalities for certain HAS recommendations; evaluation of guideline impact, notably in terms of change in professional practice; general follow-up and evaluation principals with regards to the impact of HAS productions.</t>
   </si>
   <si>
-    <t>08/14/2019 09:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2036968/en/guideline-impact-committee</t>
+    <t>14/08/2019 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036968/fr/guideline-impact-committee</t>
   </si>
   <si>
     <t>c_2036968</t>
   </si>
   <si>
     <t>Guidelines, Relevance, Pathways and Indicators Committee</t>
   </si>
   <si>
     <t>The Guidelines, Relevance, Pathways and Indicators Committee is tasked with preparing HAS Board decisions on: recommendations developed for health professionals and public authorities in terms of best practice and organisations of care; management strategies relating to care pathways and indicators corresponding to relevant care.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2037142/en/guidelines-relevance-pathways-and-indicators-committee</t>
+    <t>https://www.has-sante.fr/jcms/c_2037142/fr/guidelines-relevance-pathways-and-indicators-committee</t>
   </si>
   <si>
     <t>c_2037142</t>
   </si>
   <si>
     <t>Healthcare Organisation Accreditation Committee</t>
   </si>
   <si>
     <t>The Committee is tasked to prepare Board deliberation with regards to: *accreditation procedure of healthcare organisations; *development of guidance, tools, methods and monitoring of the accreditation procedure of healthcare organisations ; *the accreditation-score of healthcare organisations; *planning and collection of indicators, their use in accreditation, and actions to improve quality and safety of care.</t>
   </si>
   <si>
-    <t>08/14/2019 09:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2039627/en/healthcare-organisation-accreditation-committee</t>
+    <t>14/08/2019 09:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039627/fr/healthcare-organisation-accreditation-committee</t>
   </si>
   <si>
     <t>c_2039627</t>
   </si>
   <si>
     <t>Deontology</t>
   </si>
   <si>
     <t>HAS status as an independent public authority calls for a particularly high standard of independence and impartiality from all those involved in its work. This independence from both executive authorities and economic and social stakeholders means that ethical obligations, in particular prevention of conflicts of interest, must be respected.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2051506/en/deontology</t>
+    <t>https://www.has-sante.fr/jcms/c_2051506/fr/deontology</t>
   </si>
   <si>
     <t>c_2051506</t>
   </si>
   <si>
     <t>Commission in charge of Social Care Services</t>
   </si>
   <si>
     <t>The Commission for the Evaluation and Improvement of the Quality of Social and Medico-Social Institutions and Services (CSMS) will set the guidelines of the HAS for the recommendations and evaluation of services and establishments in these fields: the support for the elderly, people with disabilities, child protection and social inclusion. And also to set the evaluation framework for some 30,000 social and medico-social institutions and services.</t>
   </si>
   <si>
-    <t>06/26/2018 09:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2905705/en/commission-in-charge-of-social-care-services</t>
+    <t>26/06/2018 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905705/fr/commission-in-charge-of-social-care-services</t>
   </si>
   <si>
     <t>c_2905705</t>
   </si>
   <si>
     <t>Healthcare Quality and Safety Indicators</t>
   </si>
   <si>
     <t>HAS works in conjunction with health professionals, users of the healthcare system and patients to develop health care quality and safety indicators (QSI). The indicators assess the process or the outcome of care. They are set up to be used by healthcare organisations as quality improvement tools.</t>
   </si>
   <si>
-    <t>02/07/2019 15:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044563/en/healthcare-quality-and-safety-indicators</t>
+    <t>07/02/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044563/fr/healthcare-quality-and-safety-indicators</t>
   </si>
   <si>
     <t>c_2044563</t>
   </si>
   <si>
     <t>Innovation Pass</t>
   </si>
   <si>
-    <t>06/07/2018 08:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2854321/en/innovation-pass</t>
+    <t>07/06/2018 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854321/fr/innovation-pass</t>
   </si>
   <si>
     <t>c_2854321</t>
   </si>
   <si>
     <t>Patient Information Committee</t>
   </si>
   <si>
     <t>The Patient Information Committee propose documents and tools intended for public information and use which promote shared understanding and decision making between patients and doctors.</t>
   </si>
   <si>
-    <t>01/19/2016 12:12:02</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2588865/en/patient-information-committee</t>
+    <t>19/01/2016 12:12:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588865/fr/patient-information-committee</t>
   </si>
   <si>
     <t>c_2588865</t>
   </si>
   <si>
     <t>Methods and criteria for assessing medical devices</t>
   </si>
   <si>
-    <t>11/27/2015 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035654/en/methods-and-criteria-for-assessing-medical-devices</t>
+    <t>27/11/2015 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035654/fr/methods-and-criteria-for-assessing-medical-devices</t>
   </si>
   <si>
     <t>c_2035654</t>
   </si>
   <si>
     <t>Assessment of medical devices</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2035661/en/assessment-of-medical-devices</t>
+    <t>https://www.has-sante.fr/jcms/c_2035661/fr/assessment-of-medical-devices</t>
   </si>
   <si>
     <t>c_2035661</t>
   </si>
   <si>
     <t>Assessment of health technologies and procedures</t>
   </si>
   <si>
     <t>* Assessment of health technologies and procedures * INAHTA briefs * Health technology, medical and surgical procedure assessment reports</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2035673/en/assessment-of-health-technologies-and-procedures</t>
+    <t>https://www.has-sante.fr/jcms/c_2035673/fr/assessment-of-health-technologies-and-procedures</t>
   </si>
   <si>
     <t>c_2035673</t>
   </si>
   <si>
     <t>Methods and criteria for assessing medicinal products</t>
   </si>
   <si>
-    <t>10/29/2015 17:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035651/en/methods-and-criteria-for-assessing-medicinal-products</t>
+    <t>29/10/2015 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035651/fr/methods-and-criteria-for-assessing-medicinal-products</t>
   </si>
   <si>
     <t>c_2035651</t>
   </si>
   <si>
     <t>International relations</t>
   </si>
   <si>
-    <t>Haute Autorité de Santé (HAS) strengthens its European and international commitment in its two core areas of activity: health technology assessment (HTA) and improvement in the quality of care and patient safety.</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_420020/en/international-relations</t>
+    <t>International conferences - Participation in international networks and societies - Participation in public health projects financed by the European Commission - Meetings with national institutions and participation in working groups - Cooperation with foreign countries - International peer-reviewed articles</t>
+  </si>
+  <si>
+    <t>27/10/2015 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_420020/fr/international-relations</t>
   </si>
   <si>
     <t>c_420020</t>
   </si>
   <si>
     <t>Methods for Health Economic Evaluation</t>
   </si>
   <si>
     <t>To address scientific and operational concerns in this area, the HAS published "Choices in methods for economic evaluation" which outlines a transparent and methodological framework, in accordance with HAS principles. This document is a working tool that serves to clarify the rules HAS sets for itself with regards to its scope of action, while providing guidance for manufacturer submission.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2035665/en/methods-for-health-economic-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_2035665/fr/methods-for-health-economic-evaluation</t>
   </si>
   <si>
     <t>c_2035665</t>
   </si>
   <si>
     <t>Health economics and public health assessment</t>
   </si>
   <si>
     <t>Economic assessment allows the health benefit and costs generated by a health product, compared with all of its relevant medical alternatives, to be assessed. To do so, it uses an incremental cost-effectiveness ratio (ICER) to estimate the cost that the community must agree to pay for an additional health unit (year of life or QALY) via the assessed procedure compared with the alternative strategies.</t>
   </si>
   <si>
-    <t>10/27/2015 11:32:27</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035670/en/health-economics-and-public-health-assessment</t>
+    <t>27/10/2015 11:32:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035670/fr/health-economics-and-public-health-assessment</t>
   </si>
   <si>
     <t>c_2035670</t>
   </si>
   <si>
     <t>Best Practice Guidelines</t>
   </si>
   <si>
     <t>HAS produces recommendations (accelerated developed guidelines, best practice guidelines) and tools to facilitate their use by health professionals. The objective is to inform health professionals, patients and health care users of current best practices with the aim of improving the quality and security of care.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036961/en/best-practice-guidelines</t>
+    <t>https://www.has-sante.fr/jcms/c_2036961/fr/best-practice-guidelines</t>
   </si>
   <si>
     <t>c_2036961</t>
   </si>
   <si>
     <t>Methodology for Guideline Development</t>
   </si>
   <si>
     <t>The accelerated method results in the production of recommendations that address a limited set of questions, in leaflet format, and issued within a six-month timeframe.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2040454/en/methodology-for-guideline-development</t>
+    <t>https://www.has-sante.fr/jcms/c_2040454/fr/methodology-for-guideline-development</t>
   </si>
   <si>
     <t>c_2040454</t>
   </si>
   <si>
     <t>Health Care User Website: Scope Santé</t>
   </si>
   <si>
     <t>Intended for health care users, Scope Santé is a French website with official, updated and clear information on the quality of care for all healthcare organisations.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2044551/en/health-care-user-website-scope-sante</t>
+    <t>https://www.has-sante.fr/jcms/c_2044551/fr/health-care-user-website-scope-sante</t>
   </si>
   <si>
     <t>c_2044551</t>
   </si>
   <si>
     <t>Validation Criterions for Process Indicators</t>
   </si>
   <si>
     <t>Clinical relevance evaluates the clinical importance of an indicator’s topic and its ability to improve the quality and safety of care or clinical situation related to the topic</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2044569/en/validation-criterions-for-process-indicators</t>
+    <t>https://www.has-sante.fr/jcms/c_2044569/fr/validation-criterions-for-process-indicators</t>
   </si>
   <si>
     <t>c_2044569</t>
   </si>
   <si>
     <t>Appropriateness in Health Care Delivery</t>
   </si>
   <si>
     <t>The appropriateness of care is built on the premise that health benefits of a procedure are expected to exceed any associated risks, and thereby justify performing the procedure in the presence of existing alternatives for a given clinical situation. Collectively, the healthcare system should aim to minimise inappropriate (irrelevant) care, and opt instead for necessary and appropriate care.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2045013/en/appropriateness-in-health-care-delivery</t>
+    <t>https://www.has-sante.fr/jcms/c_2045013/fr/appropriateness-in-health-care-delivery</t>
   </si>
   <si>
     <t>c_2045013</t>
   </si>
   <si>
     <t>Networks and partnerships</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2054932/en/networks-and-partnerships</t>
+    <t>https://www.has-sante.fr/jcms/c_2054932/fr/networks-and-partnerships</t>
   </si>
   <si>
     <t>c_2054932</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>