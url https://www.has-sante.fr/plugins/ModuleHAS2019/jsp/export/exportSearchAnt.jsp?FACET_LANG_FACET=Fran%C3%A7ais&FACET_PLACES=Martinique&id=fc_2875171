--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1656" uniqueCount="631">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -380,183 +386,1623 @@
   <si>
     <t>21 January 2021</t>
   </si>
   <si>
     <t>Docteur Myriam TIRAULT</t>
   </si>
   <si>
     <t>08/11/2016 11:32:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710554/fr/docteur-myriam-tirault</t>
   </si>
   <si>
     <t>c_2710554</t>
   </si>
   <si>
     <t>TIRAULT</t>
   </si>
   <si>
     <t>Myriam</t>
   </si>
   <si>
     <t>25 November 2021</t>
   </si>
   <si>
-    <t>Docteur Caroline GUAQUIERE</t>
-[...19 lines deleted...]
-  <si>
     <t>Docteur Emile MELKI</t>
   </si>
   <si>
     <t>08/11/2016 11:35:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712486/fr/docteur-emile-melki</t>
   </si>
   <si>
     <t>c_2712486</t>
   </si>
   <si>
     <t>MELKI</t>
   </si>
   <si>
     <t>Emile</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
-    <t>Docteur Fabio CUTTONE</t>
-[...19 lines deleted...]
-  <si>
     <t>Docteur Gilles GOULON</t>
   </si>
   <si>
     <t>08/11/2016 11:35:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712737/fr/docteur-gilles-goulon</t>
   </si>
   <si>
     <t>c_2712737</t>
   </si>
   <si>
     <t>GOULON</t>
   </si>
   <si>
     <t>Gilles</t>
   </si>
   <si>
     <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>C.H.R.S. ACISE SAMU SOCIAL</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14237_FicheESSMS/fr/c-h-r-s-acise-samu-social</t>
+  </si>
+  <si>
+    <t>14237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97200 FORT DE FRANCE</t>
+  </si>
+  <si>
+    <t>9B</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>970215471</t>
+  </si>
+  <si>
+    <t>FOYER DE L ESPERANCE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:23:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14292_FicheESSMS/fr/foyer-de-l-esperance</t>
+  </si>
+  <si>
+    <t>14292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>970203113</t>
+  </si>
+  <si>
+    <t>SERVICE M.J.P.M. LA MYRIAM</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14449_FicheESSMS/fr/service-m-j-p-m-la-myriam</t>
+  </si>
+  <si>
+    <t>14449_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Jules Monnerot</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>970210951</t>
+  </si>
+  <si>
+    <t>SERV D'ACC SOC-EDUC ET D'ACC A L'AUTO</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14461_FicheESSMS/fr/serv-d-acc-soc-educ-et-d-acc-a-l-auto</t>
+  </si>
+  <si>
+    <t>14461_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Voie Principale Bateliere</t>
+  </si>
+  <si>
+    <t>97233 SCHOELCHER</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental pour Enfance Handicapée</t>
+  </si>
+  <si>
+    <t>970209292</t>
+  </si>
+  <si>
+    <t>M.A.S "ARC EN CIEL"</t>
+  </si>
+  <si>
+    <t>13/10/2025 16:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14029_FicheESSMS/fr/m-a-s-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>14029_FicheESSMS</t>
+  </si>
+  <si>
+    <t>284 Route De Redoute</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>970209805</t>
+  </si>
+  <si>
+    <t>ETS D'EDUCATION SPECIALE LES LUCIOLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14028_FicheESSMS/fr/ets-d-education-speciale-les-lucioles</t>
+  </si>
+  <si>
+    <t>14028_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>970209300</t>
+  </si>
+  <si>
+    <t>IMPRO L'ENVOLÉE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14027_FicheESSMS/fr/impro-l-envolee</t>
+  </si>
+  <si>
+    <t>14027_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970210233</t>
+  </si>
+  <si>
+    <t>EHPAD DU PRECHEUR</t>
+  </si>
+  <si>
+    <t>07/10/2025 16:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13941_FicheESSMS/fr/ehpad-du-precheur</t>
+  </si>
+  <si>
+    <t>13941_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97250 LE PRECHEUR</t>
+  </si>
+  <si>
+    <t>LE PRECHEUR</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>970211181</t>
+  </si>
+  <si>
+    <t>FAM POUR TRAUMATISÉS CRÂNIENS</t>
+  </si>
+  <si>
+    <t>06/10/2025 16:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13915_FicheESSMS/fr/fam-pour-traumatises-craniens</t>
+  </si>
+  <si>
+    <t>13915_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>970208930</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT MESPONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13914_FicheESSMS/fr/foyer-d-hebergement-mespont</t>
+  </si>
+  <si>
+    <t>13914_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97260 LE MORNE ROUGE</t>
+  </si>
+  <si>
+    <t>LE MORNE ROUGE</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>970208625</t>
+  </si>
+  <si>
+    <t>CSAPA</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:18:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13267_FicheESSMS/fr/csapa</t>
+  </si>
+  <si>
+    <t>13267_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue René Achéen (Ex R Galliéni)</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>970208666</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE-CENTRE D'ACCUEIL DE JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/920_FicheESSMS/fr/foyer-de-vie-centre-d-accueil-de-jour</t>
+  </si>
+  <si>
+    <t>920_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97270 ST ESPRIT</t>
+  </si>
+  <si>
+    <t>ST ESPRIT</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>970212965</t>
+  </si>
+  <si>
+    <t>MAS DE SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1316_FicheESSMS/fr/mas-de-saint-pierre</t>
+  </si>
+  <si>
+    <t>1316_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97250 ST PIERRE</t>
+  </si>
+  <si>
+    <t>ST PIERRE</t>
+  </si>
+  <si>
+    <t>970208708</t>
+  </si>
+  <si>
+    <t>MAS - " LES PALOURDES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1315_FicheESSMS/fr/mas-les-palourdes</t>
+  </si>
+  <si>
+    <t>1315_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Lotissement Hameau De Beauregard</t>
+  </si>
+  <si>
+    <t>97227 STE ANNE</t>
+  </si>
+  <si>
+    <t>STE ANNE</t>
+  </si>
+  <si>
+    <t>970209789</t>
+  </si>
+  <si>
+    <t>EHPAD DU CH MAURICE DESPINOY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1314_FicheESSMS/fr/ehpad-du-ch-maurice-despinoy</t>
+  </si>
+  <si>
+    <t>1314_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97261 FORT DE FRANCE</t>
+  </si>
+  <si>
+    <t>970210779</t>
+  </si>
+  <si>
+    <t>FAM BEL AIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1313_FicheESSMS/fr/fam-bel-air</t>
+  </si>
+  <si>
+    <t>1313_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97226 LE MORNE VERT</t>
+  </si>
+  <si>
+    <t>LE MORNE VERT</t>
+  </si>
+  <si>
+    <t>970210530</t>
+  </si>
+  <si>
+    <t>F.A.M. LE SURCOUF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1312_FicheESSMS/fr/f-a-m-le-surcouf</t>
+  </si>
+  <si>
+    <t>1312_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970210506</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1311_FicheESSMS/fr/csapa</t>
+  </si>
+  <si>
+    <t>1311_FicheESSMS</t>
+  </si>
+  <si>
+    <t>359 Lotissement Les Horizons</t>
+  </si>
+  <si>
+    <t>970203691</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES POUR AUTISTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1310_FicheESSMS/fr/centre-de-ressources-pour-autistes</t>
+  </si>
+  <si>
+    <t>1310_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>970209953</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1404_FicheESSMS/fr/csapa</t>
+  </si>
+  <si>
+    <t>1404_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970209227</t>
+  </si>
+  <si>
+    <t>EHPAD L' ESPACE GRAN MOUN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2237_FicheESSMS/fr/ehpad-l-espace-gran-moun</t>
+  </si>
+  <si>
+    <t>2237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970210738</t>
+  </si>
+  <si>
+    <t>EHPAD LOGIS SAINT JEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2234_FicheESSMS/fr/ehpad-logis-saint-jean</t>
+  </si>
+  <si>
+    <t>2234_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97215 RIVIERE SALEE</t>
+  </si>
+  <si>
+    <t>RIVIERE SALEE</t>
+  </si>
+  <si>
+    <t>970203022</t>
+  </si>
+  <si>
+    <t>AIDE TOIT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2323_FicheESSMS/fr/aide-toit</t>
+  </si>
+  <si>
+    <t>2323_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97212 ST JOSEPH</t>
+  </si>
+  <si>
+    <t>ST JOSEPH</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>970210415</t>
+  </si>
+  <si>
+    <t>E.H.P.A.D. HENRI BOURGEOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3336_FicheESSMS/fr/e-h-p-a-d-henri-bourgeois</t>
+  </si>
+  <si>
+    <t>3336_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970203063</t>
+  </si>
+  <si>
+    <t>SERV TECHNICIEN INTERVENTION SOC FAMIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3587_FicheESSMS/fr/serv-technicien-intervention-soc-famil</t>
+  </si>
+  <si>
+    <t>3587_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>970208047</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3769_FicheESSMS/fr/csapa</t>
+  </si>
+  <si>
+    <t>3769_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Franklin Roosevelt</t>
+  </si>
+  <si>
+    <t>970203881</t>
+  </si>
+  <si>
+    <t>CAARUD -CSAPA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3768_FicheESSMS/fr/caarud-csapa</t>
+  </si>
+  <si>
+    <t>3768_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue F Roosevelt</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>970209938</t>
+  </si>
+  <si>
+    <t>SOS MATERNITE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4456_FicheESSMS/fr/sos-maternite</t>
+  </si>
+  <si>
+    <t>4456_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement d'Accueil Mère-Enfant</t>
+  </si>
+  <si>
+    <t>970209474</t>
+  </si>
+  <si>
+    <t>MAISON D ENFANTS LA RUCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4457_FicheESSMS/fr/maison-d-enfants-la-ruche</t>
+  </si>
+  <si>
+    <t>4457_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970203097</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT FEMME LA MYRIAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5813_FicheESSMS/fr/foyer-hebergement-femme-la-myriam</t>
+  </si>
+  <si>
+    <t>5813_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970204186</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT HOMME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5812_FicheESSMS/fr/foyer-d-hebergement-homme</t>
+  </si>
+  <si>
+    <t>5812_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970204160</t>
+  </si>
+  <si>
+    <t>SERVICE AEMO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6095_FicheESSMS/fr/service-aemo</t>
+  </si>
+  <si>
+    <t>6095_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Jacques Cazotte</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>970203428</t>
+  </si>
+  <si>
+    <t>FAE LE BOIS JOLI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6094_FicheESSMS/fr/fae-le-bois-joli</t>
+  </si>
+  <si>
+    <t>6094_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97240 LE FRANCOIS</t>
+  </si>
+  <si>
+    <t>LE FRANCOIS</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>970203147</t>
+  </si>
+  <si>
+    <t>EHPAD DU CH DU SAINT ESPRIT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7250_FicheESSMS/fr/ehpad-du-ch-du-saint-esprit</t>
+  </si>
+  <si>
+    <t>7250_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970204194</t>
+  </si>
+  <si>
+    <t>EHPAD CENTRE HOSPITALIER DU FRANÇOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7249_FicheESSMS/fr/ehpad-centre-hospitalier-du-francois</t>
+  </si>
+  <si>
+    <t>7249_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970204202</t>
+  </si>
+  <si>
+    <t>CHU DE MARTINIQUE - CSAPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7591_FicheESSMS/fr/chu-de-martinique-csapa</t>
+  </si>
+  <si>
+    <t>7591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970211397</t>
+  </si>
+  <si>
+    <t>EHPAD MARCEL HARDY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7634_FicheESSMS/fr/ehpad-marcel-hardy</t>
+  </si>
+  <si>
+    <t>7634_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97231 LE ROBERT</t>
+  </si>
+  <si>
+    <t>LE ROBERT</t>
+  </si>
+  <si>
+    <t>970202230</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE SOLEIL LEVANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7674_FicheESSMS/fr/ehpad-residence-soleil-levant</t>
+  </si>
+  <si>
+    <t>7674_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970204293</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE "LE BEAU SÉJOUR"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7683_FicheESSMS/fr/ehpad-residence-le-beau-sejour</t>
+  </si>
+  <si>
+    <t>7683_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>LA TRINITE</t>
+  </si>
+  <si>
+    <t>970206140</t>
+  </si>
+  <si>
+    <t>SECTION DE FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7923_FicheESSMS/fr/section-de-formation-professionnelle</t>
+  </si>
+  <si>
+    <t>7923_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Voie Principale De Bâtelière</t>
+  </si>
+  <si>
+    <t>Institut d'Education Sensorielle Sourd/Aveugle</t>
+  </si>
+  <si>
+    <t>970209243</t>
+  </si>
+  <si>
+    <t>SEES HA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7922_FicheESSMS/fr/sees-ha</t>
+  </si>
+  <si>
+    <t>7922_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Du Basalte</t>
+  </si>
+  <si>
+    <t>970209250</t>
+  </si>
+  <si>
+    <t>SESSAD AMEDAV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7921_FicheESSMS/fr/sessad-amedav</t>
+  </si>
+  <si>
+    <t>7921_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Gaston De Ferre</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>970212973</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE FLOREA SAINT ESPRIT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9816_FicheESSMS/fr/ehpad-residence-florea-saint-esprit</t>
+  </si>
+  <si>
+    <t>9816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Schoelcher</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>970210332</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE FLOREA ETANG Z'ABRICOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9814_FicheESSMS/fr/ehpad-residence-florea-etang-z-abricot</t>
+  </si>
+  <si>
+    <t>9814_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970210340</t>
+  </si>
+  <si>
+    <t>SAMSAH POUR ADULTES CÉRÉBRO-LÉSÉS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10067_FicheESSMS/fr/samsah-pour-adultes-cerebro-leses</t>
+  </si>
+  <si>
+    <t>10067_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Lotissement Bardinet</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>970210241</t>
+  </si>
+  <si>
+    <t>SESSAD - ALIZES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10204_FicheESSMS/fr/sessad-alizes</t>
+  </si>
+  <si>
+    <t>10204_FicheESSMS</t>
+  </si>
+  <si>
+    <t>141 Impasse Du Bel Age</t>
+  </si>
+  <si>
+    <t>970208062</t>
+  </si>
+  <si>
+    <t>SESSAD "ALOES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10192_FicheESSMS/fr/sessad-aloes</t>
+  </si>
+  <si>
+    <t>10192_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97224 DUCOS</t>
+  </si>
+  <si>
+    <t>DUCOS</t>
+  </si>
+  <si>
+    <t>970210449</t>
+  </si>
+  <si>
+    <t>CMPP  INTERSECTORIEL ALOES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10191_FicheESSMS/fr/cmpp-intersectoriel-aloes</t>
+  </si>
+  <si>
+    <t>10191_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>970210126</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE HILDEGARDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10292_FicheESSMS/fr/ehpad-sainte-hildegarde</t>
+  </si>
+  <si>
+    <t>10292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97213 GROS MORNE</t>
+  </si>
+  <si>
+    <t>GROS MORNE</t>
+  </si>
+  <si>
+    <t>970210373</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CHUM DE MARTINIQUE</t>
+  </si>
+  <si>
+    <t>26/09/2025 17:00:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3486_FicheEtablissement/fr/chu-de-martinique-site-p-zobda-quitman</t>
+  </si>
+  <si>
+    <t>3486_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0596552000</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CHU DE MARTINIQUE SITE DE TRINITE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3487_FicheEtablissement/fr/chu-de-martinique-site-de-trinite</t>
+  </si>
+  <si>
+    <t>3487_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>970211223</t>
+  </si>
+  <si>
+    <t>CHU DE MARTINIQUE SITE MFME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3490_FicheEtablissement/fr/chu-de-martinique-site-mere-enfant</t>
+  </si>
+  <si>
+    <t>3490_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>970211256</t>
+  </si>
+  <si>
+    <t>CHU DE MARTINIQUE SITE DE CLARAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3489_FicheEtablissement/fr/chu-de-martinique-site-de-clarac</t>
+  </si>
+  <si>
+    <t>3489_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Cancérologie, Médecine</t>
+  </si>
+  <si>
+    <t>970211249</t>
+  </si>
+  <si>
+    <t>CHU DE MARTINIQUE SITE DE MANGOT VULCIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3488_FicheEtablissement/fr/chu-de-martinique-site-mangot-vulcin</t>
+  </si>
+  <si>
+    <t>3488_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970211231</t>
+  </si>
+  <si>
+    <t>CHU DE MARTINIQUE - USLD TRINITE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3492_FicheEtablissement/fr/chu-de-martinique-usld-trinite</t>
+  </si>
+  <si>
+    <t>3492_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>970211413</t>
+  </si>
+  <si>
+    <t>CHU DE MARTINIQUE - USLD EMMA VENTUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3491_FicheEtablissement/fr/chu-de-martinique-usld</t>
+  </si>
+  <si>
+    <t>3491_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>970211389</t>
+  </si>
+  <si>
+    <t>CHU DE MARTINIQUE - USLD MANGOT VULCIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3493_FicheEtablissement/fr/chu-de-martinique-usld-mangot-vulcin</t>
+  </si>
+  <si>
+    <t>3493_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>970211421</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DU FRANCOIS (EX HOPITAL LOCAL FRANCOIS)</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:51:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3479_FicheEtablissement/fr/centre-hospitalier-ernest-wan-ajouhu</t>
+  </si>
+  <si>
+    <t>3479_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596301099</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970200101</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>CTRE DE DIALYSE"ETS DE TRAITEM. PAR ÉPURATION EXTRARÉNALE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:55:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4097_FicheEtablissement/fr/e-t-e-e-r</t>
+  </si>
+  <si>
+    <t>4097_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>97290 LE MARIN</t>
+  </si>
+  <si>
+    <t>LE MARIN</t>
+  </si>
+  <si>
+    <t>0596741655</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>970209219</t>
+  </si>
+  <si>
+    <t>22/05/2025 10:51:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3480_FicheEtablissement/fr/clinique-saint-paul</t>
+  </si>
+  <si>
+    <t>3480_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Des Hibiscus</t>
+  </si>
+  <si>
+    <t>0596630102</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE L'ANSE COLAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3483_FicheEtablissement/fr/clinique-de-l-anse-colas</t>
+  </si>
+  <si>
+    <t>3483_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596727919</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>970209714</t>
+  </si>
+  <si>
+    <t>CTRE DE RÉÉDUCAT FONCT. ET DE SOINS DE SUITE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3482_FicheEtablissement/fr/ctre-reedu-fonctionnell-et-soins-suite</t>
+  </si>
+  <si>
+    <t>3482_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596394102</t>
+  </si>
+  <si>
+    <t>970208104</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA TOUR HOSPITALISATION A DOMICILE</t>
+  </si>
+  <si>
+    <t>19/02/2025 21:28:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3494_FicheEtablissement/fr/clinique-de-la-tour-hosp-a-domicile</t>
+  </si>
+  <si>
+    <t>3494_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596502979</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>970212833</t>
+  </si>
+  <si>
+    <t>HOPITAL DU MARIN</t>
+  </si>
+  <si>
+    <t>24/01/2025 08:53:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3474_FicheEtablissement/fr/hopital-du-marin</t>
+  </si>
+  <si>
+    <t>3474_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596749205</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970200036</t>
+  </si>
+  <si>
+    <t>C.H. DES TROIS ILETS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3476_FicheEtablissement/fr/c-h-des-trois-ilets</t>
+  </si>
+  <si>
+    <t>3476_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596663000</t>
+  </si>
+  <si>
+    <t>970200051</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL LORRAIN BASSE POINTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3473_FicheEtablissement/fr/ctre-hosp-intercom-lorrain-basse-point</t>
+  </si>
+  <si>
+    <t>3473_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>97214 LE LORRAIN</t>
+  </si>
+  <si>
+    <t>LE LORRAIN</t>
+  </si>
+  <si>
+    <t>0596532727</t>
+  </si>
+  <si>
+    <t>970200028</t>
+  </si>
+  <si>
+    <t>HOPITAL ROMAIN BLONDET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3478_FicheEtablissement/fr/hopital-romain-blondet</t>
+  </si>
+  <si>
+    <t>3478_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596576018</t>
+  </si>
+  <si>
+    <t>970200077</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER MAURICE DESPINOY (EX CH COLSON)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3477_FicheEtablissement/fr/centre-hospitalier-maurice-despinoy</t>
+  </si>
+  <si>
+    <t>3477_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Route De Balata</t>
+  </si>
+  <si>
+    <t>0596488999</t>
+  </si>
+  <si>
+    <t>970200069</t>
+  </si>
+  <si>
+    <t>HOPITAL ST ESPRIT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3475_FicheEtablissement/fr/hopital-st-esprit</t>
+  </si>
+  <si>
+    <t>3475_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596773111</t>
+  </si>
+  <si>
+    <t>970200044</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE SUITE ET DE RÉADAPTATION LA VALÉRIANE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3481_FicheEtablissement/fr/cssr-la-valeriane</t>
+  </si>
+  <si>
+    <t>3481_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596585868</t>
+  </si>
+  <si>
+    <t>970203303</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER NORD CARAIBE  SITE DE SAINT PIERRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3485_FicheEtablissement/fr/c-h-nord-caraibe-site-saint-pierre</t>
+  </si>
+  <si>
+    <t>3485_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>970211173</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER NORD CARAIBE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3484_FicheEtablissement/fr/c-h-nord-caraibe-site-carbet</t>
+  </si>
+  <si>
+    <t>3484_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>97221 LE CARBET</t>
+  </si>
+  <si>
+    <t>LE CARBET</t>
+  </si>
+  <si>
+    <t>970211165</t>
+  </si>
+  <si>
+    <t>ANTENNE ATIR DE TRINITE - U.A.D. 5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4102_FicheEtablissement/fr/antenne-atir-de-trinite-u-a-d-5</t>
+  </si>
+  <si>
+    <t>4102_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>970210324</t>
+  </si>
+  <si>
+    <t>ANTENNE ATIR DUCOS (U. A. D. 8)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4100_FicheEtablissement/fr/atir-assoc-trait-insuff-renale</t>
+  </si>
+  <si>
+    <t>4100_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0596680213</t>
+  </si>
+  <si>
+    <t>970210308</t>
+  </si>
+  <si>
+    <t>ANTENNE ATIR DE CLARAC ( U.A.D. 1.2 ET 3)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4099_FicheEtablissement/fr/antenne-atir-clarac-u-a-d-1-2-et-3</t>
+  </si>
+  <si>
+    <t>4099_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>970210290</t>
+  </si>
+  <si>
+    <t>ANTENNE ATIR DU MORNE ROUGE - U.A.D. 6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4098_FicheEtablissement/fr/antenne-atir-morne-rouge-u-a-d-6</t>
+  </si>
+  <si>
+    <t>4098_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>970210282</t>
+  </si>
+  <si>
+    <t>CENTRE DE DIALYSE AMBULATOIRE STEER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4096_FicheEtablissement/fr/ctre-dialyse-ambulatoire-steer</t>
+  </si>
+  <si>
+    <t>4096_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Des  Hibiscus</t>
+  </si>
+  <si>
+    <t>0596630006</t>
+  </si>
+  <si>
+    <t>970203774</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LE TRAITEMENT DE L INSUFFISANCE RENALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4095_FicheEtablissement/fr/a-t-i-r-u-a-d-4</t>
+  </si>
+  <si>
+    <t>4095_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>970203493</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R17"/>
+  <dimension ref="A1:R15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1358,155 +2804,4431 @@
       <c r="K15" t="s">
         <v>134</v>
       </c>
       <c r="L15" t="s">
         <v>135</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
         <v>136</v>
       </c>
       <c r="O15" t="s">
         <v>39</v>
       </c>
       <c r="P15" t="s">
         <v>40</v>
       </c>
       <c r="Q15" t="s">
         <v>30</v>
       </c>
       <c r="R15" t="s">
         <v>41</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P50"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>137</v>
+      </c>
+      <c r="J1" t="s">
+        <v>138</v>
+      </c>
+      <c r="K1" t="s">
+        <v>139</v>
+      </c>
+      <c r="L1" t="s">
+        <v>140</v>
+      </c>
+      <c r="M1" t="s">
+        <v>141</v>
+      </c>
+      <c r="N1" t="s">
+        <v>142</v>
+      </c>
+      <c r="O1" t="s">
+        <v>143</v>
+      </c>
+      <c r="P1" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B2" t="s">
+        <v>146</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>148</v>
+      </c>
+      <c r="H2" t="s">
+        <v>149</v>
+      </c>
+      <c r="I2" t="s">
+        <v>150</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
+        <v>151</v>
+      </c>
+      <c r="M2" t="s">
+        <v>152</v>
+      </c>
+      <c r="N2" t="s">
+        <v>153</v>
+      </c>
+      <c r="O2" t="s">
+        <v>154</v>
+      </c>
+      <c r="P2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>158</v>
+      </c>
+      <c r="H3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I3" t="s">
+        <v>150</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>30</v>
+      </c>
+      <c r="L3" t="s">
+        <v>151</v>
+      </c>
+      <c r="M3" t="s">
+        <v>152</v>
+      </c>
+      <c r="N3" t="s">
+        <v>160</v>
+      </c>
+      <c r="O3" t="s">
+        <v>161</v>
+      </c>
+      <c r="P3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>164</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>165</v>
+      </c>
+      <c r="H4" t="s">
+        <v>166</v>
+      </c>
+      <c r="I4" t="s">
+        <v>167</v>
+      </c>
+      <c r="J4" t="s">
+        <v>150</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>151</v>
+      </c>
+      <c r="M4" t="s">
+        <v>152</v>
+      </c>
+      <c r="N4" t="s">
+        <v>168</v>
+      </c>
+      <c r="O4" t="s">
+        <v>169</v>
+      </c>
+      <c r="P4" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>145</v>
+      </c>
+      <c r="B5" t="s">
+        <v>171</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>172</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>173</v>
+      </c>
+      <c r="H5" t="s">
+        <v>174</v>
+      </c>
+      <c r="I5" t="s">
+        <v>175</v>
+      </c>
+      <c r="J5" t="s">
+        <v>176</v>
+      </c>
+      <c r="K5" t="s">
+        <v>96</v>
+      </c>
+      <c r="L5" t="s">
+        <v>151</v>
+      </c>
+      <c r="M5" t="s">
+        <v>152</v>
+      </c>
+      <c r="N5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O5" t="s">
+        <v>178</v>
+      </c>
+      <c r="P5" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>181</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>182</v>
+      </c>
+      <c r="H6" t="s">
+        <v>183</v>
+      </c>
+      <c r="I6" t="s">
+        <v>184</v>
+      </c>
+      <c r="J6" t="s">
+        <v>150</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>151</v>
+      </c>
+      <c r="M6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N6" t="s">
+        <v>177</v>
+      </c>
+      <c r="O6" t="s">
+        <v>185</v>
+      </c>
+      <c r="P6" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>145</v>
+      </c>
+      <c r="B7" t="s">
+        <v>187</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>181</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>188</v>
+      </c>
+      <c r="H7" t="s">
+        <v>189</v>
+      </c>
+      <c r="I7" t="s">
+        <v>190</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>191</v>
+      </c>
+      <c r="L7" t="s">
+        <v>151</v>
+      </c>
+      <c r="M7" t="s">
+        <v>152</v>
+      </c>
+      <c r="N7" t="s">
+        <v>192</v>
+      </c>
+      <c r="O7" t="s">
+        <v>193</v>
+      </c>
+      <c r="P7" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>145</v>
+      </c>
+      <c r="B8" t="s">
+        <v>195</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>181</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>196</v>
+      </c>
+      <c r="H8" t="s">
+        <v>197</v>
+      </c>
+      <c r="I8" t="s">
+        <v>190</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>191</v>
+      </c>
+      <c r="L8" t="s">
+        <v>151</v>
+      </c>
+      <c r="M8" t="s">
+        <v>152</v>
+      </c>
+      <c r="N8" t="s">
+        <v>192</v>
+      </c>
+      <c r="O8" t="s">
+        <v>193</v>
+      </c>
+      <c r="P8" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>145</v>
+      </c>
+      <c r="B9" t="s">
+        <v>199</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>200</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>201</v>
+      </c>
+      <c r="H9" t="s">
+        <v>202</v>
+      </c>
+      <c r="I9" t="s">
+        <v>203</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>204</v>
+      </c>
+      <c r="L9" t="s">
+        <v>151</v>
+      </c>
+      <c r="M9" t="s">
+        <v>205</v>
+      </c>
+      <c r="N9" t="s">
+        <v>206</v>
+      </c>
+      <c r="O9" t="s">
+        <v>207</v>
+      </c>
+      <c r="P9" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>145</v>
+      </c>
+      <c r="B10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>210</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>211</v>
+      </c>
+      <c r="H10" t="s">
+        <v>212</v>
+      </c>
+      <c r="I10" t="s">
+        <v>150</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>30</v>
+      </c>
+      <c r="L10" t="s">
+        <v>151</v>
+      </c>
+      <c r="M10" t="s">
+        <v>152</v>
+      </c>
+      <c r="N10" t="s">
+        <v>177</v>
+      </c>
+      <c r="O10" t="s">
+        <v>213</v>
+      </c>
+      <c r="P10" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>145</v>
+      </c>
+      <c r="B11" t="s">
+        <v>215</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>210</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>216</v>
+      </c>
+      <c r="H11" t="s">
+        <v>217</v>
+      </c>
+      <c r="I11" t="s">
+        <v>218</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>219</v>
+      </c>
+      <c r="L11" t="s">
+        <v>151</v>
+      </c>
+      <c r="M11" t="s">
+        <v>152</v>
+      </c>
+      <c r="N11" t="s">
+        <v>177</v>
+      </c>
+      <c r="O11" t="s">
+        <v>220</v>
+      </c>
+      <c r="P11" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>145</v>
+      </c>
+      <c r="B12" t="s">
+        <v>222</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>223</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>224</v>
+      </c>
+      <c r="H12" t="s">
+        <v>225</v>
+      </c>
+      <c r="I12" t="s">
+        <v>226</v>
+      </c>
+      <c r="J12" t="s">
+        <v>150</v>
+      </c>
+      <c r="K12" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" t="s">
+        <v>151</v>
+      </c>
+      <c r="M12" t="s">
+        <v>152</v>
+      </c>
+      <c r="N12" t="s">
+        <v>227</v>
+      </c>
+      <c r="O12" t="s">
+        <v>228</v>
+      </c>
+      <c r="P12" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>145</v>
+      </c>
+      <c r="B13" t="s">
+        <v>230</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>231</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>232</v>
+      </c>
+      <c r="H13" t="s">
+        <v>233</v>
+      </c>
+      <c r="I13" t="s">
+        <v>234</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>235</v>
+      </c>
+      <c r="L13" t="s">
+        <v>151</v>
+      </c>
+      <c r="M13" t="s">
+        <v>152</v>
+      </c>
+      <c r="N13" t="s">
+        <v>177</v>
+      </c>
+      <c r="O13" t="s">
+        <v>236</v>
+      </c>
+      <c r="P13" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>145</v>
+      </c>
+      <c r="B14" t="s">
+        <v>238</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>239</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>240</v>
+      </c>
+      <c r="H14" t="s">
+        <v>241</v>
+      </c>
+      <c r="I14" t="s">
+        <v>242</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>243</v>
+      </c>
+      <c r="L14" t="s">
+        <v>151</v>
+      </c>
+      <c r="M14" t="s">
+        <v>205</v>
+      </c>
+      <c r="N14" t="s">
+        <v>177</v>
+      </c>
+      <c r="O14" t="s">
+        <v>185</v>
+      </c>
+      <c r="P14" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>145</v>
+      </c>
+      <c r="B15" t="s">
+        <v>245</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>239</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>246</v>
+      </c>
+      <c r="H15" t="s">
+        <v>247</v>
+      </c>
+      <c r="I15" t="s">
+        <v>248</v>
+      </c>
+      <c r="J15" t="s">
+        <v>249</v>
+      </c>
+      <c r="K15" t="s">
+        <v>250</v>
+      </c>
+      <c r="L15" t="s">
+        <v>151</v>
+      </c>
+      <c r="M15" t="s">
+        <v>205</v>
+      </c>
+      <c r="N15" t="s">
+        <v>177</v>
+      </c>
+      <c r="O15" t="s">
+        <v>185</v>
+      </c>
+      <c r="P15" t="s">
+        <v>251</v>
+      </c>
+    </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>145</v>
       </c>
       <c r="B16" t="s">
-        <v>137</v>
+        <v>252</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>138</v>
+        <v>239</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>139</v>
+        <v>253</v>
       </c>
       <c r="H16" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>254</v>
+      </c>
+      <c r="I16" t="s">
+        <v>255</v>
       </c>
       <c r="J16" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>141</v>
+        <v>30</v>
       </c>
       <c r="L16" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="M16" t="s">
-        <v>20</v>
+        <v>205</v>
       </c>
       <c r="N16" t="s">
-        <v>143</v>
+        <v>206</v>
       </c>
       <c r="O16" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="P16" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>256</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>145</v>
       </c>
       <c r="B17" t="s">
-        <v>144</v>
+        <v>257</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
+        <v>239</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>258</v>
+      </c>
+      <c r="H17" t="s">
+        <v>259</v>
+      </c>
+      <c r="I17" t="s">
+        <v>260</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>261</v>
+      </c>
+      <c r="L17" t="s">
+        <v>151</v>
+      </c>
+      <c r="M17" t="s">
+        <v>205</v>
+      </c>
+      <c r="N17" t="s">
+        <v>177</v>
+      </c>
+      <c r="O17" t="s">
+        <v>213</v>
+      </c>
+      <c r="P17" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
         <v>145</v>
       </c>
+      <c r="B18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>264</v>
+      </c>
+      <c r="H18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I18" t="s">
+        <v>242</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>243</v>
+      </c>
+      <c r="L18" t="s">
+        <v>151</v>
+      </c>
+      <c r="M18" t="s">
+        <v>205</v>
+      </c>
+      <c r="N18" t="s">
+        <v>177</v>
+      </c>
+      <c r="O18" t="s">
+        <v>213</v>
+      </c>
+      <c r="P18" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>222</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>239</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>267</v>
+      </c>
+      <c r="H19" t="s">
+        <v>268</v>
+      </c>
+      <c r="I19" t="s">
+        <v>269</v>
+      </c>
+      <c r="J19" t="s">
+        <v>190</v>
+      </c>
+      <c r="K19" t="s">
+        <v>191</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>205</v>
+      </c>
+      <c r="N19" t="s">
+        <v>227</v>
+      </c>
+      <c r="O19" t="s">
+        <v>228</v>
+      </c>
+      <c r="P19" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>271</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>239</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>272</v>
+      </c>
+      <c r="H20" t="s">
+        <v>273</v>
+      </c>
+      <c r="I20" t="s">
+        <v>190</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>191</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
+      <c r="M20" t="s">
+        <v>205</v>
+      </c>
+      <c r="N20" t="s">
+        <v>274</v>
+      </c>
+      <c r="O20" t="s">
+        <v>275</v>
+      </c>
+      <c r="P20" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>222</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>277</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>278</v>
+      </c>
+      <c r="H21" t="s">
+        <v>279</v>
+      </c>
+      <c r="I21" t="s">
+        <v>234</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>235</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>205</v>
+      </c>
+      <c r="N21" t="s">
+        <v>227</v>
+      </c>
+      <c r="O21" t="s">
+        <v>228</v>
+      </c>
+      <c r="P21" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>281</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>282</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>283</v>
+      </c>
+      <c r="H22" t="s">
+        <v>284</v>
+      </c>
+      <c r="I22" t="s">
+        <v>150</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>30</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>205</v>
+      </c>
+      <c r="N22" t="s">
+        <v>206</v>
+      </c>
+      <c r="O22" t="s">
+        <v>207</v>
+      </c>
+      <c r="P22" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>145</v>
+      </c>
+      <c r="B23" t="s">
+        <v>286</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>282</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>287</v>
+      </c>
+      <c r="H23" t="s">
+        <v>288</v>
+      </c>
+      <c r="I23" t="s">
+        <v>289</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>290</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>152</v>
+      </c>
+      <c r="N23" t="s">
+        <v>206</v>
+      </c>
+      <c r="O23" t="s">
+        <v>207</v>
+      </c>
+      <c r="P23" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" t="s">
+        <v>292</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>293</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>294</v>
+      </c>
+      <c r="H24" t="s">
+        <v>295</v>
+      </c>
+      <c r="I24" t="s">
+        <v>296</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>297</v>
+      </c>
+      <c r="L24" t="s">
+        <v>151</v>
+      </c>
+      <c r="M24" t="s">
+        <v>152</v>
+      </c>
+      <c r="N24" t="s">
+        <v>160</v>
+      </c>
+      <c r="O24" t="s">
+        <v>298</v>
+      </c>
+      <c r="P24" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" t="s">
+        <v>300</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>301</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>302</v>
+      </c>
+      <c r="H25" t="s">
+        <v>303</v>
+      </c>
+      <c r="I25" t="s">
+        <v>190</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>191</v>
+      </c>
+      <c r="L25" t="s">
+        <v>151</v>
+      </c>
+      <c r="M25" t="s">
+        <v>152</v>
+      </c>
+      <c r="N25" t="s">
+        <v>206</v>
+      </c>
+      <c r="O25" t="s">
+        <v>207</v>
+      </c>
+      <c r="P25" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>305</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>306</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>307</v>
+      </c>
+      <c r="H26" t="s">
+        <v>308</v>
+      </c>
+      <c r="I26" t="s">
+        <v>150</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>30</v>
+      </c>
+      <c r="L26" t="s">
+        <v>151</v>
+      </c>
+      <c r="M26" t="s">
+        <v>152</v>
+      </c>
+      <c r="N26" t="s">
+        <v>309</v>
+      </c>
+      <c r="O26" t="s">
+        <v>310</v>
+      </c>
+      <c r="P26" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>145</v>
+      </c>
+      <c r="B27" t="s">
+        <v>222</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>312</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>313</v>
+      </c>
+      <c r="H27" t="s">
+        <v>314</v>
+      </c>
+      <c r="I27" t="s">
+        <v>315</v>
+      </c>
+      <c r="J27" t="s">
+        <v>150</v>
+      </c>
+      <c r="K27" t="s">
+        <v>30</v>
+      </c>
+      <c r="L27" t="s">
+        <v>151</v>
+      </c>
+      <c r="M27" t="s">
+        <v>152</v>
+      </c>
+      <c r="N27" t="s">
+        <v>227</v>
+      </c>
+      <c r="O27" t="s">
+        <v>228</v>
+      </c>
+      <c r="P27" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>145</v>
+      </c>
+      <c r="B28" t="s">
+        <v>317</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>312</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>318</v>
+      </c>
+      <c r="H28" t="s">
+        <v>319</v>
+      </c>
+      <c r="I28" t="s">
+        <v>320</v>
+      </c>
+      <c r="J28" t="s">
+        <v>150</v>
+      </c>
+      <c r="K28" t="s">
+        <v>30</v>
+      </c>
+      <c r="L28" t="s">
+        <v>151</v>
+      </c>
+      <c r="M28" t="s">
+        <v>152</v>
+      </c>
+      <c r="N28" t="s">
+        <v>227</v>
+      </c>
+      <c r="O28" t="s">
+        <v>321</v>
+      </c>
+      <c r="P28" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>145</v>
+      </c>
+      <c r="B29" t="s">
+        <v>323</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>324</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>325</v>
+      </c>
+      <c r="H29" t="s">
+        <v>326</v>
+      </c>
+      <c r="I29" t="s">
+        <v>150</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>30</v>
+      </c>
+      <c r="L29" t="s">
+        <v>151</v>
+      </c>
+      <c r="M29" t="s">
+        <v>152</v>
+      </c>
+      <c r="N29" t="s">
+        <v>160</v>
+      </c>
+      <c r="O29" t="s">
+        <v>327</v>
+      </c>
+      <c r="P29" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>145</v>
+      </c>
+      <c r="B30" t="s">
+        <v>329</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>330</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>331</v>
+      </c>
+      <c r="H30" t="s">
+        <v>332</v>
+      </c>
+      <c r="I30" t="s">
+        <v>150</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>30</v>
+      </c>
+      <c r="L30" t="s">
+        <v>151</v>
+      </c>
+      <c r="M30" t="s">
+        <v>152</v>
+      </c>
+      <c r="N30" t="s">
+        <v>160</v>
+      </c>
+      <c r="O30" t="s">
+        <v>161</v>
+      </c>
+      <c r="P30" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>145</v>
+      </c>
+      <c r="B31" t="s">
+        <v>334</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>335</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>336</v>
+      </c>
+      <c r="H31" t="s">
+        <v>337</v>
+      </c>
+      <c r="I31" t="s">
+        <v>190</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>191</v>
+      </c>
+      <c r="L31" t="s">
+        <v>151</v>
+      </c>
+      <c r="M31" t="s">
+        <v>152</v>
+      </c>
+      <c r="N31" t="s">
+        <v>177</v>
+      </c>
+      <c r="O31" t="s">
+        <v>236</v>
+      </c>
+      <c r="P31" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>145</v>
+      </c>
+      <c r="B32" t="s">
+        <v>339</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>335</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>340</v>
+      </c>
+      <c r="H32" t="s">
+        <v>341</v>
+      </c>
+      <c r="I32" t="s">
+        <v>150</v>
+      </c>
+      <c r="J32" t="s">
+        <v>20</v>
+      </c>
+      <c r="K32" t="s">
+        <v>30</v>
+      </c>
+      <c r="L32" t="s">
+        <v>151</v>
+      </c>
+      <c r="M32" t="s">
+        <v>152</v>
+      </c>
+      <c r="N32" t="s">
+        <v>177</v>
+      </c>
+      <c r="O32" t="s">
+        <v>236</v>
+      </c>
+      <c r="P32" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>145</v>
+      </c>
+      <c r="B33" t="s">
+        <v>343</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>344</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>345</v>
+      </c>
+      <c r="H33" t="s">
+        <v>346</v>
+      </c>
+      <c r="I33" t="s">
+        <v>347</v>
+      </c>
+      <c r="J33" t="s">
+        <v>150</v>
+      </c>
+      <c r="K33" t="s">
+        <v>30</v>
+      </c>
+      <c r="L33" t="s">
+        <v>151</v>
+      </c>
+      <c r="M33" t="s">
+        <v>152</v>
+      </c>
+      <c r="N33" t="s">
+        <v>160</v>
+      </c>
+      <c r="O33" t="s">
+        <v>348</v>
+      </c>
+      <c r="P33" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" t="s">
+        <v>350</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>344</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>351</v>
+      </c>
+      <c r="H34" t="s">
+        <v>352</v>
+      </c>
+      <c r="I34" t="s">
+        <v>353</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>354</v>
+      </c>
+      <c r="L34" t="s">
+        <v>151</v>
+      </c>
+      <c r="M34" t="s">
+        <v>152</v>
+      </c>
+      <c r="N34" t="s">
+        <v>160</v>
+      </c>
+      <c r="O34" t="s">
+        <v>355</v>
+      </c>
+      <c r="P34" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" t="s">
+        <v>357</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>358</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>359</v>
+      </c>
+      <c r="H35" t="s">
+        <v>360</v>
+      </c>
+      <c r="I35" t="s">
+        <v>234</v>
+      </c>
+      <c r="J35" t="s">
+        <v>20</v>
+      </c>
+      <c r="K35" t="s">
+        <v>235</v>
+      </c>
+      <c r="L35" t="s">
+        <v>151</v>
+      </c>
+      <c r="M35" t="s">
+        <v>205</v>
+      </c>
+      <c r="N35" t="s">
+        <v>206</v>
+      </c>
+      <c r="O35" t="s">
+        <v>207</v>
+      </c>
+      <c r="P35" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" t="s">
+        <v>362</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>358</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>363</v>
+      </c>
+      <c r="H36" t="s">
+        <v>364</v>
+      </c>
+      <c r="I36" t="s">
+        <v>353</v>
+      </c>
+      <c r="J36" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" t="s">
+        <v>354</v>
+      </c>
+      <c r="L36" t="s">
+        <v>151</v>
+      </c>
+      <c r="M36" t="s">
+        <v>205</v>
+      </c>
+      <c r="N36" t="s">
+        <v>206</v>
+      </c>
+      <c r="O36" t="s">
+        <v>207</v>
+      </c>
+      <c r="P36" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>145</v>
+      </c>
+      <c r="B37" t="s">
+        <v>366</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>367</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>368</v>
+      </c>
+      <c r="H37" t="s">
+        <v>369</v>
+      </c>
+      <c r="I37" t="s">
+        <v>255</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>30</v>
+      </c>
+      <c r="L37" t="s">
+        <v>151</v>
+      </c>
+      <c r="M37" t="s">
+        <v>205</v>
+      </c>
+      <c r="N37" t="s">
+        <v>227</v>
+      </c>
+      <c r="O37" t="s">
+        <v>228</v>
+      </c>
+      <c r="P37" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>145</v>
+      </c>
+      <c r="B38" t="s">
+        <v>371</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>372</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>373</v>
+      </c>
+      <c r="H38" t="s">
+        <v>374</v>
+      </c>
+      <c r="I38" t="s">
+        <v>375</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>376</v>
+      </c>
+      <c r="L38" t="s">
+        <v>151</v>
+      </c>
+      <c r="M38" t="s">
+        <v>205</v>
+      </c>
+      <c r="N38" t="s">
+        <v>206</v>
+      </c>
+      <c r="O38" t="s">
+        <v>207</v>
+      </c>
+      <c r="P38" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>145</v>
+      </c>
+      <c r="B39" t="s">
+        <v>378</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>379</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>380</v>
+      </c>
+      <c r="H39" t="s">
+        <v>381</v>
+      </c>
+      <c r="I39" t="s">
+        <v>296</v>
+      </c>
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
+        <v>297</v>
+      </c>
+      <c r="L39" t="s">
+        <v>151</v>
+      </c>
+      <c r="M39" t="s">
+        <v>205</v>
+      </c>
+      <c r="N39" t="s">
+        <v>206</v>
+      </c>
+      <c r="O39" t="s">
+        <v>207</v>
+      </c>
+      <c r="P39" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>145</v>
+      </c>
+      <c r="B40" t="s">
+        <v>383</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>384</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>385</v>
+      </c>
+      <c r="H40" t="s">
+        <v>386</v>
+      </c>
+      <c r="I40" t="s">
+        <v>387</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>388</v>
+      </c>
+      <c r="L40" t="s">
+        <v>151</v>
+      </c>
+      <c r="M40" t="s">
+        <v>152</v>
+      </c>
+      <c r="N40" t="s">
+        <v>206</v>
+      </c>
+      <c r="O40" t="s">
+        <v>207</v>
+      </c>
+      <c r="P40" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>145</v>
+      </c>
+      <c r="B41" t="s">
+        <v>390</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>391</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>392</v>
+      </c>
+      <c r="H41" t="s">
+        <v>393</v>
+      </c>
+      <c r="I41" t="s">
+        <v>394</v>
+      </c>
+      <c r="J41" t="s">
+        <v>176</v>
+      </c>
+      <c r="K41" t="s">
+        <v>96</v>
+      </c>
+      <c r="L41" t="s">
+        <v>151</v>
+      </c>
+      <c r="M41" t="s">
+        <v>152</v>
+      </c>
+      <c r="N41" t="s">
+        <v>192</v>
+      </c>
+      <c r="O41" t="s">
+        <v>395</v>
+      </c>
+      <c r="P41" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>145</v>
+      </c>
+      <c r="B42" t="s">
+        <v>397</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>391</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>398</v>
+      </c>
+      <c r="H42" t="s">
+        <v>399</v>
+      </c>
+      <c r="I42" t="s">
+        <v>400</v>
+      </c>
+      <c r="J42" t="s">
+        <v>150</v>
+      </c>
+      <c r="K42" t="s">
+        <v>30</v>
+      </c>
+      <c r="L42" t="s">
+        <v>151</v>
+      </c>
+      <c r="M42" t="s">
+        <v>152</v>
+      </c>
+      <c r="N42" t="s">
+        <v>192</v>
+      </c>
+      <c r="O42" t="s">
+        <v>395</v>
+      </c>
+      <c r="P42" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>145</v>
+      </c>
+      <c r="B43" t="s">
+        <v>402</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>391</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>403</v>
+      </c>
+      <c r="H43" t="s">
+        <v>404</v>
+      </c>
+      <c r="I43" t="s">
+        <v>405</v>
+      </c>
+      <c r="J43" t="s">
+        <v>176</v>
+      </c>
+      <c r="K43" t="s">
+        <v>96</v>
+      </c>
+      <c r="L43" t="s">
+        <v>151</v>
+      </c>
+      <c r="M43" t="s">
+        <v>152</v>
+      </c>
+      <c r="N43" t="s">
+        <v>192</v>
+      </c>
+      <c r="O43" t="s">
+        <v>406</v>
+      </c>
+      <c r="P43" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>145</v>
+      </c>
+      <c r="B44" t="s">
+        <v>408</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>409</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>410</v>
+      </c>
+      <c r="H44" t="s">
+        <v>411</v>
+      </c>
+      <c r="I44" t="s">
+        <v>412</v>
+      </c>
+      <c r="J44" t="s">
+        <v>234</v>
+      </c>
+      <c r="K44" t="s">
+        <v>235</v>
+      </c>
+      <c r="L44" t="s">
+        <v>151</v>
+      </c>
+      <c r="M44" t="s">
+        <v>413</v>
+      </c>
+      <c r="N44" t="s">
+        <v>206</v>
+      </c>
+      <c r="O44" t="s">
+        <v>207</v>
+      </c>
+      <c r="P44" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>145</v>
+      </c>
+      <c r="B45" t="s">
+        <v>415</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>409</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>416</v>
+      </c>
+      <c r="H45" t="s">
+        <v>417</v>
+      </c>
+      <c r="I45" t="s">
+        <v>150</v>
+      </c>
+      <c r="J45" t="s">
+        <v>20</v>
+      </c>
+      <c r="K45" t="s">
+        <v>30</v>
+      </c>
+      <c r="L45" t="s">
+        <v>151</v>
+      </c>
+      <c r="M45" t="s">
+        <v>413</v>
+      </c>
+      <c r="N45" t="s">
+        <v>206</v>
+      </c>
+      <c r="O45" t="s">
+        <v>207</v>
+      </c>
+      <c r="P45" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>145</v>
+      </c>
+      <c r="B46" t="s">
+        <v>419</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>420</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>421</v>
+      </c>
+      <c r="H46" t="s">
+        <v>422</v>
+      </c>
+      <c r="I46" t="s">
+        <v>423</v>
+      </c>
+      <c r="J46" t="s">
+        <v>150</v>
+      </c>
+      <c r="K46" t="s">
+        <v>30</v>
+      </c>
+      <c r="L46" t="s">
+        <v>151</v>
+      </c>
+      <c r="M46" t="s">
+        <v>152</v>
+      </c>
+      <c r="N46" t="s">
+        <v>177</v>
+      </c>
+      <c r="O46" t="s">
+        <v>424</v>
+      </c>
+      <c r="P46" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>145</v>
+      </c>
+      <c r="B47" t="s">
+        <v>426</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>427</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>428</v>
+      </c>
+      <c r="H47" t="s">
+        <v>429</v>
+      </c>
+      <c r="I47" t="s">
+        <v>430</v>
+      </c>
+      <c r="J47" t="s">
+        <v>190</v>
+      </c>
+      <c r="K47" t="s">
+        <v>191</v>
+      </c>
+      <c r="L47" t="s">
+        <v>151</v>
+      </c>
+      <c r="M47" t="s">
+        <v>152</v>
+      </c>
+      <c r="N47" t="s">
+        <v>192</v>
+      </c>
+      <c r="O47" t="s">
+        <v>406</v>
+      </c>
+      <c r="P47" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>145</v>
+      </c>
+      <c r="B48" t="s">
+        <v>432</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>427</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>433</v>
+      </c>
+      <c r="H48" t="s">
+        <v>434</v>
+      </c>
+      <c r="I48" t="s">
+        <v>435</v>
+      </c>
+      <c r="J48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K48" t="s">
+        <v>436</v>
+      </c>
+      <c r="L48" t="s">
+        <v>151</v>
+      </c>
+      <c r="M48" t="s">
+        <v>152</v>
+      </c>
+      <c r="N48" t="s">
+        <v>192</v>
+      </c>
+      <c r="O48" t="s">
+        <v>406</v>
+      </c>
+      <c r="P48" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>145</v>
+      </c>
+      <c r="B49" t="s">
+        <v>438</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>427</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>439</v>
+      </c>
+      <c r="H49" t="s">
+        <v>440</v>
+      </c>
+      <c r="I49" t="s">
+        <v>435</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>436</v>
+      </c>
+      <c r="L49" t="s">
+        <v>151</v>
+      </c>
+      <c r="M49" t="s">
+        <v>152</v>
+      </c>
+      <c r="N49" t="s">
+        <v>192</v>
+      </c>
+      <c r="O49" t="s">
+        <v>441</v>
+      </c>
+      <c r="P49" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>145</v>
+      </c>
+      <c r="B50" t="s">
+        <v>443</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>444</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>445</v>
+      </c>
+      <c r="H50" t="s">
+        <v>446</v>
+      </c>
+      <c r="I50" t="s">
+        <v>447</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>448</v>
+      </c>
+      <c r="L50" t="s">
+        <v>151</v>
+      </c>
+      <c r="M50" t="s">
+        <v>152</v>
+      </c>
+      <c r="N50" t="s">
+        <v>206</v>
+      </c>
+      <c r="O50" t="s">
+        <v>207</v>
+      </c>
+      <c r="P50" t="s">
+        <v>449</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>450</v>
+      </c>
+      <c r="J1" t="s">
+        <v>137</v>
+      </c>
+      <c r="K1" t="s">
+        <v>451</v>
+      </c>
+      <c r="L1" t="s">
+        <v>139</v>
+      </c>
+      <c r="M1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N1" t="s">
+        <v>452</v>
+      </c>
+      <c r="O1" t="s">
+        <v>453</v>
+      </c>
+      <c r="P1" t="s">
+        <v>454</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>455</v>
+      </c>
+      <c r="R1" t="s">
+        <v>141</v>
+      </c>
+      <c r="S1" t="s">
+        <v>456</v>
+      </c>
+      <c r="T1" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>458</v>
+      </c>
+      <c r="B2" t="s">
+        <v>459</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>460</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>461</v>
+      </c>
+      <c r="H2" t="s">
+        <v>462</v>
+      </c>
+      <c r="I2" t="s">
+        <v>463</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>255</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>151</v>
+      </c>
+      <c r="N2" t="s">
+        <v>464</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>466</v>
+      </c>
+      <c r="R2" t="s">
+        <v>205</v>
+      </c>
+      <c r="S2" t="s">
+        <v>31</v>
+      </c>
+      <c r="T2" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>458</v>
+      </c>
+      <c r="B3" t="s">
+        <v>468</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>460</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>469</v>
+      </c>
+      <c r="H3" t="s">
+        <v>470</v>
+      </c>
+      <c r="I3" t="s">
+        <v>471</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>387</v>
+      </c>
+      <c r="L3" t="s">
+        <v>388</v>
+      </c>
+      <c r="M3" t="s">
+        <v>151</v>
+      </c>
+      <c r="N3" t="s">
+        <v>464</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>472</v>
+      </c>
+      <c r="R3" t="s">
+        <v>205</v>
+      </c>
+      <c r="S3" t="s">
+        <v>473</v>
+      </c>
+      <c r="T3" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>458</v>
+      </c>
+      <c r="B4" t="s">
+        <v>474</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>460</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>475</v>
+      </c>
+      <c r="H4" t="s">
+        <v>476</v>
+      </c>
+      <c r="I4" t="s">
+        <v>471</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>255</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>151</v>
+      </c>
+      <c r="N4" t="s">
+        <v>20</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>477</v>
+      </c>
+      <c r="R4" t="s">
+        <v>205</v>
+      </c>
+      <c r="S4" t="s">
+        <v>478</v>
+      </c>
+      <c r="T4" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>458</v>
+      </c>
+      <c r="B5" t="s">
+        <v>479</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>460</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>480</v>
+      </c>
+      <c r="H5" t="s">
+        <v>481</v>
+      </c>
+      <c r="I5" t="s">
+        <v>471</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>255</v>
+      </c>
+      <c r="L5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M5" t="s">
+        <v>151</v>
+      </c>
+      <c r="N5" t="s">
+        <v>20</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>482</v>
+      </c>
+      <c r="R5" t="s">
+        <v>205</v>
+      </c>
+      <c r="S5" t="s">
+        <v>483</v>
+      </c>
+      <c r="T5" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>458</v>
+      </c>
+      <c r="B6" t="s">
+        <v>484</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>460</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>485</v>
+      </c>
+      <c r="H6" t="s">
+        <v>486</v>
+      </c>
+      <c r="I6" t="s">
+        <v>471</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>190</v>
+      </c>
+      <c r="L6" t="s">
+        <v>191</v>
+      </c>
+      <c r="M6" t="s">
+        <v>151</v>
+      </c>
+      <c r="N6" t="s">
+        <v>464</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>487</v>
+      </c>
+      <c r="R6" t="s">
+        <v>205</v>
+      </c>
+      <c r="S6" t="s">
+        <v>488</v>
+      </c>
+      <c r="T6" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>458</v>
+      </c>
+      <c r="B7" t="s">
+        <v>489</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>460</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>490</v>
+      </c>
+      <c r="H7" t="s">
+        <v>491</v>
+      </c>
+      <c r="I7" t="s">
+        <v>492</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>255</v>
+      </c>
+      <c r="L7" t="s">
+        <v>30</v>
+      </c>
+      <c r="M7" t="s">
+        <v>151</v>
+      </c>
+      <c r="N7" t="s">
+        <v>20</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>493</v>
+      </c>
+      <c r="R7" t="s">
+        <v>205</v>
+      </c>
+      <c r="S7" t="s">
+        <v>494</v>
+      </c>
+      <c r="T7" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>458</v>
+      </c>
+      <c r="B8" t="s">
+        <v>495</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>460</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H8" t="s">
+        <v>497</v>
+      </c>
+      <c r="I8" t="s">
+        <v>492</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>255</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
+        <v>151</v>
+      </c>
+      <c r="N8" t="s">
+        <v>464</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>493</v>
+      </c>
+      <c r="R8" t="s">
+        <v>205</v>
+      </c>
+      <c r="S8" t="s">
+        <v>498</v>
+      </c>
+      <c r="T8" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>458</v>
+      </c>
+      <c r="B9" t="s">
+        <v>499</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>460</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>500</v>
+      </c>
+      <c r="H9" t="s">
+        <v>501</v>
+      </c>
+      <c r="I9" t="s">
+        <v>492</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>255</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>151</v>
+      </c>
+      <c r="N9" t="s">
+        <v>20</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>493</v>
+      </c>
+      <c r="R9" t="s">
+        <v>205</v>
+      </c>
+      <c r="S9" t="s">
+        <v>502</v>
+      </c>
+      <c r="T9" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>458</v>
+      </c>
+      <c r="B10" t="s">
+        <v>503</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>504</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>505</v>
+      </c>
+      <c r="H10" t="s">
+        <v>506</v>
+      </c>
+      <c r="I10" t="s">
+        <v>471</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>353</v>
+      </c>
+      <c r="L10" t="s">
+        <v>354</v>
+      </c>
+      <c r="M10" t="s">
+        <v>151</v>
+      </c>
+      <c r="N10" t="s">
+        <v>507</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>509</v>
+      </c>
+      <c r="R10" t="s">
+        <v>205</v>
+      </c>
+      <c r="S10" t="s">
+        <v>510</v>
+      </c>
+      <c r="T10" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>458</v>
+      </c>
+      <c r="B11" t="s">
+        <v>512</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>513</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>514</v>
+      </c>
+      <c r="H11" t="s">
+        <v>515</v>
+      </c>
+      <c r="I11" t="s">
+        <v>471</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>516</v>
+      </c>
+      <c r="L11" t="s">
+        <v>517</v>
+      </c>
+      <c r="M11" t="s">
+        <v>151</v>
+      </c>
+      <c r="N11" t="s">
+        <v>518</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>519</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>520</v>
+      </c>
+      <c r="R11" t="s">
+        <v>519</v>
+      </c>
+      <c r="S11" t="s">
+        <v>521</v>
+      </c>
+      <c r="T11" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>458</v>
+      </c>
+      <c r="B12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>522</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>523</v>
+      </c>
+      <c r="H12" t="s">
+        <v>524</v>
+      </c>
+      <c r="I12" t="s">
+        <v>471</v>
+      </c>
+      <c r="J12" t="s">
+        <v>525</v>
+      </c>
+      <c r="K12" t="s">
+        <v>150</v>
+      </c>
+      <c r="L12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M12" t="s">
+        <v>151</v>
+      </c>
+      <c r="N12" t="s">
+        <v>526</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>519</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>527</v>
+      </c>
+      <c r="R12" t="s">
+        <v>519</v>
+      </c>
+      <c r="S12" t="s">
+        <v>41</v>
+      </c>
+      <c r="T12" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>458</v>
+      </c>
+      <c r="B13" t="s">
+        <v>528</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>522</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>529</v>
+      </c>
+      <c r="H13" t="s">
+        <v>530</v>
+      </c>
+      <c r="I13" t="s">
+        <v>471</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>176</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>151</v>
+      </c>
+      <c r="N13" t="s">
+        <v>531</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>519</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>532</v>
+      </c>
+      <c r="R13" t="s">
+        <v>519</v>
+      </c>
+      <c r="S13" t="s">
+        <v>533</v>
+      </c>
+      <c r="T13" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>458</v>
+      </c>
+      <c r="B14" t="s">
+        <v>534</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>522</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>535</v>
+      </c>
+      <c r="H14" t="s">
+        <v>536</v>
+      </c>
+      <c r="I14" t="s">
+        <v>471</v>
+      </c>
+      <c r="J14" t="s">
+        <v>525</v>
+      </c>
+      <c r="K14" t="s">
+        <v>150</v>
+      </c>
+      <c r="L14" t="s">
+        <v>30</v>
+      </c>
+      <c r="M14" t="s">
+        <v>151</v>
+      </c>
+      <c r="N14" t="s">
+        <v>537</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>519</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>509</v>
+      </c>
+      <c r="R14" t="s">
+        <v>519</v>
+      </c>
+      <c r="S14" t="s">
+        <v>538</v>
+      </c>
+      <c r="T14" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>458</v>
+      </c>
+      <c r="B15" t="s">
+        <v>539</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>540</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>541</v>
+      </c>
+      <c r="H15" t="s">
+        <v>542</v>
+      </c>
+      <c r="I15" t="s">
+        <v>471</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>150</v>
+      </c>
+      <c r="L15" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" t="s">
+        <v>151</v>
+      </c>
+      <c r="N15" t="s">
+        <v>543</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>519</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>544</v>
+      </c>
+      <c r="R15" t="s">
+        <v>519</v>
+      </c>
+      <c r="S15" t="s">
+        <v>545</v>
+      </c>
+      <c r="T15" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>458</v>
+      </c>
+      <c r="B16" t="s">
+        <v>546</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>547</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>548</v>
+      </c>
+      <c r="H16" t="s">
+        <v>549</v>
+      </c>
+      <c r="I16" t="s">
+        <v>471</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>516</v>
+      </c>
+      <c r="L16" t="s">
+        <v>517</v>
+      </c>
+      <c r="M16" t="s">
+        <v>151</v>
+      </c>
+      <c r="N16" t="s">
+        <v>550</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>551</v>
+      </c>
+      <c r="R16" t="s">
+        <v>205</v>
+      </c>
+      <c r="S16" t="s">
+        <v>552</v>
+      </c>
+      <c r="T16" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>458</v>
+      </c>
+      <c r="B17" t="s">
+        <v>553</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>547</v>
+      </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>146</v>
+        <v>554</v>
       </c>
       <c r="H17" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>555</v>
+      </c>
+      <c r="I17" t="s">
+        <v>471</v>
       </c>
       <c r="J17" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>148</v>
+        <v>516</v>
       </c>
       <c r="L17" t="s">
-        <v>149</v>
+        <v>517</v>
       </c>
       <c r="M17" t="s">
-        <v>20</v>
+        <v>151</v>
       </c>
       <c r="N17" t="s">
+        <v>556</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>509</v>
+      </c>
+      <c r="R17" t="s">
+        <v>205</v>
+      </c>
+      <c r="S17" t="s">
+        <v>557</v>
+      </c>
+      <c r="T17" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>458</v>
+      </c>
+      <c r="B18" t="s">
+        <v>558</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>559</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>560</v>
+      </c>
+      <c r="H18" t="s">
+        <v>561</v>
+      </c>
+      <c r="I18" t="s">
+        <v>471</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>562</v>
+      </c>
+      <c r="L18" t="s">
+        <v>563</v>
+      </c>
+      <c r="M18" t="s">
+        <v>151</v>
+      </c>
+      <c r="N18" t="s">
+        <v>564</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>509</v>
+      </c>
+      <c r="R18" t="s">
+        <v>205</v>
+      </c>
+      <c r="S18" t="s">
+        <v>565</v>
+      </c>
+      <c r="T18" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>458</v>
+      </c>
+      <c r="B19" t="s">
+        <v>566</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>567</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>568</v>
+      </c>
+      <c r="H19" t="s">
+        <v>569</v>
+      </c>
+      <c r="I19" t="s">
+        <v>471</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>296</v>
+      </c>
+      <c r="L19" t="s">
+        <v>297</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>570</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>509</v>
+      </c>
+      <c r="R19" t="s">
+        <v>205</v>
+      </c>
+      <c r="S19" t="s">
+        <v>571</v>
+      </c>
+      <c r="T19" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>458</v>
+      </c>
+      <c r="B20" t="s">
+        <v>572</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>573</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>574</v>
+      </c>
+      <c r="H20" t="s">
+        <v>575</v>
+      </c>
+      <c r="I20" t="s">
+        <v>471</v>
+      </c>
+      <c r="J20" t="s">
+        <v>576</v>
+      </c>
+      <c r="K20" t="s">
+        <v>255</v>
+      </c>
+      <c r="L20" t="s">
+        <v>30</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>577</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>532</v>
+      </c>
+      <c r="R20" t="s">
+        <v>205</v>
+      </c>
+      <c r="S20" t="s">
+        <v>578</v>
+      </c>
+      <c r="T20" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>458</v>
+      </c>
+      <c r="B21" t="s">
+        <v>579</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>580</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>581</v>
+      </c>
+      <c r="H21" t="s">
+        <v>582</v>
+      </c>
+      <c r="I21" t="s">
+        <v>471</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>234</v>
+      </c>
+      <c r="L21" t="s">
+        <v>235</v>
+      </c>
+      <c r="M21" t="s">
+        <v>151</v>
+      </c>
+      <c r="N21" t="s">
+        <v>583</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>551</v>
+      </c>
+      <c r="R21" t="s">
+        <v>205</v>
+      </c>
+      <c r="S21" t="s">
+        <v>584</v>
+      </c>
+      <c r="T21" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>458</v>
+      </c>
+      <c r="B22" t="s">
+        <v>585</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>586</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>587</v>
+      </c>
+      <c r="H22" t="s">
+        <v>588</v>
+      </c>
+      <c r="I22" t="s">
+        <v>471</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>387</v>
+      </c>
+      <c r="L22" t="s">
+        <v>388</v>
+      </c>
+      <c r="M22" t="s">
+        <v>151</v>
+      </c>
+      <c r="N22" t="s">
+        <v>589</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>509</v>
+      </c>
+      <c r="R22" t="s">
+        <v>152</v>
+      </c>
+      <c r="S22" t="s">
+        <v>590</v>
+      </c>
+      <c r="T22" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>458</v>
+      </c>
+      <c r="B23" t="s">
+        <v>592</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>593</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>594</v>
+      </c>
+      <c r="H23" t="s">
+        <v>595</v>
+      </c>
+      <c r="I23" t="s">
+        <v>471</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>242</v>
+      </c>
+      <c r="L23" t="s">
+        <v>243</v>
+      </c>
+      <c r="M23" t="s">
+        <v>151</v>
+      </c>
+      <c r="N23" t="s">
+        <v>20</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>509</v>
+      </c>
+      <c r="R23" t="s">
+        <v>205</v>
+      </c>
+      <c r="S23" t="s">
+        <v>596</v>
+      </c>
+      <c r="T23" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>458</v>
+      </c>
+      <c r="B24" t="s">
+        <v>597</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>593</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>598</v>
+      </c>
+      <c r="H24" t="s">
+        <v>599</v>
+      </c>
+      <c r="I24" t="s">
+        <v>471</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>600</v>
+      </c>
+      <c r="L24" t="s">
+        <v>601</v>
+      </c>
+      <c r="M24" t="s">
+        <v>151</v>
+      </c>
+      <c r="N24" t="s">
+        <v>20</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>509</v>
+      </c>
+      <c r="R24" t="s">
+        <v>205</v>
+      </c>
+      <c r="S24" t="s">
+        <v>602</v>
+      </c>
+      <c r="T24" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>458</v>
+      </c>
+      <c r="B25" t="s">
+        <v>603</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>559</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>604</v>
+      </c>
+      <c r="H25" t="s">
+        <v>605</v>
+      </c>
+      <c r="I25" t="s">
+        <v>471</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>387</v>
+      </c>
+      <c r="L25" t="s">
+        <v>388</v>
+      </c>
+      <c r="M25" t="s">
+        <v>151</v>
+      </c>
+      <c r="N25" t="s">
+        <v>20</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>520</v>
+      </c>
+      <c r="R25" t="s">
+        <v>152</v>
+      </c>
+      <c r="S25" t="s">
+        <v>606</v>
+      </c>
+      <c r="T25" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>458</v>
+      </c>
+      <c r="B26" t="s">
+        <v>607</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>559</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>608</v>
+      </c>
+      <c r="H26" t="s">
+        <v>609</v>
+      </c>
+      <c r="I26" t="s">
+        <v>492</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>435</v>
+      </c>
+      <c r="L26" t="s">
+        <v>436</v>
+      </c>
+      <c r="M26" t="s">
+        <v>151</v>
+      </c>
+      <c r="N26" t="s">
+        <v>610</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>520</v>
+      </c>
+      <c r="R26" t="s">
+        <v>152</v>
+      </c>
+      <c r="S26" t="s">
+        <v>611</v>
+      </c>
+      <c r="T26" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>458</v>
+      </c>
+      <c r="B27" t="s">
+        <v>612</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>559</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>613</v>
+      </c>
+      <c r="H27" t="s">
+        <v>614</v>
+      </c>
+      <c r="I27" t="s">
+        <v>471</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
         <v>150</v>
       </c>
-      <c r="O17" t="s">
-[...5 lines deleted...]
-      <c r="Q17" t="s">
+      <c r="L27" t="s">
         <v>30</v>
       </c>
-      <c r="R17" t="s">
-        <v>41</v>
+      <c r="M27" t="s">
+        <v>151</v>
+      </c>
+      <c r="N27" t="s">
+        <v>20</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>520</v>
+      </c>
+      <c r="R27" t="s">
+        <v>152</v>
+      </c>
+      <c r="S27" t="s">
+        <v>615</v>
+      </c>
+      <c r="T27" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>458</v>
+      </c>
+      <c r="B28" t="s">
+        <v>616</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>559</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>617</v>
+      </c>
+      <c r="H28" t="s">
+        <v>618</v>
+      </c>
+      <c r="I28" t="s">
+        <v>492</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>218</v>
+      </c>
+      <c r="L28" t="s">
+        <v>219</v>
+      </c>
+      <c r="M28" t="s">
+        <v>151</v>
+      </c>
+      <c r="N28" t="s">
+        <v>20</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>520</v>
+      </c>
+      <c r="R28" t="s">
+        <v>152</v>
+      </c>
+      <c r="S28" t="s">
+        <v>619</v>
+      </c>
+      <c r="T28" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>458</v>
+      </c>
+      <c r="B29" t="s">
+        <v>620</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>621</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>622</v>
+      </c>
+      <c r="H29" t="s">
+        <v>623</v>
+      </c>
+      <c r="I29" t="s">
+        <v>471</v>
+      </c>
+      <c r="J29" t="s">
+        <v>624</v>
+      </c>
+      <c r="K29" t="s">
+        <v>150</v>
+      </c>
+      <c r="L29" t="s">
+        <v>30</v>
+      </c>
+      <c r="M29" t="s">
+        <v>151</v>
+      </c>
+      <c r="N29" t="s">
+        <v>625</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>519</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>520</v>
+      </c>
+      <c r="R29" t="s">
+        <v>519</v>
+      </c>
+      <c r="S29" t="s">
+        <v>626</v>
+      </c>
+      <c r="T29" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>458</v>
+      </c>
+      <c r="B30" t="s">
+        <v>627</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>559</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>628</v>
+      </c>
+      <c r="H30" t="s">
+        <v>629</v>
+      </c>
+      <c r="I30" t="s">
+        <v>492</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>289</v>
+      </c>
+      <c r="L30" t="s">
+        <v>290</v>
+      </c>
+      <c r="M30" t="s">
+        <v>151</v>
+      </c>
+      <c r="N30" t="s">
+        <v>610</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>520</v>
+      </c>
+      <c r="R30" t="s">
+        <v>152</v>
+      </c>
+      <c r="S30" t="s">
+        <v>630</v>
+      </c>
+      <c r="T30" t="s">
+        <v>467</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:R1"/>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>