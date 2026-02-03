--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1656" uniqueCount="631">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1675" uniqueCount="635">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -236,69 +236,51 @@
   <si>
     <t>Guy chrislain</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>Docteur VASILE NISTOR</t>
   </si>
   <si>
     <t>28/09/2020 12:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3203850/fr/docteur-vasile-nistor</t>
   </si>
   <si>
     <t>p_3203850</t>
   </si>
   <si>
     <t>NISTOR</t>
   </si>
   <si>
     <t>VASILE</t>
   </si>
   <si>
-    <t>24 September 2020</t>
-[...17 lines deleted...]
-    <t>RAPHAELE</t>
+    <t>16 January 2025</t>
   </si>
   <si>
     <t>Docteur OUMAR DIA</t>
   </si>
   <si>
     <t>21/09/2018 14:33:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2871658/fr/docteur-oumar-dia</t>
   </si>
   <si>
     <t>c_2871658</t>
   </si>
   <si>
     <t>DIA</t>
   </si>
   <si>
     <t>OUMAR</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
     <t>Docteur FRANCOIS DUROUX</t>
   </si>
@@ -329,105 +311,102 @@
   <si>
     <t>SCHOELCHER</t>
   </si>
   <si>
     <t>970202321</t>
   </si>
   <si>
     <t>Docteur Gaël WAN-AJOUHU</t>
   </si>
   <si>
     <t>15/05/2017 17:32:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2764417/fr/docteur-gael-wan-ajouhu</t>
   </si>
   <si>
     <t>c_2764417</t>
   </si>
   <si>
     <t>WAN-AJOUHU</t>
   </si>
   <si>
     <t>Gaël</t>
   </si>
   <si>
-    <t>06 May 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE SAINT PAUL,CHU DE MARTINIQUE SITE P.ZOBDA QUITMAN</t>
   </si>
   <si>
     <t>97200,97261</t>
   </si>
   <si>
     <t>FORT DE FRANCE,FORT DE FRANCE</t>
   </si>
   <si>
     <t>970202313,970211215</t>
   </si>
   <si>
     <t>Docteur Dominique BLANCKE</t>
   </si>
   <si>
     <t>08/11/2016 11:30:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708535/fr/docteur-dominique-blancke</t>
   </si>
   <si>
     <t>c_2708535</t>
   </si>
   <si>
     <t>BLANCKE</t>
   </si>
   <si>
     <t>Dominique</t>
   </si>
   <si>
-    <t>21 January 2021</t>
+    <t>20 February 2025</t>
   </si>
   <si>
     <t>Docteur Myriam TIRAULT</t>
   </si>
   <si>
     <t>08/11/2016 11:32:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710554/fr/docteur-myriam-tirault</t>
   </si>
   <si>
     <t>c_2710554</t>
   </si>
   <si>
     <t>TIRAULT</t>
   </si>
   <si>
     <t>Myriam</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>Docteur Emile MELKI</t>
   </si>
   <si>
     <t>08/11/2016 11:35:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712486/fr/docteur-emile-melki</t>
   </si>
   <si>
     <t>c_2712486</t>
   </si>
   <si>
     <t>MELKI</t>
   </si>
   <si>
     <t>Emile</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur Gilles GOULON</t>
   </si>
@@ -455,71 +434,95 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>APPARTEMENT COORDINATION THERAPEUTIQUE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15513_FicheESSMS/fr/appartement-coordination-therapeutique</t>
+  </si>
+  <si>
+    <t>15513_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Gouverneur Ponton</t>
+  </si>
+  <si>
+    <t>97200 FORT DE FRANCE</t>
+  </si>
+  <si>
+    <t>9B</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>970209920</t>
+  </si>
+  <si>
     <t>C.H.R.S. ACISE SAMU SOCIAL</t>
   </si>
   <si>
     <t>07/11/2025 16:18:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14237_FicheESSMS/fr/c-h-r-s-acise-samu-social</t>
   </si>
   <si>
     <t>14237_FicheESSMS</t>
   </si>
   <si>
-    <t>97200 FORT DE FRANCE</t>
-[...7 lines deleted...]
-  <si>
     <t>Accueil, Hébergement, Insertion</t>
   </si>
   <si>
     <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
   </si>
   <si>
     <t>970215471</t>
   </si>
   <si>
     <t>FOYER DE L ESPERANCE</t>
   </si>
   <si>
     <t>07/11/2025 16:23:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14292_FicheESSMS/fr/foyer-de-l-esperance</t>
   </si>
   <si>
     <t>14292_FicheESSMS</t>
   </si>
   <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Maison d'Enfants à Caractère Social</t>
@@ -698,53 +701,50 @@
   <si>
     <t>LE MORNE ROUGE</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>970208625</t>
   </si>
   <si>
     <t>CSAPA</t>
   </si>
   <si>
     <t>15/09/2025 16:18:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13267_FicheESSMS/fr/csapa</t>
   </si>
   <si>
     <t>13267_FicheESSMS</t>
   </si>
   <si>
     <t>45 Rue René Achéen (Ex R Galliéni)</t>
   </si>
   <si>
-    <t>Personne ayant des difficultés spécifiques</t>
-[...1 lines deleted...]
-  <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>970208666</t>
   </si>
   <si>
     <t>FOYER DE VIE-CENTRE D'ACCUEIL DE JOUR</t>
   </si>
   <si>
     <t>10/09/2025 12:15:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/920_FicheESSMS/fr/foyer-de-vie-centre-d-accueil-de-jour</t>
   </si>
   <si>
     <t>920_FicheESSMS</t>
   </si>
   <si>
     <t>97270 ST ESPRIT</t>
   </si>
   <si>
     <t>ST ESPRIT</t>
   </si>
   <si>
     <t>Foyer de Vie pour Adultes Handicapés</t>
@@ -1199,86 +1199,80 @@
   <si>
     <t>7683_FicheESSMS</t>
   </si>
   <si>
     <t>97220 LA TRINITE</t>
   </si>
   <si>
     <t>LA TRINITE</t>
   </si>
   <si>
     <t>970206140</t>
   </si>
   <si>
     <t>SECTION DE FORMATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7923_FicheESSMS/fr/section-de-formation-professionnelle</t>
   </si>
   <si>
     <t>7923_FicheESSMS</t>
   </si>
   <si>
-    <t>23 Voie Principale De Bâtelière</t>
+    <t>54 Rue Gaston Defferre</t>
   </si>
   <si>
     <t>Institut d'Education Sensorielle Sourd/Aveugle</t>
   </si>
   <si>
     <t>970209243</t>
   </si>
   <si>
     <t>SEES HA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7922_FicheESSMS/fr/sees-ha</t>
   </si>
   <si>
     <t>7922_FicheESSMS</t>
   </si>
   <si>
-    <t>24 Rue Du Basalte</t>
-[...1 lines deleted...]
-  <si>
     <t>970209250</t>
   </si>
   <si>
     <t>SESSAD AMEDAV</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7921_FicheESSMS/fr/sessad-amedav</t>
   </si>
   <si>
     <t>7921_FicheESSMS</t>
   </si>
   <si>
-    <t>34 Rue Gaston De Ferre</t>
-[...1 lines deleted...]
-  <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>970212973</t>
   </si>
   <si>
     <t>EHPAD RESIDENCE FLOREA SAINT ESPRIT</t>
   </si>
   <si>
     <t>10/09/2025 12:26:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9816_FicheESSMS/fr/ehpad-residence-florea-saint-esprit</t>
   </si>
   <si>
     <t>9816_FicheESSMS</t>
   </si>
   <si>
     <t>9 Rue Schoelcher</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>970210332</t>
@@ -1908,101 +1902,119 @@
     <t>https://www.has-sante.fr/jcms/4096_FicheEtablissement/fr/ctre-dialyse-ambulatoire-steer</t>
   </si>
   <si>
     <t>4096_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Rue Des  Hibiscus</t>
   </si>
   <si>
     <t>0596630006</t>
   </si>
   <si>
     <t>970203774</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LE TRAITEMENT DE L INSUFFISANCE RENALE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4095_FicheEtablissement/fr/a-t-i-r-u-a-d-4</t>
   </si>
   <si>
     <t>4095_FicheEtablissement</t>
   </si>
   <si>
     <t>970203493</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYE MÉDICALISÉE DE CASE-PILOTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7760_FicheEtablissement/fr/udm-de-case-pilote</t>
+  </si>
+  <si>
+    <t>7760_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>97222 CASE PILOTE</t>
+  </si>
+  <si>
+    <t>CASE PILOTE</t>
+  </si>
+  <si>
+    <t>970215802</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R15"/>
+  <dimension ref="A1:R14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2397,231 +2409,231 @@
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>76</v>
       </c>
       <c r="H8" t="s">
         <v>77</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>78</v>
       </c>
       <c r="L8" t="s">
         <v>79</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="O8" t="s">
         <v>39</v>
       </c>
       <c r="P8" t="s">
         <v>40</v>
       </c>
       <c r="Q8" t="s">
         <v>30</v>
       </c>
       <c r="R8" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="O9" t="s">
-        <v>39</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>40</v>
+        <v>89</v>
       </c>
       <c r="Q9" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="R9" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="H10" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="P10" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="Q10" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="R10" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="L11" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="O11" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="P11" t="s">
-        <v>106</v>
+        <v>40</v>
       </c>
       <c r="Q11" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>108</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>109</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>110</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>111</v>
       </c>
       <c r="H12" t="s">
@@ -2745,4490 +2757,4546 @@
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>127</v>
       </c>
       <c r="L14" t="s">
         <v>128</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
         <v>129</v>
       </c>
       <c r="O14" t="s">
         <v>39</v>
       </c>
       <c r="P14" t="s">
         <v>40</v>
       </c>
       <c r="Q14" t="s">
         <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>41</v>
-[...54 lines deleted...]
-      <c r="R15" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P50"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>130</v>
+      </c>
+      <c r="J1" t="s">
+        <v>131</v>
+      </c>
+      <c r="K1" t="s">
+        <v>132</v>
+      </c>
+      <c r="L1" t="s">
+        <v>133</v>
+      </c>
+      <c r="M1" t="s">
+        <v>134</v>
+      </c>
+      <c r="N1" t="s">
+        <v>135</v>
+      </c>
+      <c r="O1" t="s">
+        <v>136</v>
+      </c>
+      <c r="P1" t="s">
         <v>137</v>
-      </c>
-[...19 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B2" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="H2" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="I2" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="K2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M2" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N2" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="O2" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="P2" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B3" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="H3" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="I3" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
         <v>30</v>
       </c>
       <c r="L3" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M3" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N3" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="O3" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="P3" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B4" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="H4" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="I4" t="s">
-        <v>167</v>
+        <v>144</v>
       </c>
       <c r="J4" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K4" t="s">
         <v>30</v>
       </c>
       <c r="L4" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M4" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N4" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="O4" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="P4" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>165</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>166</v>
+      </c>
+      <c r="H5" t="s">
+        <v>167</v>
+      </c>
+      <c r="I5" t="s">
+        <v>168</v>
+      </c>
+      <c r="J5" t="s">
+        <v>144</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>145</v>
+      </c>
+      <c r="M5" t="s">
+        <v>146</v>
+      </c>
+      <c r="N5" t="s">
+        <v>169</v>
+      </c>
+      <c r="O5" t="s">
+        <v>170</v>
+      </c>
+      <c r="P5" t="s">
         <v>171</v>
-      </c>
-[...40 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B6" t="s">
+        <v>172</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>173</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>174</v>
+      </c>
+      <c r="H6" t="s">
+        <v>175</v>
+      </c>
+      <c r="I6" t="s">
+        <v>176</v>
+      </c>
+      <c r="J6" t="s">
+        <v>177</v>
+      </c>
+      <c r="K6" t="s">
+        <v>90</v>
+      </c>
+      <c r="L6" t="s">
+        <v>145</v>
+      </c>
+      <c r="M6" t="s">
+        <v>146</v>
+      </c>
+      <c r="N6" t="s">
+        <v>178</v>
+      </c>
+      <c r="O6" t="s">
+        <v>179</v>
+      </c>
+      <c r="P6" t="s">
         <v>180</v>
-      </c>
-[...40 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B7" t="s">
+        <v>181</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>182</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>183</v>
+      </c>
+      <c r="H7" t="s">
+        <v>184</v>
+      </c>
+      <c r="I7" t="s">
+        <v>185</v>
+      </c>
+      <c r="J7" t="s">
+        <v>144</v>
+      </c>
+      <c r="K7" t="s">
+        <v>30</v>
+      </c>
+      <c r="L7" t="s">
+        <v>145</v>
+      </c>
+      <c r="M7" t="s">
+        <v>146</v>
+      </c>
+      <c r="N7" t="s">
+        <v>178</v>
+      </c>
+      <c r="O7" t="s">
+        <v>186</v>
+      </c>
+      <c r="P7" t="s">
         <v>187</v>
-      </c>
-[...40 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B8" t="s">
+        <v>188</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>182</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>189</v>
+      </c>
+      <c r="H8" t="s">
+        <v>190</v>
+      </c>
+      <c r="I8" t="s">
+        <v>191</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>192</v>
+      </c>
+      <c r="L8" t="s">
+        <v>145</v>
+      </c>
+      <c r="M8" t="s">
+        <v>146</v>
+      </c>
+      <c r="N8" t="s">
+        <v>193</v>
+      </c>
+      <c r="O8" t="s">
+        <v>194</v>
+      </c>
+      <c r="P8" t="s">
         <v>195</v>
-      </c>
-[...40 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B9" t="s">
+        <v>196</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>182</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>197</v>
+      </c>
+      <c r="H9" t="s">
+        <v>198</v>
+      </c>
+      <c r="I9" t="s">
+        <v>191</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>192</v>
+      </c>
+      <c r="L9" t="s">
+        <v>145</v>
+      </c>
+      <c r="M9" t="s">
+        <v>146</v>
+      </c>
+      <c r="N9" t="s">
+        <v>193</v>
+      </c>
+      <c r="O9" t="s">
+        <v>194</v>
+      </c>
+      <c r="P9" t="s">
         <v>199</v>
-      </c>
-[...40 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
+        <v>200</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>201</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>202</v>
+      </c>
+      <c r="H10" t="s">
+        <v>203</v>
+      </c>
+      <c r="I10" t="s">
+        <v>204</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>205</v>
+      </c>
+      <c r="L10" t="s">
+        <v>145</v>
+      </c>
+      <c r="M10" t="s">
+        <v>206</v>
+      </c>
+      <c r="N10" t="s">
+        <v>207</v>
+      </c>
+      <c r="O10" t="s">
+        <v>208</v>
+      </c>
+      <c r="P10" t="s">
         <v>209</v>
-      </c>
-[...40 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B11" t="s">
+        <v>210</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>211</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>212</v>
+      </c>
+      <c r="H11" t="s">
+        <v>213</v>
+      </c>
+      <c r="I11" t="s">
+        <v>144</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>30</v>
+      </c>
+      <c r="L11" t="s">
+        <v>145</v>
+      </c>
+      <c r="M11" t="s">
+        <v>146</v>
+      </c>
+      <c r="N11" t="s">
+        <v>178</v>
+      </c>
+      <c r="O11" t="s">
+        <v>214</v>
+      </c>
+      <c r="P11" t="s">
         <v>215</v>
-      </c>
-[...40 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B12" t="s">
+        <v>216</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>211</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>217</v>
+      </c>
+      <c r="H12" t="s">
+        <v>218</v>
+      </c>
+      <c r="I12" t="s">
+        <v>219</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>220</v>
+      </c>
+      <c r="L12" t="s">
+        <v>145</v>
+      </c>
+      <c r="M12" t="s">
+        <v>146</v>
+      </c>
+      <c r="N12" t="s">
+        <v>178</v>
+      </c>
+      <c r="O12" t="s">
+        <v>221</v>
+      </c>
+      <c r="P12" t="s">
         <v>222</v>
-      </c>
-[...40 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B13" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="H13" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="I13" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="J13" t="s">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="K13" t="s">
-        <v>235</v>
+        <v>30</v>
       </c>
       <c r="L13" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M13" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N13" t="s">
-        <v>177</v>
+        <v>147</v>
       </c>
       <c r="O13" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="P13" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B14" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="H14" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="I14" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="L14" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M14" t="s">
-        <v>205</v>
+        <v>146</v>
       </c>
       <c r="N14" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="O14" t="s">
-        <v>185</v>
+        <v>236</v>
       </c>
       <c r="P14" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B15" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>239</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="H15" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="I15" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="J15" t="s">
-        <v>249</v>
+        <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="L15" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="O15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P15" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B16" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>239</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="H16" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="I16" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="J16" t="s">
-        <v>20</v>
+        <v>249</v>
       </c>
       <c r="K16" t="s">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="L16" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M16" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N16" t="s">
-        <v>206</v>
+        <v>178</v>
       </c>
       <c r="O16" t="s">
-        <v>207</v>
+        <v>186</v>
       </c>
       <c r="P16" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>239</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="H17" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="I17" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>261</v>
+        <v>30</v>
       </c>
       <c r="L17" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M17" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N17" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="O17" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="P17" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B18" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>239</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="H18" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="I18" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>243</v>
+        <v>261</v>
       </c>
       <c r="L18" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M18" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N18" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="O18" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P18" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>222</v>
+        <v>263</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>239</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="H19" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="I19" t="s">
-        <v>269</v>
+        <v>242</v>
       </c>
       <c r="J19" t="s">
-        <v>190</v>
+        <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="L19" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M19" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N19" t="s">
-        <v>227</v>
+        <v>178</v>
       </c>
       <c r="O19" t="s">
-        <v>228</v>
+        <v>214</v>
       </c>
       <c r="P19" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>271</v>
+        <v>223</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>239</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="H20" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="I20" t="s">
-        <v>190</v>
+        <v>269</v>
       </c>
       <c r="J20" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="K20" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="L20" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M20" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N20" t="s">
-        <v>274</v>
+        <v>147</v>
       </c>
       <c r="O20" t="s">
-        <v>275</v>
+        <v>228</v>
       </c>
       <c r="P20" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>222</v>
+        <v>271</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>277</v>
+        <v>239</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="H21" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="I21" t="s">
-        <v>234</v>
+        <v>191</v>
       </c>
       <c r="J21" t="s">
         <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>235</v>
+        <v>192</v>
       </c>
       <c r="L21" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M21" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N21" t="s">
-        <v>227</v>
+        <v>274</v>
       </c>
       <c r="O21" t="s">
-        <v>228</v>
+        <v>275</v>
       </c>
       <c r="P21" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>281</v>
+        <v>223</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="H22" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="I22" t="s">
-        <v>150</v>
+        <v>234</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>30</v>
+        <v>235</v>
       </c>
       <c r="L22" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M22" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N22" t="s">
-        <v>206</v>
+        <v>147</v>
       </c>
       <c r="O22" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="P22" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>282</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="H23" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="I23" t="s">
-        <v>289</v>
+        <v>144</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>290</v>
+        <v>30</v>
       </c>
       <c r="L23" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M23" t="s">
-        <v>152</v>
+        <v>206</v>
       </c>
       <c r="N23" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O23" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P23" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B24" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="H24" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="I24" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="J24" t="s">
         <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="L24" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M24" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N24" t="s">
-        <v>160</v>
+        <v>207</v>
       </c>
       <c r="O24" t="s">
-        <v>298</v>
+        <v>208</v>
       </c>
       <c r="P24" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B25" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="H25" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="I25" t="s">
-        <v>190</v>
+        <v>296</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>191</v>
+        <v>297</v>
       </c>
       <c r="L25" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M25" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N25" t="s">
-        <v>206</v>
+        <v>161</v>
       </c>
       <c r="O25" t="s">
-        <v>207</v>
+        <v>298</v>
       </c>
       <c r="P25" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B26" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="H26" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="I26" t="s">
-        <v>150</v>
+        <v>191</v>
       </c>
       <c r="J26" t="s">
         <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>30</v>
+        <v>192</v>
       </c>
       <c r="L26" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M26" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N26" t="s">
-        <v>309</v>
+        <v>207</v>
       </c>
       <c r="O26" t="s">
-        <v>310</v>
+        <v>208</v>
       </c>
       <c r="P26" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B27" t="s">
-        <v>222</v>
+        <v>305</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="H27" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="I27" t="s">
-        <v>315</v>
+        <v>144</v>
       </c>
       <c r="J27" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K27" t="s">
         <v>30</v>
       </c>
       <c r="L27" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M27" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N27" t="s">
-        <v>227</v>
+        <v>309</v>
       </c>
       <c r="O27" t="s">
-        <v>228</v>
+        <v>310</v>
       </c>
       <c r="P27" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B28" t="s">
-        <v>317</v>
+        <v>223</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
         <v>312</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="H28" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="I28" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="J28" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="K28" t="s">
         <v>30</v>
       </c>
       <c r="L28" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M28" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N28" t="s">
-        <v>227</v>
+        <v>147</v>
       </c>
       <c r="O28" t="s">
-        <v>321</v>
+        <v>228</v>
       </c>
       <c r="P28" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B29" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="H29" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="I29" t="s">
-        <v>150</v>
+        <v>320</v>
       </c>
       <c r="J29" t="s">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="K29" t="s">
         <v>30</v>
       </c>
       <c r="L29" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M29" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N29" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="O29" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="P29" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B30" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="H30" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="I30" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="J30" t="s">
         <v>20</v>
       </c>
       <c r="K30" t="s">
         <v>30</v>
       </c>
       <c r="L30" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M30" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O30" t="s">
-        <v>161</v>
+        <v>327</v>
       </c>
       <c r="P30" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B31" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="H31" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="I31" t="s">
-        <v>190</v>
+        <v>144</v>
       </c>
       <c r="J31" t="s">
         <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>191</v>
+        <v>30</v>
       </c>
       <c r="L31" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M31" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N31" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="O31" t="s">
-        <v>236</v>
+        <v>162</v>
       </c>
       <c r="P31" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B32" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
         <v>335</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="H32" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="I32" t="s">
-        <v>150</v>
+        <v>191</v>
       </c>
       <c r="J32" t="s">
         <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>30</v>
+        <v>192</v>
       </c>
       <c r="L32" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M32" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="O32" t="s">
         <v>236</v>
       </c>
       <c r="P32" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B33" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="H33" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="I33" t="s">
-        <v>347</v>
+        <v>144</v>
       </c>
       <c r="J33" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K33" t="s">
         <v>30</v>
       </c>
       <c r="L33" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M33" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N33" t="s">
-        <v>160</v>
+        <v>178</v>
       </c>
       <c r="O33" t="s">
-        <v>348</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
         <v>344</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="H34" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="I34" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="J34" t="s">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="K34" t="s">
-        <v>354</v>
+        <v>30</v>
       </c>
       <c r="L34" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M34" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N34" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O34" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="P34" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B35" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>358</v>
+        <v>344</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="H35" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="I35" t="s">
-        <v>234</v>
+        <v>353</v>
       </c>
       <c r="J35" t="s">
         <v>20</v>
       </c>
       <c r="K35" t="s">
-        <v>235</v>
+        <v>354</v>
       </c>
       <c r="L35" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M35" t="s">
-        <v>205</v>
+        <v>146</v>
       </c>
       <c r="N35" t="s">
-        <v>206</v>
+        <v>161</v>
       </c>
       <c r="O35" t="s">
-        <v>207</v>
+        <v>355</v>
       </c>
       <c r="P35" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B36" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
         <v>358</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="H36" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="I36" t="s">
-        <v>353</v>
+        <v>234</v>
       </c>
       <c r="J36" t="s">
         <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>354</v>
+        <v>235</v>
       </c>
       <c r="L36" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M36" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N36" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O36" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P36" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B37" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="H37" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="I37" t="s">
-        <v>255</v>
+        <v>353</v>
       </c>
       <c r="J37" t="s">
         <v>20</v>
       </c>
       <c r="K37" t="s">
-        <v>30</v>
+        <v>354</v>
       </c>
       <c r="L37" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M37" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N37" t="s">
-        <v>227</v>
+        <v>207</v>
       </c>
       <c r="O37" t="s">
-        <v>228</v>
+        <v>208</v>
       </c>
       <c r="P37" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B38" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="H38" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="I38" t="s">
-        <v>375</v>
+        <v>255</v>
       </c>
       <c r="J38" t="s">
         <v>20</v>
       </c>
       <c r="K38" t="s">
-        <v>376</v>
+        <v>30</v>
       </c>
       <c r="L38" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N38" t="s">
-        <v>206</v>
+        <v>147</v>
       </c>
       <c r="O38" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="P38" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B39" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="H39" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="I39" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="J39" t="s">
         <v>20</v>
       </c>
       <c r="K39" t="s">
-        <v>297</v>
+        <v>376</v>
       </c>
       <c r="L39" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P39" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B40" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="H40" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="I40" t="s">
-        <v>387</v>
+        <v>296</v>
       </c>
       <c r="J40" t="s">
         <v>20</v>
       </c>
       <c r="K40" t="s">
-        <v>388</v>
+        <v>297</v>
       </c>
       <c r="L40" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M40" t="s">
-        <v>152</v>
+        <v>206</v>
       </c>
       <c r="N40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P40" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B41" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="H41" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="I41" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="J41" t="s">
-        <v>176</v>
+        <v>20</v>
       </c>
       <c r="K41" t="s">
-        <v>96</v>
+        <v>388</v>
       </c>
       <c r="L41" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M41" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N41" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="O41" t="s">
-        <v>395</v>
+        <v>208</v>
       </c>
       <c r="P41" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B42" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
         <v>391</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="H42" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="I42" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="J42" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="K42" t="s">
         <v>30</v>
       </c>
       <c r="L42" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M42" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N42" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="O42" t="s">
         <v>395</v>
       </c>
       <c r="P42" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B43" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
         <v>391</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="H43" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="I43" t="s">
-        <v>405</v>
+        <v>394</v>
       </c>
       <c r="J43" t="s">
-        <v>176</v>
+        <v>144</v>
       </c>
       <c r="K43" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="L43" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M43" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N43" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="O43" t="s">
-        <v>406</v>
+        <v>395</v>
       </c>
       <c r="P43" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B44" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>409</v>
+        <v>391</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="H44" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="I44" t="s">
-        <v>412</v>
+        <v>394</v>
       </c>
       <c r="J44" t="s">
-        <v>234</v>
+        <v>144</v>
       </c>
       <c r="K44" t="s">
-        <v>235</v>
+        <v>30</v>
       </c>
       <c r="L44" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M44" t="s">
-        <v>413</v>
+        <v>146</v>
       </c>
       <c r="N44" t="s">
-        <v>206</v>
+        <v>193</v>
       </c>
       <c r="O44" t="s">
-        <v>207</v>
+        <v>404</v>
       </c>
       <c r="P44" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B45" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
+        <v>407</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>408</v>
+      </c>
+      <c r="H45" t="s">
         <v>409</v>
       </c>
-      <c r="F45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I45" t="s">
-        <v>150</v>
+        <v>410</v>
       </c>
       <c r="J45" t="s">
-        <v>20</v>
+        <v>234</v>
       </c>
       <c r="K45" t="s">
-        <v>30</v>
+        <v>235</v>
       </c>
       <c r="L45" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M45" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="N45" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O45" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P45" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B46" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="H46" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="I46" t="s">
-        <v>423</v>
+        <v>144</v>
       </c>
       <c r="J46" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K46" t="s">
         <v>30</v>
       </c>
       <c r="L46" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M46" t="s">
-        <v>152</v>
+        <v>411</v>
       </c>
       <c r="N46" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="O46" t="s">
-        <v>424</v>
+        <v>208</v>
       </c>
       <c r="P46" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B47" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="H47" t="s">
-        <v>429</v>
+        <v>420</v>
       </c>
       <c r="I47" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="J47" t="s">
-        <v>190</v>
+        <v>144</v>
       </c>
       <c r="K47" t="s">
-        <v>191</v>
+        <v>30</v>
       </c>
       <c r="L47" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M47" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N47" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="O47" t="s">
-        <v>406</v>
+        <v>422</v>
       </c>
       <c r="P47" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B48" t="s">
-        <v>432</v>
+        <v>424</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
+        <v>425</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>426</v>
+      </c>
+      <c r="H48" t="s">
         <v>427</v>
       </c>
-      <c r="F48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I48" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="J48" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="K48" t="s">
-        <v>436</v>
+        <v>192</v>
       </c>
       <c r="L48" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="M48" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="O48" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P48" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B49" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="H49" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="I49" t="s">
+        <v>433</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>434</v>
+      </c>
+      <c r="L49" t="s">
+        <v>145</v>
+      </c>
+      <c r="M49" t="s">
+        <v>146</v>
+      </c>
+      <c r="N49" t="s">
+        <v>193</v>
+      </c>
+      <c r="O49" t="s">
+        <v>404</v>
+      </c>
+      <c r="P49" t="s">
         <v>435</v>
-      </c>
-[...19 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B50" t="s">
+        <v>436</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>425</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>437</v>
+      </c>
+      <c r="H50" t="s">
+        <v>438</v>
+      </c>
+      <c r="I50" t="s">
+        <v>433</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>434</v>
+      </c>
+      <c r="L50" t="s">
+        <v>145</v>
+      </c>
+      <c r="M50" t="s">
+        <v>146</v>
+      </c>
+      <c r="N50" t="s">
+        <v>193</v>
+      </c>
+      <c r="O50" t="s">
+        <v>439</v>
+      </c>
+      <c r="P50" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>138</v>
+      </c>
+      <c r="B51" t="s">
+        <v>441</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>442</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
         <v>443</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="H51" t="s">
         <v>444</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="I51" t="s">
         <v>445</v>
       </c>
-      <c r="H50" t="s">
+      <c r="J51" t="s">
+        <v>20</v>
+      </c>
+      <c r="K51" t="s">
         <v>446</v>
       </c>
-      <c r="I50" t="s">
+      <c r="L51" t="s">
+        <v>145</v>
+      </c>
+      <c r="M51" t="s">
+        <v>146</v>
+      </c>
+      <c r="N51" t="s">
+        <v>207</v>
+      </c>
+      <c r="O51" t="s">
+        <v>208</v>
+      </c>
+      <c r="P51" t="s">
         <v>447</v>
-      </c>
-[...19 lines deleted...]
-        <v>449</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T30"/>
+  <dimension ref="A1:T31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>448</v>
+      </c>
+      <c r="J1" t="s">
+        <v>130</v>
+      </c>
+      <c r="K1" t="s">
+        <v>449</v>
+      </c>
+      <c r="L1" t="s">
+        <v>132</v>
+      </c>
+      <c r="M1" t="s">
+        <v>133</v>
+      </c>
+      <c r="N1" t="s">
         <v>450</v>
       </c>
-      <c r="J1" t="s">
-[...2 lines deleted...]
-      <c r="K1" t="s">
+      <c r="O1" t="s">
         <v>451</v>
       </c>
-      <c r="L1" t="s">
-[...5 lines deleted...]
-      <c r="N1" t="s">
+      <c r="P1" t="s">
         <v>452</v>
       </c>
-      <c r="O1" t="s">
+      <c r="Q1" t="s">
         <v>453</v>
       </c>
-      <c r="P1" t="s">
+      <c r="R1" t="s">
+        <v>134</v>
+      </c>
+      <c r="S1" t="s">
         <v>454</v>
       </c>
-      <c r="Q1" t="s">
+      <c r="T1" t="s">
         <v>455</v>
-      </c>
-[...7 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>456</v>
+      </c>
+      <c r="B2" t="s">
+        <v>457</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>458</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>459</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>460</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
         <v>255</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N2" t="s">
+        <v>462</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q2" t="s">
         <v>464</v>
       </c>
-      <c r="O2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="T2" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>456</v>
+      </c>
+      <c r="B3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
         <v>458</v>
       </c>
-      <c r="B3" t="s">
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>467</v>
+      </c>
+      <c r="H3" t="s">
         <v>468</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>469</v>
-      </c>
-[...4 lines deleted...]
-        <v>471</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
         <v>387</v>
       </c>
       <c r="L3" t="s">
         <v>388</v>
       </c>
       <c r="M3" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N3" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>470</v>
+      </c>
+      <c r="R3" t="s">
+        <v>206</v>
+      </c>
+      <c r="S3" t="s">
+        <v>471</v>
+      </c>
+      <c r="T3" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>456</v>
+      </c>
+      <c r="B4" t="s">
+        <v>472</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>458</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>473</v>
+      </c>
+      <c r="H4" t="s">
         <v>474</v>
       </c>
-      <c r="C4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
         <v>255</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N4" t="s">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>475</v>
+      </c>
+      <c r="R4" t="s">
+        <v>206</v>
+      </c>
+      <c r="S4" t="s">
+        <v>476</v>
+      </c>
+      <c r="T4" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>456</v>
+      </c>
+      <c r="B5" t="s">
+        <v>477</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>458</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>478</v>
+      </c>
+      <c r="H5" t="s">
         <v>479</v>
       </c>
-      <c r="C5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5" t="s">
         <v>255</v>
       </c>
       <c r="L5" t="s">
         <v>30</v>
       </c>
       <c r="M5" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N5" t="s">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>480</v>
+      </c>
+      <c r="R5" t="s">
+        <v>206</v>
+      </c>
+      <c r="S5" t="s">
+        <v>481</v>
+      </c>
+      <c r="T5" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>456</v>
+      </c>
+      <c r="B6" t="s">
+        <v>482</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>458</v>
       </c>
-      <c r="B6" t="s">
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>483</v>
+      </c>
+      <c r="H6" t="s">
         <v>484</v>
       </c>
-      <c r="C6" t="s">
-[...11 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
+        <v>469</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>191</v>
+      </c>
+      <c r="L6" t="s">
+        <v>192</v>
+      </c>
+      <c r="M6" t="s">
+        <v>145</v>
+      </c>
+      <c r="N6" t="s">
+        <v>462</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q6" t="s">
         <v>485</v>
       </c>
-      <c r="H6" t="s">
+      <c r="R6" t="s">
+        <v>206</v>
+      </c>
+      <c r="S6" t="s">
         <v>486</v>
       </c>
-      <c r="I6" t="s">
-[...20 lines deleted...]
-      <c r="P6" t="s">
+      <c r="T6" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>456</v>
+      </c>
+      <c r="B7" t="s">
+        <v>487</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>458</v>
       </c>
-      <c r="B7" t="s">
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>488</v>
+      </c>
+      <c r="H7" t="s">
         <v>489</v>
       </c>
-      <c r="C7" t="s">
-[...11 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>490</v>
-      </c>
-[...4 lines deleted...]
-        <v>492</v>
       </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
       <c r="K7" t="s">
         <v>255</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N7" t="s">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>491</v>
+      </c>
+      <c r="R7" t="s">
+        <v>206</v>
+      </c>
+      <c r="S7" t="s">
+        <v>492</v>
+      </c>
+      <c r="T7" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>456</v>
+      </c>
+      <c r="B8" t="s">
+        <v>493</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>458</v>
       </c>
-      <c r="B8" t="s">
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>494</v>
+      </c>
+      <c r="H8" t="s">
         <v>495</v>
       </c>
-      <c r="C8" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I8" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
         <v>255</v>
       </c>
       <c r="L8" t="s">
         <v>30</v>
       </c>
       <c r="M8" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N8" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>491</v>
+      </c>
+      <c r="R8" t="s">
+        <v>206</v>
+      </c>
+      <c r="S8" t="s">
+        <v>496</v>
+      </c>
+      <c r="T8" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>456</v>
+      </c>
+      <c r="B9" t="s">
+        <v>497</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>458</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>498</v>
+      </c>
+      <c r="H9" t="s">
         <v>499</v>
       </c>
-      <c r="C9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
         <v>255</v>
       </c>
       <c r="L9" t="s">
         <v>30</v>
       </c>
       <c r="M9" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N9" t="s">
         <v>20</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>491</v>
+      </c>
+      <c r="R9" t="s">
+        <v>206</v>
+      </c>
+      <c r="S9" t="s">
+        <v>500</v>
+      </c>
+      <c r="T9" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
+        <v>501</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>502</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>503</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>504</v>
       </c>
-      <c r="F10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I10" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10" t="s">
         <v>353</v>
       </c>
       <c r="L10" t="s">
         <v>354</v>
       </c>
       <c r="M10" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N10" t="s">
+        <v>505</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>506</v>
+      </c>
+      <c r="Q10" t="s">
         <v>507</v>
       </c>
-      <c r="O10" t="s">
-[...2 lines deleted...]
-      <c r="P10" t="s">
+      <c r="R10" t="s">
+        <v>206</v>
+      </c>
+      <c r="S10" t="s">
         <v>508</v>
       </c>
-      <c r="Q10" t="s">
+      <c r="T10" t="s">
         <v>509</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B11" t="s">
+        <v>510</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>511</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
         <v>512</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>513</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="I11" t="s">
+        <v>469</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
         <v>514</v>
       </c>
-      <c r="H11" t="s">
+      <c r="L11" t="s">
         <v>515</v>
       </c>
-      <c r="I11" t="s">
-[...5 lines deleted...]
-      <c r="K11" t="s">
+      <c r="M11" t="s">
+        <v>145</v>
+      </c>
+      <c r="N11" t="s">
         <v>516</v>
       </c>
-      <c r="L11" t="s">
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
         <v>517</v>
       </c>
-      <c r="M11" t="s">
-[...2 lines deleted...]
-      <c r="N11" t="s">
+      <c r="Q11" t="s">
         <v>518</v>
       </c>
-      <c r="O11" t="s">
-[...2 lines deleted...]
-      <c r="P11" t="s">
+      <c r="R11" t="s">
+        <v>517</v>
+      </c>
+      <c r="S11" t="s">
         <v>519</v>
       </c>
-      <c r="Q11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T11" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B12" t="s">
         <v>39</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
+        <v>520</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>521</v>
+      </c>
+      <c r="H12" t="s">
         <v>522</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="I12" t="s">
+        <v>469</v>
+      </c>
+      <c r="J12" t="s">
         <v>523</v>
       </c>
-      <c r="H12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K12" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="L12" t="s">
         <v>30</v>
       </c>
       <c r="M12" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N12" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="Q12" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="R12" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="S12" t="s">
         <v>41</v>
       </c>
       <c r="T12" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B13" t="s">
+        <v>526</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>520</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>527</v>
+      </c>
+      <c r="H13" t="s">
         <v>528</v>
       </c>
-      <c r="C13" t="s">
-[...11 lines deleted...]
-      <c r="G13" t="s">
+      <c r="I13" t="s">
+        <v>469</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>177</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>145</v>
+      </c>
+      <c r="N13" t="s">
         <v>529</v>
       </c>
-      <c r="H13" t="s">
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q13" t="s">
         <v>530</v>
       </c>
-      <c r="I13" t="s">
-[...14 lines deleted...]
-      <c r="N13" t="s">
+      <c r="R13" t="s">
+        <v>517</v>
+      </c>
+      <c r="S13" t="s">
         <v>531</v>
       </c>
-      <c r="O13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T13" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B14" t="s">
+        <v>532</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>520</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>533</v>
+      </c>
+      <c r="H14" t="s">
         <v>534</v>
       </c>
-      <c r="C14" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I14" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J14" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="K14" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="L14" t="s">
         <v>30</v>
       </c>
       <c r="M14" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N14" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="Q14" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="R14" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="S14" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="T14" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B15" t="s">
+        <v>537</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>538</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>539</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>540</v>
       </c>
-      <c r="F15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I15" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="L15" t="s">
         <v>30</v>
       </c>
       <c r="M15" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N15" t="s">
+        <v>541</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>542</v>
+      </c>
+      <c r="R15" t="s">
+        <v>517</v>
+      </c>
+      <c r="S15" t="s">
         <v>543</v>
       </c>
-      <c r="O15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T15" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B16" t="s">
+        <v>544</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>545</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>546</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>547</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
+        <v>469</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>514</v>
+      </c>
+      <c r="L16" t="s">
+        <v>515</v>
+      </c>
+      <c r="M16" t="s">
+        <v>145</v>
+      </c>
+      <c r="N16" t="s">
         <v>548</v>
       </c>
-      <c r="H16" t="s">
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>506</v>
+      </c>
+      <c r="Q16" t="s">
         <v>549</v>
       </c>
-      <c r="I16" t="s">
-[...14 lines deleted...]
-      <c r="N16" t="s">
+      <c r="R16" t="s">
+        <v>206</v>
+      </c>
+      <c r="S16" t="s">
         <v>550</v>
       </c>
-      <c r="O16" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T16" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B17" t="s">
+        <v>551</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>545</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>552</v>
+      </c>
+      <c r="H17" t="s">
         <v>553</v>
       </c>
-      <c r="C17" t="s">
-[...11 lines deleted...]
-      <c r="G17" t="s">
+      <c r="I17" t="s">
+        <v>469</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>514</v>
+      </c>
+      <c r="L17" t="s">
+        <v>515</v>
+      </c>
+      <c r="M17" t="s">
+        <v>145</v>
+      </c>
+      <c r="N17" t="s">
         <v>554</v>
       </c>
-      <c r="H17" t="s">
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>506</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>507</v>
+      </c>
+      <c r="R17" t="s">
+        <v>206</v>
+      </c>
+      <c r="S17" t="s">
         <v>555</v>
       </c>
-      <c r="I17" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T17" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B18" t="s">
+        <v>556</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>557</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
         <v>558</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="H18" t="s">
         <v>559</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="I18" t="s">
+        <v>469</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
         <v>560</v>
       </c>
-      <c r="H18" t="s">
+      <c r="L18" t="s">
         <v>561</v>
       </c>
-      <c r="I18" t="s">
-[...5 lines deleted...]
-      <c r="K18" t="s">
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
         <v>562</v>
       </c>
-      <c r="L18" t="s">
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>506</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>507</v>
+      </c>
+      <c r="R18" t="s">
+        <v>206</v>
+      </c>
+      <c r="S18" t="s">
         <v>563</v>
       </c>
-      <c r="M18" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="T18" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B19" t="s">
+        <v>564</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>565</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>566</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>567</v>
       </c>
-      <c r="F19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I19" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J19" t="s">
         <v>20</v>
       </c>
       <c r="K19" t="s">
         <v>296</v>
       </c>
       <c r="L19" t="s">
         <v>297</v>
       </c>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N19" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="Q19" t="s">
+        <v>507</v>
+      </c>
+      <c r="R19" t="s">
+        <v>206</v>
+      </c>
+      <c r="S19" t="s">
+        <v>569</v>
+      </c>
+      <c r="T19" t="s">
         <v>509</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B20" t="s">
+        <v>570</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>571</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
         <v>572</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>573</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="I20" t="s">
+        <v>469</v>
+      </c>
+      <c r="J20" t="s">
         <v>574</v>
-      </c>
-[...7 lines deleted...]
-        <v>576</v>
       </c>
       <c r="K20" t="s">
         <v>255</v>
       </c>
       <c r="L20" t="s">
         <v>30</v>
       </c>
       <c r="M20" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N20" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="Q20" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="R20" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="S20" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="T20" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B21" t="s">
+        <v>577</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>578</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>579</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>580</v>
       </c>
-      <c r="F21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I21" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J21" t="s">
         <v>20</v>
       </c>
       <c r="K21" t="s">
         <v>234</v>
       </c>
       <c r="L21" t="s">
         <v>235</v>
       </c>
       <c r="M21" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N21" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="Q21" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="R21" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="S21" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="T21" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B22" t="s">
+        <v>583</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>584</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>585</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="H22" t="s">
         <v>586</v>
       </c>
-      <c r="F22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I22" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
         <v>387</v>
       </c>
       <c r="L22" t="s">
         <v>388</v>
       </c>
       <c r="M22" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N22" t="s">
+        <v>587</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>507</v>
+      </c>
+      <c r="R22" t="s">
+        <v>146</v>
+      </c>
+      <c r="S22" t="s">
+        <v>588</v>
+      </c>
+      <c r="T22" t="s">
         <v>589</v>
-      </c>
-[...16 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B23" t="s">
+        <v>590</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>591</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>592</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>593</v>
       </c>
-      <c r="F23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I23" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
         <v>242</v>
       </c>
       <c r="L23" t="s">
         <v>243</v>
       </c>
       <c r="M23" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N23" t="s">
         <v>20</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="Q23" t="s">
+        <v>507</v>
+      </c>
+      <c r="R23" t="s">
+        <v>206</v>
+      </c>
+      <c r="S23" t="s">
+        <v>594</v>
+      </c>
+      <c r="T23" t="s">
         <v>509</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B24" t="s">
+        <v>595</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>591</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>596</v>
+      </c>
+      <c r="H24" t="s">
         <v>597</v>
       </c>
-      <c r="C24" t="s">
-[...11 lines deleted...]
-      <c r="G24" t="s">
+      <c r="I24" t="s">
+        <v>469</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
         <v>598</v>
       </c>
-      <c r="H24" t="s">
+      <c r="L24" t="s">
         <v>599</v>
       </c>
-      <c r="I24" t="s">
-[...5 lines deleted...]
-      <c r="K24" t="s">
+      <c r="M24" t="s">
+        <v>145</v>
+      </c>
+      <c r="N24" t="s">
+        <v>20</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>506</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>507</v>
+      </c>
+      <c r="R24" t="s">
+        <v>206</v>
+      </c>
+      <c r="S24" t="s">
         <v>600</v>
       </c>
-      <c r="L24" t="s">
-[...14 lines deleted...]
-      <c r="Q24" t="s">
+      <c r="T24" t="s">
         <v>509</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B25" t="s">
+        <v>601</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>557</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>602</v>
+      </c>
+      <c r="H25" t="s">
         <v>603</v>
       </c>
-      <c r="C25" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I25" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25" t="s">
         <v>387</v>
       </c>
       <c r="L25" t="s">
         <v>388</v>
       </c>
       <c r="M25" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N25" t="s">
         <v>20</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="Q25" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="R25" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="S25" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="T25" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B26" t="s">
+        <v>605</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>557</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>606</v>
+      </c>
+      <c r="H26" t="s">
         <v>607</v>
       </c>
-      <c r="C26" t="s">
-[...11 lines deleted...]
-      <c r="G26" t="s">
+      <c r="I26" t="s">
+        <v>490</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>433</v>
+      </c>
+      <c r="L26" t="s">
+        <v>434</v>
+      </c>
+      <c r="M26" t="s">
+        <v>145</v>
+      </c>
+      <c r="N26" t="s">
         <v>608</v>
       </c>
-      <c r="H26" t="s">
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>146</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>518</v>
+      </c>
+      <c r="R26" t="s">
+        <v>146</v>
+      </c>
+      <c r="S26" t="s">
         <v>609</v>
       </c>
-      <c r="I26" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T26" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B27" t="s">
+        <v>610</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>557</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>611</v>
+      </c>
+      <c r="H27" t="s">
         <v>612</v>
       </c>
-      <c r="C27" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I27" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J27" t="s">
         <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="L27" t="s">
         <v>30</v>
       </c>
       <c r="M27" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N27" t="s">
         <v>20</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="Q27" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="R27" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="S27" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="T27" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B28" t="s">
+        <v>614</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>557</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>615</v>
+      </c>
+      <c r="H28" t="s">
         <v>616</v>
       </c>
-      <c r="C28" t="s">
-[...11 lines deleted...]
-      <c r="G28" t="s">
+      <c r="I28" t="s">
+        <v>490</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>219</v>
+      </c>
+      <c r="L28" t="s">
+        <v>220</v>
+      </c>
+      <c r="M28" t="s">
+        <v>145</v>
+      </c>
+      <c r="N28" t="s">
+        <v>20</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>146</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>518</v>
+      </c>
+      <c r="R28" t="s">
+        <v>146</v>
+      </c>
+      <c r="S28" t="s">
         <v>617</v>
       </c>
-      <c r="H28" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T28" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B29" t="s">
+        <v>618</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>619</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>620</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="H29" t="s">
         <v>621</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="I29" t="s">
+        <v>469</v>
+      </c>
+      <c r="J29" t="s">
         <v>622</v>
       </c>
-      <c r="H29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K29" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="L29" t="s">
         <v>30</v>
       </c>
       <c r="M29" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N29" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="Q29" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="R29" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="S29" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="T29" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B30" t="s">
+        <v>625</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>557</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>626</v>
+      </c>
+      <c r="H30" t="s">
         <v>627</v>
       </c>
-      <c r="C30" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I30" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="J30" t="s">
         <v>20</v>
       </c>
       <c r="K30" t="s">
         <v>289</v>
       </c>
       <c r="L30" t="s">
         <v>290</v>
       </c>
       <c r="M30" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="N30" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="Q30" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="R30" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="S30" t="s">
+        <v>628</v>
+      </c>
+      <c r="T30" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>456</v>
+      </c>
+      <c r="B31" t="s">
+        <v>629</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>630</v>
       </c>
-      <c r="T30" t="s">
-        <v>467</v>
+      <c r="H31" t="s">
+        <v>631</v>
+      </c>
+      <c r="I31" t="s">
+        <v>490</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>632</v>
+      </c>
+      <c r="L31" t="s">
+        <v>633</v>
+      </c>
+      <c r="M31" t="s">
+        <v>145</v>
+      </c>
+      <c r="N31" t="s">
+        <v>20</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>20</v>
+      </c>
+      <c r="R31" t="s">
+        <v>517</v>
+      </c>
+      <c r="S31" t="s">
+        <v>634</v>
+      </c>
+      <c r="T31" t="s">
+        <v>465</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>