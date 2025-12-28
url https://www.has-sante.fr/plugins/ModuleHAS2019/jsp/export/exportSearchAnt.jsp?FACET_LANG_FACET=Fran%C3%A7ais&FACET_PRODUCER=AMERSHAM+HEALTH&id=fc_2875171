--- v0 (2025-11-07)
+++ v1 (2025-12-28)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>IVEPAQUE (iopentol)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>16/05/2006 18:50:00</t>
+    <t>16/11/2005 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985644/fr/ivepaque-iopentol</t>
   </si>
   <si>
     <t>pprd_2985644</t>
   </si>
   <si>
     <t>iopentol</t>
   </si>
   <si>
     <t>AMERSHAM HEALTH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400742/fr/ivepaque-150-mg-i/ml-solution-injectable-1-flacon-de-100-ml-cip-333-427-9-ivepaque-200-mg-i/ml-solution-injectable-1-flacon-de-50-ml-cip-333-429-1-ivepaque-250-mg-i/ml-solution-injectable-1-flacon-de-20-ml-cip-333-431-6-1-flacon-de-50-ml-cip-333-432-2-ivepaque-300-mg-i/ml-solution-injectable-1-flacon-de-20-ml-cip-333-433-9-1-flacon-de-100-ml-cip-333-435-1-1-flacon-polypropylene-de-50-ml-avec-seringue-et-microperfuseur-cip-335-776-0-ivepaque-350-mg-i/ml-solution-injectable-1-flacon-de-100-ml-cip-333-437-4-1-flacon-polypropylene-de-50-ml-avec-seringue-et-microperfuseur-cip-335-777-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>