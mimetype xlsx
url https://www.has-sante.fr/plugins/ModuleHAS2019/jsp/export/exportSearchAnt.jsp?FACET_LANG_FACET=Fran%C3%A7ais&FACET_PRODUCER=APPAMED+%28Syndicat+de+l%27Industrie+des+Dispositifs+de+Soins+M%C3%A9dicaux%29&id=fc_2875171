--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="37">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -102,50 +102,53 @@
     <t>https://www.has-sante.fr/jcms/c_1028582/fr/set-de-produits-de-sante-pansement-22-mars-2011-3511-avis</t>
   </si>
   <si>
     <t>c_1028582</t>
   </si>
   <si>
     <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 2011 (3177) avis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1028587/fr/set-de-produits-de-sante-pansement-22-mars-2011-3177-avis</t>
   </si>
   <si>
     <t>c_1028587</t>
   </si>
   <si>
     <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 2011 (3512) avis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1028593/fr/set-de-produits-de-sante-pansement-22-mars-2011-3512-avis</t>
   </si>
   <si>
     <t>c_1028593</t>
   </si>
   <si>
     <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 2011 (3513) avis</t>
+  </si>
+  <si>
+    <t>22/03/2020 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1028601/fr/set-de-produits-de-sante-pansement-22-mars-2011-3513-avis</t>
   </si>
   <si>
     <t>c_1028601</t>
   </si>
   <si>
     <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 201 (3217) avis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1028872/fr/set-de-produits-de-sante-pansement-22-mars-201-3217-avis</t>
   </si>
   <si>
     <t>c_1028872</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -376,95 +379,95 @@
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6" t="s">
         <v>29</v>
       </c>
       <c r="I6" t="s">
         <v>12</v>
       </c>
       <c r="J6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
         <v>14</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I7" t="s">
         <v>12</v>
       </c>
       <c r="J7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>14</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I8" t="s">
         <v>12</v>
       </c>
       <c r="J8" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>