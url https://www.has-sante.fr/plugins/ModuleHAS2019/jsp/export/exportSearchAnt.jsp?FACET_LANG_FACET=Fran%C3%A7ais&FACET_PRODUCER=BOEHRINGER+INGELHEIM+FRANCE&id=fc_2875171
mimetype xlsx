--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -9,109 +9,142 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="450" uniqueCount="297">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>OFEV (nintédanib)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>30/01/2026 15:09:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984523/fr/ofev-nintedanib</t>
+  </si>
+  <si>
+    <t>pprd_2984523</t>
+  </si>
+  <si>
+    <t>nintédanib</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038122/fr/ofev-nintedanib-inhibiteur-des-tyrosines-kinases</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225386/fr/ofev-pid-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225416/fr/ofev-pid-scs-chez-l-adulte-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410994/fr/ofev-nintedanib-fibrose-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845841/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-enfants-et-adolescents-6-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845776/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-chez-les-enfants-et-les-adolescents-ages-de-6-a-17-ans</t>
+  </si>
+  <si>
     <t>SPEVIGO (spésolimab)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>16/10/2025 12:34:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3423187/fr/spevigo-spesolimab</t>
   </si>
   <si>
     <t>p_3423187</t>
   </si>
   <si>
     <t>spésolimab</t>
   </si>
   <si>
-    <t>BOEHRINGER INGELHEIM FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3423139/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3430425/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576495/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585078/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-de-l-adolescent-ppg</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594961/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg-chez-l-adulte-et-l-adolescent</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3699637/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
   </si>
   <si>
     <t>JARDIANCE (empagliflozine)</t>
   </si>
   <si>
     <t>24/05/2024 16:25:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982867/fr/jardiance-empagliflozine</t>
@@ -171,77 +204,50 @@
     <t>https://www.has-sante.fr/jcms/c_1740793/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1221597/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2008301/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2572151/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2735608/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2826822/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867487/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3199398/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478094/fr/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3410994/fr/ofev-nintedanib-fibrose-pulmonaire</t>
   </si>
   <si>
     <t>TRAJENTA (linagliptine)</t>
   </si>
   <si>
     <t>30/08/2021 18:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984912/fr/trajenta-linagliptine</t>
   </si>
   <si>
     <t>pprd_2984912</t>
   </si>
   <si>
     <t>linagliptine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1277891/fr/trajenta-linagliptine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1615041/fr/trajenta-linagliptine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3282770/fr/trajenta-linagliptine-diabete-de-type-2</t>
   </si>
@@ -1084,1317 +1090,1323 @@
       </c>
       <c r="I3" t="s">
         <v>29</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
         <v>30</v>
       </c>
       <c r="L3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>32</v>
       </c>
       <c r="N3" t="s">
         <v>33</v>
       </c>
       <c r="O3" t="s">
         <v>34</v>
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
-      <c r="Q3" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>40</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K4" t="s">
         <v>41</v>
       </c>
-      <c r="H4" t="s">
+      <c r="L4" t="s">
         <v>42</v>
       </c>
-      <c r="I4" t="s">
+      <c r="M4" t="s">
         <v>43</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="N4" t="s">
         <v>44</v>
       </c>
-      <c r="L4" t="s">
+      <c r="O4" t="s">
         <v>45</v>
       </c>
-      <c r="M4" t="s">
+      <c r="P4" t="s">
         <v>46</v>
       </c>
-      <c r="N4" t="s">
+      <c r="Q4" t="s">
         <v>47</v>
       </c>
-      <c r="O4" t="s">
+      <c r="R4" t="s">
         <v>48</v>
       </c>
-      <c r="P4" t="s">
+      <c r="S4" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I5" t="s">
         <v>54</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5" t="s">
         <v>55</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="L5" t="s">
         <v>56</v>
       </c>
-      <c r="H5" t="s">
+      <c r="M5" t="s">
         <v>57</v>
       </c>
-      <c r="I5" t="s">
+      <c r="N5" t="s">
         <v>58</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="O5" t="s">
         <v>59</v>
       </c>
-      <c r="L5" t="s">
+      <c r="P5" t="s">
         <v>60</v>
       </c>
-      <c r="M5" t="s">
+      <c r="Q5" t="s">
         <v>61</v>
       </c>
-      <c r="N5" t="s">
+      <c r="R5" t="s">
         <v>62</v>
+      </c>
+      <c r="S5" t="s">
+        <v>63</v>
+      </c>
+      <c r="T5" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M6" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I7" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="L7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H8" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="L8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="N8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I9" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="M9" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="N9" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="O9" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="P9" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Q9" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H10" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="I10" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L10" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H11" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I11" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="L11" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H12" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="I12" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="L12" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="M12" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H13" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="I13" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="L13" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H14" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I14" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="L14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="M14" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="N14" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="O14" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P14" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
       <c r="K15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="L15" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M15" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="N15" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="O15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="Q15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="R15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="S15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="T15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="U15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H16" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H17" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="I17" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="L17" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="M17" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="N17" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H18" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="I18" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
       <c r="K18" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="L18" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M18" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="N18" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="O18" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="P18" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="Q18" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="R18" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="I19" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
       <c r="K19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="L19" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="M19" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="N19" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="H20" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="I20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
       <c r="K20" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="L20" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="M20" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="N20" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="O20" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="P20" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="H21" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I21" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
       <c r="K21" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="L21" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="M21" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N21" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H22" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I22" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
       <c r="K22" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="L22" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="M22" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N22" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H23" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
       <c r="K23" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="L23" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="M23" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="N23" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H24" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="I24" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J24" t="s">
         <v>18</v>
       </c>
       <c r="K24" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="L24" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="H25" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I25" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J25" t="s">
         <v>18</v>
       </c>
       <c r="K25" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H26" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="I26" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="J26" t="s">
         <v>18</v>
       </c>
       <c r="K26" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="L26" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="M26" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="N26" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="O26" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="P26" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H27" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="I27" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="J27" t="s">
         <v>18</v>
       </c>
       <c r="K27" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H28" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="I28" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="J28" t="s">
         <v>18</v>
       </c>
       <c r="K28" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="L28" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="M28" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="N28" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H29" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="I29" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="J29" t="s">
         <v>18</v>
       </c>
       <c r="K29" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L29" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="H30" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="I30" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="J30" t="s">
         <v>18</v>
       </c>
       <c r="K30" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H31" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="I31" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="J31" t="s">
         <v>18</v>
       </c>
       <c r="K31" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="L31" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="M31" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="H32" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I32" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="J32" t="s">
         <v>18</v>
       </c>
       <c r="K32" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>