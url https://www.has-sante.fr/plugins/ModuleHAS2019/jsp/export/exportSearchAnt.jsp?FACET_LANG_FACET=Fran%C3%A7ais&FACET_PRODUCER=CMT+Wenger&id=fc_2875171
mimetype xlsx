--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>Prothèses TMJ</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/11/2018 00:59:00</t>
+    <t>06/11/2018 00:00:00</t>
   </si>
   <si>
     <t>20/11/2018 15:28:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2884845/fr/protheses-tmj</t>
   </si>
   <si>
     <t>c_2884845</t>
   </si>
   <si>
     <t>Prothèse totale de l'articulation temporo-mandibulaire</t>
   </si>
   <si>
     <t>CMT Wenger</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>