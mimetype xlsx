--- v1 (2025-12-19)
+++ v2 (2026-02-04)
@@ -9,109 +9,142 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="243">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>OLUMIANT (baricitinib)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>16/01/2026 16:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/fr/olumiant-baricitinib</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/fr/olumiant-baricitinib-anti-jak-1et-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/fr/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/fr/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/fr/olumiant-baricitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/fr/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807410/fr/olumiant-baricitinib-dermatite-atopique-da-chez-l-enfant-de-2-ans-et-plus</t>
+  </si>
+  <si>
     <t>MOUNJARO (tirzépatide)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>09/12/2025 15:09:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3538601/fr/mounjaro-tirzepatide</t>
   </si>
   <si>
     <t>p_3538601</t>
   </si>
   <si>
     <t>tirzépatide</t>
   </si>
   <si>
-    <t>LILLY FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3538381/fr/mounjaro-tirzepatide-obesite</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3538387/fr/mounjaro-tirzepatide-diabete-de-type-2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3776029/fr/mounjaro-tirzepatide-obesite</t>
   </si>
   <si>
     <t>JAYPIRCA (pirtobrutinib) </t>
   </si>
   <si>
     <t>03/12/2025 16:59:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639882/fr/jaypirca-pirtobrutinib</t>
   </si>
   <si>
     <t>p_3639882</t>
   </si>
   <si>
     <t>pirtobrutinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639871/fr/jaypirca-pirtobrutinib-leucemie-lymphoide-chronique</t>
@@ -282,80 +315,50 @@
     <t>somatropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400202/fr/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_574649/fr/umatrope-somatropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_684131/fr/umatrope-somatropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1190382/fr/umatrope-somatropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1336447/fr/umatrope-somatropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2048961/fr/umatrope-somatropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3108939/fr/umatrope-somatropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517408/fr/umatrope-somatropine-hormone-de-croissance</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3482867/fr/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
   </si>
   <si>
     <t>TRULICITY (dulaglutide)</t>
   </si>
   <si>
     <t>26/08/2021 15:35:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983589/fr/trulicity-dulaglutide</t>
   </si>
   <si>
     <t>pprd_2983589</t>
   </si>
   <si>
     <t>dulaglutide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2036398/fr/trulicity-dulaglutide-antidiabetique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2774126/fr/trulicity-dulaglutide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225392/fr/trulicity-dulaglutide</t>
   </si>
@@ -866,210 +869,210 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
+      <c r="N2" t="s">
+        <v>22</v>
+      </c>
+      <c r="O2" t="s">
+        <v>23</v>
+      </c>
+      <c r="P2" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="L3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="M3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
-[...7 lines deleted...]
-      <c r="P4" t="s">
         <v>40</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
         <v>48</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="N5" t="s">
         <v>49</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="O5" t="s">
         <v>50</v>
       </c>
-      <c r="H5" t="s">
+      <c r="P5" t="s">
         <v>51</v>
       </c>
-      <c r="I5" t="s">
+      <c r="Q5" t="s">
         <v>52</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="R5" t="s">
         <v>53</v>
       </c>
-      <c r="L5" t="s">
+      <c r="S5" t="s">
         <v>54</v>
       </c>
-      <c r="M5" t="s">
+      <c r="T5" t="s">
         <v>55</v>
       </c>
-      <c r="N5" t="s">
+      <c r="U5" t="s">
         <v>56</v>
       </c>
-      <c r="O5" t="s">
+      <c r="V5" t="s">
         <v>57</v>
       </c>
-      <c r="P5" t="s">
+      <c r="W5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>60</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>61</v>
       </c>
@@ -1078,883 +1081,886 @@
       </c>
       <c r="I6" t="s">
         <v>63</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
         <v>64</v>
       </c>
       <c r="L6" t="s">
         <v>65</v>
       </c>
       <c r="M6" t="s">
         <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>67</v>
       </c>
       <c r="O6" t="s">
         <v>68</v>
       </c>
       <c r="P6" t="s">
         <v>69</v>
       </c>
-      <c r="Q6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>71</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>72</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>73</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>74</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" t="s">
         <v>75</v>
       </c>
-      <c r="J7" t="s">
-[...2 lines deleted...]
-      <c r="K7" t="s">
+      <c r="L7" t="s">
         <v>76</v>
       </c>
-      <c r="L7" t="s">
+      <c r="M7" t="s">
         <v>77</v>
+      </c>
+      <c r="N7" t="s">
+        <v>78</v>
+      </c>
+      <c r="O7" t="s">
+        <v>79</v>
+      </c>
+      <c r="P7" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="H8" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="I8" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="L8" t="s">
-        <v>84</v>
-[...10 lines deleted...]
-      <c r="P8" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
+        <v>89</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>90</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>91</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>92</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>93</v>
       </c>
-      <c r="H9" t="s">
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
         <v>94</v>
       </c>
-      <c r="I9" t="s">
+      <c r="L9" t="s">
         <v>95</v>
       </c>
-      <c r="J9" t="s">
-[...2 lines deleted...]
-      <c r="K9" t="s">
+      <c r="M9" t="s">
         <v>96</v>
       </c>
-      <c r="L9" t="s">
+      <c r="N9" t="s">
         <v>97</v>
       </c>
-      <c r="M9" t="s">
+      <c r="O9" t="s">
         <v>98</v>
       </c>
-      <c r="N9" t="s">
+      <c r="P9" t="s">
         <v>99</v>
       </c>
-      <c r="O9" t="s">
+      <c r="Q9" t="s">
         <v>100</v>
+      </c>
+      <c r="R9" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H10" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I10" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="L10" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M10" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H11" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I11" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H12" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I12" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L12" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M12" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N12" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O12" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P12" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="Q12" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="R12" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H13" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I13" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H14" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I14" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L14" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M14" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="O14" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
       <c r="K15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="Q15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="T15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="U15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="V15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H16" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I16" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L16" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H17" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I18" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
       <c r="K18" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L18" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M18" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N18" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H19" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I19" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
       <c r="K19" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="L19" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M19" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N19" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H20" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I20" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
       <c r="K20" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="L20" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H21" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I21" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
       <c r="K21" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="L21" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M21" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N21" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="O21" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H22" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I22" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
       <c r="K22" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L22" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M22" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H23" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I23" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
       <c r="K23" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="L23" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H24" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="I24" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J24" t="s">
         <v>18</v>
       </c>
       <c r="K24" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="L24" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M24" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="O24" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P24" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H25" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I25" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J25" t="s">
         <v>18</v>
       </c>
       <c r="K25" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>