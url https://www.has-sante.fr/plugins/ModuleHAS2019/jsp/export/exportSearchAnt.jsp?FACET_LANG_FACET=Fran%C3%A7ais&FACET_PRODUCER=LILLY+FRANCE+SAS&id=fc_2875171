--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>LYUMJEV (insuline lispro)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>08/02/2022 17:28:59</t>
+    <t>20/07/2011 16:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3190421/fr/lyumjev-insuline-lispro</t>
   </si>
   <si>
     <t>p_3190421</t>
   </si>
   <si>
     <t>insuline lispro</t>
   </si>
   <si>
     <t>LILLY FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3190312/fr/lyumjev-insuline-lispro</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315497/fr/lyumjev-tempo-pen-insuline-lispro</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>