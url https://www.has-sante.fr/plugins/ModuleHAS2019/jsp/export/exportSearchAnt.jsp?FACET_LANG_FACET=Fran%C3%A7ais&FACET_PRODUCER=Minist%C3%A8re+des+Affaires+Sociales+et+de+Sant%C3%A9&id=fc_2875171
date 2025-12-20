--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -356,51 +356,51 @@
   <si>
     <t>Avis de projet de modification des modalités d’inscription des articles pour pansements inscrits au chapitre 3 du titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale a été publié au journal officiel le 26 décembre 2019.</t>
   </si>
   <si>
     <t>24/03/2020 00:00:00</t>
   </si>
   <si>
     <t>02/04/2020 08:35:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3168660/fr/articles-pour-pansements-modification-des-modalites-d-inscription-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-26-decembre-2019</t>
   </si>
   <si>
     <t>p_3168660</t>
   </si>
   <si>
     <t>VEHICULES DESTINES AU TRANSPORT PASSIF DES PERSONNES HANDICAPEES : Phase contradictoire suite à un avis de projet  au JO du 11 décembre 2019</t>
   </si>
   <si>
     <t>Avis de projet relatif à la modification des modalités de prise en charge des véhicules destinés au transport passif des personnes handicapées inscrits au titre IV de la liste des produits et prestations prévue à l’article L.165-1 du Code de la Sécurité Sociale publié au Journal Officiel de la République Française le 11 décembre 2019.</t>
   </si>
   <si>
     <t>11/02/2020 00:00:00</t>
   </si>
   <si>
-    <t>14/06/2023 09:10:43</t>
+    <t>23/03/2020 17:46:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3166088/fr/vehicules-destines-au-transport-passif-des-personnes-handicapees-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-11-decembre-2019</t>
   </si>
   <si>
     <t>p_3166088</t>
   </si>
   <si>
     <t>Pression positive continue : Phase contradictoire suite à un avis de projet au JO du 25 octobre 2019</t>
   </si>
   <si>
     <t>Avis de projet relatif à la modification des modalités de prise en charge du dispositif médical àpression positive continue pour traitment de l'apnée du sommeil et prestations associées inscrits au titre I de la liste des produits et prestations prévue à l’article L.165-1 du Code de la Sécurité Sociale publié au Journal Officiel de la République Française le 25 octobre 2019.</t>
   </si>
   <si>
     <t>03/12/2019 00:00:00</t>
   </si>
   <si>
     <t>15/01/2020 08:34:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3146159/fr/pression-positive-continue-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-25-octobre-2019</t>
   </si>
   <si>
     <t>p_3146159</t>
   </si>