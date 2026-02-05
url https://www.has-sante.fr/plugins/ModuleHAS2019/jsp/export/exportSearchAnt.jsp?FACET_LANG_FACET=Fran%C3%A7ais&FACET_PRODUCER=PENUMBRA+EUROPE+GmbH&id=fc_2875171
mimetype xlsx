--- v0 (2025-12-21)
+++ v1 (2026-02-05)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>SEPARATEUR 3D PENUMBRA</t>
   </si>
   <si>
     <t>Stent retriever</t>
   </si>
   <si>
-    <t>07/05/2018 08:58:00</t>
+    <t>11/07/2017 00:00:00</t>
   </si>
   <si>
     <t>28/08/2017 11:13:51</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2786312/fr/separateur-3d-penumbra</t>
   </si>
   <si>
     <t>c_2786312</t>
   </si>
   <si>
     <t>PENUMBRA EUROPE GmbH</t>
   </si>
   <si>
     <t>PENUMBRA SYSTEM</t>
   </si>
   <si>
     <t>Système de thromboaspiration</t>
   </si>
   <si>
     <t>02/05/2017 00:00:00</t>
   </si>