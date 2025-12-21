--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="123">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -303,50 +303,68 @@
     <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Opportunité d'un dépistage systématique du cancer de la prostate par le dosage de l'antigène spécifique de la prostate</t>
   </si>
   <si>
     <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
+  </si>
+  <si>
+    <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
   </si>
   <si>
     <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
   </si>
   <si>
     <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
   </si>
   <si>
     <t>01/12/2008 00:00:00</t>
   </si>
   <si>
     <t>01/12/2008 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
   </si>
   <si>
     <t>c_745452</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>La HAS évalue les dispositifs d’automesure dans la surveillance de la coagulation du sang</t>
   </si>
@@ -410,51 +428,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -860,93 +878,119 @@
       </c>
       <c r="B17" t="s">
         <v>98</v>
       </c>
       <c r="C17" t="s">
         <v>99</v>
       </c>
       <c r="D17" t="s">
         <v>100</v>
       </c>
       <c r="E17" t="s">
         <v>101</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>102</v>
       </c>
       <c r="H17" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>97</v>
+      </c>
+      <c r="B18" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>107</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>108</v>
       </c>
       <c r="H18" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>110</v>
       </c>
       <c r="B19" t="s">
         <v>111</v>
       </c>
       <c r="C19" t="s">
         <v>112</v>
       </c>
       <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
         <v>113</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>114</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>115</v>
       </c>
-      <c r="H19" t="s">
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
         <v>116</v>
+      </c>
+      <c r="B20" t="s">
+        <v>117</v>
+      </c>
+      <c r="C20" t="s">
+        <v>118</v>
+      </c>
+      <c r="D20" t="s">
+        <v>119</v>
+      </c>
+      <c r="E20" t="s">
+        <v>120</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>121</v>
+      </c>
+      <c r="H20" t="s">
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>