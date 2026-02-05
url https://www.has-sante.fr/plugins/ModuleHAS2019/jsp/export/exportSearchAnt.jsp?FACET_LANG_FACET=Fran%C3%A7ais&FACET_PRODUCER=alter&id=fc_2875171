--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -9,470 +9,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation vaccinale</t>
-[...11 lines deleted...]
-    <t>09/05/2025 11:38:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3604446/fr/vaccination-contre-la-grippe-saisonniere-des-personnes-de-65-ans-et-plus-place-des-vaccins-efluelda-et-fluad</t>
-[...224 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...5 lines deleted...]
-    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Second-line non-invasive skin imaging techniques, including in vivo reflectance confocal microscopy (RCM), for the diagnosis and preoperative mapping of melanoma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The technology assessment aimed to determine the clinical utility of a new diagnostic strategy for melanoma, a form of pigmented skin cancer. This approach involved comparing a strategy using non-invasive second-line skin imaging, including in vivo confocal microscopy, with the reference strategy, in situations where the diagnosis of pigmented lesions (naevi) remains equivocal in dermoscopy or for preoperative mapping of the most complex cases of melanoma on the face, particularly Dubreuilh melanoma.</t>
+  </si>
+  <si>
+    <t>11/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/en/second-line-non-invasive-skin-imaging-techniques-including-in-vivo-reflectance-confocal-microscopy-rcm-for-the-diagnosis-and-preoperative-mapping-of-melanoma-inahta-brief</t>
   </si>
   <si>
     <t>p_3473354</t>
-  </si>
-[...55 lines deleted...]
-    <t>c_1741412</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -500,497 +218,81 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...414 lines deleted...]
-        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>