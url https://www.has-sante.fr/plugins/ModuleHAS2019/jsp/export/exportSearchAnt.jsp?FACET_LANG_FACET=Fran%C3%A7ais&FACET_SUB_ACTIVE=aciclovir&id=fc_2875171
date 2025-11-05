--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,380 +1,2124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="379" uniqueCount="232">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+  </si>
+  <si>
+    <t>p_3498915</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelle est l'histoire naturelle de l'infection à HSV ? Quelles sont les particularités cliniques et évolutives de certaines localisations ? (herpès oro-facial, cutané localisé, cutané diffus, syndrome de Kaposi-Juliusberg, éryhtème polymorphe, herpès génital, néonatal, infection herpétique chez la femme enceinte) Quelles sont la signification et les limites des moyens diagnostiques ? Quelles sont les modalités des traitements locaux et généraux, médicamenteux ou non ? (herpès oro-facial, génital, néonatal, de la femme enceinte, formes particulières) Quelles sont les perspectives pour le diagnostic, le traitement et la prévention de l'infection à HSV ?</t>
+  </si>
+  <si>
+    <t>03/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272087/fr/prise-en-charge-de-l-herpes-cutaneo-muqueux-chez-le-sujet-immunocompetent-manifestations-oculaires-exclues</t>
+  </si>
+  <si>
+    <t>c_272087</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Evaluation of gene amplification for the diagnosis of Herpesviridae infections (cytomegalovirus, herpes simplex virus and varicella-zoster virus) in people living with HIV - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
+    <t>Évaluation de l'amplification génique pour le diagnostic des infections à Herpesviridae (cytomégalovirus, virus herpès simplex et varicelle-zona) chez les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du génome des Herpesviridae (cytomégalovirus CMV, virus herpès simplex HSV et varicelle-zona VZV) par amplification génique (PCR) dans le diagnostic dans le diagnostic et la prise en charge des maladies opportunistes chez les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/fr/evaluation-de-l-amplification-genique-pour-le-diagnostic-des-infections-a-herpesviridae-cytomegalovirus-virus-herpes-simplex-et-varicelle-zona-chez-les-personnes-vivant-avec-le-vih</t>
   </si>
   <si>
     <t>c_2598203</t>
   </si>
   <si>
-    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
+    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du génome des virus herpès simplex (HSV) et varicelle - zona (VZV) par amplification génique (PCR) dans le diagnostic de l’herpès et du zona devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
   </si>
   <si>
     <t>c_2598252</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 décembre 2024</t>
+  </si>
+  <si>
+    <t>09/12/2024 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568123/fr/ceesp-reunion-du-10-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3568123</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2019</t>
+  </si>
+  <si>
+    <t>30/10/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115995/fr/commission-de-la-transparence-reunion-du-6-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3115995</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 septembre 2018</t>
+  </si>
+  <si>
+    <t>29/08/2018 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868602/fr/commission-de-la-transparence-reunion-du-5-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2868602</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2007</t>
+  </si>
+  <si>
+    <t>04/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616105/fr/commission-de-la-transparence-reunion-du-4-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616105</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ACICLOVIR (aciclovir)</t>
+  </si>
+  <si>
+    <t>12/06/2020 09:22:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983017/fr/aciclovir-aciclovir</t>
+  </si>
+  <si>
+    <t>pprd_2983017</t>
+  </si>
+  <si>
+    <t>aciclovir</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / AGEPHA PHARMA / ALMUS FRANCE/ ARROW Génériques/ BIOGARAN/ CRISTERS/ DAKOTA PHARM/ DELBERT/ EG LABO-LABORATOIRES EUROGENERICS/ G GAM/ MYLAN S.A.S/ QUALIMED/ RATIOPHARM/ RANBAXY PHARMACIE GENERIQUES/ SANDOZ SAS/ TEVA SANTE/   SANOFI-AVENTIS FRANCE/ ZYDUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399603/fr/aciclovir-arrow-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399730/fr/aciclovir-arrow-250-mg-500-mg-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399731/fr/aciclovir-dakota-pharm-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399732/fr/aciclovir-qualimed-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399803/fr/aciclovir-qualimed-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399867/fr/aciclovir-aguettant-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399934/fr/aciclovir-g-gam-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192681/fr/aciclovir-ratiopharm-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192684/fr/aciclovir-mylan-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192690/fr/aciclovir-qualimed-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192699/fr/aciclovir-almus-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192702/fr/aciclovir-teva-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192705/fr/aciclovir-cristers-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192708/fr/aciclovir-eg-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192711/fr/aciclovir-winthrop-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192720/fr/aciclovir-biogaran-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192723/fr/aciclovir-sandoz-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192732/fr/aciclovir-zydus-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192735/fr/aciclovir-arrow-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800301/fr/aciclovir-hikma-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885792/fr/aciclovir-biogaran-5-creme-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885798/fr/aciclovir-eg-5-creme-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184668/fr/aciclovir-agepha-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189213/fr/aciclovir-accord-aciclovir</t>
+  </si>
+  <si>
+    <t>ZOVIRAX (aciclovir)</t>
+  </si>
+  <si>
+    <t>07/05/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983311/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>pprd_2983311</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399019/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399020/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399521/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399522/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399523/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399524/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399525/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532488/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192729/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192738/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847921/fr/zovirax-aciclovir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>79</v>
+      </c>
+      <c r="H11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D3" t="s">
+        <v>95</v>
+      </c>
+      <c r="E3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C4" t="s">
+        <v>100</v>
+      </c>
+      <c r="D4" t="s">
+        <v>101</v>
+      </c>
+      <c r="E4" t="s">
+        <v>102</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>103</v>
+      </c>
+      <c r="H4" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B5" t="s">
+        <v>105</v>
+      </c>
+      <c r="C5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>109</v>
+      </c>
+      <c r="H5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D3" t="s">
+        <v>120</v>
+      </c>
+      <c r="E3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>122</v>
+      </c>
+      <c r="H3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>111</v>
+      </c>
+      <c r="B4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D4" t="s">
+        <v>126</v>
+      </c>
+      <c r="E4" t="s">
+        <v>127</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>128</v>
+      </c>
+      <c r="H4" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D5" t="s">
+        <v>126</v>
+      </c>
+      <c r="E5" t="s">
+        <v>127</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>132</v>
+      </c>
+      <c r="H5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>111</v>
+      </c>
+      <c r="B6" t="s">
+        <v>134</v>
+      </c>
+      <c r="C6" t="s">
+        <v>135</v>
+      </c>
+      <c r="D6" t="s">
+        <v>136</v>
+      </c>
+      <c r="E6" t="s">
+        <v>137</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>138</v>
+      </c>
+      <c r="H6" t="s">
+        <v>139</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+      <c r="I2" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>149</v>
+      </c>
+      <c r="H3" t="s">
+        <v>150</v>
+      </c>
+      <c r="I3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>152</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>153</v>
+      </c>
+      <c r="H4" t="s">
+        <v>154</v>
+      </c>
+      <c r="I4" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B5" t="s">
+        <v>155</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>156</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>157</v>
+      </c>
+      <c r="H5" t="s">
+        <v>158</v>
+      </c>
+      <c r="I5" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B6" t="s">
+        <v>159</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>160</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>161</v>
+      </c>
+      <c r="H6" t="s">
+        <v>162</v>
+      </c>
+      <c r="I6" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B7" t="s">
+        <v>163</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>164</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>165</v>
+      </c>
+      <c r="H7" t="s">
+        <v>166</v>
+      </c>
+      <c r="I7" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>141</v>
+      </c>
+      <c r="B8" t="s">
+        <v>167</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>168</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>169</v>
+      </c>
+      <c r="H8" t="s">
+        <v>170</v>
+      </c>
+      <c r="I8" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>141</v>
+      </c>
+      <c r="B9" t="s">
+        <v>171</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>172</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>173</v>
+      </c>
+      <c r="H9" t="s">
+        <v>174</v>
+      </c>
+      <c r="I9" t="s">
+        <v>146</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C2" t="s">
+        <v>177</v>
+      </c>
+      <c r="D2" t="s">
+        <v>178</v>
+      </c>
+      <c r="E2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H2" t="s">
+        <v>181</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AH3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>182</v>
+      </c>
+      <c r="J1" t="s">
+        <v>183</v>
+      </c>
+      <c r="K1" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B2" t="s">
+        <v>186</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+      <c r="I2" t="s">
+        <v>190</v>
+      </c>
+      <c r="J2" t="s">
+        <v>191</v>
+      </c>
+      <c r="K2" t="s">
+        <v>192</v>
+      </c>
+      <c r="L2" t="s">
+        <v>193</v>
+      </c>
+      <c r="M2" t="s">
+        <v>194</v>
+      </c>
+      <c r="N2" t="s">
+        <v>195</v>
+      </c>
+      <c r="O2" t="s">
+        <v>196</v>
+      </c>
+      <c r="P2" t="s">
+        <v>197</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>198</v>
+      </c>
+      <c r="R2" t="s">
+        <v>199</v>
+      </c>
+      <c r="S2" t="s">
+        <v>200</v>
+      </c>
+      <c r="T2" t="s">
+        <v>201</v>
+      </c>
+      <c r="U2" t="s">
+        <v>202</v>
+      </c>
+      <c r="V2" t="s">
+        <v>203</v>
+      </c>
+      <c r="W2" t="s">
+        <v>204</v>
+      </c>
+      <c r="X2" t="s">
+        <v>205</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>206</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>207</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>208</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>209</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>210</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>211</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>212</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>213</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>214</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>218</v>
+      </c>
+      <c r="H3" t="s">
+        <v>219</v>
+      </c>
+      <c r="I3" t="s">
+        <v>190</v>
+      </c>
+      <c r="J3" t="s">
+        <v>220</v>
+      </c>
+      <c r="K3" t="s">
+        <v>221</v>
+      </c>
+      <c r="L3" t="s">
+        <v>222</v>
+      </c>
+      <c r="M3" t="s">
+        <v>223</v>
+      </c>
+      <c r="N3" t="s">
+        <v>224</v>
+      </c>
+      <c r="O3" t="s">
+        <v>225</v>
+      </c>
+      <c r="P3" t="s">
+        <v>226</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>227</v>
+      </c>
+      <c r="R3" t="s">
+        <v>228</v>
+      </c>
+      <c r="S3" t="s">
+        <v>229</v>
+      </c>
+      <c r="T3" t="s">
+        <v>230</v>
+      </c>
+      <c r="U3" t="s">
+        <v>231</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>