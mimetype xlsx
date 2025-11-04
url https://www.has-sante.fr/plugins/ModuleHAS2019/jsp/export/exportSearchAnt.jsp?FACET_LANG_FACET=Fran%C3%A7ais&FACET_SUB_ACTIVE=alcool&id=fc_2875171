--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,1879 +1,10996 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Guide usagers" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Communiqué de presse" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
+    <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="898" uniqueCount="580">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5818" uniqueCount="3615">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>07/20/2022 18:26:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Évaluation des ESSMS : référentiel et manuel</t>
+  </si>
+  <si>
+    <t>Le référentiel national et le manuel d’évaluation proposent un cadre national unique, homogène et commun aux établissements et services sociaux et médico-sociaux. Centré sur la personne accompagnée, ses souhaits, ses besoins et son projet, ce dispositif d’évaluation est conçu pour promouvoir une démarche d’amélioration continue de la qualité qui favorise un meilleur accompagnement délivré aux personnes accueillies.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/03/2022 12:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3353194/en/proposed-method-for-the-development-of-periodic-certification-standards-for-registered-health-professions</t>
+    <t>https://www.has-sante.fr/jcms/p_3324490/fr/evaluation-des-essms-referentiel-et-manuel</t>
+  </si>
+  <si>
+    <t>p_3324490</t>
+  </si>
+  <si>
+    <t>Services d’aide et de soins à domicile : accompagnement des personnes atteintes de maladie neurodégénérative</t>
+  </si>
+  <si>
+    <t>La HAS publie quatre guides à destination des professionnels intervenant à domicile pour accompagner les personnes atteintes de maladie neurodégénérative. Il s'agit en particulier de patients touchés par les maladies d’Alzheimer, de Parkinson, à Corps de Lewy ou concernés par des démences fronto-temporales ou par la sclérose en plaques.</t>
+  </si>
+  <si>
+    <t>06/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2020 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193048/fr/services-d-aide-et-de-soins-a-domicile-accompagnement-des-personnes-atteintes-de-maladie-neurodegenerative</t>
+  </si>
+  <si>
+    <t>p_3193048</t>
+  </si>
+  <si>
+    <t>Proposition de méthode d’élaboration des référentiels de certification périodique des professions de santé à ordre</t>
+  </si>
+  <si>
+    <t>Suite à la parution par Ordonnance n° 2021-961 du 19 juillet 2021 relative à la certification périodique de certains professionnels de santé, la Haute Autorité de Santé a été chargée de proposer au ministre chargé de la santé une méthode d’élaboration des référentiels de certification. La méthode sera arrêtée par le ministre chargé de la santé, à partir de cette proposition et après avis du Conseil national de la certification périodique.</t>
+  </si>
+  <si>
+    <t>13/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2022 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353194/fr/proposition-de-methode-d-elaboration-des-referentiels-de-certification-periodique-des-professions-de-sante-a-ordre</t>
   </si>
   <si>
     <t>p_3353194</t>
   </si>
   <si>
-    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Classification fonctionnelle, selon leur finalité d’usage, des solutions numériques utilisées dans le cadre de soins médicaux ou paramédicaux</t>
+  </si>
+  <si>
+    <t>Dans un contexte de multiplication des outils numériques utilisables en santé, la Haute Autorité de santé a élaboré un système de classification des solutions numériques selon leur finalité d’usage, leur capacité à apporter une réponse personnalisée et leur autonomie, c’est-à-dire leur capacité à agir avec ou sans intervention humaine. L’objectif : aider les acteurs à s’y retrouver et contribuer à une meilleure intégration de ces outils dans le secteur sanitaire et médico-social.</t>
+  </si>
+  <si>
+    <t>04/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
   </si>
   <si>
     <t>p_3238360</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+    <t>Manuel et référentiel de la certification des établissements pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>25/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219174/fr/manuel-et-referentiel-de-la-certification-des-etablissements-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3219174</t>
+  </si>
+  <si>
+    <t>SAMU : amélioration de la qualité et de la sécurité des soins</t>
+  </si>
+  <si>
+    <t>Le volume d’activité des SAMU a fortement augmenté ces dernières années. Afin de répondre à un enjeu d’amélioration de la qualité et de la sécurité de cette activité critique, et sur saisine du ministère des Solidarités et de la Santé, la HAS a bâti, avec les professionnels, un guide leur permettant de structurer leur démarche en la matière.</t>
+  </si>
+  <si>
+    <t>01/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2020 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211255/fr/samu-amelioration-de-la-qualite-et-de-la-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3211255</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient (ETP) : évaluation de l’efficacité et de l’efficience dans les maladies chroniques</t>
+  </si>
+  <si>
+    <t>La HAS propose, dix ans après les premiers rapports d’évaluation, des orientations pour la mise en œuvre des interventions éducatives les plus adaptées aux besoins des patients et des repères pour analyser ou mener des études d’efficacité et d’efficience.</t>
+  </si>
+  <si>
+    <t>27/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2018 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
+  </si>
+  <si>
+    <t>c_2884714</t>
+  </si>
+  <si>
+    <t>Qualité de vie : handicap, les problèmes somatiques et les phénomènes douloureux</t>
+  </si>
+  <si>
+    <t>Les personnes handicapées sont susceptibles de manquer de bilans somatiques, d’évaluations et de connaissance des effets secondaires de traitements, qui peuvent conduire à passer à côté de problèmes majeurs de santé. Certaines causes somatiques insoupçonnées paraissent improbables et dissociées des comportements qu’elles génèrent. Les conséquences pour la personne peuvent être irréversibles. Qu’ils soient courants, spécifiques à certaines pathologies (épilepsie, troubles du sommeil, etc.) ou liés au vieillissement, le manque d’investigation dégrade l’état de santé des personnes. Cela peut entraîner des hospitalisations inadaptées et des « comportements-problèmes ».</t>
+  </si>
+  <si>
+    <t>17/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2017 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833768/fr/qualite-de-vie-handicap-les-problemes-somatiques-et-les-phenomenes-douloureux</t>
+  </si>
+  <si>
+    <t>c_2833768</t>
+  </si>
+  <si>
+    <t>Élaboration des protocoles pluriprofessionnels de soins de premier recours</t>
+  </si>
+  <si>
+    <t>Un protocole pluriprofessionnel de soins de premier recours est le schéma d’une prise en charge optimale par une équipe pluriprofessionnelle. Il reflète l’expression d’un accord local et documenté, pour proposer des solutions aux problèmes de prise en charge et favoriser l’harmonisation des pratiques.</t>
+  </si>
+  <si>
+    <t>14/03/2012 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680226/fr/elaboration-des-protocoles-pluriprofessionnels-de-soins-de-premier-recours</t>
+  </si>
+  <si>
+    <t>c_2680226</t>
+  </si>
+  <si>
+    <t>Évaluation annuelle d’un programme d’éducation thérapeutique du patient (ETP) : une démarche d'auto-évaluation</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné aux coordonnateurs et aux équipes qui mettent en œuvre un programme. Ils y trouveront une démarche par étapes, des outils et des exemples concrets qu’ils seront libres d’adapter pour réaliser une analyse qualitative et quantitative de la mise en œuvre du programme et en améliorer la qualité.</t>
+  </si>
+  <si>
+    <t>01/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234324/fr/evaluation-annuelle-d-un-programme-d-education-therapeutique-du-patient-etp-une-demarche-d-auto-evaluation</t>
+  </si>
+  <si>
+    <t>c_1234324</t>
+  </si>
+  <si>
+    <t>Évaluation quadriennale d'un programme d'éducation thérapeutique du patient : une démarche d'auto-évaluation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748115/fr/evaluation-quadriennale-d-un-programme-d-education-therapeutique-du-patient-une-demarche-d-auto-evaluation</t>
+  </si>
+  <si>
+    <t>c_1748115</t>
+  </si>
+  <si>
+    <t>L’évaluation des aspects sociaux</t>
+  </si>
+  <si>
+    <t>En octobre 2007, la Haute Autorité de santé a mis en place un groupe de travail afin d’envisager la manière dont la sociologie pourrait contribuer à ses travaux d’évaluation. Les réflexions et les propositions de ce groupe de travail s’inscrivent dans le prolongement d’un groupe de travail plus largement consacré à la définition de la notion de Service rendu à la collectivité (SeRC). # A partir d’un examen de documents produits par la HAS, six dimensions sociologiques ont été identifiées. Des connaissances scientifiques leur ont été associées. # Ce rapport présente les six dimensions sociologiques retenues par le groupe de travail, reprend la « grille de questionnements sociologiques standardisés » qui leur est associée et détaille enfin les recommandations du groupe de travail.</t>
+  </si>
+  <si>
+    <t>09/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499239/fr/l-evaluation-des-aspects-sociaux</t>
+  </si>
+  <si>
+    <t>r_1499239</t>
+  </si>
+  <si>
+    <t>Principes d'évaluation des réseaux de santé</t>
+  </si>
+  <si>
+    <t>Première réflexion méthodologique de l’Anaes concernant l’évaluation des réseaux de santé, ce rapport à pour objet : définir ce qu’est un réseau de santé, par nature multiforme, en perpétuelle mouvance et faisant intervenir une multitude d’acteurs, proposer un cadre générique pour l’évaluation interne et externe des réseaux de santé, rechercher dans la littérature internationale des méthodologies transposables à la situation française.</t>
+  </si>
+  <si>
+    <t>01/06/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/1999 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433400/fr/principes-d-evaluation-des-reseaux-de-sante</t>
+  </si>
+  <si>
+    <t>c_433400</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Dispositifs de perfusion à domicile et prestations associées : Révision de catégories homogènes de dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Révision de catégories homogènes de dispositifs médicaux faisant suite à la saisine du ministère de la Santé et de la Prévention (direction de la Sécurité sociale) du 18 octobre 2023 en vue du programme de travail de la HAS pour 2024 concernant ces dispositifs et prestations</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 09:25:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609430/fr/dispositifs-de-perfusion-a-domicile-et-prestations-associees-revision-de-categories-homogenes-de-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3609430</t>
+  </si>
+  <si>
+    <t>Saisine (LPP)</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>KRANUS EDERA</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 08:38:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594124/fr/kranus-edera</t>
+  </si>
+  <si>
+    <t>p_3594124</t>
+  </si>
+  <si>
+    <t>Application à visée thérapeutique dans la dysfonction érectile</t>
+  </si>
+  <si>
+    <t>KRANUS HEALTH GmbH</t>
+  </si>
+  <si>
+    <t>ATEMPERO</t>
+  </si>
+  <si>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394153/fr/atempero</t>
+  </si>
+  <si>
+    <t>p_3394153</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins  médicales spéciales</t>
+  </si>
+  <si>
+    <t>NUTRISENS</t>
+  </si>
+  <si>
+    <t>PLASMAFIT VITELENE</t>
+  </si>
+  <si>
+    <t>01/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2022 12:01:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316333/fr/plasmafit-vitelene</t>
+  </si>
+  <si>
+    <t>p_3316333</t>
+  </si>
+  <si>
+    <t>Insert en polyéthylène hautement réticulé</t>
+  </si>
+  <si>
+    <t>B.BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>LEVEEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316342/fr/leveen</t>
+  </si>
+  <si>
+    <t>p_3316342</t>
+  </si>
+  <si>
+    <t>Électrodes aiguilles de radiofréquence</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>PROVOX HME</t>
+  </si>
+  <si>
+    <t>01/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2022 09:39:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323699/fr/provox-hme</t>
+  </si>
+  <si>
+    <t>p_3323699</t>
+  </si>
+  <si>
+    <t>Prothèse respiratoire pour laryngectomisés  totaux porteurs ou non d’implant phonatoire</t>
+  </si>
+  <si>
+    <t>ATOS MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>AQUALEG</t>
+  </si>
+  <si>
+    <t>21/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2021 13:42:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292753/fr/aqualeg</t>
+  </si>
+  <si>
+    <t>p_3292753</t>
+  </si>
+  <si>
+    <t>Revêtement de protection pour prothèse  tibiale</t>
+  </si>
+  <si>
+    <t>AQUALEG SAS</t>
+  </si>
+  <si>
+    <t>PANTERA LUX</t>
+  </si>
+  <si>
+    <t>Traitement de la première resténose clinique intra-stent nu (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère). Traitement de la première resténose clinique intra-stent actif (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère).</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:14:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287277/fr/pantera-lux</t>
+  </si>
+  <si>
+    <t>p_3287277</t>
+  </si>
+  <si>
+    <t>Ballon actif à libération de paclitaxel</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>ONYX</t>
+  </si>
+  <si>
+    <t>08/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2021 11:28:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280923/fr/onyx</t>
+  </si>
+  <si>
+    <t>p_3280923</t>
+  </si>
+  <si>
+    <t>ImpIant d’embolisation liquide</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>EMBOSPHERE</t>
+  </si>
+  <si>
+    <t>06/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279492/fr/embosphere</t>
+  </si>
+  <si>
+    <t>p_3279492</t>
+  </si>
+  <si>
+    <t>Microsphères d’embolisation</t>
+  </si>
+  <si>
+    <t>BIOSPHERE MEDICAL S.A.</t>
+  </si>
+  <si>
+    <t>EMBOGOLD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279495/fr/embogold</t>
+  </si>
+  <si>
+    <t>p_3279495</t>
+  </si>
+  <si>
+    <t>EXUFIBER</t>
+  </si>
+  <si>
+    <t>19/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:24:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237099/fr/exufiber</t>
+  </si>
+  <si>
+    <t>p_3237099</t>
+  </si>
+  <si>
+    <t>Pansement en fibres à haut pouvoir d’absorption</t>
+  </si>
+  <si>
+    <t>MOLNLYCKE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>CARTIVA</t>
+  </si>
+  <si>
+    <t>21/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2020 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197017/fr/cartiva</t>
+  </si>
+  <si>
+    <t>p_3197017</t>
+  </si>
+  <si>
+    <t>Implant de cartilage synthétique</t>
+  </si>
+  <si>
+    <t>TORNIER</t>
+  </si>
+  <si>
+    <t>BIOMIME</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106825/fr/biomime</t>
+  </si>
+  <si>
+    <t>p_3106825</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>MERIL LIFE SCIENCES Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>EPISIL</t>
+  </si>
+  <si>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902360/fr/episil</t>
+  </si>
+  <si>
+    <t>c_2902360</t>
+  </si>
+  <si>
+    <t>solution orale</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>HOT AXIOS</t>
+  </si>
+  <si>
+    <t>Implant d’apposition biliopancréatique luminal et son système de largage muni d’une fonction d’électrocautérisation.</t>
+  </si>
+  <si>
+    <t>05/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2018 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812383/fr/hot-axios</t>
+  </si>
+  <si>
+    <t>c_2812383</t>
+  </si>
+  <si>
+    <t>implant d'embolisation liquide</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2016 15:56:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627317/fr/onyx</t>
+  </si>
+  <si>
+    <t>c_2627317</t>
+  </si>
+  <si>
+    <t>17/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2016 10:02:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587892/fr/aqualeg</t>
+  </si>
+  <si>
+    <t>c_2587892</t>
+  </si>
+  <si>
+    <t>OSTENIL 3 seringues</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030389/fr/ostenil-3-seringues</t>
+  </si>
+  <si>
+    <t>c_2030389</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>ONYX LES</t>
+  </si>
+  <si>
+    <t>03/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2013 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714278/fr/onyx-les</t>
+  </si>
+  <si>
+    <t>c_1714278</t>
+  </si>
+  <si>
+    <t>COVIDIEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>ONIRIS</t>
+  </si>
+  <si>
+    <t>08/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2013 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651698/fr/oniris</t>
+  </si>
+  <si>
+    <t>c_1651698</t>
+  </si>
+  <si>
+    <t>Laboratoire ONIRIS SAS</t>
+  </si>
+  <si>
+    <t>AMS 700 InhibiZone</t>
+  </si>
+  <si>
+    <t>Implants péniens gonflables</t>
+  </si>
+  <si>
+    <t>17/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 17:00:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648397/fr/ams-700-inhibizone</t>
+  </si>
+  <si>
+    <t>c_1648397</t>
+  </si>
+  <si>
+    <t>American Medical Systems Inc.</t>
+  </si>
+  <si>
+    <t>JELONET PLUS, pansement</t>
+  </si>
+  <si>
+    <t>Pansements 10 cm x 10 cm - Boîte de 10 pansements</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2013 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598114/fr/jelonet-plus-pansement</t>
+  </si>
+  <si>
+    <t>c_1598114</t>
+  </si>
+  <si>
+    <t>Pansements 10 cm x 40 cm - Boîte de 10 pansements</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>EMBOGOLD, microsphères d'embolisation</t>
+  </si>
+  <si>
+    <t>Implant d'embolisation artérielle en seringue pré-remplie 1 ou 2 ml</t>
+  </si>
+  <si>
+    <t>14/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:01:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1581578/fr/embogold-microspheres-d-embolisation</t>
+  </si>
+  <si>
+    <t>c_1581578</t>
+  </si>
+  <si>
+    <t>EMBOSPHERE, microsphères d'embolisation</t>
+  </si>
+  <si>
+    <t>Implant d'embolisation artérielle en flacon sous blister dans une boîre unitaire ou seringue pré-remplie 1 ou 2 ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1581583/fr/embosphere-microspheres-d-embolisation</t>
+  </si>
+  <si>
+    <t>c_1581583</t>
+  </si>
+  <si>
+    <t>MIDBAND Mid100-M</t>
+  </si>
+  <si>
+    <t>Implant annulaire ajustable &amp; préformé pour gastroplastie</t>
+  </si>
+  <si>
+    <t>12/02/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2013 14:46:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362724/fr/midband-mid100-m</t>
+  </si>
+  <si>
+    <t>c_1362724</t>
+  </si>
+  <si>
+    <t>MEDICAL INNOVATION DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>SYSTEME PROVOX HME - 17 avril 2012 (4158) avis</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2012 17:20:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1237436/fr/systeme-provox-hme-17-avril-2012-4158-avis</t>
+  </si>
+  <si>
+    <t>c_1237436</t>
+  </si>
+  <si>
+    <t>ATOS MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>Systèmes PROVOX XTRAHME, PROVOX MICRON et PROVOX TrachPhone - 17 avril 2012 (4179) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1237438/fr/systemes-provox-xtrahme-provox-micron-et-provox-trachphone-17-avril-2012-4179-avis</t>
+  </si>
+  <si>
+    <t>c_1237438</t>
+  </si>
+  <si>
+    <t>PROVOX 1 - 21 février 2012 (4129) avis</t>
+  </si>
+  <si>
+    <t>21/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2012 14:25:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192826/fr/provox-1-21-fevrier-2012-4129-avis</t>
+  </si>
+  <si>
+    <t>c_1192826</t>
+  </si>
+  <si>
+    <t>PROVOX 2 - 21 février 2012 (4131) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192857/fr/provox-2-21-fevrier-2012-4131-avis</t>
+  </si>
+  <si>
+    <t>c_1192857</t>
+  </si>
+  <si>
+    <t>PROVOX VEGA Puncture Set - 21 février 2012 (4132) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192882/fr/provox-vega-puncture-set-21-fevrier-2012-4132-avis</t>
+  </si>
+  <si>
+    <t>c_1192882</t>
+  </si>
+  <si>
+    <t>PROVOX VEGA SmartInserter - 21 février 2012 (4133) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192889/fr/provox-vega-smartinserter-21-fevrier-2012-4133-avis</t>
+  </si>
+  <si>
+    <t>c_1192889</t>
+  </si>
+  <si>
+    <t>PROVOX ACTIVALVE - 21 février 2012 (4000) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221517/fr/provox-activalve-21-fevrier-2012-4000-avis</t>
+  </si>
+  <si>
+    <t>c_1221517</t>
+  </si>
+  <si>
+    <t>COREVALVE  - 10 janvier 2012 (4087) avis</t>
+  </si>
+  <si>
+    <t>Valve aortique percutanée avec cathéter de pose ACCUTRAK CARDIOLOGIE INTERVENTIONNELLE – Nouveau dispositif Absence de progrès clinique par rapport à la valve COREVALVE REVALVING SYSTEM de génération précédente</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2012 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146614/fr/corevalve-10-janvier-2012-4087-avis</t>
+  </si>
+  <si>
+    <t>c_1146614</t>
+  </si>
+  <si>
+    <t>Medtronic France SAS</t>
+  </si>
+  <si>
+    <t>ERECAID ESTEEM - 13 décembre 2011 (3956) avis</t>
+  </si>
+  <si>
+    <t>Erecteur à dépression UROLOGIE / ANDROLOGIE – Nouveau dispositif Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>13/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1105700/fr/erecaid-esteem-13-decembre-2011-3956-avis</t>
+  </si>
+  <si>
+    <t>c_1105700</t>
+  </si>
+  <si>
+    <t>GHW GROUP</t>
+  </si>
+  <si>
+    <t>PHYSIO-STIM - 29 novembre 2011 (3976) avis</t>
+  </si>
+  <si>
+    <t>Générateur de champs électromagnétiques pulsés ORTHOPEDIE - Nouvelles données Avis défavorable au remboursement dans la pseudarthrose</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2011 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098236/fr/physio-stim-29-novembre-2011-3976-avis</t>
+  </si>
+  <si>
+    <t>c_1098236</t>
+  </si>
+  <si>
+    <t>ORTHOFIX SA (France)</t>
+  </si>
+  <si>
+    <t>EXOGEN 4000+ - 25 octobre 2011 (3923) avis</t>
+  </si>
+  <si>
+    <t>Générateur d’ultrasons pulsés de basse intensité ORTHOPEDIE - Nouvelles données Avis défavorable au remboursement dans la pseudarthrose</t>
+  </si>
+  <si>
+    <t>25/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2011 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068137/fr/exogen-4000-25-octobre-2011-3923-avis</t>
+  </si>
+  <si>
+    <t>c_1068137</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW SA (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME ECH HEIMOMED - 11 octobre 2011 (3933) avis</t>
+  </si>
+  <si>
+    <t>Prothèse respiratoire et phonatoire modulaire à usage unique pour patients laryngectomisés totaux porteurs ou non d’un implant phonatoire. ORL – Nouveau dispositif Pas de progrès par rapport au nez artificiel CYRANOSE et aux dispositifs de la gamme PROVOX HME</t>
+  </si>
+  <si>
+    <t>11/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2011 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101423/fr/systeme-ech-heimomed-11-octobre-2011-3933-avis</t>
+  </si>
+  <si>
+    <t>c_1101423</t>
+  </si>
+  <si>
+    <t>IST MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>ZENITH TX2 &amp; ZENTIH TX2 PROFORM , endoprothèses aortiques thoraciques - 22 février 2011 (2307) avis</t>
+  </si>
+  <si>
+    <t>22/02/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1011974/fr/zenith-tx2-zentih-tx2-proform-endoprotheses-aortiques-thoraciques-22-fevrier-2011-2307-avis</t>
+  </si>
+  <si>
+    <t>c_1011974</t>
+  </si>
+  <si>
+    <t>COOK France</t>
+  </si>
+  <si>
+    <t>EXOGEN 4000+ - 07 décembre 2010 (2614 et 2639)</t>
+  </si>
+  <si>
+    <t>Générateur d'ultrasons pulsés de basse intensité ORTHOPEDIE– Modification d’inscription Avis défavorable au remboursement dans le traitement des pseudarthroses et dans l’allongement progressif de membre inférieur</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2010 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007698/fr/exogen-4000-07-decembre-2010-2614-et-2639</t>
+  </si>
+  <si>
+    <t>c_1007698</t>
+  </si>
+  <si>
+    <t>Smith &amp; Nephew</t>
+  </si>
+  <si>
+    <t>SAGB - 09 novembre 2010 (2462) avis</t>
+  </si>
+  <si>
+    <t>09/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2010 10:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996537/fr/sagb-09-novembre-2010-2462-avis</t>
+  </si>
+  <si>
+    <t>c_996537</t>
+  </si>
+  <si>
+    <t>ETHICON ENDO-SURGERY France</t>
+  </si>
+  <si>
+    <t>LAP-BAND - 12 octobre 2010 (2576) avis</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/11/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995563/fr/lap-band-12-octobre-2010-2576-avis</t>
+  </si>
+  <si>
+    <t>c_995563</t>
+  </si>
+  <si>
+    <t>ALLERGAN France</t>
+  </si>
+  <si>
+    <t>BIORING - 12 octobre 2010 (2723) avis</t>
+  </si>
+  <si>
+    <t>28/10/2010 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995314/fr/bioring-12-octobre-2010-2723-avis</t>
+  </si>
+  <si>
+    <t>c_995314</t>
+  </si>
+  <si>
+    <t>COUSIN BIOTECH SAS France</t>
+  </si>
+  <si>
+    <t>MIDBAND- 12 octobre 2010 (2717) avis</t>
+  </si>
+  <si>
+    <t>22/10/2010 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994070/fr/midband-12-octobre-2010-2717-avis</t>
+  </si>
+  <si>
+    <t>c_994070</t>
+  </si>
+  <si>
+    <t>MEDICAL INNOVATION DEVELOPPEMENT France</t>
+  </si>
+  <si>
+    <t>HELIOGAST - 12 octobre 2010 (2714) avis</t>
+  </si>
+  <si>
+    <t>21/10/2010 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993145/fr/heliogast-12-octobre-2010-2714-avis</t>
+  </si>
+  <si>
+    <t>c_993145</t>
+  </si>
+  <si>
+    <t>HELIOSCOPIE France</t>
+  </si>
+  <si>
+    <t>CYRANOSE - 28 septembre 2010 (2912) avis</t>
+  </si>
+  <si>
+    <t>28/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2010 09:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990013/fr/cyranose-28-septembre-2010-2912-avis</t>
+  </si>
+  <si>
+    <t>c_990013</t>
+  </si>
+  <si>
+    <t>CEREDAS</t>
+  </si>
+  <si>
+    <t>CYRANOSE GLOBAL SYSTEM - 28 septembre 2010 (2743) avis</t>
+  </si>
+  <si>
+    <t>Dispositifs pour l’appareillage du trachéostome chez les patients laryngectomisés ORL - Nouveaux dispositifs Pas de progrès par rapport aux dispositifs de la gamme PROVOX HME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990016/fr/cyranose-global-system-28-septembre-2010-2743-avis</t>
+  </si>
+  <si>
+    <t>c_990016</t>
+  </si>
+  <si>
+    <t>EXOGEN EXPRESS - CNEDiMTS du 24 novembre 2009 (2247)</t>
+  </si>
+  <si>
+    <t>24/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896392/fr/exogen-express-cnedimts-du-24-novembre-2009-2247</t>
+  </si>
+  <si>
+    <t>c_896392</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW ORTHOPAEDIC FRANCE France</t>
+  </si>
+  <si>
+    <t>PHYSIO-STIM - CNEDiMTS du 24 novembre 2009 (2238)</t>
+  </si>
+  <si>
+    <t>14/12/2009 15:47:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_892695/fr/physio-stim-cnedimts-du-24-novembre-2009-2238</t>
+  </si>
+  <si>
+    <t>c_892695</t>
+  </si>
+  <si>
+    <t>ORTHOFIX SA France</t>
+  </si>
+  <si>
+    <t>28/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2009 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798040/fr/onyx</t>
+  </si>
+  <si>
+    <t>c_798040</t>
+  </si>
+  <si>
+    <t>Ev3 SAS France</t>
+  </si>
+  <si>
+    <t>CATIONORM</t>
+  </si>
+  <si>
+    <t>03/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2009 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_754282/fr/cationorm</t>
+  </si>
+  <si>
+    <t>c_754282</t>
+  </si>
+  <si>
+    <t>NOVAGALI Pharma S.A.</t>
+  </si>
+  <si>
+    <t>OL 1000</t>
+  </si>
+  <si>
+    <t>16/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2008 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732140/fr/ol-1000</t>
+  </si>
+  <si>
+    <t>c_732140</t>
+  </si>
+  <si>
+    <t>DJO France SAS France</t>
+  </si>
+  <si>
+    <t>14/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2008 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_705814/fr/embosphere</t>
+  </si>
+  <si>
+    <t>c_705814</t>
+  </si>
+  <si>
+    <t>BioSphere Medical S.A.</t>
+  </si>
+  <si>
+    <t>14/10/2008 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_705818/fr/embogold</t>
+  </si>
+  <si>
+    <t>c_705818</t>
+  </si>
+  <si>
+    <t>PHYSIO-STIM LITE &amp; PHYSIO-STIM</t>
+  </si>
+  <si>
+    <t>10/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2008 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671287/fr/physio-stim-lite-physio-stim</t>
+  </si>
+  <si>
+    <t>c_671287</t>
+  </si>
+  <si>
+    <t>EXOGEN 4000+</t>
+  </si>
+  <si>
+    <t>27/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2007 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671298/fr/exogen-4000</t>
+  </si>
+  <si>
+    <t>c_671298</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW SA France</t>
+  </si>
+  <si>
+    <t>SYNCHROMED II</t>
+  </si>
+  <si>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667035/fr/synchromed-ii</t>
+  </si>
+  <si>
+    <t>c_667035</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS</t>
+  </si>
+  <si>
+    <t>ARCHIMEDES</t>
+  </si>
+  <si>
+    <t>29/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2008 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667031/fr/archimedes</t>
+  </si>
+  <si>
+    <t>c_667031</t>
+  </si>
+  <si>
+    <t>CODMAN (France)</t>
+  </si>
+  <si>
+    <t>GUARDIAN RT</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2007 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_495944/fr/guardian-rt</t>
+  </si>
+  <si>
+    <t>c_495944</t>
+  </si>
+  <si>
+    <t>MEDTRONIC S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>AEQUASYAL (Spray buccal T.G.O)</t>
+  </si>
+  <si>
+    <t>28/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398725/fr/aequasyal-spray-buccal-t-g-o</t>
+  </si>
+  <si>
+    <t>c_398725</t>
+  </si>
+  <si>
+    <t>Laboratoires CARILENE S.A.S.</t>
+  </si>
+  <si>
+    <t>3M CAVILON NSBF</t>
+  </si>
+  <si>
+    <t>25/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398726/fr/3m-cavilon-nsbf</t>
+  </si>
+  <si>
+    <t>c_398726</t>
+  </si>
+  <si>
+    <t>LABORATOIRE 3M SANTE</t>
+  </si>
+  <si>
+    <t>03/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398793/fr/onyx</t>
+  </si>
+  <si>
+    <t>c_398793</t>
+  </si>
+  <si>
+    <t>EV3 SAS France</t>
+  </si>
+  <si>
+    <t>SALUCARTILAGE</t>
+  </si>
+  <si>
+    <t>19/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398796/fr/salucartilage</t>
+  </si>
+  <si>
+    <t>c_398796</t>
+  </si>
+  <si>
+    <t>CARTICEL</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
+  </si>
+  <si>
+    <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3445524</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Tumeurs kystiques du pancréas (TIPMP exclues)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d’une tumeur kystique rare du pancréas (TKP) quelle que soit sa sévérité. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594144/fr/tumeurs-kystiques-du-pancreas-tipmp-exclues</t>
+  </si>
+  <si>
+    <t>p_3594144</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Hépatite chronique C</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434397/fr/ald-n-6-hepatite-chronique-c</t>
+  </si>
+  <si>
+    <t>c_434397</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Cirrhoses alcooliques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718958/fr/ald-n-6-cirrhoses-alcooliques</t>
+  </si>
+  <si>
+    <t>c_718958</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Guides du parcours de santé de l’adulte et de l’enfant avec épilepsie</t>
+  </si>
+  <si>
+    <t>Ces guides décrivent respectivement les soins, l’accompagnement et le suivi global de l’adulte et l’enfant avec épilepsie. Ils s’adressent aux professionnels de santé et médicosociaux, aux personnes avec épilepsie et à leur entourage. Ils clarifient et détaillent le rôle de chaque intervenant, avec l’objectif de favoriser une offre de santé adaptée à la sévérité ou à la complexité de la maladie de chaque personne.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444925/fr/guides-du-parcours-de-sante-de-l-adulte-et-de-l-enfant-avec-epilepsie</t>
+  </si>
+  <si>
+    <t>p_3444925</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Atteinte pulmonaire associée à un déficit en alpha1-antitrypsine</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade présentant une atteinte pulmonaire du DAAT. Il a été élaboré par le Centre de Référence des maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403913/fr/atteinte-pulmonaire-associee-a-un-deficit-en-alpha1-antitrypsine</t>
+  </si>
+  <si>
+    <t>p_3403913</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>ALD n° 27 - Spondylarthrite grave</t>
+  </si>
+  <si>
+    <t>26/09/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900658/fr/ald-n-27-spondylarthrite-grave</t>
+  </si>
+  <si>
+    <t>c_900658</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Fibroses pulmonaires génétiques de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/06/2022 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3346174</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Kératocône</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Kératocône. Il a été élaboré par le Centre de Référence National Kératocône Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301044/fr/keratocone</t>
+  </si>
+  <si>
+    <t>p_3301044</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Agénésies dentaires multiples : oligodontie et anodontie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une oligodontie ou d’une anodontie. Il a été élaboré par les Centres de Référence et les Centres de Compétence des Maladies Rares Orales et Dentaires (O-Rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301902/fr/agenesies-dentaires-multiples-oligodontie-et-anodontie</t>
+  </si>
+  <si>
+    <t>p_3301902</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Hypertrophique (CMH)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cardiomyopathie hypertrophique (CMH). Il a été élaboré par le Centre de référence des cardiomyopathies et des troubles du rythme cardiaque héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100272/fr/cardiomyopathie-hypertrophique-cmh</t>
+  </si>
+  <si>
+    <t>c_1100272</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Hypocholestérolémies génétiques intestinales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’une hypocholestérolémie génétique intestinale. Il a été élaboré par le centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272490/fr/hypocholesterolemies-genetiques-intestinales</t>
+  </si>
+  <si>
+    <t>p_3272490</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Agénésie transversale de l’avant-bras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une agénésie transversale de l’avant-bras. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France (CEREFAM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292799/fr/agenesie-transversale-de-l-avant-bras</t>
+  </si>
+  <si>
+    <t>p_3292799</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>ALD n° 3 - Artériopathie oblitérante des membres inférieurs</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534760/fr/ald-n-3-arteriopathie-obliterante-des-membres-inferieurs</t>
+  </si>
+  <si>
+    <t>c_534760</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>Aplasie majeure d’oreille</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie majeure d’oreille.. Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284464/fr/aplasie-majeure-d-oreille</t>
+  </si>
+  <si>
+    <t>p_3284464</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Hypertension artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'hypertension artérielle pulmonaire (groupe 1 de la classification). Il a été élaboré par le centre de référence de l'hypertension artérielle, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167172/fr/hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3167172</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Syndrome d'Ondine</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins de patients atteints du syndrome d’Ondine.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829809/fr/syndrome-d-ondine</t>
+  </si>
+  <si>
+    <t>c_2829809</t>
+  </si>
+  <si>
+    <t>Syndrome de Cohen</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole est d’expliquer aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle ainsi que le parcours de soins pour cette maladie rare.</t>
+  </si>
+  <si>
+    <t>29/11/2017 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807912/fr/syndrome-de-cohen</t>
+  </si>
+  <si>
+    <t>c_2807912</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Délétion 22q11</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de délétion 22q11.</t>
+  </si>
+  <si>
+    <t>01/02/2016 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589363/fr/deletion-22q11</t>
+  </si>
+  <si>
+    <t>c_2589363</t>
+  </si>
+  <si>
+    <t>ALD n° 1 - Accident vasculaire cérébral</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534745/fr/ald-n-1-accident-vasculaire-cerebral</t>
+  </si>
+  <si>
+    <t>c_534745</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Mise en oeuvre de l’éducation thérapeutique dans le cadre de l’expérimentation PAERPA</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré et validé avec les professionnels de santé, un Cahier des Charges et des Cadres Référentiels pour la mise en œuvre de l'éducation thérapeutique du patient (ETP) dans le cadre de l'expérimentation PAERPA (Personnes Agées En risque de Perte d’Autonomie).</t>
+  </si>
+  <si>
+    <t>23/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742730/fr/mise-en-oeuvre-de-l-education-therapeutique-dans-le-cadre-de-l-experimentation-paerpa</t>
+  </si>
+  <si>
+    <t>c_1742730</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 2</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419389/fr/ald-n-8-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_419389</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Colloque HAS-ANM - La santé de la femme : singulière et universelle</t>
+  </si>
+  <si>
+    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé unissent à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
+  </si>
+  <si>
+    <t>14/10/2025 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689232/fr/colloque-has-anm-la-sante-de-la-femme-singuliere-et-universelle</t>
+  </si>
+  <si>
+    <t>p_3689232</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 18 juin 2025</t>
+  </si>
+  <si>
+    <t>23/09/2025 08:47:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610236/fr/comite-sante-mentale-et-psychiatrie-du-18-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610236</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 février 2025</t>
+  </si>
+  <si>
+    <t>21/02/2025 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591681/fr/college-deliberatif-du-6-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3591681</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 17/12/2024</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638249/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-17/12/2024</t>
+  </si>
+  <si>
+    <t>p_3638249</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEDiag du 8 avril 2025</t>
+  </si>
+  <si>
+    <t>15/05/2025 09:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605746/fr/cediag-du-8-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3605746</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 18 février 2025</t>
+  </si>
+  <si>
+    <t>13/05/2025 08:45:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573857/fr/comite-sante-mentale-et-psychiatrie-du-18-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3573857</t>
+  </si>
+  <si>
+    <t>Regarder le replay – Maltraitance intrafamiliale sur personne majeure : repérer, évaluer, accompagner</t>
+  </si>
+  <si>
+    <t>Regarder le replay du webinaire "Maltraitance intrafamiliale sur personne majeure : repérer, évaluer, accompagner".</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588702/fr/regarder-le-replay-maltraitance-intrafamiliale-sur-personne-majeure-reperer-evaluer-accompagner</t>
+  </si>
+  <si>
+    <t>p_3588702</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 2 octobre 2024</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573827/fr/comite-sante-mentale-et-psychiatrie-du-2-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3573827</t>
+  </si>
+  <si>
+    <t>CCES - Réunion du 10 mai 2023</t>
+  </si>
+  <si>
+    <t>12/07/2024 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530290/fr/cces-reunion-du-10-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3530290</t>
+  </si>
+  <si>
+    <t>CEDiag du 12 septembre 2023</t>
+  </si>
+  <si>
+    <t>07/09/2023 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460197/fr/cediag-du-12-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3460197</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 27/06/2023</t>
+  </si>
+  <si>
+    <t>03/11/2023 18:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471279/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-27/06/2023</t>
+  </si>
+  <si>
+    <t>p_3471279</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 20 juillet 2023</t>
+  </si>
+  <si>
+    <t>19/10/2023 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468843/fr/pv-du-college-deliberatif-du-20-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3468843</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:43:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453224/fr/college-deliberatif-du-20-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3453224</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 29  novembre 2022</t>
+  </si>
+  <si>
+    <t>22/09/2022 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367767/fr/csms-reunion-du-29-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367767</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 25 janvier 2023</t>
+  </si>
+  <si>
+    <t>05/04/2023 11:25:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425559/fr/commission-impact-des-recommandations-reunion-du-25-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3425559</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 21 septembre 2022</t>
+  </si>
+  <si>
+    <t>23/11/2022 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390134/fr/commission-impact-des-recommandations-reunion-du-21-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3390134</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 23 novembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390137/fr/commission-impact-des-recommandations-reunion-du-23-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3390137</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 11 mai 2022</t>
+  </si>
+  <si>
+    <t>01/09/2022 18:36:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361732/fr/commission-impact-des-recommandations-reunion-du-11-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3361732</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 25/01/2022</t>
+  </si>
+  <si>
+    <t>02/06/2022 12:39:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341648/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-25/01/2022</t>
+  </si>
+  <si>
+    <t>p_3341648</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 16 mars 2022</t>
+  </si>
+  <si>
+    <t>12/04/2022 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331110/fr/commission-impact-des-recommandations-reunion-du-16-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3331110</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 25 janvier  2022</t>
+  </si>
+  <si>
+    <t>22/02/2022 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318859/fr/csms-reunion-du-25-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3318859</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>01/12/2021 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302537/fr/commission-impact-des-recommandations-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302537</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 octobre  2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3296301</t>
+  </si>
+  <si>
+    <t>17/09/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286847/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3286847</t>
+  </si>
+  <si>
+    <t>Regarder en replay le colloque HAS « L’expertise scientifique face aux crises : refonte ou ajustements ? »</t>
+  </si>
+  <si>
+    <t>Le colloque HAS et en ligne La HAS a organisé le colloque sur « L’expertise scientifique face aux crises : refonte ou ajustements ? » le lundi 15 novembre 2021 The HAS conference and online The HAS organized the conference "Scientific expertise in the face of crises: overhaul or adjustments? » on Monday, November 15th</t>
+  </si>
+  <si>
+    <t>22/07/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+  </si>
+  <si>
+    <t>p_3279217</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 mars 2021</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239235/fr/commission-de-la-transparence-reunion-a-distance-du-3-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3239235</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 11 février 2021</t>
+  </si>
+  <si>
+    <t>05/02/2021 16:51:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236381/fr/college-deliberatif-du-11-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3236381</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 janvier 2021</t>
+  </si>
+  <si>
+    <t>15/01/2021 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231722/fr/college-deliberatif-du-21-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3231722</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 janvier 2021</t>
+  </si>
+  <si>
+    <t>31/12/2020 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227664/fr/college-deliberatif-du-7-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3227664</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 13 octobre 2020</t>
+  </si>
+  <si>
+    <t>18/11/2020 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218105/fr/csms-reunion-du-13-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3218105</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 octobre 2020</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213318/fr/college-deliberatif-du-22-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3213318</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 septembre 2020</t>
+  </si>
+  <si>
+    <t>01/10/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210161/fr/ceesp-reunion-du-15-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3210161</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 juillet 2020</t>
+  </si>
+  <si>
+    <t>21/07/2020 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195703/fr/college-deliberatif-du-23-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3195703</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 17 septembre 2019</t>
+  </si>
+  <si>
+    <t>09/10/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112132/fr/csms-reunion-du-17-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3112132</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 février 2020</t>
+  </si>
+  <si>
+    <t>06/02/2020 18:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150883/fr/college-deliberatif-du-12-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3150883</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2019</t>
+  </si>
+  <si>
+    <t>30/10/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115995/fr/commission-de-la-transparence-reunion-du-6-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3115995</t>
+  </si>
+  <si>
+    <t>Commission impact des recommandations - Réunion du 11 septembre 2019</t>
+  </si>
+  <si>
+    <t>23/10/2019 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114497/fr/commission-impact-des-recommandations-reunion-du-11-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3114497</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>13/09/2019 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111699/fr/college-deliberatif-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3111699</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 15 janvier 2019</t>
+  </si>
+  <si>
+    <t>13/02/2019 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903032/fr/cnedimts-reunion-du-15-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2903032</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 20 novembre 2018</t>
+  </si>
+  <si>
+    <t>08/02/2019 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903025/fr/cnedimts-reunion-du-20-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2903025</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 16 octobre 2018</t>
+  </si>
+  <si>
+    <t>31/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901745/fr/csms-reunion-du-16-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2901745</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 19 décembre 2018</t>
+  </si>
+  <si>
+    <t>14/12/2018 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891708/fr/college-deliberatif-du-19-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2891708</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juillet 2018</t>
+  </si>
+  <si>
+    <t>04/07/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861373/fr/commission-de-la-transparence-reunion-du-11-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2861373</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 décembre 2017</t>
+  </si>
+  <si>
+    <t>15/12/2017 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812822/fr/college-deliberatif-du-20-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2812822</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 21 novembre 2017</t>
+  </si>
+  <si>
+    <t>15/11/2017 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804922/fr/cnedimts-reunion-du-21-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2804922</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 26 avril 2017</t>
+  </si>
+  <si>
+    <t>21/04/2017 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757129/fr/college-deliberatif-du-26-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2757129</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 février 2017</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746142/fr/college-deliberatif-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2746142</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 30 novembre 2016</t>
+  </si>
+  <si>
+    <t>25/11/2016 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725677/fr/college-deliberatif-du-30-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2725677</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 octobre 2016</t>
+  </si>
+  <si>
+    <t>17/10/2016 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678047/fr/ceesp-reunion-du-11-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2678047</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 juillet 2016</t>
+  </si>
+  <si>
+    <t>18/07/2016 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656817/fr/college-deliberatif-du-20-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2656817</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 24/06/2014</t>
+  </si>
+  <si>
+    <t>24/06/2014 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770268/fr/commission-recommandations-de-bonne-pratique-reunion-du-24/06/2014</t>
+  </si>
+  <si>
+    <t>c_1770268</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 25/02/2014</t>
+  </si>
+  <si>
+    <t>25/02/2014 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760108/fr/commission-recommandations-de-bonne-pratique-reunion-du-25/02/2014</t>
+  </si>
+  <si>
+    <t>c_1760108</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2014</t>
+  </si>
+  <si>
+    <t>12/02/2014 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723927/fr/commission-de-la-transparence-reunion-du-19-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1723927</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 février 2014</t>
+  </si>
+  <si>
+    <t>10/02/2014 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721057/fr/commission-de-la-transparence-reunion-du-5-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1721057</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 décembre 2013</t>
+  </si>
+  <si>
+    <t>13/01/2014 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1700705/fr/commission-de-la-transparence-reunion-du-4-decembre-2013</t>
+  </si>
+  <si>
+    <t>c_1700705</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 18/06/2013</t>
+  </si>
+  <si>
+    <t>06/01/2014 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695480/fr/commission-recommandations-de-bonne-pratique-reunion-du-18/06/2013</t>
+  </si>
+  <si>
+    <t>c_1695480</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 17/12/2013</t>
+  </si>
+  <si>
+    <t>17/12/2013 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715122/fr/commission-recommandations-de-bonne-pratique-reunion-du-17/12/2013</t>
+  </si>
+  <si>
+    <t>c_1715122</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 octobre 2013</t>
+  </si>
+  <si>
+    <t>25/11/2013 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652486/fr/commission-de-la-transparence-reunion-du-16-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1652486</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2013</t>
+  </si>
+  <si>
+    <t>06/11/2013 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646886/fr/commission-de-la-transparence-reunion-du-18-septembre-2013</t>
+  </si>
+  <si>
+    <t>c_1646886</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 18/12/2012</t>
+  </si>
+  <si>
+    <t>21/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351174/fr/commission-recommandations-de-bonne-pratique-reunion-du-18/12/2012</t>
+  </si>
+  <si>
+    <t>c_1351174</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 23/10/2012</t>
+  </si>
+  <si>
+    <t>17/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351124/fr/commission-recommandations-de-bonne-pratique-reunion-du-23/10/2012</t>
+  </si>
+  <si>
+    <t>c_1351124</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2012</t>
+  </si>
+  <si>
+    <t>21/11/2012 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335194/fr/commission-de-la-transparence-reunion-du-21-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1335194</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 janvier 2011</t>
+  </si>
+  <si>
+    <t>19/01/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016582/fr/commission-de-la-transparence-reunion-du-19-janvier-2011</t>
+  </si>
+  <si>
+    <t>c_1016582</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Améliorer l’appropriation et l’impact des productions de la HAS</t>
+  </si>
+  <si>
+    <t>Dans l’objectif de faciliter l’appropriation des recommandations par les professionnels des secteurs sanitaire, social et médico-social, la HAS a souhaité se doter d’un ambitieux plan d'action transversal et pluriannuel. Ce plan est la traduction opérationnelle des préconisations remises par la commission Impact des recommandations (CIR) au collège de la HAS en octobre 2022. Il rassemble également les actions initiées par les services de la HAS concourant à l’optimisation de l’impact des recommandations.</t>
+  </si>
+  <si>
+    <t>05/04/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425308/fr/ameliorer-l-appropriation-et-l-impact-des-productions-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3425308</t>
+  </si>
+  <si>
+    <t>Mise en œuvre du recueil d’indicateurs de résultats rapportés par les patients ou PROMs (Patient Reported Outcome Measures) en ville et en établissements de santé : enseignements tirés de l’expérience de 4 projets</t>
+  </si>
+  <si>
+    <t>À la suite d’un appel à projets, 4 projets de mise en œuvre d’indicateurs de résultats rapportés par les patients ou PROMs (Patient Reported Outcome Measures), ont été menés de fin 2021 à fin 2023, en ville ou en établissements de santé. En 2024, la HAS publie la synthèse des principaux enseignements tirés de l’expérience des quatre équipes.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>14/02/2025 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588837/fr/mise-en-oeuvre-du-recueil-d-indicateurs-de-resultats-rapportes-par-les-patients-ou-proms-patient-reported-outcome-measures-en-ville-et-en-etablissements-de-sante-enseignements-tires-de-l-experience-de-4-projets</t>
+  </si>
+  <si>
+    <t>p_3588837</t>
+  </si>
+  <si>
+    <t>Étude de la faisabilité et de l’intérêt de la mesure d’indicateurs de qualité et sécurité des soins sur les entrepôts de données de santé hospitaliers</t>
+  </si>
+  <si>
+    <t>Ce projet explore la réutilisation des données des EDSH pour mesurer des IQSS par la capitalisation de travaux déjà menés par 3 CHU et par l’expérimentation d’automatisation d’un indicateur de délai dans la prise en charge de l’AVC.</t>
+  </si>
+  <si>
+    <t>28/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499689/fr/etude-de-la-faisabilite-et-de-l-interet-de-la-mesure-d-indicateurs-de-qualite-et-securite-des-soins-sur-les-entrepots-de-donnees-de-sante-hospitaliers</t>
+  </si>
+  <si>
+    <t>p_3499689</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Dossier patient en santé mentale : périmètre « hospitalisation à temps plein »</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient en santé mentale pour adulte : périmètre « hospitalisation à temps plein »</t>
+  </si>
+  <si>
+    <t>14/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299865/fr/resultats-des-iqss-dossier-patient-en-sante-mentale-perimetre-hospitalisation-a-temps-plein</t>
+  </si>
+  <si>
+    <t>p_3299865</t>
+  </si>
+  <si>
+    <t>Améliorer la qualité en santé - Rapport d'analyse prospective 2024</t>
+  </si>
+  <si>
+    <t>La HAS a choisi de consacrer son analyse prospective à la qualité du système de santé. Elle revient ainsi sur les dimensions de la qualité et priorise cinq axes de mobilisation pour l’action publique.</t>
+  </si>
+  <si>
+    <t>07/10/2024 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546254/fr/ameliorer-la-qualite-en-sante-rapport-d-analyse-prospective-2024</t>
+  </si>
+  <si>
+    <t>p_3546254</t>
+  </si>
+  <si>
+    <t>Qualité des soins perçue par le patient - Indicateurs PROMs et PREMs : panorama d’expériences étrangères et principaux enseignements</t>
+  </si>
+  <si>
+    <t>Le rapport « Qualité des soins perçue par le patient - Indicateurs PROMs et PREMs : Panorama d’expériences étrangères et principaux enseignements » présente la situation de la France dans un panorama international, explique en quoi la mise en oeuvre de ces mesures en pratique clinique courante permet d’améliorer significativement la prise en charge, et quels sont les freins et leviers liés à leur utilisation.</t>
+  </si>
+  <si>
+    <t>01/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2022 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277049/fr/qualite-des-soins-percue-par-le-patient-indicateurs-proms-et-prems-panorama-d-experiences-etrangeres-et-principaux-enseignements</t>
+  </si>
+  <si>
+    <t>p_3277049</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP »</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP (recueil volontaire en 2021).</t>
+  </si>
+  <si>
+    <t>05/04/2022 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299873/fr/resultats-des-iqss-dossier-patient-en-sante-mentale-pour-adulte-perimetre-ambulatoire-en-cmp</t>
+  </si>
+  <si>
+    <t>p_3299873</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Dialyse à domicile et autodialyse : note d’orientation sur le développement d’indicateur de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>La HAS a analysé la faisabilité du développement d’indicateur de qualité et de sécurité des soins (IQSS) portant sur la dialyse à domicile (hémodialyse ou dialyse péritonéale) et l’autodialyse. L'analyse a permis de conclure qu’aucun IQSS ne répondait aux critères méthodologiques définis par la HAS.</t>
+  </si>
+  <si>
+    <t>06/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451874/fr/dialyse-a-domicile-et-autodialyse-note-d-orientation-sur-le-developpement-d-indicateur-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3451874</t>
+  </si>
+  <si>
+    <t>Résultats de l'enquête sur l’utilisation des questionnaires mesurant le résultat de soins perçu par le patient (PROMs) en ville ou en établissement de santé</t>
+  </si>
+  <si>
+    <t>La HAS a conduit une enquête nationale en décembre 2021, pour recenser les initiatives locales de recueil des PROMs dans les établissements de santé et les structures de soins en ville. Au total, 76 structures y ont participé. Objectif : faire un état des lieux et de mieux connaitre les initiatives existantes.</t>
+  </si>
+  <si>
+    <t>11/05/2023 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426202/fr/resultats-de-l-enquete-sur-l-utilisation-des-questionnaires-mesurant-le-resultat-de-soins-percu-par-le-patient-proms-en-ville-ou-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>p_3426202</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Livrables sur les indicateurs BPCO</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours des patients à risque ou atteints de bronchopneumopathie chronique obstructive (BPCO). Tous les livrables de ce parcours sont disponibles, notamment les « Résultats nationaux &amp; régionaux des 7 indicateurs mesurés dans le SNDS (PMSI-DCIR).</t>
+  </si>
+  <si>
+    <t>31/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2022 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333091/fr/indicateurs-de-qualite-du-parcours-livrables-sur-les-indicateurs-bpco</t>
+  </si>
+  <si>
+    <t>p_3333091</t>
+  </si>
+  <si>
+    <t>Patients à risque ou atteints de Bronchopneumopathie Chronique  Obstructive (BPCO) - Indicateurs de qualité du parcours de soins</t>
+  </si>
+  <si>
+    <t>Ce premier rapport est destiné à tous les acteurs intéressés par le parcours des patients à risque ou atteints de BPCO. Il présente les modalités de définition des dix-huit indicateurs de qualité du parcours BPCO. Ceux-ci ont été élaborés à partir des points critiques identifiés dans le guide parcours de soins, pour mesurer et améliorer la qualité de la prise en charge du patient.</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151500/fr/patients-a-risque-ou-atteints-de-bronchopneumopathie-chronique-obstructive-bpco-indicateurs-de-qualite-du-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3151500</t>
+  </si>
+  <si>
+    <t>Évaluation des applications dans le champ de la santé mobile (mHealth)</t>
+  </si>
+  <si>
+    <t>En 2020, plus de 350 000 applications concernant la santé étaient disponibles sur les différents magasins en ligne (App Store, Google Play Store, etc.). Cette expansion rapide du secteur de la santé mobile rend difficile le choix pour les utilisateurs ou les conseils pour choisir la bonne application de la part des professionnels concernés. Pour s'y retrouver, la HAS publie un référentiel sur les critères de qualité du contenu médical utilisés dans le secteur de la santé mobile (mHealth).</t>
+  </si>
+  <si>
+    <t>24/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274798/fr/evaluation-des-applications-dans-le-champ-de-la-sante-mobile-mhealth</t>
+  </si>
+  <si>
+    <t>p_3274798</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>De nouveaux choix pour soigner mieux - Rapport d'analyse prospective 2018</t>
+  </si>
+  <si>
+    <t>Ce rapport, remis au Parlement, est assorti de 21 propositions pour agir et garantir sur le long terme un système de santé de qualité, efficient et équitable, tout en s’assurant que l’offre de santé répond aux priorités de nos concitoyens.</t>
+  </si>
+  <si>
+    <t>02/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223626/fr/de-nouveaux-choix-pour-soigner-mieux-rapport-d-analyse-prospective-2018</t>
+  </si>
+  <si>
+    <t>p_3223626</t>
+  </si>
+  <si>
+    <t>Numérique : quelle (R)évolution ? Rapport d'analyse prospective 2019</t>
+  </si>
+  <si>
+    <t>La HAS a centré son approche sur quatre axes qui lui apparaissent, dans la vision prospective réclamée par le législateur, autant de conditions nécessaires à ce que le virage numérique déjà amorcé se fasse sous le signe de la confiance et de la qualité.</t>
+  </si>
+  <si>
+    <t>02/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2019 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223636/fr/numerique-quelle-r-evolution-rapport-d-analyse-prospective-2019</t>
+  </si>
+  <si>
+    <t>p_3223636</t>
+  </si>
+  <si>
+    <t>Résultats de l’enquête sur les pratiques professionnelles contribuant à la bientraitance des enfants et des adolescents accueillis dans les établissements d’accueil de la protection de l’enfance et de la protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>L’enquête a pour objectif de soutenir les professionnels dans une dynamique de déploiement de la bientraitance. Elle servira pour chaque établissement/service et ses équipes, de base de réflexion, de valorisation des actions et pratiques mises en œuvre, ainsi que de définition d’axes de progrès dans la démarche d’évaluation interne. Elle a également pour but de procéder, au niveau national, à un état des lieux des pratiques de bientraitance au sein des établissements et services de la protection de l’enfant.</t>
+  </si>
+  <si>
+    <t>20/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2019 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838854/fr/resultats-de-l-enquete-sur-les-pratiques-professionnelles-contribuant-a-la-bientraitance-des-enfants-et-des-adolescents-accueillis-dans-les-etablissements-d-accueil-de-la-protection-de-l-enfance-et-de-la-protection-judiciaire-de-la-jeunesse</t>
+  </si>
+  <si>
+    <t>c_2838854</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques sur les applications et les objets connectés en santé (mobile Health ou mHealth)</t>
+  </si>
+  <si>
+    <t>Ce référentiel de bonnes pratiques s’adresse aux industriels et aux évaluateurs (structures d’évaluation, associations de consommateurs ou sociétés savantes médicales). Il vise à guider, à promouvoir l’usage et à renforcer la confiance dans les applications et les objets connectés.</t>
+  </si>
+  <si>
+    <t>12/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+  </si>
+  <si>
+    <t>c_2681915</t>
+  </si>
+  <si>
+    <t>Expérimentation article 70</t>
+  </si>
+  <si>
+    <t>L’article 70 de la LFSS 2012 propose des expérimentations visant à améliorer l’organisation et la coordination des parcours de santé des personnes âgées afin de prévenir les recours évitables à l’hospitalisation (module 1) et de coordonner les soins en sortie d’hospitalisation (module 2).</t>
+  </si>
+  <si>
+    <t>17/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2015 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747548/fr/experimentation-article-70</t>
+  </si>
+  <si>
+    <t>c_1747548</t>
+  </si>
+  <si>
+    <t>La maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
+  </si>
+  <si>
+    <t>15/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2012 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1258960</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
+  </si>
+  <si>
+    <t>L’alcool est un sujet de santé pour tous. Le professionnel de premier recours est un acteur privilégié pour toucher l’ensemble de la population et accompagner chaque personne au plus près de sa réalité de vie et de ses usages d’alcool. La HAS a élaboré plusieurs documents pour aider les professionnels et tous les acteurs qui contribuent à la santé à agir dès le premier recours via une repérage systématique, précoce et régulier de tous les usages et un accompagnement de chaque personne quelle que soit sa situation en s’appuyant sur un réseau de partenaires.</t>
+  </si>
+  <si>
+    <t>26/10/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326877/fr/agir-en-premier-recours-pour-diminuer-le-risque-alcool-reperer-tous-les-usages-et-accompagner-chaque-personne</t>
+  </si>
+  <si>
+    <t>p_3326877</t>
+  </si>
+  <si>
+    <t>Symptômes prolongés à la suite d’une Covid-19 de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Des symptômes prolongés de la Covid-19 (dits " Covid long ") ont été décrits chez les adolescents et plus rarement chez les enfants avec une fréquence moins grande que chez l’adulte. Le diagnostic et la prise en charge précoce des enfants et adolescents présentant des symptômes prolongés est indispensable. Pour accompagner les professionnels de santé, la HAS publie une fiche Réponses rapides dédiée.</t>
+  </si>
+  <si>
+    <t>31/03/2022 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327568/fr/symptomes-prolonges-a-la-suite-d-une-covid-19-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3327568</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Choisir sa contraception avec un professionnel de santé</t>
+  </si>
+  <si>
+    <t>Se décider pour choisir un moyen de contraception n’est pas toujours simple pour les femmes et les hommes concernés. Cette aide à la décision médicale partagée accompagne les personnes concernées d’une part et les professionnels d’autre part pour faciliter leurs échanges et permettre de prendre une décision respectueuse des attentes et préférences de la personne et de son état de santé.</t>
+  </si>
+  <si>
+    <t>25/09/2014 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764020/fr/choisir-sa-contraception-avec-un-professionnel-de-sante</t>
+  </si>
+  <si>
+    <t>c_1764020</t>
+  </si>
+  <si>
+    <t>Critères d’EPP pour les maladies du sang</t>
+  </si>
+  <si>
+    <t>08/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831700/fr/criteres-d-epp-pour-les-maladies-du-sang</t>
+  </si>
+  <si>
+    <t>c_831700</t>
+  </si>
+  <si>
+    <t>Aide au sevrage tabagique</t>
+  </si>
+  <si>
+    <t>Ces critères d’évaluations ont été développés en partenariat avec les sociétés professionnelles de la spécialité. Le groupe de travail est représentatif de la cible professionnelle. Le rapport d’élaboration détaille les étapes suivies par le groupe de travail. Les critères sont proposés avec la liste des références utilisées (dont la validité a été vérifiée par le groupe de travail), des objectifs de qualité sélectionnés par le groupe de travail et du protocole d’évaluation, dans un référentiel d’évaluation. Une application informatique est proposée en bas de page pour la saisie de la grille d’audit et la visualisation des résultats.</t>
+  </si>
+  <si>
+    <t>19/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272433/fr/aide-au-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>c_272433</t>
+  </si>
+  <si>
+    <t>Allaitement maternel suivi par le pédiatre</t>
+  </si>
+  <si>
+    <t>01/07/2005 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272473/fr/allaitement-maternel-suivi-par-le-pediatre</t>
+  </si>
+  <si>
+    <t>c_272473</t>
+  </si>
+  <si>
+    <t>Chambres à catheter implantables</t>
+  </si>
+  <si>
+    <t>19/10/2006 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_448874/fr/chambres-a-catheter-implantables</t>
+  </si>
+  <si>
+    <t>c_448874</t>
+  </si>
+  <si>
+    <t>Dossier du patient en odontologie</t>
+  </si>
+  <si>
+    <t>05/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_462403/fr/dossier-du-patient-en-odontologie</t>
+  </si>
+  <si>
+    <t>c_462403</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Épidémie de chikungunya : utilisation du vaccin IXCHIQ à La Réunion et à Mayotte</t>
+  </si>
+  <si>
+    <t>La Réunion est en situation épidémique de chikungunya depuis le début de l’année. La HAS a émis un avis en février 2025 sur la stratégie vaccinale avec le vaccin IXCHIQ. En avril 2025, elle a réévalué sa position en raison de nouveaux cas d'effets indésirables graves. Elle recommande de suspendre la vaccination chez les sujets de 65 ans et plus. Pour les autres groupes de population, les recommandations de février 2025 sont inchangées.</t>
+  </si>
+  <si>
+    <t>25/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593981/fr/epidemie-de-chikungunya-utilisation-du-vaccin-ixchiq-a-la-reunion-et-a-mayotte</t>
+  </si>
+  <si>
+    <t>p_3593981</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Extension des compétences vaccinales des professionnels de santé</t>
+  </si>
+  <si>
+    <t>Pour multiplier l'offre vaccinale en ambulatoire, tant en termes de lieux que d’intervenants, et simplifier l'accès à la vaccination, la HAS se prononce en faveur de l’extension des compétences vaccinales des pharmaciens, des sages-femmes et des infirmiers pour l’ensemble des vaccins contre la Covid-19 incluant les vaccins à ARNm</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240075/fr/strategie-de-vaccination-contre-le-sars-cov-2-extension-des-competences-vaccinales-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>p_3240075</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Place du vaccin quadrivalent haute dose EFLUELDA dans la stratégie de vaccination contre la grippe saisonnière chez les personnes de 65 ans et plus</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la demande d’inscription au calendrier vaccinal français du vaccin EFLUELDA par le laboratoire Sanofi Pasteur et à la demande du Ministère chargé de la santé, la HAS en s’appuyant sur la Commission technique des vaccinations, a élaboré des recommandations à destination des professionnels de santé sur la place du vaccin quadrivalent haute dose EFLUELDA dans la stratégie de vaccination contre la grippe saisonnière chez les personnes de 65 ans et plus</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2020 15:31:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186428/fr/place-du-vaccin-quadrivalent-haute-dose-efluelda-dans-la-strategie-de-vaccination-contre-la-grippe-saisonniere-chez-les-personnes-de-65-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3186428</t>
+  </si>
+  <si>
+    <t>Recommandation sur l’élargissement de la vaccination contre les papillomavirus aux garçons</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS est favorable à l’élargissement de la vaccination contre les papillomavirus chez les garçons dans le calendrier vaccinal français.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
-    <t>Place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2063232/en/place-of-point-of-care-tests-pocts-in-hepatitis-b-screening-strategy</t>
+    <t>Évaluation de la performance et de la place de la mammographie par tomosynthèse dans le programme national de dépistage organisé du cancer du sein – Volet 2</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS recommande l’intégration de la mammographie par tomosynthèse (3D) dans le dépistage organisé (D.O.) du cancer du sein, à condition qu’elle soit systématiquement associée à la reconstruction d’une image 2D synthétique (2Ds). L’intégration de la procédure 3D/2Ds en remplacement de la 2D seule dans le D.O. reste toutefois conditionnée à la vérification de son opérationnalité dans le contexte du D.O. tel qu’il est organisé en France, notamment à la validation de la performance équivalente de la 2Ds seule en remplacement des images 2D pour la seconde lecture.</t>
+  </si>
+  <si>
+    <t>09/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 11:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148278/fr/evaluation-de-la-performance-et-de-la-place-de-la-mammographie-par-tomosynthese-dans-le-programme-national-de-depistage-organise-du-cancer-du-sein-volet-2</t>
+  </si>
+  <si>
+    <t>p_3148278</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer bronchopulmonaire par scanner thoracique faible dose sans injection : actualisation de l’avis de 2016</t>
+  </si>
+  <si>
+    <t>Il n’existe pas jusqu’ici en France de dépistage organisé du cancer du poumon, la HAS ayant considéré en 2016 que toutes les conditions pour une mise en œuvre efficace et sûre n’étaient pas réunies. Aujourd’hui, l’analyse des nouvelles données disponibles montre que le dépistage par scanner à faible dose chez les personnes fortement exposées au tabac conduit à une réduction de la mortalité spécifique. Ceci amène la HAS à actualiser son avis et à encourager la mise en place d’expérimentations en vie réelle, et notamment d’un programme pilote par l’INCa, afin de ne pas retarder l’accès à cette modalité de dépistage. Elle définit également certaines des informations que devraient apporter ce programme pilote et les études à venir, avant d’envisager le déploiement d’un programme de dépistage organisé à large échelle.</t>
+  </si>
+  <si>
+    <t>02/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310940/fr/depistage-du-cancer-bronchopulmonaire-par-scanner-thoracique-faible-dose-sans-injection-actualisation-de-l-avis-de-2016</t>
+  </si>
+  <si>
+    <t>p_3310940</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage des personnes infectées par le  virus de l’hépatite C (VHC)</t>
+  </si>
+  <si>
+    <t>La HAS est d’avis que l’efficience de la stratégie universelle par rapport au dépistage ciblant les personnes les plus à risque d’exposition au VHC n’est pas démontrée; une intensification du dépistage de la population ciblée pourrait être envisagée pour augmenter le diagnostic des personnes infectées.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886668/fr/evaluation-des-strategies-de-depistage-des-personnes-infectees-par-le-virus-de-l-hepatite-c-vhc</t>
+  </si>
+  <si>
+    <t>c_2886668</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite B</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite B. Elle définit les conditions essentielles à la mise en œuvre d’un dépistage combiné par TROD VIH, VHC et VHB et formule des préconisations pour augmenter l’efficience du dispositif de dépistage par TROD, notamment en milieu médico-social et associatif.</t>
+  </si>
+  <si>
+    <t>06/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/07/2016 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063232/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-b</t>
   </si>
   <si>
     <t>c_2063232</t>
   </si>
   <si>
-    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Les performances des tests de dépistage de la trisomie 21 fœtale par analyse de l’ADN libre circulant</t>
+  </si>
+  <si>
+    <t>De nouveaux tests de dépistage de la trisomie 21, fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal du chromosome 21 au sein de l’ADN libre circulant dans le sang maternel, pourraient modifier la stratégie actuelle. Dans l’objectif de définir la place de ces tests dans la stratégie et dans l’attente des résultats de l’étude en cours -Safe21- la HAS publie une évaluation technique de leurs performances (volet 1).</t>
+  </si>
+  <si>
+    <t>30/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572426/fr/les-performances-des-tests-de-depistage-de-la-trisomie-21-foetale-par-analyse-de-l-adn-libre-circulant</t>
+  </si>
+  <si>
+    <t>c_2572426</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Outil logiciel permettant l’analyse de l’adéquation des tarifs aux coûts de production de la chirurgie ambulatoire par méthode de microcosting</t>
+  </si>
+  <si>
+    <t>Un des freins au développement de la chirurgie ambulatoire relève de la perception floue des acteurs, au sein des établissements de santé, du coût de cette activité. Pour résoudre cette difficulté, la HAS a donc développé un outil logiciel qui permet aux établissements de connaître le coût d’un geste chirurgical donné, par technique de microcosting.</t>
+  </si>
+  <si>
+    <t>30/03/2015 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019007/fr/outil-logiciel-permettant-l-analyse-de-l-adequation-des-tarifs-aux-couts-de-production-de-la-chirurgie-ambulatoire-par-methode-de-microcosting</t>
+  </si>
+  <si>
+    <t>c_2019007</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer colorectal</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2013 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>c_1623732</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
+  </si>
+  <si>
+    <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
+  </si>
+  <si>
+    <t>13/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2008 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
+  </si>
+  <si>
+    <t>r_1499485</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>Cancer de la prostate : identification des facteurs de risque et pertinence d’un dépistage par dosage de l’antigène spécifique de la prostate (PSA) de populations d’hommes à haut risque ?</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence d’un dépistage du cancer de la prostate par dosage du PSA ciblé sur des populations d’ hommes considérés comme à « haut risque » de survenue de ce cancer.</t>
+  </si>
+  <si>
+    <t>01/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2012 00:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238318/fr/cancer-de-la-prostate-identification-des-facteurs-de-risque-et-pertinence-d-un-depistage-par-dosage-de-l-antigene-specifique-de-la-prostate-psa-de-populations-d-hommes-a-haut-risque</t>
+  </si>
+  <si>
+    <t>c_1238318</t>
+  </si>
+  <si>
+    <t>La participation au dépistage du cancer du sein des femmes de 50 à 74 ans en France</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations permettant d’augmenter la participation des femmes de 50 à 74 ans, d’améliorer la participation au dépistage organisé, ainsi que des recommandations sur l’opportunité de conserver ou de supprimer la coexistence du dépistage organisé et du dépistage individuel pour les femmes de plus de 50 ans en France.</t>
+  </si>
+  <si>
+    <t>30/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2012 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1194998/fr/la-participation-au-depistage-du-cancer-du-sein-des-femmes-de-50-a-74-ans-en-france</t>
+  </si>
+  <si>
+    <t>c_1194998</t>
+  </si>
+  <si>
+    <t>Stratégies de dépistage biologique des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Recommander la meilleure stratégie de tests biologiques pour le dépistage de l’hépatite B et de l’hépatite C permettant de déterminer le statut immunitaire de la personne à risque par rapport à l’infection par les virus VHB ou VHC et de proposer la bonne prise en charge médicale suite à l’annonce du résultat du dépistage.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2012 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050355/fr/strategies-de-depistage-biologique-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050355</t>
+  </si>
+  <si>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Développement de la prescription de thérapeutiques non médicamenteuses validées</t>
+  </si>
+  <si>
+    <t>L’analyse porte sur le développement de la prescription de thérapeutiques nécessitant une participation active du patient en interaction ou non avec un professionnel spécialisé et faisant l’objet de recommandations de bonnes pratiques dont la validité est reconnue en France. Elle vise à identifier les freins organisationnels, économiques, socioculturels et symboliques qui existent sur le terrain et limitent le respect des recommandations de bonnes pratiques dans les pratiques de prescription. La levée des freins doit alors créer les conditions propices à la prescription de thérapeutiques non médicamenteuses ; des voies d’amélioration du système de santé sont proposées dans ce sens.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059795/fr/developpement-de-la-prescription-de-therapeutiques-non-medicamenteuses-validees</t>
+  </si>
+  <si>
+    <t>c_1059795</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Le Recours à l'hôpital en Europe</t>
+  </si>
+  <si>
+    <t>Ce rapport s’intègre dans une réflexion plus large sur le recours à l’hôpital en France, et la prévention des hospitalisations injustifiées. Dans ce travail, il s’est agi de fournir un cadrage général, en situant d’un point de vue organisationnel la place qu’occupe l’hôpital dans les systèmes de santé européens.</t>
+  </si>
+  <si>
+    <t>30/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766081/fr/le-recours-a-l-hopital-en-europe</t>
+  </si>
+  <si>
+    <t>c_766081</t>
+  </si>
+  <si>
+    <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759760</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic précoce du glaucome : problématique  et perspectives en France</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>01/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
-    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>Stratégie de diagnostic précoce du mélanome</t>
+  </si>
+  <si>
+    <t>Le mélanome est un cancer cutané peu fréquent en comparaison du carcinome épithélial mais il est le plus grave car sa capacité à métastaser met en jeu le pronostic vital du patient. Le diagnostic des mélanomes in situ (stade précoce) ou ceux de faible épaisseur non métastasés permettrait de réduire la mortalité liée à ce cancer. Le rapport Stratégie de diagnostic précoce du mélanome discute des actions à mettre en place en 2006 pour améliorer et promouvoir le diagnostic précoce du mélanome : définition des populations à risque, formation des médecins, parcours de soins (du médecin traitant vers le dermatologue).</t>
+  </si>
+  <si>
+    <t>03/11/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2006 19:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452354/fr/strategie-de-diagnostic-precoce-du-melanome</t>
+  </si>
+  <si>
+    <t>c_452354</t>
+  </si>
+  <si>
+    <t>Évaluation des réseaux de soins : bilan de l’existant et cadre méthodologique</t>
+  </si>
+  <si>
+    <t>Définis comme une forme organisée d’action collective apportée par des professionnels en réponse à un besoin de santé, les réseaux de soins correspondent en réalité à une grande diversité de dispositifs. Ce rapport, envisagé comme une étape préliminaire à la mise en place d’une démarche d’accréditation des réseaux de santé, expose à partir de l’observation du fonctionnement de réseaux en activité, les préconisations relatives à leur évaluation.</t>
+  </si>
+  <si>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271855/fr/evaluation-des-reseaux-de-soins-bilan-de-l-existant-et-cadre-methodologique</t>
+  </si>
+  <si>
+    <t>c_271855</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>23/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2025 12:01:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639420/fr/surveillance-medico-professionnelle-des-travailleurs-exposes-aux-toxiques-pour-la-reproduction-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3639420</t>
+  </si>
+  <si>
+    <t>Vaccination des personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3635651</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in children over 3 months</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Santé préconceptionnelle - Note de cadrage</t>
+  </si>
+  <si>
+    <t>11/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632767/fr/sante-preconceptionnelle-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3632767</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Pronostic vital engagé à moyen terme/phase avancée</t>
+  </si>
+  <si>
+    <t>Ce travail vise à éclairer les professionnels de santé sur l’évaluation de la notion de pronostic à moyen terme et sur la définition de la notion de phase avancée dans le cadre d’une demande d’aide à mourir exprimée par le malade.</t>
+  </si>
+  <si>
+    <t>30/04/2025 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529685/fr/pronostic-vital-engage-a-moyen-terme/phase-avancee</t>
+  </si>
+  <si>
+    <t>p_3529685</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez la femme : dépistage et accompagnement</t>
+  </si>
+  <si>
+    <t>Décrire les problématiques spécifiques aux femmes en surpoids ou en obésité et proposer des adaptations pour les soins et l’accompagnement en complément des recommandations publiées par la HAS sur le thème.</t>
+  </si>
+  <si>
+    <t>20/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591257/fr/surpoids-et-obesite-chez-la-femme-depistage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>p_3591257</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>La pair-aidance dans les organisations sanitaires, sociales et médico-sociales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Dans un contexte de recours accru à la pair-aidance dans le champ sanitaire, médico-social et social, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur cette modalité d’intervention qui s’insère dans les parcours de soin et d’accompagnement des personnes. Cette initiative vise à offrir des repères généraux permettant de structurer et harmoniser les pratiques liées à la pair-aidance.</t>
+  </si>
+  <si>
+    <t>20/01/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578946/fr/la-pair-aidance-dans-les-organisations-sanitaires-sociales-et-medico-sociales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3578946</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint d’infection à trichomonas vaginalis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’infection à trichomonas vaginalis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562494/fr/prise-en-charge-du-patient-atteint-d-infection-a-trichomonas-vaginalis</t>
+  </si>
+  <si>
+    <t>p_3562494</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Bientraitance et gestion des signaux de maltraitance en établissement - Mise en œuvre en milieu sanitaire, médico-social et social - Personnes majeures</t>
+  </si>
+  <si>
+    <t>Prévenir les situations de maltraitance dans les établissements accueillant des personnes adultes en situation de vulnérabilité.</t>
+  </si>
+  <si>
+    <t>03/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2024 14:34:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549483/fr/bientraitance-et-gestion-des-signaux-de-maltraitance-en-etablissement-mise-en-oeuvre-en-milieu-sanitaire-medico-social-et-social-personnes-majeures</t>
+  </si>
+  <si>
+    <t>p_3549483</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Label - Bilans pré-thérapeutiques des troubles mictionnels de l’homme adulte : modalités et acteurs</t>
+  </si>
+  <si>
+    <t>Les objectifs fixés pour cette recommandation de bonne pratique sont de permettre, à l’ensemble des médecins prenant en charge les troubles mictionnels de l’homme, de développer une pratique plus homogène de la prise en charge des troubles mictionnels chez l’homme en intégrant les technologies et les concepts en organisation actuels et à venir.</t>
+  </si>
+  <si>
+    <t>25/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2024 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323646/fr/label-bilans-pre-therapeutiques-des-troubles-mictionnels-de-l-homme-adulte-modalites-et-acteurs</t>
+  </si>
+  <si>
+    <t>p_3323646</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Accompagnement médico-psycho-social des femmes, des parents et de leur enfant, en situation de vulnérabilité, pendant la grossesse et en postnatal</t>
+  </si>
+  <si>
+    <t>Objectifs : Identifier les situations de vulnérabilité des couples mère-enfant et du conjoint, et leurs conséquences Favoriser le repérage, durant la grossesse, de situations de vulnérabilité Informer les professionnels, sur les acteurs et les outils d’accompagnement des couples mère-enfant au cours de la grossesse et en post partum Proposer des modalités d’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité Favoriser une meilleure coordination des professionnels pour l’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité</t>
+  </si>
+  <si>
+    <t>11/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271226/fr/accompagnement-medico-psycho-social-des-femmes-des-parents-et-de-leur-enfant-en-situation-de-vulnerabilite-pendant-la-grossesse-et-en-postnatal</t>
+  </si>
+  <si>
+    <t>p_3271226</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
+  </si>
+  <si>
+    <t>p_3352139</t>
+  </si>
+  <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 1 – Socle transversal</t>
+  </si>
+  <si>
+    <t>L’habitat est une composante essentielle à la dignité de la personne humaine et à sa santé globale, qui permet d’assurer des besoins primaires (se protéger de l’extérieur, dormir, se nourrir, se laver...) et des besoins sociaux (vivre en couple, fonder une famille, recevoir ses amis...). Chaque individu aspire à occuper un lieu défini, à aménager une « entité spatiale qui lui appartient et qui participe à la construction de son identité ». Néanmoins, on constate que bon nombre des personnes logées ou hébergées n’ont pas la possibilité de disposer d’un véritable « chez-soi »</t>
+  </si>
+  <si>
+    <t>31/01/2024 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491702/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3491702</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes infectées par les virus de l’hépatite B, C ou D</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le conseil national du sida et des hépatites virales (CNS) et l'agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des hépatites virales.</t>
+  </si>
+  <si>
+    <t>03/10/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324682/fr/prise-en-charge-des-personnes-infectees-par-les-virus-de-l-hepatite-b-c-ou-d</t>
+  </si>
+  <si>
+    <t>p_3324682</t>
+  </si>
+  <si>
+    <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
   </si>
   <si>
     <t>p_3289276</t>
   </si>
   <si>
-    <t>Suicidal thoughts and behaviour in children and adolescents: prevention, detection, assessment, management</t>
-[...2 lines deleted...]
-    <t>OBJECTIVE The aim of this guideline is to optimise prevention, detection, assessment, and management of children or adolescents who have attempted suicide or with suicidal ideation.</t>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premiers recours  Actualisation – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs L’objectif de cette actualisation est double : Actualiser les recommandations de 2014 pour : Le repérage de l’usage du tabac et de la dépendance en pratique médicale (premiers recours et hôpital) ; La prise en charge de l’arrêt de l’usage du tabac en premier recours, du sevrage au maintien de l’abstinence au long cours. Établir des recommandations répondants aux nouvelles problématiques apparues dans la société : Entrée dans l’addiction par la cigarette électronique / utilisation de produits parfumés dans les cigarettes électroniques ; Prise en charge du sevrage nicotinique (se rapporte au vapotage ; le produit addictif étant la nicotine) ; Co-consommation : tabac - cigarette électronique ; Appréciation/perception par les patients et les médecins de l’usage de la cigarette électronique, le vapotage étant considéré comme peu grave ; Entrée dans le tabagisme par l’usage du cannabis / repérage de l’usage du cannabis chez les jeunes ; Application de nouveaux outils pour accompagner les fumeurs : téléphone, application téléphonique, internet et outils numériques.</t>
+  </si>
+  <si>
+    <t>14/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 15:51:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452901/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premiers-recours-actualisation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3452901</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme (TSA) : interventions et parcours de vie de l’enfant et de l’adolescent - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de la RBP est d’améliorer la qualité des interventions proposées aux enfants ayant un TSA, tant par les structures sanitaires que médico-sociales, afin de leur permettre de bénéficier d’un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs. Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-tsa-interventions-et-parcours-de-vie-de-l-enfant-et-de-l-adolescent-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
+  </si>
+  <si>
+    <t>29/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2023 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218478/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-rdrd-dans-les-etablissements-et-services-sociaux-et-medico-sociaux-essms</t>
+  </si>
+  <si>
+    <t>p_3218478</t>
+  </si>
+  <si>
+    <t>Évaluation globale de la situation des enfants en danger ou risque de danger : cadre national de référence</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a élaboré le premier cadre national de référence pour l’évaluation globale de la situation des enfants en danger. Les acteurs des conseils départementaux impliqués dans le recueil et le traitement des informations préoccupantes vont ainsi tous disposer des mêmes outils. L’objectif est d’harmoniser les pratiques sur l’ensemble du territoire national et permettre une équité de traitement des enfant concernés.</t>
+  </si>
+  <si>
+    <t>12/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120418/fr/evaluation-globale-de-la-situation-des-enfants-en-danger-ou-risque-de-danger-cadre-national-de-reference</t>
+  </si>
+  <si>
+    <t>p_3120418</t>
+  </si>
+  <si>
+    <t>Repérage des femmes victimes de violences au sein du couple</t>
+  </si>
+  <si>
+    <t>La recommandation « Repérage des femmes victimes de violences au sein du couple » a pour objectifs de renforcer l’implication des professionnels de santé dans la lutte contre les violences faites aux femmes, de favoriser le repérage des femmes victimes de violences au sein du couple et de faciliter la coordination entre les professionnels concernés.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104867/fr/reperage-des-femmes-victimes-de-violences-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>p_3104867</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Rééducation à la phase chronique d’un AVC de l’adulte : Pertinence, indications et modalités</t>
+  </si>
+  <si>
+    <t>La HAS publie les premières recommandations de bonne pratique concernant la rééducation durant la phase chronique d'un AVC (soit à partir de 6 mois après sa survenue). Ces recommandations abordent les indications et la pertinence des différents types d'activité de rééducation ainsi que leurs modalités pratiques. Objectif : améliorer la rééducation des patients adultes.</t>
+  </si>
+  <si>
+    <t>02/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150692/fr/reeducation-a-la-phase-chronique-d-un-avc-de-l-adulte-pertinence-indications-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3150692</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/ TDAH : Repérage, diagnostic et prise en charge des adultes - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs : Y compris ceux attendus de la production vis-à-vis des cibles. Optimiser l’accès aux soins en particulier lors de la transition de la prise en charge de l’adolescence vers l’âge adulte Cette transition repose sur une coordination entre les services pédiatriques et adultes. Favoriser la formation et la sensibilisation des professionnels de santé Une meilleure prise en charge de ces patients passe par une amélioration de la formation des professionnels impliqués, en particulier en psychiatrie, en addictologie, en neurologie et par une formation des médecins de premiers recours au repérage de ce trouble chez l’adulte. Améliorer la coordination des soins Tout comme pour l’enfant il est nécessaire de clarifier et structurer la filière de soins pour organiser la coordination entre les spécialistes et les médecins de premier recours ainsi qu’entre les différents spécialistes pour la prise en charge des troubles associés qui sont fréquents dans le TDAH.</t>
+  </si>
+  <si>
+    <t>17/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302480/fr/trouble-du-neurodeveloppement/-tdah-reperage-diagnostic-et-prise-en-charge-des-adultes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3302480</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition chez la personne de 70 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS, en partenariat avec la Fédération française de nutrition, actualise ses recommandations sur la dénutrition chez les personnes âgées de 70 ans et plus. Elle fournit ainsi aux professionnels de santé ou du secteur social et médico-social susceptibles de s’occuper des personnes âgées des outils adaptés et validés pour leur permettre d’identifier plus précocement les personnes âgées dénutries.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/11/2021 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165944/fr/diagnostic-de-la-denutrition-chez-la-personne-de-70-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3165944</t>
+  </si>
+  <si>
+    <t>Idées et conduites suicidaires chez l’enfant et l’adolescent : prévention, repérage, évaluation et prise en charge</t>
+  </si>
+  <si>
+    <t>En France, le suicide est la deuxième cause de mortalité chez les jeunes. Les tentatives de suicide ont un retentissement psychologique et social très lourd, en plus des blessures et de la potentielle invalidité à long terme. La HAS publie des recommandations de bonne pratique pour les professionnels chargés de repérer, évaluer et orienter les enfants et adolescents pouvant présenter un risque suicidaire à court, moyen ou long terme.</t>
   </si>
   <si>
     <t>09/09/2021 00:00:00</t>
   </si>
   <si>
-    <t>09/30/2021 09:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3288864/en/suicidal-thoughts-and-behaviour-in-children-and-adolescents-prevention-detection-assessment-management</t>
+    <t>30/09/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288864/fr/idees-et-conduites-suicidaires-chez-l-enfant-et-l-adolescent-prevention-reperage-evaluation-et-prise-en-charge</t>
   </si>
   <si>
     <t>p_3288864</t>
   </si>
   <si>
-    <t>Foot problems in the elderly: podiatric assessment and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Accompagner la scolarité et contribuer à l’inclusion scolaire</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. La HAS publie des recommandations pour permettre aux professionnels des établissements et structures sociaux et médico-sociaux d’accompagner et de soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2021 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287349/fr/accompagner-la-scolarite-et-contribuer-a-l-inclusion-scolaire</t>
+  </si>
+  <si>
+    <t>p_3287349</t>
+  </si>
+  <si>
+    <t>Améliorer l’accompagnement des enfants à la sortie des dispositifs de protection de l’enfance : le retour en famille</t>
+  </si>
+  <si>
+    <t>Les mesures de protection de l’enfance sont par nature temporaires. Si les conditions de sécurité et de développement de l’enfant sont réunies, la décision d’un retour de l’enfant au domicile des parents s’impose. La HAS propose aux professionnels une démarche méthodologique et pratique pour accompagner le retour en famille des enfants.</t>
+  </si>
+  <si>
+    <t>22/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082358/fr/ameliorer-l-accompagnement-des-enfants-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-le-retour-en-famille</t>
+  </si>
+  <si>
+    <t>p_3082358</t>
+  </si>
+  <si>
+    <t>Risque cardiovasculaire global en prévention primaire et secondaire : évaluation et prise en charge en médecine de premier recours - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs de ces recommandations sont : d’évaluer la pertinence de l’utilisation d’un outil d’évaluation du risque cardiovasculaire en prévention primaire, et le cas échéant, adopter un outil suffisamment compatible avec la population française pour la détection du risque cardiovasculaire ; de définir une stratégie de prise en charge non-médicamenteuse associée ou non à un traitement médicamenteux, en prévention primaire et secondaire, d’un patient à risque cardiovasculaire en médecine de premier recours ; de proposer une stratégie centrée sur le patient, en se basant sur une décision médicale partagée.</t>
+  </si>
+  <si>
+    <t>24/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260825/fr/risque-cardiovasculaire-global-en-prevention-primaire-et-secondaire-evaluation-et-prise-en-charge-en-medecine-de-premier-recours-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3260825</t>
+  </si>
+  <si>
+    <t>Outil d’aide au repérage précoce et intervention brève : alcool, cannabis, tabac chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS met à la disposition des professionnels un outil actualisé d’aide au repérage précoce et à l’intervention brève sur l’alcool, le cannabis et le tabac. L’objectif de cet outil est d’évaluer de façon précoce chez les adultes la consommation des trois substances psycho-actives les plus utilisées et d'en évaluer le risque, de proposer une intervention brève chez les consommateurs à risque, et enfin, d’assurer un accompagnement de manière durable afin de favoriser la réduction ou l'arrêt de ces consommations.</t>
+  </si>
+  <si>
+    <t>11/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2021 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1795221/fr/outil-d-aide-au-reperage-precoce-et-intervention-breve-alcool-cannabis-tabac-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1795221</t>
+  </si>
+  <si>
+    <t>Repérage, diagnostic et prise en charge des troubles psychiques périnatals - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de favoriser le repérage, le diagnostic et la prise en charge des troubles psychiques durant la grossesse et dans la période postnatale (1 an après la naissance).</t>
+  </si>
+  <si>
+    <t>25/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2021 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234406/fr/reperage-diagnostic-et-prise-en-charge-des-troubles-psychiques-perinatals-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3234406</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
+    <t>Place et gestion de la trachéotomie dans la prise en charge de la dépendance ventilatoire des patients atteints de maladies neuromusculaires lentement évolutives</t>
   </si>
   <si>
     <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
   </si>
   <si>
-    <t>11/05/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
+    <t>05/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2020 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217806/fr/place-et-gestion-de-la-tracheotomie-dans-la-prise-en-charge-de-la-dependance-ventilatoire-des-patients-atteints-de-maladies-neuromusculaires-lentement-evolutives</t>
   </si>
   <si>
     <t>p_3217806</t>
   </si>
   <si>
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Prévention des déformations crâniennes positionnelles (DCP) et mort inattendue du nourrisson</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour but de prévenir l'apparition des plagiocéphalies – déformations crâniennes positionnelles – et de décrire leur prise en charge. Elles réaffirment l’importance de coucher les bébés sur le dos, seul moyen de prévenir la mort inattendue du nourrisson (MIN).</t>
+  </si>
+  <si>
+    <t>05/03/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/fr/prevention-des-deformations-craniennes-positionnelles-dcp-et-mort-inattendue-du-nourrisson</t>
   </si>
   <si>
     <t>p_3151574</t>
   </si>
   <si>
-    <t>Management of female genital mutilation by primary healthcare professionals</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3150640/en/management-of-female-genital-mutilation-by-primary-healthcare-professionals</t>
+    <t>Prise en charge des mutilations sexuelles féminines par les professionnels de santé de premier recours</t>
+  </si>
+  <si>
+    <t>Les mutilations sexuelles féminines peuvent être pratiquées à tout âge, dans toutes les catégories socio-professionnelles et indépendamment de toute confession religieuse. En France ces mutilations sont interdites par la loi, même si elles sont commises à l’étranger.</t>
+  </si>
+  <si>
+    <t>06/02/2020 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150640/fr/prise-en-charge-des-mutilations-sexuelles-feminines-par-les-professionnels-de-sante-de-premier-recours</t>
   </si>
   <si>
     <t>p_3150640</t>
   </si>
   <si>
-    <t>Bulimia nervosa and binge eating disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Santé et maintien en emploi : prévention de la désinsertion professionnelle des travailleurs</t>
+  </si>
+  <si>
+    <t>Le périmètre de ces recommandations est circonscrit à la stratégie à mettre en œuvre à une échelle individuelle, dès lors qu’un risque de désinsertion professionnelle est identifié ou pressenti du fait d’une altération de la santé du travailleur.</t>
+  </si>
+  <si>
+    <t>15/02/2019 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903507/fr/sante-et-maintien-en-emploi-prevention-de-la-desinsertion-professionnelle-des-travailleurs</t>
+  </si>
+  <si>
+    <t>c_2903507</t>
+  </si>
+  <si>
+    <t>La prévention de la violence entre les mineurs adolescents au sein des établissements d’accueil</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’accentuer encore l’individualisation de l’accompagnement et de systématiser l’analyse des cas de passages à l’acte pour mieux protéger les adolescents et soutenir les professionnels.</t>
+  </si>
+  <si>
+    <t>31/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2019 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903292/fr/la-prevention-de-la-violence-entre-les-mineurs-adolescents-au-sein-des-etablissements-d-accueil</t>
+  </si>
+  <si>
+    <t>c_2903292</t>
+  </si>
+  <si>
+    <t>Qualité de vie en résidences autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles portent sur les enjeux de prévention et d’amélioration de la qualité de vie en résidences autonomie. Les enjeux liés à la prévention sont en effet un axe fort de la Loi de modernisation de notre système de santé (loi santé) et de la Loi d’adaptation de la société au vieillissement (ASV).</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2018 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891427/fr/qualite-de-vie-en-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2891427</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement en Centre d’hébergement et de réinsertion sociale (CHRS) des victimes et des auteurs de violences au sein du couple</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles portent sur le repérage et l’accompagnement en CHRS des victimes et des auteurs de violences au sein du couple, et la formation des professionnels du secteur de l’hébergement.</t>
+  </si>
+  <si>
+    <t>14/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2018 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872955/fr/reperage-et-accompagnement-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs-des-victimes-et-des-auteurs-de-violences-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>c_2872955</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Aide à la rédaction des certificats et avis médicaux dans le cadre des soins psychiatriques sans consentement d’une personne majeure à l’issue de la période d’observation de 72 heures</t>
+  </si>
+  <si>
+    <t>La prise en charge d’une personne en soins psychiatriques sans consentement implique que soient établis des certificats médicaux, ou que soient rendus des avis médicaux, dans les situations et délais prévus par la loi. Cependant, cette dernière ne précise pas leur contenu.</t>
+  </si>
+  <si>
+    <t>01/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2837675/fr/aide-a-la-redaction-des-certificats-et-avis-medicaux-dans-le-cadre-des-soins-psychiatriques-sans-consentement-d-une-personne-majeure-a-l-issue-de-la-periode-d-observation-de-72-heures</t>
+  </si>
+  <si>
+    <t>c_2837675</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>La personnalisation de l’accompagnement des personnes accueillies dans les centres d’accueil pour demandeurs d’asile (Cada)</t>
+  </si>
+  <si>
+    <t>Les recommandations couvrent l’accompagnement des demandeurs d’asile de leur entrée en Cada jusqu’à leur sortie. Elles s’adressent aux professionnels intervenant au sein des Cada et chargés de l’accompagnement des demandeurs d’asile, tel que défini par la loi. Ce document peut constituer un support d’échanges et de réflexion avec les associations d’usagers, les demandeurs d’asile, leurs proches, les partenaires et les bénévoles.</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836176/fr/la-personnalisation-de-l-accompagnement-des-personnes-accueillies-dans-les-centres-d-accueil-pour-demandeurs-d-asile-cada</t>
+  </si>
+  <si>
+    <t>c_2836176</t>
+  </si>
+  <si>
+    <t>Prise en compte de la souffrance psychique de la personne âgée : prévention, repérage et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour finalité de permettre aux professionnels travaillant auprès de personnes âgées aidées à domicile ou accueillies en établissement, de faire évoluer leurs pratiques quant à la prise en compte de la souffrance psychique. Elles s’inscrivent dans un contexte de mobilisation nationale pour une amélioration de la prévention du suicide des personnes âgées. Elles s’adressent aux professionnels des établissements et services qui accueillent des personnes âgées ou qui leur apportent à domicile une assistance dans les actes quotidiens de la vie, des prestations de soins ou une aide à l’insertion.</t>
+  </si>
+  <si>
+    <t>03/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836216/fr/prise-en-compte-de-la-souffrance-psychique-de-la-personne-agee-prevention-reperage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_2836216</t>
+  </si>
+  <si>
+    <t>L’accompagnement à la santé de la personne handicapée</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont de mettre en évidence les conditions qui facilitent la prise en compte des besoins en matière de santé globale des personnes accompagnées et d’encourager le développement de pratiques et d’organisation au sein des établissements et services médico-sociaux. Il s’agit de formuler des recommandations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>01/07/2013 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836291/fr/l-accompagnement-a-la-sante-de-la-personne-handicapee</t>
+  </si>
+  <si>
+    <t>c_2836291</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet résidences autonomie</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834910/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834910</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - volet Résidences autonomie</t>
+  </si>
+  <si>
+    <t>L’objectif des travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>01/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2016 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834985/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834985</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>L’objectif de s travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>15/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835073/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835073</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet domicile</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835100/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-domicile</t>
+  </si>
+  <si>
+    <t>c_2835100</t>
+  </si>
+  <si>
+    <t>Spécificités de l’accompagnement des adultes handicapés psychiques</t>
+  </si>
+  <si>
+    <t>Cette programmation répond aux profondes transformations engendrées par la loi n° 2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées », qui « reconnaît » le handicap psychique et a impulsé le développement ou la création de nouveaux dispositifs d’accompagnement dans le champ social et médico-social (les Savs, les Samsah, les résidences accueils, etc.).</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2015 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835191/fr/specificites-de-l-accompagnement-des-adultes-handicapes-psychiques</t>
+  </si>
+  <si>
+    <t>c_2835191</t>
+  </si>
+  <si>
+    <t>Mission du responsable d’établissement et rôle de l’encadrement dans la prévention et le traitement de la maltraitance</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter une contribution spécifique sur un aspect particulièrement stratégique : le rôle essentiel que joue l’encadrement au quotidien dans la prévention et le traitement de la maltraitance en établissement.</t>
+  </si>
+  <si>
+    <t>01/12/2008 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835208/fr/mission-du-responsable-d-etablissement-et-role-de-l-encadrement-dans-la-prevention-et-le-traitement-de-la-maltraitance</t>
+  </si>
+  <si>
+    <t>c_2835208</t>
+  </si>
+  <si>
+    <t>La prise en compte de la santé physique et psychique des personnes accueillies dans les centres d’hébergement et de réinsertion sociale</t>
+  </si>
+  <si>
+    <t>Ces recommandations intègrent la dimension santé dans la démarche d’accompagnement global, en ne la traitant pas « à part », mais au contraire comme faisant pleinement partie du projet personnalisé dans une approche participative visant l’autonomie des personnes. La question de la santé dans les établissements sociaux renvoie alors à celle du positionnement des intervenants sociaux quant aux parcours de soins des personnes accueillies. Les recommandations donneront ainsi des pistes de réflexion et d’action.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835291/fr/la-prise-en-compte-de-la-sante-physique-et-psychique-des-personnes-accueillies-dans-les-centres-d-hebergement-et-de-reinsertion-sociale</t>
+  </si>
+  <si>
+    <t>c_2835291</t>
+  </si>
+  <si>
+    <t>Mission du responsable de service et rôle de l’encadrement dans la prévention et le traitement de la maltraitance à domicile</t>
+  </si>
+  <si>
+    <t>L’objet de la recommandation est de placer les acteurs de terrain en situation de responsabilité par rapport aux risques de maltraitance et aux actes de maltraitance avérés.</t>
+  </si>
+  <si>
+    <t>01/09/2009 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835316/fr/mission-du-responsable-de-service-et-role-de-l-encadrement-dans-la-prevention-et-le-traitement-de-la-maltraitance-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2835316</t>
+  </si>
+  <si>
+    <t>Concilier vie en collectivité et personnalisation de l’accueil et de l’accompagnement</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif de promouvoir des pratiques professionnelles basées sur un dépassement des tensions et des contradictions potentielles entre points de vue individuel et collectif au sein des établissements sociaux et médico-sociaux.</t>
+  </si>
+  <si>
+    <t>02/11/2009 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835356/fr/concilier-vie-en-collectivite-et-personnalisation-de-l-accueil-et-de-l-accompagnement</t>
+  </si>
+  <si>
+    <t>c_2835356</t>
+  </si>
+  <si>
+    <t>La participation des usagers dans les établissements médico-sociaux relevant de l’addictologie</t>
+  </si>
+  <si>
+    <t>Cette recommandation vise à promouvoir la participation des usagers au fonctionnement de l’établissement, en apportant des réponses aux deux principales questions que posent les professionnels : Pourquoi encourager les usagers à participer au fonctionnement de l’établissement ? Comment s’y prendre pour amorcer puis pérenniser leur participation au fonctionnement de l’établissement ? Les structures concernées par la recommandation sont les établissements spécialisés en addictologie, c’est-à-dire : les centres de soin, d’accompagnement et de prévention en addictologie (Csapa) ; les centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (Caarud) ; les communautés thérapeutiques</t>
+  </si>
+  <si>
+    <t>05/04/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835358/fr/la-participation-des-usagers-dans-les-etablissements-medico-sociaux-relevant-de-l-addictologie</t>
+  </si>
+  <si>
+    <t>c_2835358</t>
+  </si>
+  <si>
+    <t>Prendre en compte la santé des mineurs/jeunes majeurs dans le cadre des établissements/services de la protection de l’enfance et/ou mettant en oeuvre des mesures éducatives</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de guider les professionnels dans leurs pratiques liées à la prise en compte de la santé des enfants/jeunes majeurs accueillis dans leurs services.</t>
+  </si>
+  <si>
+    <t>09/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2015 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835427/fr/prendre-en-compte-la-sante-des-mineurs/jeunes-majeurs-dans-le-cadre-des-etablissements/services-de-la-protection-de-l-enfance-et/ou-mettant-en-oeuvre-des-mesures-educatives</t>
+  </si>
+  <si>
+    <t>c_2835427</t>
+  </si>
+  <si>
+    <t>Programme Qualité de vie en Ehpad</t>
+  </si>
+  <si>
+    <t>Les éléments concourant à la qualité de vie de la personne accueillie en Ehpad se situent à quatre niveaux distincts et complémentaires. L’Anesm a donc conçu un programme spécifique Qualité de vie en Ehpad qui sera décliné à travers quatre recommandations.</t>
+  </si>
+  <si>
+    <t>10/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835485</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement des situations de ruptures dans les parcours des personnes accueillies en centre d’hébergement et de réinsertion sociale (CHRS)</t>
+  </si>
+  <si>
+    <t>Le document aborde les risques relatifs aux modifications de santé, relationnelles, économiques et spatiales dans lesquelles la personne évolue. Il envisage ces risques alors même que le projet personnalisé est élaboré et en cours de réalisation. La rupture d’un projet implique souvent, tant pour la personne elle-même que pour les professionnels de l’accompagnement, un questionnement quant aux causes de la rupture et aux conséquences sur le devenir de la personne.</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835658/fr/reperage-et-accompagnement-des-situations-de-ruptures-dans-les-parcours-des-personnes-accueillies-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs</t>
+  </si>
+  <si>
+    <t>c_2835658</t>
+  </si>
+  <si>
+    <t>L’adaptation de l’intervention auprès des personnes handicapées vieillissantes</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter des jalons et des pistes pour l’action, destinés à permettre aux professionnels d’évaluer et de faire évoluer leurs pratiques d’accompagnement des personnes handicapées avançant en âge.</t>
+  </si>
+  <si>
+    <t>17/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835720/fr/l-adaptation-de-l-intervention-aupres-des-personnes-handicapees-vieillissantes</t>
+  </si>
+  <si>
+    <t>c_2835720</t>
+  </si>
+  <si>
+    <t>Le soutien des aidants non professionnels.Une recommandation à destination des professionnels du secteur social et médico-social pour soutenir les aidants de personnes âgées, adultes handicapées ou souffrant de maladie chronique vivant à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations proposent des orientations et des pistes d’action aux professionnels de structures sociales et médico-sociales pour accompagner ou soutenir les aidants non professionnels des personnes âgées dépendantes, des personnes adultes handicapées et/ou des personnes adultes atteintes de maladies chroniques vivant à domicile.</t>
+  </si>
+  <si>
+    <t>05/01/2015 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835782/fr/le-soutien-des-aidants-non-professionnels-une-recommandation-a-destination-des-professionnels-du-secteur-social-et-medico-social-pour-soutenir-les-aidants-de-personnes-agees-adultes-handicapees-ou-souffrant-de-maladie-chronique-vivant-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2835782</t>
+  </si>
+  <si>
+    <t>Programme « Qualité de vie en Maison d’accueil spécialisée (MAS) et en Foyer d’accueil médicalisé (FAM) »</t>
+  </si>
+  <si>
+    <t>3 volets seront déclinés : l’expression, la communication, la participation et la citoyenneté, la vie quotidienne,sociale, la culture et les loisirs et le parcours, les formes souples d’accueil, l’articulation avec les autres partenaires et le lien avec les proches.</t>
+  </si>
+  <si>
+    <t>01/12/2014 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835860/fr/programme-qualite-de-vie-en-maison-d-accueil-specialisee-mas-et-en-foyer-d-accueil-medicalise-fam</t>
+  </si>
+  <si>
+    <t>c_2835860</t>
+  </si>
+  <si>
+    <t>L’accompagnement des mineurs non accompagnés dits "Mineurs isolés étrangers (MNA)"</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été élaborées dans un contexte de forte augmentation du nombre de mineurs non accompagnés (MNA) accueillis au sein du dispositif français de protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>07/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
+  </si>
+  <si>
+    <t>c_2833668</t>
+  </si>
+  <si>
+    <t>L’accompagnement des enfants ayant des difficultés psychologiques perturbant gravement les processus de socialisation</t>
+  </si>
+  <si>
+    <t>Ces recommandations donnent des pistes de réflexion et d’action concernant la compréhension des difficultés psychologiques de ces mineurs, perturbant gravement les processus de socialisation, le repérage précoce et une meilleure évaluation des besoins et des ressources de l’enfant et de sa famille afin de prévenir les difficultés de socialisation qui se répercutent sur le projet de vie du mineur. Elles concernent également la prévention des risques de rupture par le mineur lui-même ou par l’usure des familles ou des travailleurs sociaux et l’inclusion de façon systémique de l’environnement du mineur : famille, école, quartier, médecin généraliste, pairs.</t>
+  </si>
+  <si>
+    <t>19/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2017 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833677/fr/l-accompagnement-des-enfants-ayant-des-difficultes-psychologiques-perturbant-gravement-les-processus-de-socialisation</t>
+  </si>
+  <si>
+    <t>c_2833677</t>
+  </si>
+  <si>
+    <t>La réduction des risques et des dommages dans les Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD)</t>
+  </si>
+  <si>
+    <t>Ces recommandations identifient les bonnes pratiques professionnelles concourant à la prévention des risques et la réduction des dommages sanitaires et sociaux afin de préserver ou d’améliorer l’état de santé et les conditions de vie des personnes usagères de drogues, le recours à l’expertise et la participation des personnes usagères de drogues dans la construction des interventions et des parcours d’accompagnement proposés par le Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD) et l’implantation de celui-ci dans son territoire d’intervention et le développement d’un environnement partenarial facilitateur.</t>
+  </si>
+  <si>
+    <t>07/09/2017 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833717/fr/la-reduction-des-risques-et-des-dommages-dans-les-centres-d-accueil-et-d-accompagnement-a-la-reduction-des-risques-pour-usagers-de-drogues-caarud</t>
+  </si>
+  <si>
+    <t>c_2833717</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme - Signes d’alerte, repérage, diagnostic et évaluation chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>La HAS propose, avec cette actualisation des recommandations de 2005, différents outils pour renforcer le repérage précoce et améliorer le diagnostic dès 18 mois.</t>
+  </si>
+  <si>
+    <t>08/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/fr/trouble-du-spectre-de-l-autisme-signes-d-alerte-reperage-diagnostic-et-evaluation-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_468812</t>
   </si>
   <si>
-    <t>Child abuse: identification and action to be taken</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+    <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_1760393</t>
   </si>
   <si>
-    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Seclusion and mechanical restraint in general psychiatry</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2055362/en/seclusion-and-mechanical-restraint-in-general-psychiatry</t>
+    <t>Cancer colorectal : modalités de dépistage et de prévention chez les sujets à risque élevé et très élevé</t>
+  </si>
+  <si>
+    <t>La fiche mémo propose de faire le point sur les modalités de dépistage et de prévention du cancer colorectal (CCR), avec : Un rappel sur la stratégie de dépistage adoptée en France, le rôle des médecins généralistes dans l’orientation des sujets, les signes évocateurs de CCR, les signes évocateurs des formes héréditaires de CCR. La présentation des facteurs de risques de CCR. Le suivi personnalisé pour les sujets à risque élevé et très élevé de CCR (examen de référence, début de surveillance, rythme de suivi).</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2017 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772744/fr/cancer-colorectal-modalites-de-depistage-et-de-prevention-chez-les-sujets-a-risque-eleve-et-tres-eleve</t>
+  </si>
+  <si>
+    <t>c_2772744</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont de définir le syndrome d’épuisement professionnel ou burnout, d’améliorer son repérage et sa prise en charge, ainsi que l’accompagnement des patients lors de leur retour au travail. Ces recommandations se limitent au volet clinique du thème : l’action sur le milieu et l’organisation du travail est exclue du champ de ces recommandations. Elle est néanmoins indispensable dans une démarche de prévention du burnout.</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2017 07:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769318/fr/reperage-et-prise-en-charge-cliniques-du-syndrome-d-epuisement-professionnel-ou-burnout</t>
+  </si>
+  <si>
+    <t>c_2769318</t>
+  </si>
+  <si>
+    <t>Isolement et contention en psychiatrie générale</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à déterminer la place de l’isolement et de la contention en psychiatrie générale. Son objectif est de permettre aux professionnels de santé amenés à recourir éventuellement à ces mesures de dernier recours, d’améliorer et d’harmoniser leurs pratiques, en répondant aux exigences cliniques, éthiques, légales et organisationnelles. La finalité est la sécurité et l’amélioration de la qualité de la prise en charge des patients.</t>
+  </si>
+  <si>
+    <t>22/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2017 04:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055362/fr/isolement-et-contention-en-psychiatrie-generale</t>
   </si>
   <si>
     <t>c_2055362</t>
   </si>
   <si>
-    <t>Kidney transplantation - Access to the French waiting list</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1751188/en/kidney-transplantation-access-to-the-french-waiting-list</t>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Suivi et orientation des femmes enceintes en fonction des situations à risque identifiées</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a été mise à jour en mai 2016. La mise à jour porte sur la recherche de l’antigène HBs préconisée dorénavant à la première consultation de suivi, soit avant 10 semaines d’aménorrhée.</t>
+  </si>
+  <si>
+    <t>18/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2016 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_547976/fr/suivi-et-orientation-des-femmes-enceintes-en-fonction-des-situations-a-risque-identifiees</t>
+  </si>
+  <si>
+    <t>c_547976</t>
+  </si>
+  <si>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Lombalgie chronique de l’adulte et chirurgie</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique propose une nouvelle définition de la lombalgie chronique et évalue les techniques chirurgicales de la lombalgie chronique dégénérative de l’adulte pour en préciser les indications</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2016 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615316/fr/lombalgie-chronique-de-l-adulte-et-chirurgie</t>
+  </si>
+  <si>
+    <t>c_2615316</t>
+  </si>
+  <si>
+    <t>Transplantation rénale - Accès à la liste d’attente nationale</t>
+  </si>
+  <si>
+    <t>Cette recommandation précise l’ensemble du parcours du patient de l’information sur la greffe à partir de donneur vivant ou de donneur décédé, jusqu’à l’inscription sur liste de transplantation rénale. Réduire les disparités d’accès et les délais d’inscription sur la liste d’attente nationale de greffe de rein sont les objectifs de cette recommandation.</t>
+  </si>
+  <si>
+    <t>21/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751188/fr/transplantation-renale-acces-a-la-liste-d-attente-nationale</t>
   </si>
   <si>
     <t>c_1751188</t>
   </si>
   <si>
-    <t>Discontinuation of benzodiazepines and related medicinal products: procedure for the doctor providing outpatient treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+    <t>Patient avec un trouble bipolaire : repérage et prise en charge initiale en premier recours</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’aider les médecins assurant les soins de premier recours à : Améliorer le repérage des patients adultes et adolescents souffrant d’un trouble bipolaire. Améliorer par un repérage précoce la prévention des complications des troubles bipolaires.</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2015 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747465/fr/patient-avec-un-trouble-bipolaire-reperage-et-prise-en-charge-initiale-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1747465</t>
+  </si>
+  <si>
+    <t>Arrêt des benzodiazépines et médicaments apparentés : démarche du médecin traitant en ambulatoire</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo concerne la démarche du médecin traitant lors de l’arrêt des benzodiazépines (BZD) et médicaments apparentés en ambulatoire. Elle a pour objectif d’aider à réduire les prescriptions au long cours de BZD dans l'anxiété et l'insomnie, du fait d'un rapport bénéfice/risque défavorable. Au-delà de 28 jours, l’efficacité est incertaine, les risques d’effets délétères augmentent (somnolence diurne, troubles de la mémoire, démence, chutes, accidents, etc.) ainsi que celui de dépendance. Elle est dans la continuité des travaux déjà engagés par la HAS depuis 2012 en partenariat avec la DGS (Direction générale de la santé) et l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) pour lutter contre la surconsommation et le mésusage des BZD.</t>
+  </si>
+  <si>
+    <t>29/06/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/fr/arret-des-benzodiazepines-et-medicaments-apparentes-demarche-du-medecin-traitant-en-ambulatoire</t>
   </si>
   <si>
     <t>c_2038262</t>
   </si>
   <si>
-    <t>General principles and prescription recommendations for antibiotics in primary care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Manifestations dépressives à l'adolescence : repérage, diagnostic et prise en charge en soins de premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour enjeu de mieux prendre en charge les manifestations dépressives de l’adolescent (entre 12 et 18 ans), notamment l’épisode dépressif caractérisé inscrit dans un trouble dépressif unipolaire, et de diminuer la morbi-mortalité qui en découle.</t>
+  </si>
+  <si>
+    <t>12/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2014 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782013/fr/manifestations-depressives-a-l-adolescence-reperage-diagnostic-et-prise-en-charge-en-soins-de-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1782013</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Protocole type d'examen autopsique foetal ou néonatal</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce protocole type sont : - d'harmoniser les pratiques professionnelles en matière d’examen autopsique fœtal ou néonatal - d'aider les professionnels de santé concernés à rechercher et définir aussi précisément que possible la cause de la mort du fœtus, de l’enfant déclaré sans vie, voire de l’enfant né vivant puis décédé, ou d’identifier et confirmer la pathologie ayant justifié la réalisation d’une interruption de grossesse pour motif médical (IMG).</t>
+  </si>
+  <si>
+    <t>04/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747470/fr/protocole-type-d-examen-autopsique-foetal-ou-neonatal</t>
+  </si>
+  <si>
+    <t>c_1747470</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Fetal alcohol spectrum disorder : identification</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
   </si>
   <si>
     <t>c_1636956</t>
   </si>
   <si>
-    <t>Preparing for birth and parenthood</t>
-[...2 lines deleted...]
-    <t>These guidelines advocate an earlier start to preparation for birth and parenthood, and a broader approach to parent support and to improving the skills of women and their partners in health matters. Their aim is to help health professionals 1. prepare couples for the birth of their child and taking the baby home, through educational sessions suited to the needs and expectations of the parents-to-be 2. support couples, especially those who are vulnerable, in order to avoid parent-child relationship problems 3. provide information and key points on parenting: building family relationships ; the material, educational and emotional needs of the growing child 4. encourage better coordination among the relevant professionals and with the pregnant woman, from the antenatal to the postnatal period</t>
+    <t>Projet de grossesse : informations, messages de prévention, examens à proposer</t>
+  </si>
+  <si>
+    <t>Ce document d'information destiné aux professionnels de santé propose les réponses à apporter à une femme ou à un couple qui exprime un souhait de grossesse.</t>
+  </si>
+  <si>
+    <t>10/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1360649/fr/projet-de-grossesse-informations-messages-de-prevention-examens-a-proposer</t>
+  </si>
+  <si>
+    <t>c_1360649</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité de l'adulte : prise en charge médicale de premier recours</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est l’élaboration de recommandations de bonne pratique dans le but d’améliorer la qualité de la prise en charge médicale par le médecin de premier recours des adultes ayant un surpoids ou une obésité. Population concernée : les patients adultes ayant un surpoids ou une obésité Demandeur : deuxième Programme national nutrition santé 2006-2010</t>
+  </si>
+  <si>
+    <t>01/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2012 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_964938/fr/surpoids-et-obesite-de-l-adulte-prise-en-charge-medicale-de-premier-recours</t>
+  </si>
+  <si>
+    <t>c_964938</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientation des femmes enceintes entre les maternités en vue de l'accouchement</t>
+  </si>
+  <si>
+    <t>Définir selon des critères médicaux les femmes enceintes à orienter dans les maternités de type I, II et III selon les risques fœto-maternels. Harmoniser les indications d’orientation et de réorientation au sein des réseaux périnatals. Améliorer la compréhension par les professionnels autant que par les femmes enceintes de l’utilité et des limites de l’orientation entre les établissements d’un réseau périnatal. Mieux appréhender les outils nécessaires à une organisation efficace des orientations, afin d’en améliorer la sécurité et le confort.</t>
+  </si>
+  <si>
+    <t>01/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935540/fr/grossesses-a-risque-orientation-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_935540</t>
+  </si>
+  <si>
+    <t>Préparation à la naissance et à la parentalité</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles accompagnent les mesures du plan périnatalité 2005-2007 en proposant aux professionnels de santé impliqués en périnatalité une démarche qui vise à : - préparer les couples à la naissance et à l’accueil de leur enfant au moyen de séances éducatives adaptées - repérer les situations de vulnérabilité en prévention des troubles de la relation parents-enfants - soutenir la parentalité par des informations et des repères sur la construction des liens familiaux - favoriser une meilleure coordination des professionnels autour et avec la femme enceinte, de l’anténatal au postnatal. Recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272500/fr/preparation-a-la-naissance-et-a-la-parentalite</t>
+  </si>
+  <si>
+    <t>c_272500</t>
+  </si>
+  <si>
+    <t>Grossesse et tabac</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de préciser les risques, pour la mère et pour l’enfant, du tabagisme maternel et de celui de l’entourage, avant, pendant et au cours de la grossesse, et d'indiquer la conduite à tenir pour aider les futures mères à arrêter de fumer.</t>
+  </si>
+  <si>
+    <t>30/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Maladie d’Alzheimer et maladies apparentées : diagnostic et prise en charge</t>
+  </si>
+  <si>
+    <t>Suite au retrait par la Haute Autorité de santé en mai 2011 de la recommandation de bonne pratique « Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées » (publiée en mars 2008), un nouveau groupe de travail s’est vu confié la mission de réviser cette recommandation.</t>
+  </si>
+  <si>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2011 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148883/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1148883</t>
+  </si>
+  <si>
+    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
+  </si>
+  <si>
+    <t>A la demande du Ministère de la Santé, la HAS a organisé une audition publique sur l'évaluation de la dangerosité psychiatrique. Il s’agissait d'aborder la dimension psychiatrique de la dangerosité et de son évaluation pour aider la prise en charge des patients dans un objectif de prévention des passages à l'acte violent par une meilleure prise en compte de la clinique.</t>
+  </si>
+  <si>
+    <t>23/12/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
+  </si>
+  <si>
+    <t>c_1069220</t>
+  </si>
+  <si>
+    <t>Situations pathologiques pouvant relever de l'hospitalisation à domicile au cours de l'ante et du post-partum</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’optimiser la prise en charge de la femme et de son enfant dans le cadre d’une hospitalisation à domicile (HAD).</t>
+  </si>
+  <si>
+    <t>30/06/2011 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1066375/fr/situations-pathologiques-pouvant-relever-de-l-hospitalisation-a-domicile-au-cours-de-l-ante-et-du-post-partum</t>
+  </si>
+  <si>
+    <t>c_1066375</t>
+  </si>
+  <si>
+    <t>Anorexie mentale : prise en charge</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonne pratique ont pour objectif d’aider à : repérer plus précocement l’anorexie mentale ; améliorer l’accompagnement du patient et de son entourage ; améliorer la prise en charge et l’orientation initiale des patients ; améliorer la prise en charge hospitalière lorsqu’elle est nécessaire et la prise en charge post-hospitalière. Sont concernés : les préadolescents, les adolescents et les jeunes adultes.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/fr/anorexie-mentale-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_985715</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d’orientation en ambulatoire ou en soins de suite ou de réadaptation après chirurgie des ruptures de coiffe et arthroplasties de l'épaule</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques ou chirurgicaux.</t>
+  </si>
+  <si>
+    <t>23/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613749/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-chirurgie-des-ruptures-de-coiffe-et-arthroplasties-de-l-epaule</t>
+  </si>
+  <si>
+    <t>c_613749</t>
+  </si>
+  <si>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge des personnes âgées faisant des chutes répétées</t>
+  </si>
+  <si>
+    <t>Fournir aux professionnels de santé une démarche clinique d'évaluation et de prise en charge des personnes âgées faisant des chutes répétées applicable à la pratique quotidienne.</t>
+  </si>
+  <si>
+    <t>01/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2009 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793371/fr/evaluation-et-prise-en-charge-des-personnes-agees-faisant-des-chutes-repetees</t>
+  </si>
+  <si>
+    <t>c_793371</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications évolutives d'un épisode dépressif caractérisé de l'adulte. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607702/fr/prise-en-charge-des-complications-evolutives-d-un-episode-depressif-caracterise-de-l-adulte-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_607702</t>
+  </si>
+  <si>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
+  </si>
+  <si>
+    <t>c_476486</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_272368</t>
+  </si>
+  <si>
+    <t>Prévention des infections liées aux cathéters veineux périphériques</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations professionnelles est de prévenir les infections liées aux cathéters veineux périphériques. Les recommandations abordent les points suivants : Choix du cathéter Pose du cathéter Utilisation du cathéter Entretien du cathéter Surveillance Formation, évaluation</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272482/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_272482</t>
+  </si>
+  <si>
+    <t>Consultation diététique réalisée par un diététicien</t>
+  </si>
+  <si>
+    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
+  </si>
+  <si>
+    <t>Proposer des stratégies pour faciliter l’arrêt des benzodiazépines (BZD) et médicaments apparentés à l’ensemble des médecins amenés à renouveler une prescription de ces médicaments chez un patient âgé de plus de 65 ans.</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601509/fr/modalites-d-arret-des-benzodiazepines-et-medicaments-apparentes-chez-le-patient-age</t>
+  </si>
+  <si>
+    <t>c_601509</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Abus, dépendances et polyconsommations : stratégies de soins</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette audition publique sont de : sensibiliser tous les professionnels impliqués dans la prise en charge de diverses addictions à la question des polyconsommations et à la nécessité d’une prise en charge décloisonnée ; proposer à ces professionnels des recommandations opérationnelles ; proposer des études, programmes et formations à mettre en place. La prévention des conduites de polyconsommation n’est pas abordée.</t>
+  </si>
+  <si>
+    <t>15/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2008 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_615021/fr/abus-dependances-et-polyconsommations-strategies-de-soins</t>
+  </si>
+  <si>
+    <t>c_615021</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Expertise psychiatrique pénale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette audition publique était de réaliser un débat public multiprofessionnel autour de la question de l'expertise psychiatrique pénale et de répondre aux questions suivantes : Quelle est la place dans la procédure pénale de l’expertise psychiatrique pénale et quels sont les enjeux ? Quels sont les incidences, les problèmes et les débats actuels autour de la clinique expertale dans les différents temps judiciaires ? Quelles doivent être les évolutions de la pratique de l’expertise psychiatrique pénale ? Quelles doivent être les règles éthiques et déontologiques dans la pratique de l’expertise ? Comment développer la qualité expertale ?</t>
+  </si>
+  <si>
+    <t>30/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546807/fr/expertise-psychiatrique-penale</t>
+  </si>
+  <si>
+    <t>c_546807</t>
+  </si>
+  <si>
+    <t>Prise en charge en cas de mort inattendue du nourrisson (moins de 2 ans)</t>
+  </si>
+  <si>
+    <t>La «mort inattendue du nourrisson» est définie dans ce document comme «une mort survenant brutalement chez un nourrisson alors que rien, dans ses antécédents connus, ne pouvait le laisser prévoir».</t>
+  </si>
+  <si>
+    <t>14/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2007 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533467/fr/prise-en-charge-en-cas-de-mort-inattendue-du-nourrisson-moins-de-2-ans</t>
+  </si>
+  <si>
+    <t>c_533467</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 7 à 18 ans, destinées aux médecins généralistes, pédiatres et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 7 à 18 ans : les trouble des apprentissages les troubles d’hyperactivité avec déficit de l’attention les anomalies du développement pubertaire la scoliose l'obésité l'asthme et la rhino-conjonctivite allergique les troubles de la vision et de l’audition les risques liés à la sexualité les troubles anxieux les conduites à risque, troubles des conduites, troubles oppositionnels les conduites suicidaires les consommations de produits les troubles du comportement alimentaire la dépression</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451142/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-7-a-18-ans-destinees-aux-medecins-generalistes-pediatres-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451142</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Modalités de l’accompagnement du sujet alcoolodépendant après un sevrage</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Quels sont les acteurs et les moyens de l'accompagnement ? Comment organiser l'accompagnement (y compris lieu, modalités et durée) ? Comment gérer les compensations, les transferts de dépendances et les associations d'autres substances psycho-actives (usage nocif ou usage avec dépendance) ? Quelle attitude adopter en cas d'association à d'autres troubles ? Comment évaluer l'accompagnement du sujet alcoolodépendant sevré ?</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271905/fr/modalites-de-l-accompagnement-du-sujet-alcoolodependant-apres-un-sevrage</t>
+  </si>
+  <si>
+    <t>c_271905</t>
+  </si>
+  <si>
+    <t>Prise en charge hospitalière des adolescents après une tentative de suicide</t>
+  </si>
+  <si>
+    <t>Les recommandations répondent plus particulièrement aux trois problèmes suivants : l'accueil aux urgences hospitalières des adolescents et jeunes suicidants la réponse hospitalière le projet de sortie Le plan des recommandations est le suivant : les problèmes soulevés par une tentative de suicide chez un adolescent les principes généraux de la prise en charge des adolescents suicidants la prise en charge aux urgences des adolescents suicidants (accueil, examen somatique, évaluation psychologique, évaluation sociale) la prise en charge après la période de soins aux urgences le suivi ultérieur Les recommandations s'appliquent aux adolescents et jeunes suicidants âgés de 11 à 20 ans, voire jusqu'à 25 ans.</t>
+  </si>
+  <si>
+    <t>01/11/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271908/fr/prise-en-charge-hospitaliere-des-adolescents-apres-une-tentative-de-suicide</t>
+  </si>
+  <si>
+    <t>c_271908</t>
+  </si>
+  <si>
+    <t>Lecture critique de l'hémogramme : valeurs seuils à reconnaître comme probablement pathologiques et principales variations non pathologiques</t>
+  </si>
+  <si>
+    <t>Ces recommandations répondent à deux objectifs : 1 Définir les valeurs de l'hémogramme à reconnaître comme pathologiques dans la population adulte saine 1 Préciser les variations éventuelles des valeurs de l'hémogramme chez l'enfant, sur certains terrains ou dans des situations non pathologiques ou considérées comme telles. Ces variations de l'hémogramme, à l'origine de valeurs qui peuvent ne plus faire partie de l'intervalle de référence, ne doivent pas conduire à des explorations complémentaires. Les variations de l'hémogramme lors des états pathologiques bien caractérisés ou associées à certains traitements ne sont pas analysées dans ce travail.</t>
+  </si>
+  <si>
+    <t>01/09/1997 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/1997 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271914/fr/lecture-critique-de-l-hemogramme-valeurs-seuils-a-reconnaitre-comme-probablement-pathologiques-et-principales-variations-non-pathologiques</t>
+  </si>
+  <si>
+    <t>c_271914</t>
+  </si>
+  <si>
+    <t>L'ostéoporose chez les femmes ménopausées et chez les sujets traités par corticoïdes : méthodes diagnostiques et  indications</t>
+  </si>
+  <si>
+    <t>Cette recommandation professionnelle n'est plus disponible (sauf sur demande) car elle a été actualisée et remplacée par la note de synthèse "Prévention, diagnostic et traitement de l'ostéoporose" et par le rapport "Ostéodensitométrie sur deux sites par méthode biphotonique" finalisés et rendus publics en juillet 2006 par la HAS.</t>
+  </si>
+  <si>
+    <t>01/04/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271924/fr/l-osteoporose-chez-les-femmes-menopausees-et-chez-les-sujets-traites-par-corticoides-methodes-diagnostiques-et-indications</t>
+  </si>
+  <si>
+    <t>c_271924</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+  </si>
+  <si>
+    <t>c_271954</t>
+  </si>
+  <si>
+    <t>La crise suicidaire : reconnaître et prendre en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'améliorer le repérage de la crise suicidaire et l'organisation de la prise en charge afin de prévenir le suicide.</t>
+  </si>
+  <si>
+    <t>22/11/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271964/fr/la-crise-suicidaire-reconnaitre-et-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_271964</t>
+  </si>
+  <si>
+    <t>Dépistage de l’hépatite C - Populations à dépister et modalités du dépistage - Recommandations du comité d’experts réuni par l’ANAES</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les populations à dépister et les modalités du dépistage de l'hépatite C.</t>
+  </si>
+  <si>
+    <t>18/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271987/fr/depistage-de-l-hepatite-c-populations-a-depister-et-modalites-du-depistage-recommandations-du-comite-d-experts-reuni-par-l-anaes</t>
+  </si>
+  <si>
+    <t>c_271987</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Modalités de sevrage chez les toxicomanes dépendant des opiacés</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Quelle est la place des sevrages dans les stratégies de soin des toxicomanes aux opiacés ? Quelle préparation et mise en place des sevrages ? Quelles sont les modalités et les conditions pratiques du sevrage ? Quels soins après sevrage et suivi ?</t>
+  </si>
+  <si>
+    <t>24/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272062/fr/modalites-de-sevrage-chez-les-toxicomanes-dependant-des-opiaces</t>
+  </si>
+  <si>
+    <t>c_272062</t>
+  </si>
+  <si>
+    <t>Indications à visée diagnostique de l'endoscopie digestive haute en pathologie œso-gastro-duodénale de l'adulte, à l'exclusion de l'échoendoscopie et l'entéroscopie</t>
+  </si>
+  <si>
+    <t>L'objectif de la recommandation professionnelle est de répondre aux questions suivantes :# 1. Devant quel signe clinique et/ou biologique peut-on proposer une exploration morphologique œso-gastro-duodénale, et laquelle ?# 2. Quelles sont les indications d'endoscopie digestive haute pour le diagnostic et le suivi du reflux gastro-œsophagien, de la maladie ulcéreuse et de l'hypertension portale hors hémorragie ?# 3. Quelles sont les indications des biopsies duodénales ?#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/fr/indications-a-visee-diagnostique-de-l-endoscopie-digestive-haute-en-pathologie-oeso-gastro-duodenale-de-l-adulte-a-l-exclusion-de-l-echoendoscopie-et-l-enteroscopie</t>
+  </si>
+  <si>
+    <t>c_272101</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Soins et surveillance des abords digestifs pour l'alimentation entérale chez l'adulte en hospitalisation et à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations pour les pratiques de soins concernent la pose d'une sonde nasogastrique, ainsi que les soins et la surveillance d'une sonde nasogastrique, de gastrostomie ou de jéjunostomie. Les indications et les modalités d'administration de l'alimentation entérale ainsi que le suivi nutritionnel ne sont pas abordés.</t>
+  </si>
+  <si>
+    <t>01/04/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/fr/soins-et-surveillance-des-abords-digestifs-pour-l-alimentation-enterale-chez-l-adulte-en-hospitalisation-et-a-domicile</t>
+  </si>
+  <si>
+    <t>c_272139</t>
+  </si>
+  <si>
+    <t>Dépistage précoce des troubles de la fonction visuelle chez l’enfant pour prévenir l’amblyopie</t>
+  </si>
+  <si>
+    <t>L'amblyopie est une insuffisance uni ou bilatérale de certaines aptitudes visuelles, principalement de la discrimination des formes, entraînant chez l'enfant un trouble de la maturation du cortex visuel, irréversible en l'absence de traitement. Ces recommandations concernent le dépistage des troubles visuels chez l'enfant de moins de 6 ans.</t>
+  </si>
+  <si>
+    <t>08/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2004 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272178/fr/depistage-precoce-des-troubles-de-la-fonction-visuelle-chez-l-enfant-pour-prevenir-l-amblyopie</t>
+  </si>
+  <si>
+    <t>c_272178</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+  </si>
+  <si>
+    <t>c_272209</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Orientations diagnostiques et prise en charge, au décours d’une intoxication éthylique aiguë, des patients admis aux urgences des établissements de soins</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge alcoologique initiale des patients admis pour une intoxication éthylique aiguë dans les services d’urgences hospitalières, publics ou privés, ou dans d'autres lieux de soins de premier recours, qu’il y ait ou non admission en unité d’hospitalisation de courte durée.</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2001 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272274/fr/orientations-diagnostiques-et-prise-en-charge-au-decours-d-une-intoxication-ethylique-aigue-des-patients-admis-aux-urgences-des-etablissements-de-soins</t>
+  </si>
+  <si>
+    <t>c_272274</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’incontinence urinaire de la femme en médecine générale - Actualisation 2003</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Faut- il rechercher l'incontinence urinaire ? Si oui, chez quelles femmes, dans quelles circonstances et comment ?# 2. En plus des anomalies de la fonction vésico-sphinctérienne, quelles sont les pathologies organiques ou les causes iatrogènes qui peuvent déclencher ou aggraver une incontinence urinaire ?# 3. Une fois le diagnostic d'incontinence urinaire porté, quelles décisions prendre ?# 4. Quelle stratégie d'examens complémentaires prescrire ?# 5. En cas d'incontinence urinaire, comment quantifier le retentissement ?# 6. Quelles sont les modalités thérapeutiques et quelle stratégie thérapeutique adopter en médecine générale ? Un traitement pharmacologique d'épreuve est-il licite ? Comment ? Chez quelles patientes ?# 7. Quelles informations le médecin généraliste peut- il apporter à sa patiente sur les traitements de l'incontinence urinaire : rééducation, chirurgie, médicaments ?#</t>
+  </si>
+  <si>
+    <t>01/05/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272291/fr/prise-en-charge-de-l-incontinence-urinaire-de-la-femme-en-medecine-generale-actualisation-2003</t>
+  </si>
+  <si>
+    <t>c_272291</t>
+  </si>
+  <si>
+    <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
+  </si>
+  <si>
+    <t>01/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272301/fr/conduite-a-tenir-lors-de-la-decouverte-antenatale-d-une-ventriculomegalie-cerebrale</t>
+  </si>
+  <si>
+    <t>c_272301</t>
+  </si>
+  <si>
+    <t>Réduire les mauvaises utilisations des médicaments de substitution des opiacés</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent les mauvaises utilisations des médicaments de substitution des opiacés et les façons de les prévenir et d'y remédier.</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272329/fr/reduire-les-mauvaises-utilisations-des-medicaments-de-substitution-des-opiaces</t>
+  </si>
+  <si>
+    <t>c_272329</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques pour les personnes dépendantes des opiacés : place des traitements de substitution</t>
+  </si>
+  <si>
+    <t>L’objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les finalités et les résultats attendus des traitements de substitution des opiacés ? Quels sont les résultats obtenus par les traitements de substitution des opiacés ? Quelles sont les indications des médicaments de substitution des opiacés ? Quelles sont les modalités de prise en charge nécessaires à la mise en oeuvre et au suivi des traitements de substitution des opiacés ? Quand et comment les modalités d'un traitement de substitution des opiacés doivent-elles être adaptées en pratique ? Comment promouvoir la qualité des pratiques professionnelles dans la prise en charge des patients bénéficiant d'un traitement de substitution des opiacés ?</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272358/fr/strategies-therapeutiques-pour-les-personnes-dependantes-des-opiaces-place-des-traitements-de-substitution</t>
+  </si>
+  <si>
+    <t>c_272358</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+  </si>
+  <si>
+    <t>c_272363</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
+    <t>Liberté d’aller et venir dans les établissements sanitaires et médico-sociaux, et obligation de soins et de sécurité</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelles sont les raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Lesquelles peut-on retenir ? Comment sont appréciées les raisons justifiant les restrictions aux libertés selon le lieu, le moment et la situation dans lesquels la personne se trouve ? Quelles doivent être les conditions d’application des raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Comment concilier d’éventuelles restrictions à la liberté d’aller et venir en établissement sanitaire et médico-social et le droit à la vie privée ? Quelles sont les attentes et les responsabilités des usagers et de leur entourage sur le dilemme entre la liberté d’aller et venir et les obligations de soins et de sécurité dans les établissements ?</t>
   </si>
   <si>
     <t>11/01/2005 00:00:00</t>
   </si>
   <si>
-    <t>09/27/2012 16:05:00</t>
-[...401 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272395/en/doctors-attendance-on-detainees-in-police-custody</t>
+    <t>01/12/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272394/fr/liberte-d-aller-et-venir-dans-les-etablissements-sanitaires-et-medico-sociaux-et-obligation-de-soins-et-de-securite</t>
+  </si>
+  <si>
+    <t>c_272394</t>
+  </si>
+  <si>
+    <t>Intervention du médecin auprès des personnes en garde à vue</t>
+  </si>
+  <si>
+    <t>L’objectif de cette conférence de consensus est de fournir des recommandations sur les modalités d’intervention du médecin lorsqu'il est amené à examiner une personne en garde à vue. Les missions du médecin dans le contexte de la garde à vue sont précisées et des recommandations sont formulées sur le contenu de la réponse médicale ; en particulier, un modèle de certificat et de dossier médical est fourni. Les conduite à tenir dans les situations médicales les plus courantes en garde à vue sont abordées. Des recommandations sont formulées concernant les médecins susceptibles d’intervenir ainsi que sur le lieu et les conditions de l'examen médical. Les problèmes posés par les conditions de la garde à vue sont abordés de même que ceux liés au respect du secret professionnel et à la mise en jeu de la responsabilité du médecin.</t>
+  </si>
+  <si>
+    <t>18/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272395/fr/intervention-du-medecin-aupres-des-personnes-en-garde-a-vue</t>
   </si>
   <si>
     <t>c_272395</t>
   </si>
   <si>
-    <t>Indications for liver transplantation (19-20 January 2005)</t>
-[...5 lines deleted...]
-    <t>03/08/2005 00:00:00</t>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
+    <t>Modalités de prise de décision concernant l’indication en urgence d’une hospitalisation sans consentement d’une personne présentant des troubles mentaux</t>
+  </si>
+  <si>
+    <t>Préciser les acteurs concernés et les éléments à prendre en compte pour décider d’une hospitalisation sans consentement (hospitalisation à la demande d’un tiers ou hospitalisation d’office) : Patients potentiellement concernés Intervenant pré-hospitaliers concernés Appréciation de la capacité à consentir aux soins Moyens favorisant l’obtention d’un consentement aux soins Évaluation de l’entourage familial et social avant la mise en œuvre d’une hospitalisation sans consentement Indications d’une hospitalisation sans consentement Alternatives éventuelles à l’hospitalisation sans consentement Modalités de mise en œuvre d’une hospitalisation sans consentement (rédaction des certificats, modalités de transport, modalités d’accueil hospitalier)</t>
+  </si>
+  <si>
+    <t>01/04/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272435/fr/modalites-de-prise-de-decision-concernant-l-indication-en-urgence-d-une-hospitalisation-sans-consentement-d-une-personne-presentant-des-troubles-mentaux</t>
+  </si>
+  <si>
+    <t>c_272435</t>
+  </si>
+  <si>
+    <t>Prise en charge de la psychopathie</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations pour : Le diagnostic et la prise en charge des adultes dont l’organisation de la personnalité est à expression psychopathique, tant dans le domaine psychiatrique, que social, que judiciaire. Le repérage et la prise en charge des enfants et des adolescents ayant des troubles des conduites potentiellement à risque d’évolution vers une organisation de la personnalité à expression psychopathique.</t>
+  </si>
+  <si>
+    <t>01/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272478/fr/prise-en-charge-de-la-psychopathie</t>
+  </si>
+  <si>
+    <t>c_272478</t>
+  </si>
+  <si>
+    <t>Prévention des chutes accidentelles chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Médicaments, atteintes sensitives, cognitives ou motrices, comportement, environnement, de nombreux facteurs peuvent favoriser les chutes chez la personne âgée.</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272503/fr/prevention-des-chutes-accidentelles-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_272503</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Médicament  en accès précoce : ce qu'il faut savoir</t>
+  </si>
+  <si>
+    <t>Une autorisation d’accès précoce permet à des personnes qui en ont un besoin urgent, de prendre un médicament sans attendre qu’il ait franchi les dernières étapes du processus de recherche et d'évaluation. C’est une solution pour qu’une personne qui a une maladie grave, rare ou invalidante reçoive rapidement un médicament lorsqu’il n’existe pas d’autre traitement approprié pour elle et que son état de santé ne permet pas d’attendre.</t>
+  </si>
+  <si>
+    <t>08/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274374/fr/medicament-en-acces-precoce-ce-qu-il-faut-savoir</t>
+  </si>
+  <si>
+    <t>p_3274374</t>
+  </si>
+  <si>
+    <t>Opioïdes : prévenir le risque de surdose</t>
+  </si>
+  <si>
+    <t>Bon usage des opioïdes : la HAS publie 2 documents d’information à destination des patients pour prévenir le risque de surdose d'opioïdes. Elles visent à informer d'une part les personnes souffrant de douleurs chroniques et d'autre part les usagers de drogues à qui sont prescrits des médicaments opioïdes.</t>
+  </si>
+  <si>
+    <t>06/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2023 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425923/fr/opioides-prevenir-le-risque-de-surdose</t>
+  </si>
+  <si>
+    <t>p_3425923</t>
+  </si>
+  <si>
+    <t>COVID-19 - Évaluer ses risques avec l’équipe de soins et adapter son mode de vie</t>
+  </si>
+  <si>
+    <t>Vous êtes atteint d’une maladie chronique ou avez plus de 65 ans ? Vous êtes possiblement exposé à un risque de forme grave de COVID-19. À l’occasion de la sortie du confinement, vous pouvez échanger avec votre médecin ou votre équipe de soins. Vous déciderez alors des adaptations de votre mode de vie en fonction de votre situation.</t>
+  </si>
+  <si>
+    <t>11/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189294/fr/covid-19-evaluer-ses-risques-avec-l-equipe-de-soins-et-adapter-son-mode-de-vie</t>
+  </si>
+  <si>
+    <t>p_3189294</t>
+  </si>
+  <si>
+    <t>Diabète : poursuivre ses soins et faire face au COVID-19</t>
+  </si>
+  <si>
+    <t>Vous êtes diabétique et vous sortez le moins possible. Il est indispensable de rester très attentif à votre équilibre glycémique et de faire le point avec votre médecin et vos autres soignants sur les soins que vous ne devez pas reporter et les traitements que vous ne devez pas modifier sans leur avis.</t>
+  </si>
+  <si>
+    <t>30/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2020 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182187/fr/diabete-poursuivre-ses-soins-et-faire-face-au-covid-19</t>
+  </si>
+  <si>
+    <t>p_3182187</t>
+  </si>
+  <si>
+    <t>Helicobacter pylori : recherche et traitement</t>
+  </si>
+  <si>
+    <t>Votre médecin vous a prescrit un examen pour rechercher la bactérie Helicobacter pylori ou vous allez recevoir un traitement pour éliminer cette infection. Ces fiches d'information ont pour objectif de vous accompagner et de vous apporter toutes les informations utiles.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
   </si>
   <si>
     <t>c_2911396</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
+    <t>Parler avec son médecin</t>
+  </si>
+  <si>
+    <t>En parlant avec votre médecin vous pouvez éviter des malentendus et des erreurs. Tout est important : l’orthographe de votre nom, vos problèmes de santé, un changement de médicament, les effets inattendus que vous ressentez, etc. Votre sécurité dépend de la vigilance de tous, y compris de la vôtre.</t>
+  </si>
+  <si>
+    <t>06/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2013 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695997/fr/parler-avec-son-medecin</t>
+  </si>
+  <si>
+    <t>c_1695997</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS mobilisée pour la santé des femmes</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée internationale d’action pour la santé de la femme, mercredi 28 mai 2025, la HAS fait le point sur ses dernières recommandations élaborées sur cet enjeu majeur. Avec une priorité : améliorer la prise en charge des femmes et mieux les accompagner tout au long de leur vie.</t>
+  </si>
+  <si>
+    <t>27/05/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608167/fr/la-has-mobilisee-pour-la-sante-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3608167</t>
+  </si>
+  <si>
+    <t>La HAS adopte son nouveau programme « santé mentale et psychiatrie » 2025-2030</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) adopte son programme pluriannuel dédié à la santé mentale et à la psychiatrie pour la période 2025-2030. Avec ce 3e programme, la HAS intensifie son engagement dans ce champ afin d’améliorer le parcours de santé des personnes, dès l’émergence de troubles de la santé mentale, et de mieux prendre en charge les troubles les plus sévères. Une feuille de route y est associée, qui définit les priorités pour 2025.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:30:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590541/fr/la-has-adopte-son-nouveau-programme-sante-mentale-et-psychiatrie-2025-2030</t>
+  </si>
+  <si>
+    <t>p_3590541</t>
+  </si>
+  <si>
+    <t>29 propositions pour que le numérique en santé remplisse ses promesses</t>
+  </si>
+  <si>
+    <t>La révolution numérique est largement engagée dans le champ de la santé, et s’esquisse dans le champ social et médico-social : accès facilité aux soins et aux accompagnements, mobilisation des données, amélioration des pratiques professionnelles et des parcours, recours à l’intelligence artificielle. Autant de promesses qui imposent d’agir dès à présent pour que le numérique apporte des solutions utiles et efficaces. Dans un rapport prospectif qu’elle publie ce jour, la HAS développe 29 propositions pour une mobilisation de tous : usagers, professionnels, industriels et Etat.</t>
+  </si>
+  <si>
+    <t>19/06/2019 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058311/fr/29-propositions-pour-que-le-numerique-en-sante-remplisse-ses-promesses</t>
+  </si>
+  <si>
+    <t>p_3058311</t>
+  </si>
+  <si>
+    <t>Episodes de violence des patients hospitalisés en psychiatrie : comment les éviter ? comment mieux les gérer ?</t>
+  </si>
+  <si>
+    <t>Dans un service de psychiatrie, trois incidents violents se produiraient chaque semaine, soit environ 500 000 incidents par an en France*. Ces épisodes de violence de patients hospitalisés, signes d’une souffrance psychique profonde, ont des conséquences délétères sur les professionnels comme sur les autres patients qui en sont victimes ou témoins. Ils pourraient pourtant être évités dans plus de la moitié des cas, mais aussi mieux pris en charge lorsqu’ils surviennent, en évitant le recours aux mesures de restriction de liberté. La HAS publie aujourd’hui un travail sur ce sujet longtemps tabou et victime de nombreux clichés, pour aider les professionnels à délivrer les meilleurs soins possibles.</t>
+  </si>
+  <si>
+    <t>22/11/2016 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2724825/fr/episodes-de-violence-des-patients-hospitalises-en-psychiatrie-comment-les-eviter-comment-mieux-les-gerer</t>
+  </si>
+  <si>
+    <t>c_2724825</t>
+  </si>
+  <si>
+    <t>Greffe rénale : assurer un accès équitable à la liste d’attente</t>
+  </si>
+  <si>
+    <t>La greffe d'un rein est le meilleur traitement pour la plupart des personnes atteintes d’insuffisance rénale chronique terminale. Si l’attribution d’un greffon relève d’un barème de points fixé par la réglementation, l’accès à la liste d'attente est laissé à l’appréciation des équipes médicales. Or des inégalités d’accès à cette liste existent aujourd'hui en France (en termes d’âge, de genre, de comorbidités, de délais d’inscription) et la HAS estime qu’au moins 1 800 personnes non inscrites pourraient y accéder. Pour réduire ces inégalités et uniformiser les pratiques, la HAS publie des recommandations pour aider la décision des professionnels après échanges avec les patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2576087/fr/greffe-renale-assurer-un-acces-equitable-a-la-liste-d-attente</t>
+  </si>
+  <si>
+    <t>c_2576087</t>
+  </si>
+  <si>
+    <t>Dépression de l’adolescent : comment repérer et prendre en charge ?</t>
+  </si>
+  <si>
+    <t>On estime que près de 8 % des adolescents entre 12 et 18 ans souffriraient d’une dépression. Or à cet âge, la dépression passe souvent inaperçue : l’adolescent a des difficultés à exprimer ses ressentis, manifeste sa souffrance différemment des adultes et sa dépression peut être confondue avec les sentiments de déprime, courants à l'adolescence.</t>
+  </si>
+  <si>
+    <t>16/12/2014 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1795182/fr/depression-de-l-adolescent-comment-reperer-et-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_1795182</t>
+  </si>
+  <si>
+    <t>Cancer du sein : quel dépistage selon vos facteurs de risque ?</t>
+  </si>
+  <si>
+    <t>En France, les femmes âgées de 50 à 74 ans sont invitées à participer au programme national de dépistage organisé du cancer du sein et celles porteuses d’une mutation génétique (BRCA1 et 2) bénéficient d’un suivi spécifique défini par l’Institut National du Cancer (INCa). Pourtant, d’autres facteurs de risque de cancer du sein existent. Ils peuvent inquiéter les femmes et donner lieu à des pratiques de dépistage hétérogènes.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741484/fr/cancer-du-sein-quel-depistage-selon-vos-facteurs-de-risque</t>
+  </si>
+  <si>
+    <t>c_1741484</t>
+  </si>
+  <si>
+    <t>Arrêter de fumer et ne pas rechuter : la recommandation 2014 de la HAS</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. La HAS fait le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Considérant que les professionnels de santé sont insuffisamment informés et formés, la HAS propose des outils pratiques pour les aider à suivre et accompagner leurs patients.</t>
+  </si>
+  <si>
+    <t>21/01/2014 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719643/fr/arreter-de-fumer-et-ne-pas-rechuter-la-recommandation-2014-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1719643</t>
+  </si>
+  <si>
+    <t>L’essentiel sur votre patient « en un clic »</t>
+  </si>
+  <si>
+    <t>L’élaboration, à partir du dossier informatisé, par le médecin traitant, d’une synthèse annuelle pour chacun de ses patients est inscrite dans la Convention médicale de 2011 entre l’Assurance Maladie et les médecins libéraux. Sur la base des travaux de la HAS réalisés en lien avec les représentants des médecins généralistes et de l’ASIP Santé, la synthèse médicale sera progressivement et automatiquement mise à disposition des professionnels de santé dans leurs logiciels métiers habituels. Elle est particulièrement utile pour le suivi de patients souffrant d’une pathologie chronique</t>
+  </si>
+  <si>
+    <t>12/11/2013 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1681363/fr/l-essentiel-sur-votre-patient-en-un-clic</t>
+  </si>
+  <si>
+    <t>c_1681363</t>
+  </si>
+  <si>
+    <t>Troubles du sommeil : stop à la prescription systématique de somnifères chez les personnes âgées</t>
+  </si>
+  <si>
+    <t>Après 65 ans, le sommeil évolue : nuits plus courtes, réveils plus fréquents, sommeil fractionné sur la journée, ... Ces modifications d'ordre physiologique chez les personnes âgées sont source de plaintes du sommeil en consultation et débouchent trop souvent sur une prescription de somnifères. Près d’un tiers des personnes de plus de 65 ans consomme des somnifères de manière chronique, et dans plus d’un cas sur deux, ces traitements ne seraient pas indiqués. Ces somnifères peuvent provoquer des effets délétères : dépendance, chutes et troubles de la mémoire. Quel sommeil après 65 ans ? Comment aborder la question des troubles du sommeil en consultation ? Quel usage des somnifères ? Comment les arrêter ? Avec quel accompagnement ? Est-il possible de retrouver un sommeil de qualité sans médicament ?</t>
+  </si>
+  <si>
+    <t>25/09/2012 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1299994/fr/troubles-du-sommeil-stop-a-la-prescription-systematique-de-somniferes-chez-les-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_1299994</t>
+  </si>
+  <si>
+    <t>Cancer du sein, un nouveau souffle pour le dépistage organisé</t>
+  </si>
+  <si>
+    <t>Depuis 2004, la France a mis en place un dépistage organisé du cancer du sein afin de permettre à toutes les femmes de 50 à 74 ans d’accéder à une prise en charge précoce et de qualité. Ce dispositif national coexiste avec un dépistage individuel. Il ne bénéficie, huit ans plus tard, qu’à la moitié des femmes concernées. Les recommandations que publie aujourd’hui la Haute Autorité de Santé, à la demande de la Direction générale de la santé, visent à améliorer cette situation.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1196105/fr/cancer-du-sein-un-nouveau-souffle-pour-le-depistage-organise</t>
+  </si>
+  <si>
+    <t>c_1196105</t>
+  </si>
+  <si>
+    <t>Mise au point de la Haute Autorité de Santé sur Mediator®</t>
+  </si>
+  <si>
+    <t>A la suite d’informations parues ce jour dans la presse concernant l’évaluation de Mediator® par la Commission de la Transparence, la Haute Autorité de Santé tient à apporter les précisions suivantes.</t>
+  </si>
+  <si>
+    <t>14/01/2011 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1004608/fr/mise-au-point-de-la-haute-autorite-de-sante-sur-mediator</t>
+  </si>
+  <si>
+    <t>c_1004608</t>
+  </si>
+  <si>
+    <t>Améliorer la prescription des psychotropes chez la personne âgée</t>
+  </si>
+  <si>
+    <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) constitue un problème de santé majeur et complexe, particulièrement chez les personnes âgées. Afin d’améliorer les pratiques de prescription et l’usage des psychotropes, la HAS a réuni des professionnels de santé et des institutionnels, en étroite collaboration avec le ministère de la Santé, de la Jeunesse et des Sports. Les travaux conduits depuis 2006 ont permis d’établir un état des lieux des situations cliniques de prescription des psychotropes chez la personne âgée et de proposer un ensemble d’actions concertées pour les deux années à venir.</t>
+  </si>
+  <si>
+    <t>07/11/2007 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601523/fr/ameliorer-la-prescription-des-psychotropes-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_601523</t>
+  </si>
+  <si>
+    <t>La HAS recommande le subventionnement d’une démarche individuelle active de sevrage tabagique</t>
+  </si>
+  <si>
+    <t>Dans le cadre des mesures et réflexions relatives à la lutte contre le tabagisme, le ministre de la Santé et des Solidarités a souhaité, par une lettre en date du 10 octobre 2006, disposer de l’avis de la Haute Autorité de Santé sur les analyses disponibles et les moyens d’encourager et d'aider au sevrage tabagique.</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477331/fr/la-has-recommande-le-subventionnement-d-une-demarche-individuelle-active-de-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>c_477331</t>
+  </si>
+  <si>
+    <t>Abus, dépendances et polyconsommations :stratégies de soins</t>
+  </si>
+  <si>
+    <t>La HAS organise, à la demande de la Fédération française d’addictologie, une audition publique sur le thème : « Abus, dépendances et polyconsommations :stratégies de soins »</t>
+  </si>
+  <si>
+    <t>19/01/2007 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476052/fr/abus-dependances-et-polyconsommations-strategies-de-soins</t>
+  </si>
+  <si>
+    <t>c_476052</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'ostéoporose : la HAS publie une synthèse à destination des professionnels de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé publie une synthèse sur les différents aspects de la prise en charge de l'ostéoporose : la prévention, le diagnostic, qui repose sur l'ostéodensitométrie et les traitements médicamenteux de l'ostéoporose. L'ostéoporose est une maladie diffuse du squelette qui engendre une fragilité osseuse responsable d'une augmentation du risque de fracture. En ce qui concerne le diagnostic, la HAS a rendu un avis favorable pour le remboursement de l'ostéodensitométrie dans certaines indications. Elle a également réévalué les traitements de l'ostéoporose et rendu des avis favorables quant à leur remboursement dans la prévention des fractures.</t>
+  </si>
+  <si>
+    <t>29/09/2006 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_437005/fr/prise-en-charge-de-l-osteoporose-la-has-publie-une-synthese-a-destination-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_437005</t>
+  </si>
+  <si>
+    <t>15/12/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240671/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_240671</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Évaluation de l’acte de nécrosectomie par voie d’abord endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
+  </si>
+  <si>
+    <t>Acte mini-invasif de nécrosectomie par voie d’abord endoscopique transluminale transmurale (transgastrique ou transduodénale), dans le traitement de la pancréatite aiguë nécrosante, en cas d’absence d’amélioration clinique après drainage.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/16/2024 12:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
+    <t>16/12/2024 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498436/fr/evaluation-de-l-acte-de-necrosectomie-par-voie-d-abord-endoscopique-transluminale-dans-le-traitement-de-la-pancreatite-aigue-necrosante</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
-    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
   </si>
   <si>
     <t>p_3453213</t>
   </si>
   <si>
-    <t>Metabolic surgery: surgical treatment of type 2 diabetes</t>
-[...5 lines deleted...]
-    <t>10/06/2022 00:00:00</t>
+    <t>Évaluation du repérage préopératoire du site de la stomie</t>
+  </si>
+  <si>
+    <t>Repérage préopératoire du site de la stomie, démarche éducative (informations et conseils), qualité de vie, complications postopératoires</t>
+  </si>
+  <si>
+    <t>30/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2023 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332705/fr/evaluation-du-reperage-preoperatoire-du-site-de-la-stomie</t>
+  </si>
+  <si>
+    <t>p_3332705</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Chirurgie métabolique : traitement chirurgical du diabète de type 2 - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque de la CM : en effet, il s’agit de proposer une prise en charge chirurgicale à une population qui n’est éligible à ce jour qu’à une approche pharmacologique (per os et/ou injectable).Déterminer le plus précisément possible la population cible susceptible de bénéficier de la chirurgie métabolique.</t>
+  </si>
+  <si>
+    <t>06/10/2022 00:00:00</t>
   </si>
   <si>
     <t>10/10/2022 12:17:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3303025/en/metabolic-surgery-surgical-treatment-of-type-2-diabetes</t>
+    <t>https://www.has-sante.fr/jcms/p_3303025/fr/chirurgie-metabolique-traitement-chirurgical-du-diabete-de-type-2-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3303025</t>
   </si>
   <si>
-    <t>Needle-based confocal endomicroscopy for the characterisation of pancreatic cystic tumours - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305438/en/needle-based-confocal-endomicroscopy-for-the-characterisation-of-pancreatic-cystic-tumours-inahta-brief</t>
+    <t>Endomicroscopie confocale par aiguille de ponction pour la caractérisation des tumeurs kystiques pancréatiques</t>
+  </si>
+  <si>
+    <t>En réponse à une saisine de la CNAM, la HAS a évalué le bénéfice/risque de l’endomicroscopie confocale pour la caractérisation des tumeurs kystiques pancréatiques, défini ses indications et ses conditions de réalisation et rendu à cette issue un avis sur le bien-fondé de l’inscription de cet acte à la classification commune des actes médicaux.</t>
+  </si>
+  <si>
+    <t>25/07/2022 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305438/fr/endomicroscopie-confocale-par-aiguille-de-ponction-pour-la-caracterisation-des-tumeurs-kystiques-pancreatiques</t>
   </si>
   <si>
     <t>p_3305438</t>
   </si>
   <si>
-    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Pancreatic islet transplantation - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+    <t>Actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire pour analyse de génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de préciser l’intérêt, les indications et les modalités de réalisation des actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire en anatomocytopathologie, en vue d’une analyse en génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>18/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Treatment of superficial stomach cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Spécificités méthodologiques d’évaluation clinique des dispositifs médicaux connectés</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS évalue des dispositifs médicaux connectés ayant des finalités d’usage multiples. Leurs caractéristiques techniques, notamment la rapidité d’évolution de ces solutions technologiques et les interactions multiples qu’elles permettent entre patients, aidants, soignants et autres dispositifs médicaux ou objets, l’intégration de systèmes experts (apprenants ou non) traitant les données imposent un questionnement sur les méthodes les plus appropriées pour leur évaluation clinique.</t>
+  </si>
+  <si>
+    <t>29/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2019 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845863/fr/specificites-methodologiques-d-evaluation-clinique-des-dispositifs-medicaux-connectes</t>
+  </si>
+  <si>
+    <t>c_2845863</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’estomac</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’estomac jugé à faible risque d’envahissement ganglionnaire, en comparaison à la gastrectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853383/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-estomac</t>
   </si>
   <si>
     <t>c_2853383</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Quelle place pour les benzodiazépines dans l’anxiété ?</t>
+  </si>
+  <si>
+    <t>Les benzodiazépines ne doivent pas être banalisées: elles sont efficaces sur une courte période, elles ne traitent pas les causes de l’anxiétémais ses symptômes, elles sont responsables de nombreux effets indésirables aux conséquences parfois graves. Les traitements non médicamenteux proposés dans l’anxiété doivent précéder la prescription de benzodiazépines. Leur utilisation doit respecter : la dose minimum utile, une durée brève d’utilisation qui ne doit pas excéder 12 semaines, l’information au patient sur les conditions du traitement, les effets indésirables, les précautions à respecter, les modalités d’arrêt et la réévaluation programmée de son intérêt, l’anticipation de la réévaluation de la situation du patient et des modalités de fin de traitement dès la première prescription. L’arrêt d’un traitement prolongé par benzodiazépines doit toujours être envisagé. Sa mise en œuvre doit être progressive.</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2018 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863043/fr/quelle-place-pour-les-benzodiazepines-dans-l-anxiete</t>
+  </si>
+  <si>
+    <t>c_2863043</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>04/16/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+    <t>16/04/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude HAS - ANSM</t>
+  </si>
+  <si>
+    <t>La HAS publie avec l’ANSM une étude portant sur l’efficacité et la sécurité des différentes gammes de stents coronaires « en vie réelle » en France.</t>
+  </si>
+  <si>
+    <t>30/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829945/fr/endoprotheses-coronaires-stents-rapport-d-etude-has-ansm</t>
+  </si>
+  <si>
+    <t>c_2829945</t>
+  </si>
+  <si>
+    <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
   </si>
   <si>
     <t>c_2641074</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+    <t>Quelle place pour les benzodiazépines dans l’insomnie ?</t>
+  </si>
+  <si>
+    <t>Leur indication est limitée à un traitement à court-terme des troubles sévères du sommeil chez l’adulte : insomnie occasionnelle et transitoire. Les traitements non médicamenteux proposés dans l’insomnie doivent précéder la prescription de benzodiazépines. La prescription d’hypnotiques, benzodiazépines ou apparentés, ne doit pas être banalisée, car, si elle facilite le sommeil, elle ne résout pas les causes de l’insomnie qui doivent être recherchées. Elle peut être à l’origine de nombreux effets indésirables aux conséquences parfois graves. Leur usage requiert le respect de règles précises : dose minimum utile, prescription limitée à 28 jours, information au patient. Une anticipation des modalités de fin de traitement doit être mise en œuvre dès la première prescription.</t>
+  </si>
+  <si>
+    <t>14/04/2017 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015058/fr/quelle-place-pour-les-benzodiazepines-dans-l-insomnie</t>
+  </si>
+  <si>
+    <t>c_2015058</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
+  </si>
+  <si>
+    <t>11/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>09/28/2016 00:00:00</t>
+    <t>28/09/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
+  </si>
+  <si>
+    <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
+  </si>
+  <si>
+    <t>01/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
+  </si>
+  <si>
+    <t>c_2659301</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>La Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) a effectué la révision des dispositifs médicaux et prestations associées pour le traitement de l’apnée du sommeil inscrits à la liste des produits et prestations remboursables (LPPR). En parallèle, à la demande du Comité économique des produits de santé, une évaluation économique des traitements de l’apnée du sommeil a été réalisée par la Commission évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761818/fr/evaluation-clinique-et-economique-des-dispositifs-medicaux-et-prestations-associees-pour-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos</t>
+  </si>
+  <si>
+    <t>c_1761818</t>
+  </si>
+  <si>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
   </si>
   <si>
-    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>Conditions pré-analytiques de réalisation de la recherche du génome (ADN) des Papillomavirus Humains (HPV) oncogènes à partir de frottis cervico-utérins – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>L'objectif de travail qui se place dans le cadre de l'indication de recherche du génome (ADN) des HPV oncogènes, recommandée et prise en charge par l'Assurance Maladie (frottis cervico-utérin ASC-US), était : * d'identifier les facteurs pré-analytiques succeptibles d'interférer avec les résultats de la recherche du génome (ADN) et des HPV oncogènes * d'établir les conditions de réalisation de la phase pré-analytique de cette recherche</t>
+  </si>
+  <si>
+    <t>02/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2013 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264004/fr/conditions-pre-analytiques-de-realisation-de-la-recherche-du-genome-adn-des-papillomavirus-humains-hpv-oncogenes-a-partir-de-frottis-cervico-uterins-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1264004</t>
+  </si>
+  <si>
+    <t>Traitement de la dépression : quelle place pour la tianeptine (Stablon®) ?</t>
+  </si>
+  <si>
+    <t>Les antidépresseurs sont à réserver aux seules dépressions caractérisées d’intensité modérée à sévère ; ils doivent toujours être associés à une prise en charge globale et à une psychothérapie.</t>
+  </si>
+  <si>
+    <t>20/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1637734/fr/traitement-de-la-depression-quelle-place-pour-la-tianeptine-stablon</t>
+  </si>
+  <si>
+    <t>c_1637734</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Prévention cardio-vasculaire : le choix de la statine la mieux adaptée dépend de son efficacité et de son efficience</t>
+  </si>
+  <si>
+    <t>La prévention cardio-vasculaire repose d’abord sur la mise en oeuvre de mesures hygiéno-diététiques. Si la prescription d’une statine est jugée nécessaire, le choix de la molécule et de sa dose dépend du niveau de risque du patient, de l’existence ou non d’antécédents cardio-vasculaires, du taux initial de LDL-cholestérol (LDL-c) et de la réduction du LDL-c recherchée. On préférera la statine ayant, dans ces conditions, la meilleure efficience (rapport coût/efficacité).</t>
+  </si>
+  <si>
+    <t>02/02/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439693/fr/prevention-cardio-vasculaire-le-choix-de-la-statine-la-mieux-adaptee-depend-de-son-efficacite-et-de-son-efficience</t>
+  </si>
+  <si>
+    <t>r_1439693</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour la ventilation mécanique à domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations de ventilation mécanique sur la LPPR. La ventilation mécanique est indiquée chez les patients atteints d’insuffisance respiratoire chronique avec hypoventilation alvéolaire (caractérisée par une hypercapnie).</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2012 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1348270/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-la-ventilation-mecanique-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1348270</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Evaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anevrisme) : Indications cranioencéphaliques et vertébromédullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications craniocéphaliques et vertébromédullaires ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>19/12/2011 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148862/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-cranioencephaliques-et-vertebromedullaires</t>
+  </si>
+  <si>
+    <t>c_1148862</t>
+  </si>
+  <si>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Conditions de réalisation des actes d'implantologie orale : environnement technique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport d’évaluation technologique est d’aider les professionnels de santé concernés : chirurgiens-dentistes, stomatologues, chirurgiens maxillo-faciaux dans leur pratique de la chirurgie implantaire et plus spécifiquement sur les conditions techniques à réunir pour poser des implants intrabuccaux selon les données scientifiques actuelles.</t>
+  </si>
+  <si>
+    <t>02/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_679792/fr/conditions-de-realisation-des-actes-d-implantologie-orale-environnement-technique</t>
+  </si>
+  <si>
+    <t>c_679792</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision N°2025.0040/DC/SBP du 6 février 2025 du collège de la Haute Autorité de santé portant adoption de la fiche points-clés, de la synthèse des points critiques, des fiches outils et de l’argumentaire méthodologique « Accompagner dès le premier recours pour diminuer le risque alcool des femmes »</t>
+  </si>
+  <si>
+    <t>06/02/2025 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590187/fr/decision-n2025-0040/dc/sbp-du-6-fevrier-2025-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-fiche-points-cles-de-la-synthese-des-points-critiques-des-fiches-outils-et-de-l-argumentaire-methodologique-accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3590187</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0271/DC/SBP du 20 juillet 2023 du collège de la Haute Autorité de santé portant adoption de la fiche points-clés, de la synthèse des points critiques, de l’outil d’aide au premier recours et de l’argumentaire méthodologique « Agir en premier recours pour diminuer le risque alcool : repérer tous les usages et accompagner chaque personne »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant les publications accessibles par le lien situé dans l'encadré "Voir aussi".</t>
+  </si>
+  <si>
+    <t>20/07/2023 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467970/fr/decision-n2023-0271/dc/sbp-du-20-juillet-2023-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-fiche-points-cles-de-la-synthese-des-points-critiques-de-l-outil-d-aide-au-premier-recours-et-de-l-argumentaire-methodologique-agir-en-premier-recours-pour-diminuer-le-risque-alcool-reperer-tous-les-usages-et-accompagner-chaque-personne</t>
+  </si>
+  <si>
+    <t>p_3467970</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0043/DC/SBP du 11 février 2021 du collège de la Haute Autorité de santé portant adoption du document intitulé « Outil d’aide au repérage précoce et à l’intervention brève : alcool, cannabis, tabac chez l’adulte »</t>
+  </si>
+  <si>
+    <t>11/02/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>12/02/2021 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237616/fr/decision-n-2021-0043/dc/sbp-du-11-fevrier-2021-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-document-intitule-outil-d-aide-au-reperage-precoce-et-a-l-intervention-breve-alcool-cannabis-tabac-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3237616</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0001/AC/SA3P du 7 janvier 2021 du collège de la Haute Autorité de santé relatif au protocole de coopération « Repérage vasculaire par échographie et ponction échoguidée d’une fistule artérioveineuse chez un patient hémodialysé réalisé par un infirmier »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’Agence régionale de santé de la région Grand Est a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération entre professionnels de santé « Repérage vasculaire par échographie et ponction échoguidée d’une fistule artérioveineuse chez un patient hémodialysé réalisé par un infirmier ». Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>07/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233006/fr/avis-n-2021-0001/ac/sa3p-du-7-janvier-2021-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-reperage-vasculaire-par-echographie-et-ponction-echoguidee-d-une-fistule-arterioveineuse-chez-un-patient-hemodialyse-realise-par-un-infirmier</t>
+  </si>
+  <si>
+    <t>p_3233006</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0017/AC/SA3P du 12 février 2020 du collège de la Haute Autorité de santé relatif au protocole de coopération « Première consultation d’alcoologie par une infirmière, pour des patients adressés par un service des urgences »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’Agence régionale de santé de la région Ile de France a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération entre professionnels de santé « Première consultation d’alcoologie par une infirmière, pour des patients adressés par un service des urgences » Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>12/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2020 15:30:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152619/fr/avis-n-2020-0017/ac/sa3p-du-12-fevrier-2020-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-premiere-consultation-d-alcoologie-par-une-infirmiere-pour-des-patients-adresses-par-un-service-des-urgences</t>
+  </si>
+  <si>
+    <t>p_3152619</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0067/AC/SEAP du 18 décembre 2019 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale de l’acte de sélection et préparation d'un échantillon tissulaire fixé et inclus en paraffine pour analyse de génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de sélection et préparation d'un échantillon tissulaire fixé et inclus en paraffine pour analyse de génétique somatique des cancers. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir+ ».</t>
+  </si>
+  <si>
+    <t>18/12/2019 09:58:00</t>
+  </si>
+  <si>
+    <t>27/12/2019 10:36:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143846/fr/avis-n-2019-0067/ac/seap-du-18-decembre-2019-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-selection-et-preparation-d-un-echantillon-tissulaire-fixe-et-inclus-en-paraffine-pour-analyse-de-genetique-somatique-des-cancers</t>
+  </si>
+  <si>
+    <t>p_3143846</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0043/AC/SEAP du 10 juillet 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche «Greffe utérine à partir de donneur vivant»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche «Greffe utérine à partir de donneur vivant» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>10/07/2019 15:10:00</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076755/fr/avis-n-2019-0043/ac/seap-du-10-juillet-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-greffe-uterine-a-partir-de-donneur-vivant</t>
+  </si>
+  <si>
+    <t>p_3076755</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0042/DC/SEM du 14 mars 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du misoprostol dans le cadre d’une recommandation temporaire d’utilisation (prise en charge des fausses couches précoces)</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de GYMISO et de MISOONE (misoprostol) dans le cadre d’une recommandation temporaire d’utilisation, dans les indications « Prise en charge des fausses couches précoces du premier trimestre (avant 14 SA) en cas de grossesses arrêtées. Si l’expulsion est incomplète, une prise en charge chirurgicale complémentaire est à proposer», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>14/03/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>28/03/2018 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839097/fr/decision-n-2018-0042/dc/sem-du-14-mars-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-misoprostol-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-prise-en-charge-des-fausses-couches-precoces</t>
+  </si>
+  <si>
+    <t>c_2839097</t>
+  </si>
+  <si>
+    <t>DECISION n°2014.0075/DC du 2 avril 2014 et n°2017.0048/DC/SEM du 26 avril 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du baclofène (LIORESAL 10 mg et BACLOFENE ZENTIVA 10 mg) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant : * la pathologie, l’alcoolo-dépendance, pathologie sévère, pouvant engager le pronostic vital du patient ; * l’absence d’alternative appropriée et remboursable chez les patients en échec des médicaments actuellement disponibles ; * le fait que l’utilisation de ce médicament semble indispensable pour les patients alcoolodépendants à haut risque et en échec des traitements disponibles chez lesquels une aide au maintien de l'abstinence après sevrage ou une réduction majeure de la consommation d'alcool est nécessaire, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités LIORESAL 10 mg, comprimé sécable et BACLOFENE ZENTIVA 10 mg, comprimé doivent faire l’objet d’une prise en charge dérogatoire dans les indications : « Aide au maintien de l'abstinence après sevrage chez les patients dépendants à l'alcool et en échec des autres traitements disponibles », et « Réduction majeure de la consommation d'alcool jusqu'au niveau faible de la consommation telle que défini par l'OMS chez des patients alcoolo-dépendants à haut risque et en échec des traitements disponibles » sous réserve de la confirmation de l’efficacité et de la tolérance du baclofène par les études cliniques en cours. La prise en charge recommandée par la décision du 2 avril 2014 a été renouvelée par décision du Collège du 26 avril 2017.</t>
+  </si>
+  <si>
+    <t>26/04/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>10/05/2017 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741400/fr/decision-n2014-0075/dc-du-2-avril-2014-et-n2017-0048/dc/sem-du-26-avril-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-baclofene-lioresal-10-mg-et-baclofene-zentiva-10-mg-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1741400</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0210/DC/SEESP du 7 décembre 2016 du collège de la Haute Autorité de santé portant adoption de la recommandation intitulée «Prise en charge de l’hépatite C par les médicaments anti-viraux à action directe (AAD) - Elargissement du périmètre de remboursement »</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Prise en charge de l’hépatite C par les médicaments anti-viraux à action directe (AAD) - Elargissement du périmètre de remboursement », ci-jointe, est adoptée. Elle remplace la recommandation adoptée par décision n° 2016.0208/DC/SEESP du 30 novembre 2016, laquelle décision est retirée.</t>
+  </si>
+  <si>
+    <t>07/12/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>12/12/2016 14:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729280/fr/decision-n2016-0210/dc/seesp-du-7-decembre-2016-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-intitulee-prise-en-charge-de-l-hepatite-c-par-les-medicaments-anti-viraux-a-action-directe-aad-elargissement-du-perimetre-de-remboursement</t>
+  </si>
+  <si>
+    <t>c_2729280</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>Décision n°2014.0227/DC/SBPP du 12 novembre 2014 du collège de la Haute Autorité de santé portant adoption du document intitulé « Outil d’aide au repérage précoce et intervention brève : alcool, cannabis, tabac chez l’adulte »</t>
+  </si>
+  <si>
+    <t>12/11/2014 09:45:00</t>
+  </si>
+  <si>
+    <t>23/02/2015 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2016019/fr/decision-n2014-0227/dc/sbpp-du-12-novembre-2014-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-document-intitule-outil-d-aide-au-reperage-precoce-et-intervention-breve-alcool-cannabis-tabac-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2016019</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le référentiel concernant l'identification des troubles mnésiques et stratégie d’intervention chez les séniors de 70 ans et plus : saisine du 30 octobre 2014</t>
+  </si>
+  <si>
+    <t>Réponse à la saisine du 30 octobre 2014 en application de l’article L.161-39 du code de la sécurité sociale : Identification des troubles mnésiques et stratégie d’intervention chez les séniors de 70 ans et plus</t>
+  </si>
+  <si>
+    <t>10/12/2014 17:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2015 18:06:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011204/fr/avis-de-la-has-sur-le-referentiel-concernant-l-identification-des-troubles-mnesiques-et-strategie-d-intervention-chez-les-seniors-de-70-ans-et-plus-saisine-du-30-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_2011204</t>
+  </si>
+  <si>
+    <t>Avis de la HAS concernant l’évaluation du risque de chutes chez le sujet âgé autonome et sa prévention</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’article L.161-39 du Code de la sécurité sociale, la Haute Autorité de santé (HAS) a été saisie par la Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS) par un courrier en date du 3 juillet 2012 afin qu’elle rende un avis sur le score de risque de chute proposé par le Centre technique d'appui et de formation des Centres d'examens de santé (Cetaf) et son intégration dans l’actualisation du référentiel de pratiques des Centres d’examens de santé (CES).</t>
+  </si>
+  <si>
+    <t>27/03/2013 15:05:00</t>
+  </si>
+  <si>
+    <t>26/04/2013 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525705/fr/avis-de-la-has-concernant-l-evaluation-du-risque-de-chutes-chez-le-sujet-age-autonome-et-sa-prevention</t>
+  </si>
+  <si>
+    <t>c_1525705</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d'admission en  affection de longue durée (ALD) - Juin 2009</t>
+  </si>
+  <si>
+    <t>La loi du 13 août 2004 a confié trois missions à la HAS (art. R 161-71 CSS) dans le domaine des affections de longue durée (ALD) dont l’une est de formuler des recommandations sur les critères utilisés pour la définition des ALD, c’est-à-dire définir les conditions médicales nécessaires pour que les malades bénéficient d’une exonération de ticket modérateur, pour une affection donnée.</t>
+  </si>
+  <si>
+    <t>30/06/2009 17:49:00</t>
+  </si>
+  <si>
+    <t>01/10/2009 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817790/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affection-de-longue-duree-ald-juin-2009</t>
+  </si>
+  <si>
+    <t>c_817790</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>REFRESH (povidone, alcool polyvinylique/ povidone/ poly(alcool vinylique))</t>
+  </si>
+  <si>
+    <t>04/03/2016 12:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984189/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
+  </si>
+  <si>
+    <t>pprd_2984189</t>
+  </si>
+  <si>
+    <t>povidone, alcool polyvinylique,povidone,poly(alcool vinylique)</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490525/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036562/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613154/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Comprendre la certification pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>c_411173</t>
+  </si>
+  <si>
+    <t>5e cycle de certification</t>
+  </si>
+  <si>
+    <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>r_1495044</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
+    <t>Productions programmées en 2025</t>
+  </si>
+  <si>
+    <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
+  </si>
+  <si>
+    <t>18/01/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
   <si>
-    <t>Early access to medicinal products</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
+    <t>Comprendre la nouvelle évaluation des ESSMS</t>
+  </si>
+  <si>
+    <t>Les établissements et services sociaux et médico-sociaux sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations.</t>
+  </si>
+  <si>
+    <t>10/03/2022 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838131/fr/comprendre-la-nouvelle-evaluation-des-essms</t>
+  </si>
+  <si>
+    <t>c_2838131</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie, périmètre "ambulatoire", à partir du dossier patient : coordination à la sortie et prise en charge de la douleur (données 2024).</t>
+  </si>
+  <si>
+    <t>20/03/2023 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168693/fr/iqss-2025-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3168693</t>
+  </si>
+  <si>
+    <t>Feuille de route Santé-environnement de la HAS</t>
+  </si>
+  <si>
+    <t>Le changement climatique a des impacts négatifs sur la santé des populations, et le système de santé, bien que vital, contribue significativement aux émissions de gaz à effet de serre en France. Consciente de cette réalité, la HAS a élaboré en 2023 une feuille de route pour intégrer les enjeux environnementaux dans ses missions. Elle vise à réduire l'empreinte écologique du système de santé tout en améliorant les soins, en consolidant les critères environnementaux dans l'évaluation des technologies de santé, en élaborant des recommandations de bonnes pratiques, et en renforçant les critères de santé-environnement dans la mesure de la qualité des soins.</t>
+  </si>
+  <si>
+    <t>08/04/2025 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600384/fr/feuille-de-route-sante-environnement-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3600384</t>
+  </si>
+  <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
+    <t>Programme « santé mentale et psychiatrie » de la HAS</t>
+  </si>
+  <si>
+    <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1721760</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur PSY : Coordination et prises en charge somatiques en hospitalisation temps plein - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales (2021 en volontaire) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478923/fr/iqss-archives-secteur-psy-coordination-et-prises-en-charge-somatiques-en-hospitalisation-temps-plein-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3478923</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
+  </si>
+  <si>
+    <t>09/06/2022 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2913016</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie</t>
+  </si>
+  <si>
+    <t>Afin de poursuivre et renforcer son engagement dans le domaine de la santé mentale et de la psychiatrie, la HAS a créé en juillet 2024 le comité santé mentale et psychiatrie. Il remplace le comité de suivi « psychiatrie et santé mentale » mis en place en 2013.</t>
+  </si>
+  <si>
+    <t>17/10/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549127/fr/comite-sante-mentale-et-psychiatrie</t>
+  </si>
+  <si>
+    <t>p_3549127</t>
+  </si>
+  <si>
+    <t>Accréditation des établissements de santé étrangers</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
+  </si>
+  <si>
+    <t>23/05/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
+  </si>
+  <si>
+    <t>p_3433849</t>
+  </si>
+  <si>
+    <t>IQSS - secteur PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales (volontaire en 2021) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie, périmètre "ambulatoire", à partir du dossier patient : coordination à la sortie et prise en charge de la douleur.</t>
+  </si>
+  <si>
+    <t>20/03/2023 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417142/fr/iqss-secteur-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3417142</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479016/fr/iqss-archives-secteur-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3479016</t>
+  </si>
+  <si>
+    <t>La HAS adopte une feuille de route santé-environnement</t>
+  </si>
+  <si>
+    <t>Les impacts délétères du changement climatique sur la santé des populations sont indéniables. En parallèle, les activités du système de santé, tout en étant vitales, exercent une pression significative sur l'environnement. Elles contribuent au réchauffement climatique, représentant plus de 8 % des émissions de gaz à effet de serre de la France pour le secteur sanitaire et 1,3 % pour la branche autonomie. Elles engendrent aussi des nuisances spécifiques : stockage et utilisation de produits dangereux, productions de déchets à risque infectieux, rejets de liquides particuliers... La conscience grandissante de cette réalité a engendré une série d'initiatives des acteurs du système de santé, à l'échelle locale et nationale. La HAS entend également prendre toute sa part dans cette dynamique positive et essentielle pour l’avenir. Après avoir complété son projet stratégique 2019-2024 d’un volet sur les enjeux environnementaux et mené une première série d’actions, la HAS souhaite donner un cadre stratégique et opérationnel à son engagement d’intégrer, structurellement et sur le long terme, les enjeux de santé-environnement dans l’ensemble de ses missions et travaux.</t>
+  </si>
+  <si>
+    <t>28/11/2023 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3475967/fr/la-has-adopte-une-feuille-de-route-sante-environnement</t>
+  </si>
+  <si>
+    <t>p_3475967</t>
+  </si>
+  <si>
+    <t>Prescrire un médicament en accès précoce</t>
+  </si>
+  <si>
+    <t>Depuis juillet 2021, les différents régimes d’ATU, RTU ont été remplacés par deux dispositifs : l’accès compassionnel et l’accès précoce et une nouvelle répartition des rôles entre l’agence nationale du médicament (ANSM) et la HAS est en place. Ce que cela change pour les prescripteurs.</t>
+  </si>
+  <si>
+    <t>09/07/2021 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274103/fr/prescrire-un-medicament-en-acces-precoce</t>
+  </si>
+  <si>
+    <t>p_3274103</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Protocole de coopération entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>L’enjeu des protocoles de coopération entre professionnels de santé est de proposer une offre de soins élargie, de réduire les délais d’accès à une prise en charge en optimisant les parcours de soins, et ainsi apporter une réponse aux attentes des patients comme des professionnels.</t>
+  </si>
+  <si>
+    <t>04/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_978700/fr/protocole-de-cooperation-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_978700</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>Sevrage alcoolique : Baclocur®, thérapeutique de dernier recours</t>
+  </si>
+  <si>
+    <t>Baclocur® est un traitement de dernier recours chez les patients alcoolo-dépendants ayant une consommation d’alcool à risque élevé. Sa prescription est associée à un suivi psychosocial.</t>
+  </si>
+  <si>
+    <t>30/01/2020 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148608/fr/sevrage-alcoolique-baclocur-therapeutique-de-dernier-recours</t>
+  </si>
+  <si>
+    <t>p_3148608</t>
+  </si>
+  <si>
+    <t>Papillomavirus : la vaccination recommandée pour tous les garçons</t>
+  </si>
+  <si>
+    <t>En 2020, la vaccination contre le HPV devrait concernée tous les garçons de 11 à 14 ans. Un rattrapage sera possible jusqu’à 19 ans.</t>
+  </si>
+  <si>
+    <t>24/01/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147966/fr/papillomavirus-la-vaccination-recommandee-pour-tous-les-garcons</t>
+  </si>
+  <si>
+    <t>p_3147966</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - psychiatrie et santé mentale : outils pour l’expérimentation des indicateurs des thèmes « Pratiques d’isolement et de contention mécanique » (test 3)</t>
+  </si>
+  <si>
+    <t>La HAS a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville » et « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
+  </si>
+  <si>
+    <t>18/11/2019 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913575/fr/iqss-2019-psychiatrie-et-sante-mentale-outils-pour-l-experimentation-des-indicateurs-des-themes-pratiques-d-isolement-et-de-contention-mecanique-test-3</t>
+  </si>
+  <si>
+    <t>c_2913575</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Diabète de type 2  - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le diabète sucré est défini par l’élévation chronique de la concentration de glucose dans le sang (hyperglycémie) et regroupe plusieurs maladies de pathogénie différente (trouble de la sécrétion et/ou de l’action de l’insuline). En 2011, plus de 3 millions de personnes étaient traitées pour diabète. Le diabète de type 2 concerne 92 % des Français traités pour diabète. Il commence en général après 40 ans, est le plus souvent associé à un surpoids et à une répartition abdominale des graisses et à une forte hérédité familiale, de type polygénique.</t>
+  </si>
+  <si>
+    <t>31/03/2014 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906044/fr/diabete-de-type-2-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906044</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>04/30/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>30/04/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
+  </si>
+  <si>
+    <t>Études, rencontres et publications internationales</t>
+  </si>
+  <si>
+    <t>02/04/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500833/fr/etudes-rencontres-et-publications-internationales</t>
+  </si>
+  <si>
+    <t>r_1500833</t>
+  </si>
+  <si>
+    <t>Archives historiques</t>
+  </si>
+  <si>
+    <t>La Section archives de la HAS met à la disposition des chercheurs deux instruments de recherche. Il s’agit de répertoires numériques proposant une description détaillée.</t>
+  </si>
+  <si>
+    <t>05/05/2011 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_462982/fr/archives-historiques</t>
+  </si>
+  <si>
+    <t>c_462982</t>
+  </si>
+  <si>
+    <t>Un état des lieux fondé sur des témoignages d'usagers et de professionnels : la maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Écouter l'expérience et le ressenti des usagers des établissements de santé. Lieux d’excellence dans la prise en charge des patients, les établissements de santé sont aussi des lieux de vie pour les patients comme pour les professionnels qui y travaillent ; les logiques humaines, professionnelles ou d’organisation doivent se concilier, exercice délicat au quotidien. Les patients hospitalisés et leurs proches témoignent bien souvent et en même temps de l’humanité des professionnels de santé et des difficultés qu’ils ont rencontrées au sein de l’institution hospitalière.</t>
+  </si>
+  <si>
+    <t>27/01/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915259/fr/un-etat-des-lieux-fonde-sur-des-temoignages-d-usagers-et-de-professionnels-la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_915259</t>
+  </si>
+  <si>
+    <t>Prise en charge chirurgicale de l'obésité chez l’adulte - Dossier de presse</t>
+  </si>
+  <si>
+    <t>L’obésité est une maladie chronique. Elle peut, en particulier lorsqu’elle est sévère ou massive, entraîner des difficultés dans la vie de tous les jours. Elle peut également menacer la santé et provoquer des maladies comme le diabète, l’hypertension artérielle, l’hypercholestérolémie, le syndrome d’apnées du sommeil… La chirurgie de l’obésité aide à perdre du poids durablement et à contrôler ces maladies. Néanmoins, se faire opérer est une décision importante et nécessite une bonne préparation. Vous trouverez dans cet espace, les recommandations destinées aux professionnels, une fiche d’information destinée aux médecins traitants ; une brochure d’information destinée aux personnes obèses qui envisagent la chirurgie de l’obésité, des interviews vidéos, ...</t>
+  </si>
+  <si>
+    <t>21/10/2009 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865974/fr/prise-en-charge-chirurgicale-de-l-obesite-chez-l-adulte-dossier-de-presse</t>
+  </si>
+  <si>
+    <t>c_865974</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1913,3023 +11030,19019 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>81</v>
+      </c>
+      <c r="H14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" t="s">
+        <v>85</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...182 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>2951</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>2952</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>2953</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>2954</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>2955</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>2956</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>2951</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>2958</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>2959</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>2960</v>
       </c>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>2961</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>2962</v>
       </c>
       <c r="H3" t="s">
-        <v>34</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>2951</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>2964</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>2965</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>2966</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>2967</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>39</v>
+        <v>2968</v>
       </c>
       <c r="H4" t="s">
-        <v>40</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>2951</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>2970</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>2971</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>2972</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>2973</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>2974</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>2951</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>2976</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>2977</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>2978</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>2979</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>51</v>
+        <v>2980</v>
       </c>
       <c r="H6" t="s">
-        <v>52</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>2951</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>2982</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>2983</v>
       </c>
       <c r="D7" t="s">
-        <v>54</v>
+        <v>2984</v>
       </c>
       <c r="E7" t="s">
-        <v>55</v>
+        <v>2985</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>56</v>
+        <v>2986</v>
       </c>
       <c r="H7" t="s">
-        <v>57</v>
+        <v>2987</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H57"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>2989</v>
       </c>
       <c r="C2" t="s">
-        <v>60</v>
+        <v>2990</v>
       </c>
       <c r="D2" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>62</v>
+        <v>2991</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>63</v>
+        <v>2992</v>
       </c>
       <c r="H2" t="s">
-        <v>64</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>2994</v>
       </c>
       <c r="C3" t="s">
-        <v>66</v>
+        <v>2995</v>
       </c>
       <c r="D3" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>68</v>
+        <v>2996</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>69</v>
+        <v>2997</v>
       </c>
       <c r="H3" t="s">
-        <v>70</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B4" t="s">
-        <v>71</v>
+        <v>2999</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>3000</v>
       </c>
       <c r="D4" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>3001</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>72</v>
+        <v>3002</v>
       </c>
       <c r="H4" t="s">
-        <v>73</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B5" t="s">
-        <v>74</v>
+        <v>3004</v>
       </c>
       <c r="C5" t="s">
-        <v>75</v>
+        <v>3005</v>
       </c>
       <c r="D5" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>76</v>
+        <v>3006</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>77</v>
+        <v>3007</v>
       </c>
       <c r="H5" t="s">
-        <v>78</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B6" t="s">
-        <v>79</v>
+        <v>3009</v>
       </c>
       <c r="C6" t="s">
-        <v>75</v>
+        <v>3010</v>
       </c>
       <c r="D6" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>68</v>
+        <v>2490</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>80</v>
+        <v>3011</v>
       </c>
       <c r="H6" t="s">
-        <v>81</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>3013</v>
       </c>
       <c r="C7" t="s">
-        <v>83</v>
+        <v>3014</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>3015</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>85</v>
+        <v>3016</v>
       </c>
       <c r="H7" t="s">
-        <v>86</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B8" t="s">
-        <v>87</v>
+        <v>3018</v>
       </c>
       <c r="C8" t="s">
-        <v>83</v>
+        <v>3019</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>88</v>
+        <v>1669</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>89</v>
+        <v>3020</v>
       </c>
       <c r="H8" t="s">
-        <v>90</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B9" t="s">
-        <v>91</v>
+        <v>3022</v>
       </c>
       <c r="C9" t="s">
-        <v>92</v>
+        <v>3023</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>76</v>
+        <v>3024</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>93</v>
+        <v>3025</v>
       </c>
       <c r="H9" t="s">
-        <v>94</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B10" t="s">
-        <v>95</v>
+        <v>3027</v>
       </c>
       <c r="C10" t="s">
-        <v>92</v>
+        <v>3028</v>
       </c>
       <c r="D10" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>96</v>
+        <v>3029</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>97</v>
+        <v>3030</v>
       </c>
       <c r="H10" t="s">
-        <v>98</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>3032</v>
       </c>
       <c r="C11" t="s">
-        <v>92</v>
+        <v>3033</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>96</v>
+        <v>3034</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>3035</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>3037</v>
       </c>
       <c r="C12" t="s">
-        <v>75</v>
+        <v>3038</v>
       </c>
       <c r="D12" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>102</v>
+        <v>1699</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>103</v>
+        <v>3039</v>
       </c>
       <c r="H12" t="s">
-        <v>104</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>3041</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>3042</v>
       </c>
       <c r="D13" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>105</v>
+        <v>3043</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>106</v>
+        <v>3044</v>
       </c>
       <c r="H13" t="s">
-        <v>107</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>3046</v>
       </c>
       <c r="C14" t="s">
-        <v>109</v>
+        <v>3047</v>
       </c>
       <c r="D14" t="s">
-        <v>110</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>111</v>
+        <v>3048</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>112</v>
+        <v>3049</v>
       </c>
       <c r="H14" t="s">
-        <v>113</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>3051</v>
       </c>
       <c r="C15" t="s">
-        <v>115</v>
+        <v>3052</v>
       </c>
       <c r="D15" t="s">
-        <v>116</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>117</v>
+        <v>3053</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>118</v>
+        <v>3054</v>
       </c>
       <c r="H15" t="s">
-        <v>119</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B16" t="s">
-        <v>120</v>
+        <v>3056</v>
       </c>
       <c r="C16" t="s">
-        <v>121</v>
+        <v>3057</v>
       </c>
       <c r="D16" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>123</v>
+        <v>3058</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>124</v>
+        <v>3059</v>
       </c>
       <c r="H16" t="s">
-        <v>125</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B17" t="s">
-        <v>126</v>
+        <v>3061</v>
       </c>
       <c r="C17" t="s">
-        <v>127</v>
+        <v>3062</v>
       </c>
       <c r="D17" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>129</v>
+        <v>3063</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>130</v>
+        <v>3064</v>
       </c>
       <c r="H17" t="s">
-        <v>131</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>2988</v>
       </c>
       <c r="B18" t="s">
-        <v>132</v>
+        <v>2669</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>134</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>135</v>
+        <v>3066</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>136</v>
+        <v>3067</v>
       </c>
       <c r="H18" t="s">
-        <v>137</v>
+        <v>3068</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H49"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C2" t="s">
+        <v>3071</v>
+      </c>
+      <c r="D2" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3074</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3077</v>
+      </c>
+      <c r="D3" t="s">
+        <v>3078</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3079</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3080</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3081</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C4" t="s">
+        <v>3083</v>
+      </c>
+      <c r="D4" t="s">
+        <v>521</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3084</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3085</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3086</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3087</v>
+      </c>
+      <c r="C5" t="s">
+        <v>3088</v>
+      </c>
+      <c r="D5" t="s">
+        <v>3089</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3090</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3091</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3092</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C6" t="s">
+        <v>3094</v>
+      </c>
+      <c r="D6" t="s">
+        <v>3095</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3096</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3097</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3098</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="D7" t="s">
+        <v>3101</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3102</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3103</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3104</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C8" t="s">
+        <v>3106</v>
+      </c>
+      <c r="D8" t="s">
+        <v>587</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3107</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3108</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3109</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B9" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C9" t="s">
+        <v>3111</v>
+      </c>
+      <c r="D9" t="s">
+        <v>3112</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3113</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3114</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3115</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B10" t="s">
+        <v>3116</v>
+      </c>
+      <c r="C10" t="s">
+        <v>3117</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E10" t="s">
+        <v>3118</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>3119</v>
+      </c>
+      <c r="H10" t="s">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B11" t="s">
+        <v>3121</v>
+      </c>
+      <c r="C11" t="s">
+        <v>3122</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2091</v>
+      </c>
+      <c r="E11" t="s">
+        <v>3123</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>3124</v>
+      </c>
+      <c r="H11" t="s">
+        <v>3125</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C12" t="s">
+        <v>3127</v>
+      </c>
+      <c r="D12" t="s">
+        <v>3128</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3129</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3130</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3131</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3132</v>
+      </c>
+      <c r="C13" t="s">
+        <v>3133</v>
+      </c>
+      <c r="D13" t="s">
+        <v>3134</v>
+      </c>
+      <c r="E13" t="s">
+        <v>3135</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3136</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3137</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3138</v>
+      </c>
+      <c r="C14" t="s">
+        <v>3139</v>
+      </c>
+      <c r="D14" t="s">
+        <v>3140</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3141</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3142</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B15" t="s">
+        <v>3144</v>
+      </c>
+      <c r="C15" t="s">
+        <v>3145</v>
+      </c>
+      <c r="D15" t="s">
+        <v>3146</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3147</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3148</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3149</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B16" t="s">
+        <v>3150</v>
+      </c>
+      <c r="C16" t="s">
+        <v>3151</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2233</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3152</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3153</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B17" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C17" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D17" t="s">
+        <v>3157</v>
+      </c>
+      <c r="E17" t="s">
+        <v>3158</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3159</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3160</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B18" t="s">
+        <v>3161</v>
+      </c>
+      <c r="C18" t="s">
+        <v>3162</v>
+      </c>
+      <c r="D18" t="s">
+        <v>3163</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3164</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3165</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3166</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B19" t="s">
-        <v>138</v>
+        <v>3167</v>
       </c>
       <c r="C19" t="s">
-        <v>139</v>
+        <v>3168</v>
       </c>
       <c r="D19" t="s">
-        <v>140</v>
+        <v>3169</v>
       </c>
       <c r="E19" t="s">
-        <v>141</v>
+        <v>3170</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>142</v>
+        <v>3171</v>
       </c>
       <c r="H19" t="s">
-        <v>143</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B20" t="s">
-        <v>144</v>
+        <v>3173</v>
       </c>
       <c r="C20" t="s">
-        <v>145</v>
+        <v>3174</v>
       </c>
       <c r="D20" t="s">
-        <v>146</v>
+        <v>3175</v>
       </c>
       <c r="E20" t="s">
-        <v>147</v>
+        <v>3176</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>148</v>
+        <v>3177</v>
       </c>
       <c r="H20" t="s">
-        <v>149</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B21" t="s">
-        <v>150</v>
+        <v>3179</v>
       </c>
       <c r="C21" t="s">
-        <v>151</v>
+        <v>3180</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>3181</v>
       </c>
       <c r="E21" t="s">
-        <v>152</v>
+        <v>3182</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>153</v>
+        <v>3183</v>
       </c>
       <c r="H21" t="s">
-        <v>154</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B22" t="s">
-        <v>155</v>
+        <v>3185</v>
       </c>
       <c r="C22" t="s">
-        <v>156</v>
+        <v>3186</v>
       </c>
       <c r="D22" t="s">
-        <v>157</v>
+        <v>3187</v>
       </c>
       <c r="E22" t="s">
-        <v>158</v>
+        <v>3188</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>159</v>
+        <v>3189</v>
       </c>
       <c r="H22" t="s">
-        <v>160</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B23" t="s">
-        <v>161</v>
+        <v>3191</v>
       </c>
       <c r="C23" t="s">
-        <v>162</v>
+        <v>3192</v>
       </c>
       <c r="D23" t="s">
-        <v>163</v>
+        <v>3193</v>
       </c>
       <c r="E23" t="s">
-        <v>164</v>
+        <v>3194</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>165</v>
+        <v>3195</v>
       </c>
       <c r="H23" t="s">
-        <v>166</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B24" t="s">
-        <v>167</v>
+        <v>3197</v>
       </c>
       <c r="C24" t="s">
-        <v>168</v>
+        <v>3198</v>
       </c>
       <c r="D24" t="s">
-        <v>169</v>
+        <v>3199</v>
       </c>
       <c r="E24" t="s">
-        <v>170</v>
+        <v>3200</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>171</v>
+        <v>3201</v>
       </c>
       <c r="H24" t="s">
-        <v>172</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B25" t="s">
-        <v>173</v>
+        <v>3203</v>
       </c>
       <c r="C25" t="s">
-        <v>174</v>
+        <v>3204</v>
       </c>
       <c r="D25" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>170</v>
+        <v>3205</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>175</v>
+        <v>3206</v>
       </c>
       <c r="H25" t="s">
-        <v>176</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>3208</v>
       </c>
       <c r="C26" t="s">
-        <v>178</v>
+        <v>3208</v>
       </c>
       <c r="D26" t="s">
-        <v>179</v>
+        <v>3209</v>
       </c>
       <c r="E26" t="s">
-        <v>180</v>
+        <v>3210</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>181</v>
+        <v>3211</v>
       </c>
       <c r="H26" t="s">
-        <v>182</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>3213</v>
       </c>
       <c r="C27" t="s">
-        <v>184</v>
+        <v>3214</v>
       </c>
       <c r="D27" t="s">
-        <v>185</v>
+        <v>3215</v>
       </c>
       <c r="E27" t="s">
-        <v>186</v>
+        <v>3216</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>187</v>
+        <v>3217</v>
       </c>
       <c r="H27" t="s">
-        <v>188</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B28" t="s">
-        <v>189</v>
+        <v>3219</v>
       </c>
       <c r="C28" t="s">
-        <v>190</v>
+        <v>3220</v>
       </c>
       <c r="D28" t="s">
-        <v>191</v>
+        <v>3221</v>
       </c>
       <c r="E28" t="s">
-        <v>192</v>
+        <v>3222</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>193</v>
+        <v>3223</v>
       </c>
       <c r="H28" t="s">
-        <v>194</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B29" t="s">
-        <v>195</v>
+        <v>3225</v>
       </c>
       <c r="C29" t="s">
-        <v>196</v>
+        <v>3226</v>
       </c>
       <c r="D29" t="s">
-        <v>197</v>
+        <v>3227</v>
       </c>
       <c r="E29" t="s">
-        <v>198</v>
+        <v>3228</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>199</v>
+        <v>3229</v>
       </c>
       <c r="H29" t="s">
-        <v>200</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B30" t="s">
-        <v>201</v>
+        <v>3231</v>
       </c>
       <c r="C30" t="s">
-        <v>202</v>
+        <v>3232</v>
       </c>
       <c r="D30" t="s">
-        <v>203</v>
+        <v>3233</v>
       </c>
       <c r="E30" t="s">
-        <v>204</v>
+        <v>3234</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>205</v>
+        <v>3235</v>
       </c>
       <c r="H30" t="s">
-        <v>206</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B31" t="s">
-        <v>207</v>
+        <v>3237</v>
       </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>3238</v>
       </c>
       <c r="D31" t="s">
-        <v>209</v>
+        <v>3239</v>
       </c>
       <c r="E31" t="s">
-        <v>210</v>
+        <v>3240</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>211</v>
+        <v>3241</v>
       </c>
       <c r="H31" t="s">
-        <v>212</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B32" t="s">
-        <v>213</v>
+        <v>3243</v>
       </c>
       <c r="C32" t="s">
-        <v>214</v>
+        <v>3244</v>
       </c>
       <c r="D32" t="s">
-        <v>215</v>
+        <v>3245</v>
       </c>
       <c r="E32" t="s">
-        <v>216</v>
+        <v>3246</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>217</v>
+        <v>3247</v>
       </c>
       <c r="H32" t="s">
-        <v>218</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B33" t="s">
-        <v>219</v>
+        <v>3249</v>
       </c>
       <c r="C33" t="s">
-        <v>220</v>
+        <v>3250</v>
       </c>
       <c r="D33" t="s">
-        <v>221</v>
+        <v>1646</v>
       </c>
       <c r="E33" t="s">
-        <v>222</v>
+        <v>3251</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>223</v>
+        <v>3252</v>
       </c>
       <c r="H33" t="s">
-        <v>224</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B34" t="s">
-        <v>225</v>
+        <v>3254</v>
       </c>
       <c r="C34" t="s">
-        <v>226</v>
+        <v>3255</v>
       </c>
       <c r="D34" t="s">
-        <v>227</v>
+        <v>3256</v>
       </c>
       <c r="E34" t="s">
-        <v>228</v>
+        <v>3257</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>229</v>
+        <v>3258</v>
       </c>
       <c r="H34" t="s">
-        <v>230</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B35" t="s">
-        <v>231</v>
+        <v>3260</v>
       </c>
       <c r="C35" t="s">
-        <v>232</v>
+        <v>3261</v>
       </c>
       <c r="D35" t="s">
-        <v>233</v>
+        <v>3262</v>
       </c>
       <c r="E35" t="s">
-        <v>234</v>
+        <v>3263</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>235</v>
+        <v>3264</v>
       </c>
       <c r="H35" t="s">
-        <v>236</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B36" t="s">
-        <v>237</v>
+        <v>3266</v>
       </c>
       <c r="C36" t="s">
-        <v>238</v>
+        <v>3267</v>
       </c>
       <c r="D36" t="s">
-        <v>239</v>
+        <v>3268</v>
       </c>
       <c r="E36" t="s">
-        <v>240</v>
+        <v>2537</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>241</v>
+        <v>3269</v>
       </c>
       <c r="H36" t="s">
-        <v>242</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B37" t="s">
-        <v>243</v>
+        <v>3271</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>3272</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>3273</v>
       </c>
       <c r="E37" t="s">
-        <v>244</v>
+        <v>3274</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>245</v>
+        <v>3275</v>
       </c>
       <c r="H37" t="s">
-        <v>246</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B38" t="s">
-        <v>247</v>
+        <v>3277</v>
       </c>
       <c r="C38" t="s">
-        <v>248</v>
+        <v>3278</v>
       </c>
       <c r="D38" t="s">
-        <v>249</v>
+        <v>3279</v>
       </c>
       <c r="E38" t="s">
-        <v>250</v>
+        <v>3280</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>251</v>
+        <v>3281</v>
       </c>
       <c r="H38" t="s">
-        <v>252</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B39" t="s">
-        <v>253</v>
+        <v>3283</v>
       </c>
       <c r="C39" t="s">
-        <v>254</v>
+        <v>3284</v>
       </c>
       <c r="D39" t="s">
-        <v>255</v>
+        <v>3285</v>
       </c>
       <c r="E39" t="s">
-        <v>256</v>
+        <v>3286</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>257</v>
+        <v>3287</v>
       </c>
       <c r="H39" t="s">
-        <v>258</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B40" t="s">
-        <v>259</v>
+        <v>3289</v>
       </c>
       <c r="C40" t="s">
-        <v>260</v>
+        <v>3290</v>
       </c>
       <c r="D40" t="s">
-        <v>261</v>
+        <v>3291</v>
       </c>
       <c r="E40" t="s">
-        <v>262</v>
+        <v>3292</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>263</v>
+        <v>3293</v>
       </c>
       <c r="H40" t="s">
-        <v>264</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B41" t="s">
-        <v>265</v>
+        <v>3295</v>
       </c>
       <c r="C41" t="s">
-        <v>266</v>
+        <v>3296</v>
       </c>
       <c r="D41" t="s">
-        <v>267</v>
+        <v>1692</v>
       </c>
       <c r="E41" t="s">
-        <v>268</v>
+        <v>3297</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>269</v>
+        <v>3298</v>
       </c>
       <c r="H41" t="s">
-        <v>270</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B42" t="s">
-        <v>271</v>
+        <v>3300</v>
       </c>
       <c r="C42" t="s">
-        <v>272</v>
+        <v>3301</v>
       </c>
       <c r="D42" t="s">
-        <v>273</v>
+        <v>3302</v>
       </c>
       <c r="E42" t="s">
-        <v>274</v>
+        <v>3303</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>275</v>
+        <v>3304</v>
       </c>
       <c r="H42" t="s">
-        <v>276</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B43" t="s">
-        <v>277</v>
+        <v>3306</v>
       </c>
       <c r="C43" t="s">
-        <v>278</v>
+        <v>3307</v>
       </c>
       <c r="D43" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="E43" t="s">
-        <v>280</v>
+        <v>3308</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>281</v>
+        <v>3309</v>
       </c>
       <c r="H43" t="s">
-        <v>282</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B44" t="s">
-        <v>283</v>
+        <v>3311</v>
       </c>
       <c r="C44" t="s">
-        <v>284</v>
+        <v>3312</v>
       </c>
       <c r="D44" t="s">
-        <v>285</v>
+        <v>3313</v>
       </c>
       <c r="E44" t="s">
-        <v>285</v>
+        <v>3314</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>286</v>
+        <v>3315</v>
       </c>
       <c r="H44" t="s">
-        <v>287</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B45" t="s">
-        <v>288</v>
+        <v>3317</v>
       </c>
       <c r="C45" t="s">
-        <v>289</v>
+        <v>3318</v>
       </c>
       <c r="D45" t="s">
-        <v>290</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>291</v>
+        <v>3319</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>292</v>
+        <v>3320</v>
       </c>
       <c r="H45" t="s">
-        <v>293</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B46" t="s">
-        <v>294</v>
+        <v>3322</v>
       </c>
       <c r="C46" t="s">
-        <v>295</v>
+        <v>3323</v>
       </c>
       <c r="D46" t="s">
-        <v>296</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>296</v>
+        <v>3324</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>297</v>
+        <v>3325</v>
       </c>
       <c r="H46" t="s">
-        <v>298</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B47" t="s">
-        <v>299</v>
+        <v>3327</v>
       </c>
       <c r="C47" t="s">
-        <v>300</v>
+        <v>3328</v>
       </c>
       <c r="D47" t="s">
-        <v>301</v>
+        <v>3329</v>
       </c>
       <c r="E47" t="s">
-        <v>301</v>
+        <v>3330</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>302</v>
+        <v>3331</v>
       </c>
       <c r="H47" t="s">
-        <v>303</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B48" t="s">
-        <v>304</v>
+        <v>3333</v>
       </c>
       <c r="C48" t="s">
-        <v>305</v>
+        <v>3334</v>
       </c>
       <c r="D48" t="s">
-        <v>306</v>
+        <v>3335</v>
       </c>
       <c r="E48" t="s">
-        <v>306</v>
+        <v>3336</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>307</v>
+        <v>3337</v>
       </c>
       <c r="H48" t="s">
-        <v>308</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>58</v>
+        <v>3069</v>
       </c>
       <c r="B49" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C49" t="s">
+        <v>3340</v>
+      </c>
+      <c r="D49" t="s">
+        <v>3341</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3342</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3343</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3344</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3346</v>
+      </c>
+      <c r="C2" t="s">
+        <v>3346</v>
+      </c>
+      <c r="D2" t="s">
+        <v>3347</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3348</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3349</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3350</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3351</v>
+      </c>
+      <c r="D3" t="s">
+        <v>3352</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3353</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3354</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C4" t="s">
+        <v>3355</v>
+      </c>
+      <c r="D4" t="s">
+        <v>3356</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3357</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3358</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3360</v>
+      </c>
+      <c r="C5" t="s">
+        <v>3361</v>
+      </c>
+      <c r="D5" t="s">
+        <v>3362</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3363</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3364</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3365</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3366</v>
+      </c>
+      <c r="C6" t="s">
+        <v>3367</v>
+      </c>
+      <c r="D6" t="s">
+        <v>3368</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3369</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3370</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3371</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C7" t="s">
+        <v>3373</v>
+      </c>
+      <c r="D7" t="s">
+        <v>3374</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3375</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3376</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3377</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3378</v>
+      </c>
+      <c r="C8" t="s">
+        <v>3379</v>
+      </c>
+      <c r="D8" t="s">
+        <v>3380</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3381</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3382</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3383</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B9" t="s">
+        <v>3384</v>
+      </c>
+      <c r="C9" t="s">
+        <v>3385</v>
+      </c>
+      <c r="D9" t="s">
+        <v>3386</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3387</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3388</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3389</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B10" t="s">
+        <v>3390</v>
+      </c>
+      <c r="C10" t="s">
+        <v>3391</v>
+      </c>
+      <c r="D10" t="s">
+        <v>3392</v>
+      </c>
+      <c r="E10" t="s">
+        <v>3393</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>3394</v>
+      </c>
+      <c r="H10" t="s">
+        <v>3395</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B11" t="s">
+        <v>3396</v>
+      </c>
+      <c r="C11" t="s">
+        <v>3397</v>
+      </c>
+      <c r="D11" t="s">
+        <v>3398</v>
+      </c>
+      <c r="E11" t="s">
+        <v>3399</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>3400</v>
+      </c>
+      <c r="H11" t="s">
+        <v>3401</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C12" t="s">
+        <v>3403</v>
+      </c>
+      <c r="D12" t="s">
+        <v>3404</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3405</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3406</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3407</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3408</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>3409</v>
+      </c>
+      <c r="E13" t="s">
+        <v>3410</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3411</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3412</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3413</v>
+      </c>
+      <c r="C14" t="s">
+        <v>3414</v>
+      </c>
+      <c r="D14" t="s">
+        <v>3415</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3416</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3417</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3418</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B15" t="s">
+        <v>3419</v>
+      </c>
+      <c r="C15" t="s">
+        <v>3420</v>
+      </c>
+      <c r="D15" t="s">
+        <v>3421</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3422</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3423</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3424</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B16" t="s">
+        <v>3425</v>
+      </c>
+      <c r="C16" t="s">
+        <v>3426</v>
+      </c>
+      <c r="D16" t="s">
+        <v>3427</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3428</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3429</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3430</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>3431</v>
+      </c>
+      <c r="J1" t="s">
+        <v>90</v>
+      </c>
+      <c r="K1" t="s">
+        <v>3432</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3433</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3434</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3435</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3436</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3437</v>
+      </c>
+      <c r="I2" t="s">
+        <v>3438</v>
+      </c>
+      <c r="J2" t="s">
+        <v>3439</v>
+      </c>
+      <c r="K2" t="s">
+        <v>3440</v>
+      </c>
+      <c r="L2" t="s">
+        <v>3441</v>
+      </c>
+      <c r="M2" t="s">
+        <v>3442</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H36"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3444</v>
+      </c>
+      <c r="C2" t="s">
+        <v>3445</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3446</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3447</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3448</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3449</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3450</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3446</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3451</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3452</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3453</v>
+      </c>
+      <c r="C4" t="s">
+        <v>3454</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3455</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3456</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3458</v>
+      </c>
+      <c r="C5" t="s">
+        <v>3459</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3460</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3461</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3462</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3463</v>
+      </c>
+      <c r="C6" t="s">
+        <v>3464</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3465</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3466</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3467</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C7" t="s">
+        <v>3469</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3470</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3471</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3472</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3473</v>
+      </c>
+      <c r="C8" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3475</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3476</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3477</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B9" t="s">
+        <v>3478</v>
+      </c>
+      <c r="C9" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3480</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3481</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3482</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B10" t="s">
+        <v>3483</v>
+      </c>
+      <c r="C10" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>3485</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>3486</v>
+      </c>
+      <c r="H10" t="s">
+        <v>3487</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B11" t="s">
+        <v>3488</v>
+      </c>
+      <c r="C11" t="s">
+        <v>3489</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>3490</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>3491</v>
+      </c>
+      <c r="H11" t="s">
+        <v>3492</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3493</v>
+      </c>
+      <c r="C12" t="s">
+        <v>3494</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3495</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3496</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3497</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3498</v>
+      </c>
+      <c r="C13" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>3500</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3501</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3502</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3503</v>
+      </c>
+      <c r="C14" t="s">
+        <v>3504</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3505</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3506</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3507</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B15" t="s">
+        <v>3508</v>
+      </c>
+      <c r="C15" t="s">
+        <v>3509</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3510</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3511</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3512</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B16" t="s">
+        <v>3513</v>
+      </c>
+      <c r="C16" t="s">
+        <v>3509</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3514</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3515</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3516</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B17" t="s">
+        <v>3517</v>
+      </c>
+      <c r="C17" t="s">
+        <v>3518</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>3519</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3520</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3521</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B18" t="s">
+        <v>3522</v>
+      </c>
+      <c r="C18" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3525</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3526</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B19" t="s">
+        <v>3527</v>
+      </c>
+      <c r="C19" t="s">
+        <v>3528</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>3529</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3530</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3531</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B20" t="s">
+        <v>3532</v>
+      </c>
+      <c r="C20" t="s">
+        <v>3533</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>3534</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>3535</v>
+      </c>
+      <c r="H20" t="s">
+        <v>3536</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B21" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C21" t="s">
+        <v>3538</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>3539</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>3540</v>
+      </c>
+      <c r="H21" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B22" t="s">
+        <v>3542</v>
+      </c>
+      <c r="C22" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>3544</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>3545</v>
+      </c>
+      <c r="H22" t="s">
+        <v>3546</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B23" t="s">
+        <v>3547</v>
+      </c>
+      <c r="C23" t="s">
+        <v>3548</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>3549</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>3550</v>
+      </c>
+      <c r="H23" t="s">
+        <v>3551</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B24" t="s">
+        <v>3552</v>
+      </c>
+      <c r="C24" t="s">
+        <v>3553</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>3554</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>3555</v>
+      </c>
+      <c r="H24" t="s">
+        <v>3556</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B25" t="s">
+        <v>3557</v>
+      </c>
+      <c r="C25" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>3559</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>3560</v>
+      </c>
+      <c r="H25" t="s">
+        <v>3561</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B26" t="s">
+        <v>3562</v>
+      </c>
+      <c r="C26" t="s">
+        <v>3563</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>3564</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>3565</v>
+      </c>
+      <c r="H26" t="s">
+        <v>3566</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B27" t="s">
+        <v>3567</v>
+      </c>
+      <c r="C27" t="s">
+        <v>3568</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>3569</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>3570</v>
+      </c>
+      <c r="H27" t="s">
+        <v>3571</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B28" t="s">
+        <v>3572</v>
+      </c>
+      <c r="C28" t="s">
+        <v>3573</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>3574</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>3575</v>
+      </c>
+      <c r="H28" t="s">
+        <v>3576</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B29" t="s">
+        <v>3577</v>
+      </c>
+      <c r="C29" t="s">
+        <v>3578</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>3579</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>3580</v>
+      </c>
+      <c r="H29" t="s">
+        <v>3581</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B30" t="s">
+        <v>3582</v>
+      </c>
+      <c r="C30" t="s">
+        <v>3583</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>3584</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>3585</v>
+      </c>
+      <c r="H30" t="s">
+        <v>3586</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B31" t="s">
+        <v>3587</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>3588</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>3589</v>
+      </c>
+      <c r="H31" t="s">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B32" t="s">
+        <v>3591</v>
+      </c>
+      <c r="C32" t="s">
+        <v>3592</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>3593</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>3594</v>
+      </c>
+      <c r="H32" t="s">
+        <v>3595</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B33" t="s">
+        <v>3596</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>3597</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>3598</v>
+      </c>
+      <c r="H33" t="s">
+        <v>3599</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B34" t="s">
+        <v>3600</v>
+      </c>
+      <c r="C34" t="s">
+        <v>3601</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>3602</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>3603</v>
+      </c>
+      <c r="H34" t="s">
+        <v>3604</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B35" t="s">
+        <v>3605</v>
+      </c>
+      <c r="C35" t="s">
+        <v>3606</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>3607</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>3608</v>
+      </c>
+      <c r="H35" t="s">
+        <v>3609</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B36" t="s">
+        <v>3610</v>
+      </c>
+      <c r="C36" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>3612</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>3613</v>
+      </c>
+      <c r="H36" t="s">
+        <v>3614</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J64"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>89</v>
+      </c>
+      <c r="J1" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>96</v>
+      </c>
+      <c r="H2" t="s">
+        <v>97</v>
+      </c>
+      <c r="I2" t="s">
+        <v>98</v>
+      </c>
+      <c r="J2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>101</v>
+      </c>
+      <c r="E3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H3" t="s">
+        <v>104</v>
+      </c>
+      <c r="I3" t="s">
+        <v>105</v>
+      </c>
+      <c r="J3" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>91</v>
+      </c>
+      <c r="B4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>108</v>
+      </c>
+      <c r="E4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>110</v>
+      </c>
+      <c r="H4" t="s">
+        <v>111</v>
+      </c>
+      <c r="I4" t="s">
+        <v>112</v>
+      </c>
+      <c r="J4" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E5" t="s">
+        <v>116</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>117</v>
+      </c>
+      <c r="H5" t="s">
+        <v>118</v>
+      </c>
+      <c r="I5" t="s">
+        <v>119</v>
+      </c>
+      <c r="J5" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>91</v>
+      </c>
+      <c r="B6" t="s">
+        <v>121</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>122</v>
+      </c>
+      <c r="H6" t="s">
+        <v>123</v>
+      </c>
+      <c r="I6" t="s">
+        <v>124</v>
+      </c>
+      <c r="J6" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>91</v>
+      </c>
+      <c r="B7" t="s">
+        <v>126</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>127</v>
+      </c>
+      <c r="E7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>129</v>
+      </c>
+      <c r="H7" t="s">
+        <v>130</v>
+      </c>
+      <c r="I7" t="s">
+        <v>131</v>
+      </c>
+      <c r="J7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>91</v>
+      </c>
+      <c r="B8" t="s">
+        <v>133</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>134</v>
+      </c>
+      <c r="E8" t="s">
+        <v>135</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>136</v>
+      </c>
+      <c r="H8" t="s">
+        <v>137</v>
+      </c>
+      <c r="I8" t="s">
+        <v>138</v>
+      </c>
+      <c r="J8" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>91</v>
+      </c>
+      <c r="B9" t="s">
+        <v>140</v>
+      </c>
+      <c r="C9" t="s">
+        <v>141</v>
+      </c>
+      <c r="D9" t="s">
+        <v>142</v>
+      </c>
+      <c r="E9" t="s">
+        <v>143</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>144</v>
+      </c>
+      <c r="H9" t="s">
+        <v>145</v>
+      </c>
+      <c r="I9" t="s">
+        <v>146</v>
+      </c>
+      <c r="J9" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>148</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>149</v>
+      </c>
+      <c r="E10" t="s">
+        <v>150</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>151</v>
+      </c>
+      <c r="H10" t="s">
+        <v>152</v>
+      </c>
+      <c r="I10" t="s">
+        <v>153</v>
+      </c>
+      <c r="J10" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>155</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>156</v>
+      </c>
+      <c r="E11" t="s">
+        <v>157</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>158</v>
+      </c>
+      <c r="H11" t="s">
+        <v>159</v>
+      </c>
+      <c r="I11" t="s">
+        <v>160</v>
+      </c>
+      <c r="J11" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>162</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>156</v>
+      </c>
+      <c r="E12" t="s">
+        <v>157</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>163</v>
+      </c>
+      <c r="H12" t="s">
+        <v>164</v>
+      </c>
+      <c r="I12" t="s">
+        <v>160</v>
+      </c>
+      <c r="J12" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>165</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>166</v>
+      </c>
+      <c r="E13" t="s">
+        <v>167</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>168</v>
+      </c>
+      <c r="H13" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" t="s">
+        <v>170</v>
+      </c>
+      <c r="J13" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>172</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>173</v>
+      </c>
+      <c r="E14" t="s">
+        <v>174</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>175</v>
+      </c>
+      <c r="H14" t="s">
+        <v>176</v>
+      </c>
+      <c r="I14" t="s">
+        <v>177</v>
+      </c>
+      <c r="J14" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B15" t="s">
+        <v>179</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>180</v>
+      </c>
+      <c r="E15" t="s">
+        <v>181</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>182</v>
+      </c>
+      <c r="H15" t="s">
+        <v>183</v>
+      </c>
+      <c r="I15" t="s">
+        <v>184</v>
+      </c>
+      <c r="J15" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>91</v>
+      </c>
+      <c r="B16" t="s">
+        <v>186</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>187</v>
+      </c>
+      <c r="E16" t="s">
+        <v>188</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>189</v>
+      </c>
+      <c r="H16" t="s">
+        <v>190</v>
+      </c>
+      <c r="I16" t="s">
+        <v>191</v>
+      </c>
+      <c r="J16" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>91</v>
+      </c>
+      <c r="B17" t="s">
+        <v>193</v>
+      </c>
+      <c r="C17" t="s">
+        <v>194</v>
+      </c>
+      <c r="D17" t="s">
+        <v>195</v>
+      </c>
+      <c r="E17" t="s">
+        <v>196</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>197</v>
+      </c>
+      <c r="H17" t="s">
+        <v>198</v>
+      </c>
+      <c r="I17" t="s">
+        <v>194</v>
+      </c>
+      <c r="J17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>91</v>
+      </c>
+      <c r="B18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C18" t="s">
+        <v>199</v>
+      </c>
+      <c r="D18" t="s">
+        <v>200</v>
+      </c>
+      <c r="E18" t="s">
+        <v>201</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>202</v>
+      </c>
+      <c r="H18" t="s">
+        <v>203</v>
+      </c>
+      <c r="I18" t="s">
+        <v>199</v>
+      </c>
+      <c r="J18" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>91</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>204</v>
+      </c>
+      <c r="E19" t="s">
+        <v>205</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>206</v>
+      </c>
+      <c r="H19" t="s">
+        <v>207</v>
+      </c>
+      <c r="I19" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" t="s">
+        <v>208</v>
+      </c>
+      <c r="C20" t="s">
+        <v>209</v>
+      </c>
+      <c r="D20" t="s">
+        <v>210</v>
+      </c>
+      <c r="E20" t="s">
+        <v>211</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>212</v>
+      </c>
+      <c r="H20" t="s">
+        <v>213</v>
+      </c>
+      <c r="I20" t="s">
+        <v>209</v>
+      </c>
+      <c r="J20" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>215</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>216</v>
+      </c>
+      <c r="E21" t="s">
+        <v>217</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>218</v>
+      </c>
+      <c r="H21" t="s">
+        <v>219</v>
+      </c>
+      <c r="I21" t="s">
+        <v>13</v>
+      </c>
+      <c r="J21" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>221</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>222</v>
+      </c>
+      <c r="E22" t="s">
+        <v>223</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>224</v>
+      </c>
+      <c r="H22" t="s">
+        <v>225</v>
+      </c>
+      <c r="I22" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" t="s">
+        <v>227</v>
+      </c>
+      <c r="C23" t="s">
+        <v>228</v>
+      </c>
+      <c r="D23" t="s">
+        <v>229</v>
+      </c>
+      <c r="E23" t="s">
+        <v>230</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>231</v>
+      </c>
+      <c r="H23" t="s">
+        <v>232</v>
+      </c>
+      <c r="I23" t="s">
+        <v>228</v>
+      </c>
+      <c r="J23" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" t="s">
+        <v>234</v>
+      </c>
+      <c r="C24" t="s">
+        <v>235</v>
+      </c>
+      <c r="D24" t="s">
+        <v>236</v>
+      </c>
+      <c r="E24" t="s">
+        <v>237</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>238</v>
+      </c>
+      <c r="H24" t="s">
+        <v>239</v>
+      </c>
+      <c r="I24" t="s">
+        <v>240</v>
+      </c>
+      <c r="J24" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>91</v>
+      </c>
+      <c r="B25" t="s">
+        <v>242</v>
+      </c>
+      <c r="C25" t="s">
+        <v>243</v>
+      </c>
+      <c r="D25" t="s">
+        <v>244</v>
+      </c>
+      <c r="E25" t="s">
+        <v>245</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>246</v>
+      </c>
+      <c r="H25" t="s">
+        <v>247</v>
+      </c>
+      <c r="I25" t="s">
+        <v>243</v>
+      </c>
+      <c r="J25" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" t="s">
+        <v>248</v>
+      </c>
+      <c r="C26" t="s">
+        <v>249</v>
+      </c>
+      <c r="D26" t="s">
+        <v>244</v>
+      </c>
+      <c r="E26" t="s">
+        <v>245</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>250</v>
+      </c>
+      <c r="H26" t="s">
+        <v>251</v>
+      </c>
+      <c r="I26" t="s">
+        <v>249</v>
+      </c>
+      <c r="J26" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>91</v>
+      </c>
+      <c r="B27" t="s">
+        <v>252</v>
+      </c>
+      <c r="C27" t="s">
+        <v>253</v>
+      </c>
+      <c r="D27" t="s">
+        <v>254</v>
+      </c>
+      <c r="E27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>256</v>
+      </c>
+      <c r="H27" t="s">
+        <v>257</v>
+      </c>
+      <c r="I27" t="s">
+        <v>253</v>
+      </c>
+      <c r="J27" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>91</v>
+      </c>
+      <c r="B28" t="s">
+        <v>259</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>260</v>
+      </c>
+      <c r="E28" t="s">
+        <v>261</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>262</v>
+      </c>
+      <c r="H28" t="s">
+        <v>263</v>
+      </c>
+      <c r="I28" t="s">
+        <v>13</v>
+      </c>
+      <c r="J28" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>91</v>
+      </c>
+      <c r="B29" t="s">
+        <v>265</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>260</v>
+      </c>
+      <c r="E29" t="s">
+        <v>261</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>266</v>
+      </c>
+      <c r="H29" t="s">
+        <v>267</v>
+      </c>
+      <c r="I29" t="s">
+        <v>13</v>
+      </c>
+      <c r="J29" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>91</v>
+      </c>
+      <c r="B30" t="s">
+        <v>268</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>269</v>
+      </c>
+      <c r="E30" t="s">
+        <v>270</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>271</v>
+      </c>
+      <c r="H30" t="s">
+        <v>272</v>
+      </c>
+      <c r="I30" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>91</v>
+      </c>
+      <c r="B31" t="s">
+        <v>273</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>269</v>
+      </c>
+      <c r="E31" t="s">
+        <v>270</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>274</v>
+      </c>
+      <c r="H31" t="s">
+        <v>275</v>
+      </c>
+      <c r="I31" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>91</v>
+      </c>
+      <c r="B32" t="s">
+        <v>276</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>269</v>
+      </c>
+      <c r="E32" t="s">
+        <v>270</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>277</v>
+      </c>
+      <c r="H32" t="s">
+        <v>278</v>
+      </c>
+      <c r="I32" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>91</v>
+      </c>
+      <c r="B33" t="s">
+        <v>279</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>269</v>
+      </c>
+      <c r="E33" t="s">
+        <v>270</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>280</v>
+      </c>
+      <c r="H33" t="s">
+        <v>281</v>
+      </c>
+      <c r="I33" t="s">
+        <v>13</v>
+      </c>
+      <c r="J33" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>91</v>
+      </c>
+      <c r="B34" t="s">
+        <v>282</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>269</v>
+      </c>
+      <c r="E34" t="s">
+        <v>270</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>283</v>
+      </c>
+      <c r="H34" t="s">
+        <v>284</v>
+      </c>
+      <c r="I34" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>91</v>
+      </c>
+      <c r="B35" t="s">
+        <v>285</v>
+      </c>
+      <c r="C35" t="s">
+        <v>286</v>
+      </c>
+      <c r="D35" t="s">
+        <v>287</v>
+      </c>
+      <c r="E35" t="s">
+        <v>288</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>289</v>
+      </c>
+      <c r="H35" t="s">
+        <v>290</v>
+      </c>
+      <c r="I35" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>91</v>
+      </c>
+      <c r="B36" t="s">
+        <v>292</v>
+      </c>
+      <c r="C36" t="s">
+        <v>293</v>
+      </c>
+      <c r="D36" t="s">
+        <v>294</v>
+      </c>
+      <c r="E36" t="s">
+        <v>295</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>296</v>
+      </c>
+      <c r="H36" t="s">
+        <v>297</v>
+      </c>
+      <c r="I36" t="s">
+        <v>13</v>
+      </c>
+      <c r="J36" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>91</v>
+      </c>
+      <c r="B37" t="s">
+        <v>299</v>
+      </c>
+      <c r="C37" t="s">
+        <v>300</v>
+      </c>
+      <c r="D37" t="s">
+        <v>301</v>
+      </c>
+      <c r="E37" t="s">
+        <v>302</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>303</v>
+      </c>
+      <c r="H37" t="s">
+        <v>304</v>
+      </c>
+      <c r="I37" t="s">
+        <v>13</v>
+      </c>
+      <c r="J37" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>91</v>
+      </c>
+      <c r="B38" t="s">
+        <v>306</v>
+      </c>
+      <c r="C38" t="s">
+        <v>307</v>
+      </c>
+      <c r="D38" t="s">
+        <v>308</v>
+      </c>
+      <c r="E38" t="s">
         <v>309</v>
       </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>310</v>
+      </c>
+      <c r="H38" t="s">
+        <v>311</v>
+      </c>
+      <c r="I38" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>91</v>
+      </c>
+      <c r="B39" t="s">
+        <v>313</v>
+      </c>
+      <c r="C39" t="s">
+        <v>314</v>
+      </c>
+      <c r="D39" t="s">
+        <v>315</v>
+      </c>
+      <c r="E39" t="s">
+        <v>316</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>317</v>
+      </c>
+      <c r="H39" t="s">
+        <v>318</v>
+      </c>
+      <c r="I39" t="s">
+        <v>13</v>
+      </c>
+      <c r="J39" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>91</v>
+      </c>
+      <c r="B40" t="s">
+        <v>320</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>321</v>
+      </c>
+      <c r="E40" t="s">
+        <v>322</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>323</v>
+      </c>
+      <c r="H40" t="s">
+        <v>324</v>
+      </c>
+      <c r="I40" t="s">
+        <v>13</v>
+      </c>
+      <c r="J40" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>91</v>
+      </c>
+      <c r="B41" t="s">
+        <v>326</v>
+      </c>
+      <c r="C41" t="s">
+        <v>327</v>
+      </c>
+      <c r="D41" t="s">
+        <v>328</v>
+      </c>
+      <c r="E41" t="s">
+        <v>329</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>330</v>
+      </c>
+      <c r="H41" t="s">
+        <v>331</v>
+      </c>
+      <c r="I41" t="s">
+        <v>13</v>
+      </c>
+      <c r="J41" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" t="s">
+        <v>333</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>334</v>
+      </c>
+      <c r="E42" t="s">
+        <v>335</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>336</v>
+      </c>
+      <c r="H42" t="s">
+        <v>337</v>
+      </c>
+      <c r="I42" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>91</v>
+      </c>
+      <c r="B43" t="s">
+        <v>339</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>340</v>
+      </c>
+      <c r="E43" t="s">
+        <v>341</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>342</v>
+      </c>
+      <c r="H43" t="s">
+        <v>343</v>
+      </c>
+      <c r="I43" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
+        <v>345</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>340</v>
+      </c>
+      <c r="E44" t="s">
+        <v>346</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>347</v>
+      </c>
+      <c r="H44" t="s">
+        <v>348</v>
+      </c>
+      <c r="I44" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" t="s">
+        <v>350</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>340</v>
+      </c>
+      <c r="E45" t="s">
+        <v>351</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>352</v>
+      </c>
+      <c r="H45" t="s">
+        <v>353</v>
+      </c>
+      <c r="I45" t="s">
+        <v>13</v>
+      </c>
+      <c r="J45" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>91</v>
+      </c>
+      <c r="B46" t="s">
+        <v>355</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>340</v>
+      </c>
+      <c r="E46" t="s">
+        <v>356</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>357</v>
+      </c>
+      <c r="H46" t="s">
+        <v>358</v>
+      </c>
+      <c r="I46" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>91</v>
+      </c>
+      <c r="B47" t="s">
+        <v>360</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>361</v>
+      </c>
+      <c r="E47" t="s">
+        <v>362</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>363</v>
+      </c>
+      <c r="H47" t="s">
+        <v>364</v>
+      </c>
+      <c r="I47" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>91</v>
+      </c>
+      <c r="B48" t="s">
+        <v>366</v>
+      </c>
+      <c r="C48" t="s">
+        <v>367</v>
+      </c>
+      <c r="D48" t="s">
+        <v>361</v>
+      </c>
+      <c r="E48" t="s">
+        <v>362</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>368</v>
+      </c>
+      <c r="H48" t="s">
+        <v>369</v>
+      </c>
+      <c r="I48" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>91</v>
+      </c>
+      <c r="B49" t="s">
+        <v>370</v>
+      </c>
       <c r="C49" t="s">
-        <v>310</v>
+        <v>13</v>
       </c>
       <c r="D49" t="s">
-        <v>311</v>
+        <v>371</v>
       </c>
       <c r="E49" t="s">
-        <v>312</v>
+        <v>372</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>313</v>
+        <v>373</v>
       </c>
       <c r="H49" t="s">
-        <v>314</v>
+        <v>374</v>
+      </c>
+      <c r="I49" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="B50" t="s">
-        <v>315</v>
+        <v>376</v>
       </c>
       <c r="C50" t="s">
-        <v>316</v>
+        <v>13</v>
       </c>
       <c r="D50" t="s">
-        <v>317</v>
+        <v>371</v>
       </c>
       <c r="E50" t="s">
-        <v>318</v>
+        <v>377</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>319</v>
+        <v>378</v>
       </c>
       <c r="H50" t="s">
-        <v>320</v>
+        <v>379</v>
+      </c>
+      <c r="I50" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" t="s">
+        <v>380</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="B51" t="s">
-        <v>321</v>
+        <v>148</v>
       </c>
       <c r="C51" t="s">
-        <v>322</v>
+        <v>13</v>
       </c>
       <c r="D51" t="s">
-        <v>317</v>
+        <v>381</v>
       </c>
       <c r="E51" t="s">
-        <v>318</v>
+        <v>382</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>323</v>
+        <v>383</v>
       </c>
       <c r="H51" t="s">
-        <v>324</v>
+        <v>384</v>
+      </c>
+      <c r="I51" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" t="s">
+        <v>385</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="B52" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="C52" t="s">
-        <v>326</v>
+        <v>13</v>
       </c>
       <c r="D52" t="s">
-        <v>327</v>
+        <v>387</v>
       </c>
       <c r="E52" t="s">
-        <v>328</v>
+        <v>388</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>329</v>
+        <v>389</v>
       </c>
       <c r="H52" t="s">
-        <v>330</v>
+        <v>390</v>
+      </c>
+      <c r="I52" t="s">
+        <v>13</v>
+      </c>
+      <c r="J52" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="B53" t="s">
-        <v>331</v>
+        <v>392</v>
       </c>
       <c r="C53" t="s">
-        <v>332</v>
+        <v>13</v>
       </c>
       <c r="D53" t="s">
-        <v>333</v>
+        <v>393</v>
       </c>
       <c r="E53" t="s">
-        <v>38</v>
+        <v>394</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>334</v>
+        <v>395</v>
       </c>
       <c r="H53" t="s">
-        <v>335</v>
+        <v>396</v>
+      </c>
+      <c r="I53" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" t="s">
+        <v>397</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="B54" t="s">
-        <v>336</v>
+        <v>155</v>
       </c>
       <c r="C54" t="s">
-        <v>337</v>
+        <v>13</v>
       </c>
       <c r="D54" t="s">
-        <v>333</v>
+        <v>398</v>
       </c>
       <c r="E54" t="s">
-        <v>38</v>
+        <v>399</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>338</v>
+        <v>400</v>
       </c>
       <c r="H54" t="s">
-        <v>339</v>
+        <v>401</v>
+      </c>
+      <c r="I54" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" t="s">
+        <v>402</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="B55" t="s">
-        <v>340</v>
+        <v>162</v>
       </c>
       <c r="C55" t="s">
-        <v>341</v>
+        <v>13</v>
       </c>
       <c r="D55" t="s">
-        <v>342</v>
+        <v>398</v>
       </c>
       <c r="E55" t="s">
-        <v>343</v>
+        <v>403</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>344</v>
+        <v>404</v>
       </c>
       <c r="H55" t="s">
-        <v>345</v>
+        <v>405</v>
+      </c>
+      <c r="I55" t="s">
+        <v>13</v>
+      </c>
+      <c r="J55" t="s">
+        <v>402</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="B56" t="s">
-        <v>346</v>
+        <v>406</v>
       </c>
       <c r="C56" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="D56" t="s">
-        <v>348</v>
+        <v>407</v>
       </c>
       <c r="E56" t="s">
-        <v>349</v>
+        <v>408</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>350</v>
+        <v>409</v>
       </c>
       <c r="H56" t="s">
-        <v>351</v>
+        <v>410</v>
+      </c>
+      <c r="I56" t="s">
+        <v>13</v>
+      </c>
+      <c r="J56" t="s">
+        <v>380</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="B57" t="s">
-        <v>352</v>
+        <v>411</v>
       </c>
       <c r="C57" t="s">
-        <v>353</v>
+        <v>13</v>
       </c>
       <c r="D57" t="s">
-        <v>354</v>
+        <v>412</v>
       </c>
       <c r="E57" t="s">
-        <v>355</v>
+        <v>413</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>356</v>
+        <v>414</v>
       </c>
       <c r="H57" t="s">
-        <v>357</v>
+        <v>415</v>
+      </c>
+      <c r="I57" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>91</v>
+      </c>
+      <c r="B58" t="s">
+        <v>417</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>418</v>
+      </c>
+      <c r="E58" t="s">
+        <v>419</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>420</v>
+      </c>
+      <c r="H58" t="s">
+        <v>421</v>
+      </c>
+      <c r="I58" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>91</v>
+      </c>
+      <c r="B59" t="s">
+        <v>423</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>424</v>
+      </c>
+      <c r="E59" t="s">
+        <v>425</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>426</v>
+      </c>
+      <c r="H59" t="s">
+        <v>427</v>
+      </c>
+      <c r="I59" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>91</v>
+      </c>
+      <c r="B60" t="s">
+        <v>429</v>
+      </c>
+      <c r="C60" t="s">
+        <v>430</v>
+      </c>
+      <c r="D60" t="s">
+        <v>431</v>
+      </c>
+      <c r="E60" t="s">
+        <v>432</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>433</v>
+      </c>
+      <c r="H60" t="s">
+        <v>434</v>
+      </c>
+      <c r="I60" t="s">
+        <v>430</v>
+      </c>
+      <c r="J60" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>91</v>
+      </c>
+      <c r="B61" t="s">
+        <v>436</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>437</v>
+      </c>
+      <c r="E61" t="s">
+        <v>437</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>438</v>
+      </c>
+      <c r="H61" t="s">
+        <v>439</v>
+      </c>
+      <c r="I61" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>91</v>
+      </c>
+      <c r="B62" t="s">
+        <v>441</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>442</v>
+      </c>
+      <c r="E62" t="s">
+        <v>442</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>443</v>
+      </c>
+      <c r="H62" t="s">
+        <v>444</v>
+      </c>
+      <c r="I62" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>91</v>
+      </c>
+      <c r="B63" t="s">
+        <v>148</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>446</v>
+      </c>
+      <c r="E63" t="s">
+        <v>446</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>447</v>
+      </c>
+      <c r="H63" t="s">
+        <v>448</v>
+      </c>
+      <c r="I63" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>91</v>
+      </c>
+      <c r="B64" t="s">
+        <v>450</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>451</v>
+      </c>
+      <c r="E64" t="s">
+        <v>451</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>452</v>
+      </c>
+      <c r="H64" t="s">
+        <v>453</v>
+      </c>
+      <c r="I64" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" t="s">
+        <v>454</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H130"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>455</v>
+      </c>
+      <c r="B2" t="s">
+        <v>456</v>
+      </c>
+      <c r="C2" t="s">
+        <v>457</v>
+      </c>
+      <c r="D2" t="s">
+        <v>458</v>
+      </c>
+      <c r="E2" t="s">
+        <v>459</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>460</v>
+      </c>
+      <c r="H2" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C3" t="s">
+        <v>463</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>464</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>465</v>
+      </c>
+      <c r="H3" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B4" t="s">
+        <v>467</v>
+      </c>
+      <c r="C4" t="s">
+        <v>468</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>469</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>470</v>
+      </c>
+      <c r="H4" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>455</v>
+      </c>
+      <c r="B5" t="s">
+        <v>472</v>
+      </c>
+      <c r="C5" t="s">
+        <v>473</v>
+      </c>
+      <c r="D5" t="s">
+        <v>474</v>
+      </c>
+      <c r="E5" t="s">
+        <v>475</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>476</v>
+      </c>
+      <c r="H5" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>455</v>
+      </c>
+      <c r="B6" t="s">
+        <v>478</v>
+      </c>
+      <c r="C6" t="s">
+        <v>479</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>480</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>481</v>
+      </c>
+      <c r="H6" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>455</v>
+      </c>
+      <c r="B7" t="s">
+        <v>483</v>
+      </c>
+      <c r="C7" t="s">
+        <v>484</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>485</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>486</v>
+      </c>
+      <c r="H7" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>455</v>
+      </c>
+      <c r="B8" t="s">
+        <v>488</v>
+      </c>
+      <c r="C8" t="s">
+        <v>489</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>490</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>491</v>
+      </c>
+      <c r="H8" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>455</v>
+      </c>
+      <c r="B9" t="s">
+        <v>493</v>
+      </c>
+      <c r="C9" t="s">
+        <v>494</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>495</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>496</v>
+      </c>
+      <c r="H9" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>455</v>
+      </c>
+      <c r="B10" t="s">
+        <v>498</v>
+      </c>
+      <c r="C10" t="s">
+        <v>499</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>500</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>501</v>
+      </c>
+      <c r="H10" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>455</v>
+      </c>
+      <c r="B11" t="s">
+        <v>503</v>
+      </c>
+      <c r="C11" t="s">
+        <v>504</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>505</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>506</v>
+      </c>
+      <c r="H11" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>455</v>
+      </c>
+      <c r="B12" t="s">
+        <v>508</v>
+      </c>
+      <c r="C12" t="s">
+        <v>509</v>
+      </c>
+      <c r="D12" t="s">
+        <v>510</v>
+      </c>
+      <c r="E12" t="s">
+        <v>511</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>512</v>
+      </c>
+      <c r="H12" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>455</v>
+      </c>
+      <c r="B13" t="s">
+        <v>514</v>
+      </c>
+      <c r="C13" t="s">
+        <v>515</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>516</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>517</v>
+      </c>
+      <c r="H13" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>455</v>
+      </c>
+      <c r="B14" t="s">
+        <v>519</v>
+      </c>
+      <c r="C14" t="s">
+        <v>520</v>
+      </c>
+      <c r="D14" t="s">
+        <v>521</v>
+      </c>
+      <c r="E14" t="s">
+        <v>522</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>523</v>
+      </c>
+      <c r="H14" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>455</v>
+      </c>
+      <c r="B15" t="s">
+        <v>525</v>
+      </c>
+      <c r="C15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D15" t="s">
+        <v>521</v>
+      </c>
+      <c r="E15" t="s">
+        <v>522</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>526</v>
+      </c>
+      <c r="H15" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>455</v>
+      </c>
+      <c r="B16" t="s">
+        <v>528</v>
+      </c>
+      <c r="C16" t="s">
+        <v>529</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>530</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>531</v>
+      </c>
+      <c r="H16" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>455</v>
+      </c>
+      <c r="B17" t="s">
+        <v>533</v>
+      </c>
+      <c r="C17" t="s">
+        <v>534</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>535</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>536</v>
+      </c>
+      <c r="H17" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>455</v>
+      </c>
+      <c r="B18" t="s">
+        <v>538</v>
+      </c>
+      <c r="C18" t="s">
+        <v>539</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>540</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>541</v>
+      </c>
+      <c r="H18" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>455</v>
+      </c>
+      <c r="B19" t="s">
+        <v>543</v>
+      </c>
+      <c r="C19" t="s">
+        <v>544</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>545</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>546</v>
+      </c>
+      <c r="H19" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>455</v>
+      </c>
+      <c r="B20" t="s">
+        <v>548</v>
+      </c>
+      <c r="C20" t="s">
+        <v>549</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>550</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>551</v>
+      </c>
+      <c r="H20" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>455</v>
+      </c>
+      <c r="B21" t="s">
+        <v>553</v>
+      </c>
+      <c r="C21" t="s">
+        <v>554</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>555</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>556</v>
+      </c>
+      <c r="H21" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>455</v>
+      </c>
+      <c r="B22" t="s">
+        <v>558</v>
+      </c>
+      <c r="C22" t="s">
+        <v>559</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>560</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>561</v>
+      </c>
+      <c r="H22" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>455</v>
+      </c>
+      <c r="B23" t="s">
+        <v>563</v>
+      </c>
+      <c r="C23" t="s">
+        <v>564</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>565</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>566</v>
+      </c>
+      <c r="H23" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>455</v>
+      </c>
+      <c r="B24" t="s">
+        <v>568</v>
+      </c>
+      <c r="C24" t="s">
+        <v>569</v>
+      </c>
+      <c r="D24" t="s">
+        <v>570</v>
+      </c>
+      <c r="E24" t="s">
+        <v>571</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>572</v>
+      </c>
+      <c r="H24" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>455</v>
+      </c>
+      <c r="B25" t="s">
+        <v>574</v>
+      </c>
+      <c r="C25" t="s">
+        <v>575</v>
+      </c>
+      <c r="D25" t="s">
+        <v>576</v>
+      </c>
+      <c r="E25" t="s">
+        <v>577</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>578</v>
+      </c>
+      <c r="H25" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>455</v>
+      </c>
+      <c r="B26" t="s">
+        <v>580</v>
+      </c>
+      <c r="C26" t="s">
+        <v>581</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>582</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>583</v>
+      </c>
+      <c r="H26" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>455</v>
+      </c>
+      <c r="B27" t="s">
+        <v>585</v>
+      </c>
+      <c r="C27" t="s">
+        <v>586</v>
+      </c>
+      <c r="D27" t="s">
+        <v>587</v>
+      </c>
+      <c r="E27" t="s">
+        <v>588</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>589</v>
+      </c>
+      <c r="H27" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>455</v>
+      </c>
+      <c r="B28" t="s">
+        <v>591</v>
+      </c>
+      <c r="C28" t="s">
+        <v>520</v>
+      </c>
+      <c r="D28" t="s">
+        <v>570</v>
+      </c>
+      <c r="E28" t="s">
+        <v>592</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>593</v>
+      </c>
+      <c r="H28" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>455</v>
+      </c>
+      <c r="B29" t="s">
+        <v>595</v>
+      </c>
+      <c r="C29" t="s">
+        <v>596</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>597</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>598</v>
+      </c>
+      <c r="H29" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>455</v>
+      </c>
+      <c r="B30" t="s">
+        <v>600</v>
+      </c>
+      <c r="C30" t="s">
+        <v>601</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>597</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>602</v>
+      </c>
+      <c r="H30" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>455</v>
+      </c>
+      <c r="B31" t="s">
+        <v>604</v>
+      </c>
+      <c r="C31" t="s">
+        <v>605</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>606</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>607</v>
+      </c>
+      <c r="H31" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>455</v>
+      </c>
+      <c r="B32" t="s">
+        <v>609</v>
+      </c>
+      <c r="C32" t="s">
+        <v>610</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>606</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>611</v>
+      </c>
+      <c r="H32" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>455</v>
+      </c>
+      <c r="B33" t="s">
+        <v>613</v>
+      </c>
+      <c r="C33" t="s">
+        <v>614</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>606</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>615</v>
+      </c>
+      <c r="H33" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>455</v>
+      </c>
+      <c r="B34" t="s">
+        <v>617</v>
+      </c>
+      <c r="C34" t="s">
+        <v>618</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>606</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>619</v>
+      </c>
+      <c r="H34" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>455</v>
+      </c>
+      <c r="B35" t="s">
+        <v>621</v>
+      </c>
+      <c r="C35" t="s">
+        <v>622</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>606</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>623</v>
+      </c>
+      <c r="H35" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>455</v>
+      </c>
+      <c r="B36" t="s">
+        <v>625</v>
+      </c>
+      <c r="C36" t="s">
+        <v>626</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>606</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>627</v>
+      </c>
+      <c r="H36" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>455</v>
+      </c>
+      <c r="B37" t="s">
+        <v>629</v>
+      </c>
+      <c r="C37" t="s">
+        <v>630</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>631</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>632</v>
+      </c>
+      <c r="H37" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>455</v>
+      </c>
+      <c r="B38" t="s">
+        <v>634</v>
+      </c>
+      <c r="C38" t="s">
+        <v>635</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>631</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>636</v>
+      </c>
+      <c r="H38" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>455</v>
+      </c>
+      <c r="B39" t="s">
+        <v>638</v>
+      </c>
+      <c r="C39" t="s">
+        <v>639</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>640</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>641</v>
+      </c>
+      <c r="H39" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>455</v>
+      </c>
+      <c r="B40" t="s">
+        <v>643</v>
+      </c>
+      <c r="C40" t="s">
+        <v>520</v>
+      </c>
+      <c r="D40" t="s">
+        <v>644</v>
+      </c>
+      <c r="E40" t="s">
+        <v>645</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>646</v>
+      </c>
+      <c r="H40" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>455</v>
+      </c>
+      <c r="B41" t="s">
+        <v>648</v>
+      </c>
+      <c r="C41" t="s">
+        <v>520</v>
+      </c>
+      <c r="D41" t="s">
+        <v>644</v>
+      </c>
+      <c r="E41" t="s">
+        <v>649</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>650</v>
+      </c>
+      <c r="H41" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>455</v>
+      </c>
+      <c r="B42" t="s">
+        <v>652</v>
+      </c>
+      <c r="C42" t="s">
+        <v>653</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>654</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>655</v>
+      </c>
+      <c r="H42" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>455</v>
+      </c>
+      <c r="B43" t="s">
+        <v>657</v>
+      </c>
+      <c r="C43" t="s">
+        <v>658</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>659</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>660</v>
+      </c>
+      <c r="H43" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>455</v>
+      </c>
+      <c r="B44" t="s">
+        <v>662</v>
+      </c>
+      <c r="C44" t="s">
+        <v>663</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>664</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>665</v>
+      </c>
+      <c r="H44" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>455</v>
+      </c>
+      <c r="B45" t="s">
+        <v>667</v>
+      </c>
+      <c r="C45" t="s">
+        <v>668</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>669</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>670</v>
+      </c>
+      <c r="H45" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>455</v>
+      </c>
+      <c r="B46" t="s">
+        <v>672</v>
+      </c>
+      <c r="C46" t="s">
+        <v>673</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>674</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>675</v>
+      </c>
+      <c r="H46" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>455</v>
+      </c>
+      <c r="B47" t="s">
+        <v>677</v>
+      </c>
+      <c r="C47" t="s">
+        <v>678</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>679</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>680</v>
+      </c>
+      <c r="H47" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>455</v>
+      </c>
+      <c r="B48" t="s">
+        <v>682</v>
+      </c>
+      <c r="C48" t="s">
+        <v>683</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>684</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>685</v>
+      </c>
+      <c r="H48" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>455</v>
+      </c>
+      <c r="B49" t="s">
+        <v>687</v>
+      </c>
+      <c r="C49" t="s">
+        <v>688</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>689</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>690</v>
+      </c>
+      <c r="H49" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>455</v>
+      </c>
+      <c r="B50" t="s">
+        <v>692</v>
+      </c>
+      <c r="C50" t="s">
+        <v>693</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>694</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>695</v>
+      </c>
+      <c r="H50" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>455</v>
+      </c>
+      <c r="B51" t="s">
+        <v>697</v>
+      </c>
+      <c r="C51" t="s">
+        <v>698</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>699</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>700</v>
+      </c>
+      <c r="H51" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>455</v>
+      </c>
+      <c r="B52" t="s">
+        <v>702</v>
+      </c>
+      <c r="C52" t="s">
+        <v>703</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>699</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>704</v>
+      </c>
+      <c r="H52" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>455</v>
+      </c>
+      <c r="B53" t="s">
+        <v>706</v>
+      </c>
+      <c r="C53" t="s">
+        <v>707</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>699</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>708</v>
+      </c>
+      <c r="H53" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>455</v>
+      </c>
+      <c r="B54" t="s">
+        <v>710</v>
+      </c>
+      <c r="C54" t="s">
+        <v>711</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>699</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>712</v>
+      </c>
+      <c r="H54" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>455</v>
+      </c>
+      <c r="B55" t="s">
+        <v>714</v>
+      </c>
+      <c r="C55" t="s">
+        <v>715</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>699</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>716</v>
+      </c>
+      <c r="H55" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>455</v>
+      </c>
+      <c r="B56" t="s">
+        <v>718</v>
+      </c>
+      <c r="C56" t="s">
+        <v>719</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>699</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>720</v>
+      </c>
+      <c r="H56" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>455</v>
+      </c>
+      <c r="B57" t="s">
+        <v>722</v>
+      </c>
+      <c r="C57" t="s">
+        <v>723</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>724</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>725</v>
+      </c>
+      <c r="H57" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>455</v>
+      </c>
+      <c r="B58" t="s">
+        <v>727</v>
+      </c>
+      <c r="C58" t="s">
+        <v>728</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>729</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>730</v>
+      </c>
+      <c r="H58" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>455</v>
+      </c>
+      <c r="B59" t="s">
+        <v>732</v>
+      </c>
+      <c r="C59" t="s">
+        <v>733</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>734</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>735</v>
+      </c>
+      <c r="H59" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>455</v>
+      </c>
+      <c r="B60" t="s">
+        <v>737</v>
+      </c>
+      <c r="C60" t="s">
+        <v>738</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>739</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>740</v>
+      </c>
+      <c r="H60" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>455</v>
+      </c>
+      <c r="B61" t="s">
+        <v>742</v>
+      </c>
+      <c r="C61" t="s">
+        <v>743</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>739</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>744</v>
+      </c>
+      <c r="H61" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>455</v>
+      </c>
+      <c r="B62" t="s">
+        <v>746</v>
+      </c>
+      <c r="C62" t="s">
+        <v>747</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>748</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>749</v>
+      </c>
+      <c r="H62" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>455</v>
+      </c>
+      <c r="B63" t="s">
+        <v>751</v>
+      </c>
+      <c r="C63" t="s">
+        <v>752</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>748</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>753</v>
+      </c>
+      <c r="H63" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>455</v>
+      </c>
+      <c r="B64" t="s">
+        <v>755</v>
+      </c>
+      <c r="C64" t="s">
+        <v>756</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>757</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>758</v>
+      </c>
+      <c r="H64" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>455</v>
+      </c>
+      <c r="B65" t="s">
+        <v>760</v>
+      </c>
+      <c r="C65" t="s">
+        <v>761</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>762</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>763</v>
+      </c>
+      <c r="H65" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>455</v>
+      </c>
+      <c r="B66" t="s">
+        <v>765</v>
+      </c>
+      <c r="C66" t="s">
+        <v>766</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>762</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>767</v>
+      </c>
+      <c r="H66" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>455</v>
+      </c>
+      <c r="B67" t="s">
+        <v>769</v>
+      </c>
+      <c r="C67" t="s">
+        <v>770</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>762</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>771</v>
+      </c>
+      <c r="H67" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>455</v>
+      </c>
+      <c r="B68" t="s">
+        <v>773</v>
+      </c>
+      <c r="C68" t="s">
+        <v>774</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>762</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>775</v>
+      </c>
+      <c r="H68" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>455</v>
+      </c>
+      <c r="B69" t="s">
+        <v>777</v>
+      </c>
+      <c r="C69" t="s">
+        <v>778</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>762</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>779</v>
+      </c>
+      <c r="H69" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>455</v>
+      </c>
+      <c r="B70" t="s">
+        <v>781</v>
+      </c>
+      <c r="C70" t="s">
+        <v>782</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>762</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>783</v>
+      </c>
+      <c r="H70" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>455</v>
+      </c>
+      <c r="B71" t="s">
+        <v>785</v>
+      </c>
+      <c r="C71" t="s">
+        <v>786</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>762</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>787</v>
+      </c>
+      <c r="H71" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>455</v>
+      </c>
+      <c r="B72" t="s">
+        <v>789</v>
+      </c>
+      <c r="C72" t="s">
+        <v>790</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>762</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>791</v>
+      </c>
+      <c r="H72" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>455</v>
+      </c>
+      <c r="B73" t="s">
+        <v>793</v>
+      </c>
+      <c r="C73" t="s">
+        <v>794</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>795</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>796</v>
+      </c>
+      <c r="H73" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>455</v>
+      </c>
+      <c r="B74" t="s">
+        <v>798</v>
+      </c>
+      <c r="C74" t="s">
+        <v>799</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>800</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>801</v>
+      </c>
+      <c r="H74" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>455</v>
+      </c>
+      <c r="B75" t="s">
+        <v>803</v>
+      </c>
+      <c r="C75" t="s">
+        <v>804</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>805</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>806</v>
+      </c>
+      <c r="H75" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>455</v>
+      </c>
+      <c r="B76" t="s">
+        <v>808</v>
+      </c>
+      <c r="C76" t="s">
+        <v>809</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>800</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>810</v>
+      </c>
+      <c r="H76" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>455</v>
+      </c>
+      <c r="B77" t="s">
+        <v>812</v>
+      </c>
+      <c r="C77" t="s">
+        <v>813</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>800</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>814</v>
+      </c>
+      <c r="H77" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>455</v>
+      </c>
+      <c r="B78" t="s">
+        <v>816</v>
+      </c>
+      <c r="C78" t="s">
+        <v>817</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>800</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>818</v>
+      </c>
+      <c r="H78" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>455</v>
+      </c>
+      <c r="B79" t="s">
+        <v>820</v>
+      </c>
+      <c r="C79" t="s">
+        <v>821</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>800</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>822</v>
+      </c>
+      <c r="H79" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>455</v>
+      </c>
+      <c r="B80" t="s">
+        <v>824</v>
+      </c>
+      <c r="C80" t="s">
+        <v>520</v>
+      </c>
+      <c r="D80" t="s">
+        <v>825</v>
+      </c>
+      <c r="E80" t="s">
+        <v>826</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>827</v>
+      </c>
+      <c r="H80" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>455</v>
+      </c>
+      <c r="B81" t="s">
+        <v>829</v>
+      </c>
+      <c r="C81" t="s">
+        <v>830</v>
+      </c>
+      <c r="D81" t="s">
+        <v>831</v>
+      </c>
+      <c r="E81" t="s">
+        <v>832</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>833</v>
+      </c>
+      <c r="H81" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>455</v>
+      </c>
+      <c r="B82" t="s">
+        <v>835</v>
+      </c>
+      <c r="C82" t="s">
+        <v>836</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>837</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>838</v>
+      </c>
+      <c r="H82" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>455</v>
+      </c>
+      <c r="B83" t="s">
+        <v>840</v>
+      </c>
+      <c r="C83" t="s">
+        <v>841</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>842</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>843</v>
+      </c>
+      <c r="H83" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>455</v>
+      </c>
+      <c r="B84" t="s">
+        <v>845</v>
+      </c>
+      <c r="C84" t="s">
+        <v>846</v>
+      </c>
+      <c r="D84" t="s">
+        <v>842</v>
+      </c>
+      <c r="E84" t="s">
+        <v>847</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>848</v>
+      </c>
+      <c r="H84" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>455</v>
+      </c>
+      <c r="B85" t="s">
+        <v>850</v>
+      </c>
+      <c r="C85" t="s">
+        <v>851</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>852</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>853</v>
+      </c>
+      <c r="H85" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>455</v>
+      </c>
+      <c r="B86" t="s">
+        <v>855</v>
+      </c>
+      <c r="C86" t="s">
+        <v>856</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>857</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>858</v>
+      </c>
+      <c r="H86" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>455</v>
+      </c>
+      <c r="B87" t="s">
+        <v>860</v>
+      </c>
+      <c r="C87" t="s">
+        <v>861</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>862</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>863</v>
+      </c>
+      <c r="H87" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>455</v>
+      </c>
+      <c r="B88" t="s">
+        <v>865</v>
+      </c>
+      <c r="C88" t="s">
+        <v>866</v>
+      </c>
+      <c r="D88" t="s">
+        <v>867</v>
+      </c>
+      <c r="E88" t="s">
+        <v>868</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>869</v>
+      </c>
+      <c r="H88" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>455</v>
+      </c>
+      <c r="B89" t="s">
+        <v>871</v>
+      </c>
+      <c r="C89" t="s">
+        <v>872</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>873</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>874</v>
+      </c>
+      <c r="H89" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>455</v>
+      </c>
+      <c r="B90" t="s">
+        <v>876</v>
+      </c>
+      <c r="C90" t="s">
+        <v>877</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>878</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>879</v>
+      </c>
+      <c r="H90" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>455</v>
+      </c>
+      <c r="B91" t="s">
+        <v>881</v>
+      </c>
+      <c r="C91" t="s">
+        <v>882</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>883</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>884</v>
+      </c>
+      <c r="H91" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>455</v>
+      </c>
+      <c r="B92" t="s">
+        <v>886</v>
+      </c>
+      <c r="C92" t="s">
+        <v>887</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>888</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>889</v>
+      </c>
+      <c r="H92" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>455</v>
+      </c>
+      <c r="B93" t="s">
+        <v>891</v>
+      </c>
+      <c r="C93" t="s">
+        <v>892</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>893</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>894</v>
+      </c>
+      <c r="H93" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>455</v>
+      </c>
+      <c r="B94" t="s">
+        <v>896</v>
+      </c>
+      <c r="C94" t="s">
+        <v>897</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>898</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>899</v>
+      </c>
+      <c r="H94" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>455</v>
+      </c>
+      <c r="B95" t="s">
+        <v>901</v>
+      </c>
+      <c r="C95" t="s">
+        <v>902</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>903</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>904</v>
+      </c>
+      <c r="H95" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>455</v>
+      </c>
+      <c r="B96" t="s">
+        <v>906</v>
+      </c>
+      <c r="C96" t="s">
+        <v>907</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>903</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>908</v>
+      </c>
+      <c r="H96" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>455</v>
+      </c>
+      <c r="B97" t="s">
+        <v>910</v>
+      </c>
+      <c r="C97" t="s">
+        <v>911</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>912</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>913</v>
+      </c>
+      <c r="H97" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>455</v>
+      </c>
+      <c r="B98" t="s">
+        <v>915</v>
+      </c>
+      <c r="C98" t="s">
+        <v>916</v>
+      </c>
+      <c r="D98" t="s">
+        <v>917</v>
+      </c>
+      <c r="E98" t="s">
+        <v>918</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>919</v>
+      </c>
+      <c r="H98" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>455</v>
+      </c>
+      <c r="B99" t="s">
+        <v>921</v>
+      </c>
+      <c r="C99" t="s">
+        <v>922</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>923</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>924</v>
+      </c>
+      <c r="H99" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>455</v>
+      </c>
+      <c r="B100" t="s">
+        <v>926</v>
+      </c>
+      <c r="C100" t="s">
+        <v>927</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>928</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>929</v>
+      </c>
+      <c r="H100" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>455</v>
+      </c>
+      <c r="B101" t="s">
+        <v>931</v>
+      </c>
+      <c r="C101" t="s">
+        <v>932</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>933</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>934</v>
+      </c>
+      <c r="H101" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>455</v>
+      </c>
+      <c r="B102" t="s">
+        <v>936</v>
+      </c>
+      <c r="C102" t="s">
+        <v>937</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>938</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>939</v>
+      </c>
+      <c r="H102" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>455</v>
+      </c>
+      <c r="B103" t="s">
+        <v>941</v>
+      </c>
+      <c r="C103" t="s">
+        <v>942</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>943</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>944</v>
+      </c>
+      <c r="H103" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>455</v>
+      </c>
+      <c r="B104" t="s">
+        <v>946</v>
+      </c>
+      <c r="C104" t="s">
+        <v>947</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>948</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>949</v>
+      </c>
+      <c r="H104" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>455</v>
+      </c>
+      <c r="B105" t="s">
+        <v>951</v>
+      </c>
+      <c r="C105" t="s">
+        <v>952</v>
+      </c>
+      <c r="D105" t="s">
+        <v>953</v>
+      </c>
+      <c r="E105" t="s">
+        <v>954</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>955</v>
+      </c>
+      <c r="H105" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>455</v>
+      </c>
+      <c r="B106" t="s">
+        <v>957</v>
+      </c>
+      <c r="C106" t="s">
+        <v>958</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>959</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>960</v>
+      </c>
+      <c r="H106" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>455</v>
+      </c>
+      <c r="B107" t="s">
+        <v>962</v>
+      </c>
+      <c r="C107" t="s">
+        <v>963</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>964</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>965</v>
+      </c>
+      <c r="H107" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>455</v>
+      </c>
+      <c r="B108" t="s">
+        <v>967</v>
+      </c>
+      <c r="C108" t="s">
+        <v>968</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>969</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>970</v>
+      </c>
+      <c r="H108" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>455</v>
+      </c>
+      <c r="B109" t="s">
+        <v>972</v>
+      </c>
+      <c r="C109" t="s">
+        <v>973</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>974</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>975</v>
+      </c>
+      <c r="H109" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>455</v>
+      </c>
+      <c r="B110" t="s">
+        <v>977</v>
+      </c>
+      <c r="C110" t="s">
+        <v>978</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>979</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>980</v>
+      </c>
+      <c r="H110" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>455</v>
+      </c>
+      <c r="B111" t="s">
+        <v>982</v>
+      </c>
+      <c r="C111" t="s">
+        <v>983</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>984</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>985</v>
+      </c>
+      <c r="H111" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>455</v>
+      </c>
+      <c r="B112" t="s">
+        <v>987</v>
+      </c>
+      <c r="C112" t="s">
+        <v>988</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>989</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>990</v>
+      </c>
+      <c r="H112" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>455</v>
+      </c>
+      <c r="B113" t="s">
+        <v>992</v>
+      </c>
+      <c r="C113" t="s">
+        <v>993</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>994</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>995</v>
+      </c>
+      <c r="H113" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>455</v>
+      </c>
+      <c r="B114" t="s">
+        <v>997</v>
+      </c>
+      <c r="C114" t="s">
+        <v>998</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>999</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>455</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>999</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>455</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>455</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>455</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>455</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>455</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C120" t="s">
+        <v>520</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>455</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C121" t="s">
+        <v>520</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>455</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D122" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>455</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D123" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>455</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>455</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C125" t="s">
+        <v>520</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>455</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C126" t="s">
+        <v>520</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>455</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C127" t="s">
+        <v>520</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>455</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>455</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>455</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1085</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:I66"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>1086</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>358</v>
+        <v>1087</v>
       </c>
       <c r="B2" t="s">
-        <v>359</v>
+        <v>1088</v>
       </c>
       <c r="C2" t="s">
-        <v>360</v>
+        <v>1089</v>
       </c>
       <c r="D2" t="s">
-        <v>361</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>362</v>
+        <v>1090</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>363</v>
+        <v>1091</v>
       </c>
       <c r="H2" t="s">
-        <v>364</v>
+        <v>1092</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1093</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>358</v>
+        <v>1087</v>
       </c>
       <c r="B3" t="s">
-        <v>365</v>
+        <v>1094</v>
       </c>
       <c r="C3" t="s">
-        <v>366</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>367</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>368</v>
+        <v>1095</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>369</v>
+        <v>1096</v>
       </c>
       <c r="H3" t="s">
-        <v>370</v>
+        <v>1097</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1098</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>358</v>
+        <v>1087</v>
       </c>
       <c r="B4" t="s">
-        <v>371</v>
+        <v>1099</v>
       </c>
       <c r="C4" t="s">
-        <v>372</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>373</v>
+        <v>1100</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>374</v>
+        <v>1101</v>
       </c>
       <c r="H4" t="s">
-        <v>375</v>
+        <v>1102</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1103</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>358</v>
+        <v>1087</v>
       </c>
       <c r="B5" t="s">
-        <v>376</v>
+        <v>1104</v>
       </c>
       <c r="C5" t="s">
-        <v>377</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>378</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>379</v>
+        <v>1105</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>380</v>
+        <v>1106</v>
       </c>
       <c r="H5" t="s">
-        <v>381</v>
+        <v>1107</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1108</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>358</v>
+        <v>1087</v>
       </c>
       <c r="B6" t="s">
-        <v>382</v>
+        <v>1109</v>
       </c>
       <c r="C6" t="s">
-        <v>383</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>384</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>385</v>
+        <v>1110</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>386</v>
+        <v>1111</v>
       </c>
       <c r="H6" t="s">
-        <v>387</v>
+        <v>1112</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1129</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1137</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1157</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1176</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1180</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1184</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1192</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1196</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1216</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1220</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1228</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1232</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1244</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1248</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1252</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1260</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1264</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1272</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1276</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1280</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1292</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1300</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1304</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1312</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1318</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1324</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1328</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1336</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1339</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1340</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1347</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1348</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1108</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...64 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B2" t="s">
-        <v>396</v>
+        <v>1354</v>
       </c>
       <c r="C2" t="s">
-        <v>397</v>
+        <v>1355</v>
       </c>
       <c r="D2" t="s">
-        <v>398</v>
+        <v>94</v>
       </c>
       <c r="E2" t="s">
-        <v>399</v>
+        <v>1356</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>400</v>
+        <v>1357</v>
       </c>
       <c r="H2" t="s">
-        <v>401</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>1359</v>
       </c>
       <c r="C3" t="s">
-        <v>403</v>
+        <v>1360</v>
       </c>
       <c r="D3" t="s">
-        <v>367</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>404</v>
+        <v>1361</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>405</v>
+        <v>1362</v>
       </c>
       <c r="H3" t="s">
-        <v>406</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B4" t="s">
-        <v>407</v>
+        <v>1364</v>
       </c>
       <c r="C4" t="s">
-        <v>408</v>
+        <v>1365</v>
       </c>
       <c r="D4" t="s">
-        <v>409</v>
+        <v>1366</v>
       </c>
       <c r="E4" t="s">
-        <v>410</v>
+        <v>1367</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>411</v>
+        <v>1368</v>
       </c>
       <c r="H4" t="s">
-        <v>412</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B5" t="s">
-        <v>413</v>
+        <v>1370</v>
       </c>
       <c r="C5" t="s">
-        <v>414</v>
+        <v>1371</v>
       </c>
       <c r="D5" t="s">
-        <v>415</v>
+        <v>1372</v>
       </c>
       <c r="E5" t="s">
-        <v>416</v>
+        <v>1373</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>417</v>
+        <v>1374</v>
       </c>
       <c r="H5" t="s">
-        <v>418</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B6" t="s">
-        <v>419</v>
+        <v>1376</v>
       </c>
       <c r="C6" t="s">
-        <v>420</v>
+        <v>1377</v>
       </c>
       <c r="D6" t="s">
-        <v>421</v>
+        <v>1378</v>
       </c>
       <c r="E6" t="s">
-        <v>422</v>
+        <v>1379</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>423</v>
+        <v>1380</v>
       </c>
       <c r="H6" t="s">
-        <v>424</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B7" t="s">
-        <v>425</v>
+        <v>1382</v>
       </c>
       <c r="C7" t="s">
-        <v>426</v>
+        <v>1383</v>
       </c>
       <c r="D7" t="s">
-        <v>427</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>428</v>
+        <v>1384</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>429</v>
+        <v>1385</v>
       </c>
       <c r="H7" t="s">
-        <v>430</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B8" t="s">
-        <v>431</v>
+        <v>1387</v>
       </c>
       <c r="C8" t="s">
-        <v>432</v>
+        <v>1388</v>
       </c>
       <c r="D8" t="s">
-        <v>433</v>
+        <v>1389</v>
       </c>
       <c r="E8" t="s">
-        <v>434</v>
+        <v>1390</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>435</v>
+        <v>1391</v>
       </c>
       <c r="H8" t="s">
-        <v>436</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B9" t="s">
-        <v>437</v>
+        <v>1393</v>
       </c>
       <c r="C9" t="s">
-        <v>438</v>
+        <v>1394</v>
       </c>
       <c r="D9" t="s">
-        <v>439</v>
+        <v>1378</v>
       </c>
       <c r="E9" t="s">
-        <v>440</v>
+        <v>1395</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>441</v>
+        <v>1396</v>
       </c>
       <c r="H9" t="s">
-        <v>442</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B10" t="s">
-        <v>443</v>
+        <v>1398</v>
       </c>
       <c r="C10" t="s">
-        <v>444</v>
+        <v>1399</v>
       </c>
       <c r="D10" t="s">
-        <v>445</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>446</v>
+        <v>1400</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>447</v>
+        <v>1401</v>
       </c>
       <c r="H10" t="s">
-        <v>448</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B11" t="s">
-        <v>449</v>
+        <v>1403</v>
       </c>
       <c r="C11" t="s">
-        <v>450</v>
+        <v>1404</v>
       </c>
       <c r="D11" t="s">
-        <v>451</v>
+        <v>1405</v>
       </c>
       <c r="E11" t="s">
-        <v>452</v>
+        <v>1406</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>453</v>
+        <v>1407</v>
       </c>
       <c r="H11" t="s">
-        <v>454</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B12" t="s">
-        <v>455</v>
+        <v>1409</v>
       </c>
       <c r="C12" t="s">
-        <v>456</v>
+        <v>1410</v>
       </c>
       <c r="D12" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>457</v>
+        <v>1411</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>458</v>
+        <v>1412</v>
       </c>
       <c r="H12" t="s">
-        <v>459</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B13" t="s">
-        <v>460</v>
+        <v>1414</v>
       </c>
       <c r="C13" t="s">
-        <v>461</v>
+        <v>1415</v>
       </c>
       <c r="D13" t="s">
-        <v>462</v>
+        <v>1416</v>
       </c>
       <c r="E13" t="s">
-        <v>463</v>
+        <v>1417</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>464</v>
+        <v>1418</v>
       </c>
       <c r="H13" t="s">
-        <v>465</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B14" t="s">
-        <v>466</v>
+        <v>1420</v>
       </c>
       <c r="C14" t="s">
-        <v>467</v>
+        <v>1421</v>
       </c>
       <c r="D14" t="s">
-        <v>468</v>
+        <v>1422</v>
       </c>
       <c r="E14" t="s">
-        <v>469</v>
+        <v>1423</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>470</v>
+        <v>1424</v>
       </c>
       <c r="H14" t="s">
-        <v>471</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B15" t="s">
-        <v>472</v>
+        <v>1426</v>
       </c>
       <c r="C15" t="s">
-        <v>473</v>
+        <v>1427</v>
       </c>
       <c r="D15" t="s">
-        <v>474</v>
+        <v>1428</v>
       </c>
       <c r="E15" t="s">
-        <v>475</v>
+        <v>1429</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>476</v>
+        <v>1430</v>
       </c>
       <c r="H15" t="s">
-        <v>477</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B16" t="s">
-        <v>478</v>
+        <v>1432</v>
       </c>
       <c r="C16" t="s">
-        <v>479</v>
+        <v>1433</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>1434</v>
       </c>
       <c r="E16" t="s">
-        <v>481</v>
+        <v>1435</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>482</v>
+        <v>1436</v>
       </c>
       <c r="H16" t="s">
-        <v>483</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B17" t="s">
-        <v>484</v>
+        <v>1438</v>
       </c>
       <c r="C17" t="s">
-        <v>485</v>
+        <v>1439</v>
       </c>
       <c r="D17" t="s">
-        <v>486</v>
+        <v>1440</v>
       </c>
       <c r="E17" t="s">
-        <v>487</v>
+        <v>1441</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>488</v>
+        <v>1442</v>
       </c>
       <c r="H17" t="s">
-        <v>489</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B18" t="s">
-        <v>490</v>
+        <v>1444</v>
       </c>
       <c r="C18" t="s">
-        <v>491</v>
+        <v>1445</v>
       </c>
       <c r="D18" t="s">
-        <v>492</v>
+        <v>1446</v>
       </c>
       <c r="E18" t="s">
-        <v>493</v>
+        <v>1447</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>494</v>
+        <v>1448</v>
       </c>
       <c r="H18" t="s">
-        <v>495</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B19" t="s">
-        <v>496</v>
+        <v>1450</v>
       </c>
       <c r="C19" t="s">
-        <v>24</v>
+        <v>1451</v>
       </c>
       <c r="D19" t="s">
-        <v>497</v>
+        <v>1452</v>
       </c>
       <c r="E19" t="s">
-        <v>498</v>
+        <v>1453</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>499</v>
+        <v>1454</v>
       </c>
       <c r="H19" t="s">
-        <v>500</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B20" t="s">
-        <v>501</v>
+        <v>1456</v>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>1457</v>
       </c>
       <c r="D20" t="s">
-        <v>502</v>
+        <v>1458</v>
       </c>
       <c r="E20" t="s">
-        <v>503</v>
+        <v>1459</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>504</v>
+        <v>1460</v>
       </c>
       <c r="H20" t="s">
-        <v>505</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B21" t="s">
-        <v>506</v>
+        <v>1462</v>
       </c>
       <c r="C21" t="s">
-        <v>507</v>
+        <v>1463</v>
       </c>
       <c r="D21" t="s">
-        <v>508</v>
+        <v>1464</v>
       </c>
       <c r="E21" t="s">
-        <v>509</v>
+        <v>1465</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>510</v>
+        <v>1466</v>
       </c>
       <c r="H21" t="s">
-        <v>511</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B22" t="s">
-        <v>512</v>
+        <v>1468</v>
       </c>
       <c r="C22" t="s">
-        <v>513</v>
+        <v>1469</v>
       </c>
       <c r="D22" t="s">
-        <v>514</v>
+        <v>1470</v>
       </c>
       <c r="E22" t="s">
-        <v>515</v>
+        <v>1471</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>516</v>
+        <v>1472</v>
       </c>
       <c r="H22" t="s">
-        <v>517</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>395</v>
+        <v>1353</v>
       </c>
       <c r="B23" t="s">
-        <v>518</v>
+        <v>1474</v>
       </c>
       <c r="C23" t="s">
-        <v>519</v>
+        <v>1475</v>
       </c>
       <c r="D23" t="s">
-        <v>520</v>
+        <v>1476</v>
       </c>
       <c r="E23" t="s">
-        <v>521</v>
+        <v>1477</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>522</v>
+        <v>1478</v>
       </c>
       <c r="H23" t="s">
-        <v>523</v>
+        <v>1479</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1524</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1527</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1529</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>525</v>
+        <v>1530</v>
       </c>
       <c r="B2" t="s">
-        <v>526</v>
+        <v>1531</v>
       </c>
       <c r="C2" t="s">
-        <v>527</v>
+        <v>1532</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>1533</v>
       </c>
       <c r="E2" t="s">
-        <v>528</v>
+        <v>1534</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>529</v>
+        <v>1535</v>
       </c>
       <c r="H2" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>531</v>
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1539</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1546</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1547</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1563</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1586</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1589</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>532</v>
+        <v>1590</v>
       </c>
       <c r="B2" t="s">
-        <v>533</v>
+        <v>1591</v>
       </c>
       <c r="C2" t="s">
-        <v>534</v>
+        <v>1592</v>
       </c>
       <c r="D2" t="s">
-        <v>535</v>
+        <v>1593</v>
       </c>
       <c r="E2" t="s">
-        <v>536</v>
+        <v>1594</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>537</v>
+        <v>1595</v>
       </c>
       <c r="H2" t="s">
-        <v>538</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>532</v>
+        <v>1590</v>
       </c>
       <c r="B3" t="s">
-        <v>539</v>
+        <v>1597</v>
       </c>
       <c r="C3" t="s">
-        <v>540</v>
+        <v>1598</v>
       </c>
       <c r="D3" t="s">
-        <v>541</v>
+        <v>1599</v>
       </c>
       <c r="E3" t="s">
-        <v>542</v>
+        <v>1600</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>543</v>
+        <v>1601</v>
       </c>
       <c r="H3" t="s">
-        <v>544</v>
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1636</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1674</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1675</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1688</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1693</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1698</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1705</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1723</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1724</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1742</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1806</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1807</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1809</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H215"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>545</v>
+        <v>1810</v>
       </c>
       <c r="B2" t="s">
-        <v>546</v>
+        <v>1811</v>
       </c>
       <c r="C2" t="s">
-        <v>547</v>
+        <v>1812</v>
       </c>
       <c r="D2" t="s">
-        <v>548</v>
+        <v>1813</v>
       </c>
       <c r="E2" t="s">
-        <v>549</v>
+        <v>1814</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>550</v>
+        <v>1815</v>
       </c>
       <c r="H2" t="s">
-        <v>551</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>545</v>
+        <v>1810</v>
       </c>
       <c r="B3" t="s">
-        <v>552</v>
+        <v>1817</v>
       </c>
       <c r="C3" t="s">
-        <v>553</v>
+        <v>1818</v>
       </c>
       <c r="D3" t="s">
-        <v>554</v>
+        <v>1819</v>
       </c>
       <c r="E3" t="s">
-        <v>555</v>
+        <v>1820</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>556</v>
+        <v>1821</v>
       </c>
       <c r="H3" t="s">
-        <v>557</v>
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1844</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1872</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1894</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1900</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1921</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1932</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1944</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1950</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E34" t="s">
+        <v>505</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E35" t="s">
+        <v>505</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1965</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C44" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D44" t="s">
+        <v>510</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C45" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C46" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C47" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2027</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2028</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C49" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2033</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2034</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C50" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2038</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2039</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2040</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2041</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C51" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2044</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2046</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2047</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C52" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2050</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2051</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2052</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C53" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2057</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2058</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C54" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2063</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2064</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C55" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2069</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C56" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2074</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2075</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2076</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2077</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C57" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2081</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C58" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2085</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2086</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2087</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C59" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2091</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2092</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C60" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2097</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C61" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2103</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C62" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D62" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C63" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2115</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2119</v>
+      </c>
+      <c r="C64" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2121</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2122</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2123</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C65" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C66" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2133</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2134</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2135</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C67" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D67" t="s">
+        <v>2139</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C68" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D68" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C69" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D69" t="s">
+        <v>2151</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C70" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D70" t="s">
+        <v>2157</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2158</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2159</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C71" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D71" t="s">
+        <v>2157</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C72" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D72" t="s">
+        <v>2157</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2168</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2169</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C73" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2173</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2174</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C74" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2179</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2180</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C75" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2185</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C76" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2192</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C77" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D77" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2196</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C78" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D78" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2201</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C79" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D79" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C80" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D80" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2208</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C81" t="s">
+        <v>2211</v>
+      </c>
+      <c r="D81" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2212</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2213</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2214</v>
+      </c>
+      <c r="C82" t="s">
+        <v>2215</v>
+      </c>
+      <c r="D82" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C83" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D83" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2220</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C84" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D84" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2223</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C85" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D85" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2226</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2228</v>
+      </c>
+      <c r="C86" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D86" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C87" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D87" t="s">
+        <v>2233</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2234</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2235</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C88" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D88" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2240</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2241</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C89" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D89" t="s">
+        <v>2245</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2249</v>
+      </c>
+      <c r="C90" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D90" t="s">
+        <v>2251</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2254</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2255</v>
+      </c>
+      <c r="C91" t="s">
+        <v>2256</v>
+      </c>
+      <c r="D91" t="s">
+        <v>2251</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2257</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2258</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C92" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D92" t="s">
+        <v>2262</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2263</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C93" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D93" t="s">
+        <v>2268</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C94" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D94" t="s">
+        <v>2274</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2275</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2276</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C95" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D95" t="s">
+        <v>2280</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2281</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2282</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2284</v>
+      </c>
+      <c r="C96" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D96" t="s">
+        <v>2286</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2287</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C97" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D97" t="s">
+        <v>2268</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C98" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C99" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D99" t="s">
+        <v>2302</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2303</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2304</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C100" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2308</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C101" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D101" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2314</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2315</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C102" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D102" t="s">
+        <v>2319</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2321</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C103" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D103" t="s">
+        <v>2325</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2326</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2327</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C104" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D104" t="s">
+        <v>2325</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2330</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2331</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C105" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D105" t="s">
+        <v>2335</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2336</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2337</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C106" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2342</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C107" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D107" t="s">
+        <v>2335</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2346</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C108" t="s">
+        <v>2349</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2350</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2351</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2352</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2353</v>
+      </c>
+      <c r="C109" t="s">
+        <v>2354</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2355</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2358</v>
+      </c>
+      <c r="C110" t="s">
+        <v>2359</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2361</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C111" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D111" t="s">
+        <v>2365</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2366</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2367</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C112" t="s">
+        <v>2370</v>
+      </c>
+      <c r="D112" t="s">
+        <v>2371</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2372</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2373</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C113" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D113" t="s">
+        <v>2377</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2379</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C114" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D114" t="s">
+        <v>2383</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2385</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C115" t="s">
+        <v>2388</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2392</v>
+      </c>
+      <c r="C116" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2394</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C117" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D117" t="s">
+        <v>2399</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2400</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2401</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C118" t="s">
+        <v>2404</v>
+      </c>
+      <c r="D118" t="s">
+        <v>2405</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2406</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C119" t="s">
+        <v>2410</v>
+      </c>
+      <c r="D119" t="s">
+        <v>2399</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2411</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2413</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C120" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D120" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2415</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2416</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C121" t="s">
+        <v>2419</v>
+      </c>
+      <c r="D121" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2422</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C122" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D122" t="s">
+        <v>2426</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2427</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2429</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2430</v>
+      </c>
+      <c r="C123" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D123" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2436</v>
+      </c>
+      <c r="C124" t="s">
+        <v>2437</v>
+      </c>
+      <c r="D124" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C125" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D125" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2443</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C126" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D126" t="s">
+        <v>2448</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2449</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2450</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C127" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D127" t="s">
+        <v>2454</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2455</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2456</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C128" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D128" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2462</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C129" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D129" t="s">
+        <v>2466</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2467</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2468</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2469</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2470</v>
+      </c>
+      <c r="C130" t="s">
+        <v>2471</v>
+      </c>
+      <c r="D130" t="s">
+        <v>2472</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2473</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2474</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C131" t="s">
+        <v>2477</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2478</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2479</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2481</v>
+      </c>
+      <c r="C132" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D132" t="s">
+        <v>2483</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2484</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2485</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C133" t="s">
+        <v>2488</v>
+      </c>
+      <c r="D133" t="s">
+        <v>2489</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2490</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2491</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2492</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C134" t="s">
+        <v>2494</v>
+      </c>
+      <c r="D134" t="s">
+        <v>2495</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2497</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C135" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D135" t="s">
+        <v>2495</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2501</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2502</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C136" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D136" t="s">
+        <v>2506</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2507</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C137" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D137" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2514</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C138" t="s">
+        <v>2517</v>
+      </c>
+      <c r="D138" t="s">
+        <v>2518</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2519</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2520</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C139" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D139" t="s">
+        <v>2524</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2525</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C140" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D140" t="s">
+        <v>2530</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2531</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C141" t="s">
+        <v>2535</v>
+      </c>
+      <c r="D141" t="s">
+        <v>2536</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C142" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2543</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C143" t="s">
+        <v>2546</v>
+      </c>
+      <c r="D143" t="s">
+        <v>2547</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2548</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2549</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C144" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D144" t="s">
+        <v>2553</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2557</v>
+      </c>
+      <c r="C145" t="s">
+        <v>2558</v>
+      </c>
+      <c r="D145" t="s">
+        <v>2559</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2560</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2562</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2563</v>
+      </c>
+      <c r="C146" t="s">
+        <v>2564</v>
+      </c>
+      <c r="D146" t="s">
+        <v>2565</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2566</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C147" t="s">
+        <v>2570</v>
+      </c>
+      <c r="D147" t="s">
+        <v>2571</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2572</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2573</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C148" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D148" t="s">
+        <v>2577</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2578</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2579</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2580</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C149" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D149" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2583</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2584</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2586</v>
+      </c>
+      <c r="C150" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D150" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2588</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2589</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B151" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C151" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D151" t="s">
+        <v>2593</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2594</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2596</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C152" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D152" t="s">
+        <v>2599</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C153" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2605</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2607</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2608</v>
+      </c>
+      <c r="C154" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D154" t="s">
+        <v>2610</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2611</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C155" t="s">
+        <v>2615</v>
+      </c>
+      <c r="D155" t="s">
+        <v>2616</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2617</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C156" t="s">
+        <v>2621</v>
+      </c>
+      <c r="D156" t="s">
+        <v>2622</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2623</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2624</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B157" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C157" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D157" t="s">
+        <v>2628</v>
+      </c>
+      <c r="E157" t="s">
+        <v>2629</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2630</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2631</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B158" t="s">
+        <v>2632</v>
+      </c>
+      <c r="C158" t="s">
+        <v>2633</v>
+      </c>
+      <c r="D158" t="s">
+        <v>2634</v>
+      </c>
+      <c r="E158" t="s">
+        <v>2635</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H158" t="s">
+        <v>2637</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B159" t="s">
+        <v>2638</v>
+      </c>
+      <c r="C159" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D159" t="s">
+        <v>2640</v>
+      </c>
+      <c r="E159" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>2642</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2643</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B160" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C160" t="s">
+        <v>13</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2646</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B161" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C161" t="s">
+        <v>13</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2649</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B162" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C162" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D162" t="s">
+        <v>2653</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2654</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B163" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C163" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D163" t="s">
+        <v>2659</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2660</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2661</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C164" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D164" t="s">
+        <v>2665</v>
+      </c>
+      <c r="E164" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2667</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B165" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C165" t="s">
+        <v>2670</v>
+      </c>
+      <c r="D165" t="s">
+        <v>2559</v>
+      </c>
+      <c r="E165" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2672</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B166" t="s">
+        <v>2674</v>
+      </c>
+      <c r="C166" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D166" t="s">
+        <v>2676</v>
+      </c>
+      <c r="E166" t="s">
+        <v>2677</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2679</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B167" t="s">
+        <v>2680</v>
+      </c>
+      <c r="C167" t="s">
+        <v>2681</v>
+      </c>
+      <c r="D167" t="s">
+        <v>431</v>
+      </c>
+      <c r="E167" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>2683</v>
+      </c>
+      <c r="H167" t="s">
+        <v>2684</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B168" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C168" t="s">
+        <v>2686</v>
+      </c>
+      <c r="D168" t="s">
+        <v>2687</v>
+      </c>
+      <c r="E168" t="s">
+        <v>2688</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2689</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B169" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C169" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D169" t="s">
+        <v>2693</v>
+      </c>
+      <c r="E169" t="s">
+        <v>2694</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2695</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2696</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B170" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C170" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D170" t="s">
+        <v>2699</v>
+      </c>
+      <c r="E170" t="s">
+        <v>2700</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2701</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B171" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C171" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D171" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E171" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2707</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B172" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C172" t="s">
+        <v>2710</v>
+      </c>
+      <c r="D172" t="s">
+        <v>2711</v>
+      </c>
+      <c r="E172" t="s">
+        <v>2712</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2713</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B173" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C173" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D173" t="s">
+        <v>2687</v>
+      </c>
+      <c r="E173" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B174" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C174" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D174" t="s">
+        <v>2722</v>
+      </c>
+      <c r="E174" t="s">
+        <v>2723</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B175" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C175" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E175" t="s">
+        <v>2728</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" t="s">
+        <v>2729</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2730</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B176" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C176" t="s">
+        <v>2732</v>
+      </c>
+      <c r="D176" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E176" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2735</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B177" t="s">
+        <v>2737</v>
+      </c>
+      <c r="C177" t="s">
+        <v>2738</v>
+      </c>
+      <c r="D177" t="s">
+        <v>2739</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2740</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2741</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B178" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C178" t="s">
+        <v>2744</v>
+      </c>
+      <c r="D178" t="s">
+        <v>2745</v>
+      </c>
+      <c r="E178" t="s">
+        <v>2746</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2747</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B179" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C179" t="s">
+        <v>2750</v>
+      </c>
+      <c r="D179" t="s">
+        <v>2751</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B180" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C180" t="s">
+        <v>2756</v>
+      </c>
+      <c r="D180" t="s">
+        <v>2757</v>
+      </c>
+      <c r="E180" t="s">
+        <v>2758</v>
+      </c>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B181" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C181" t="s">
+        <v>2762</v>
+      </c>
+      <c r="D181" t="s">
+        <v>2757</v>
+      </c>
+      <c r="E181" t="s">
+        <v>2763</v>
+      </c>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" t="s">
+        <v>2764</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2765</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B182" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C182" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D182" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E182" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2770</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B183" t="s">
+        <v>2772</v>
+      </c>
+      <c r="C183" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D183" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E183" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B184" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C184" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D184" t="s">
+        <v>2779</v>
+      </c>
+      <c r="E184" t="s">
+        <v>2779</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
+        <v>2780</v>
+      </c>
+      <c r="H184" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B185" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C185" t="s">
+        <v>2783</v>
+      </c>
+      <c r="D185" t="s">
+        <v>2784</v>
+      </c>
+      <c r="E185" t="s">
+        <v>2785</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" t="s">
+        <v>2786</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B186" t="s">
+        <v>2788</v>
+      </c>
+      <c r="C186" t="s">
+        <v>2789</v>
+      </c>
+      <c r="D186" t="s">
+        <v>2790</v>
+      </c>
+      <c r="E186" t="s">
+        <v>2790</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H186" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B187" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C187" t="s">
+        <v>2794</v>
+      </c>
+      <c r="D187" t="s">
+        <v>2795</v>
+      </c>
+      <c r="E187" t="s">
+        <v>2795</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>2796</v>
+      </c>
+      <c r="H187" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B188" t="s">
+        <v>2798</v>
+      </c>
+      <c r="C188" t="s">
+        <v>2799</v>
+      </c>
+      <c r="D188" t="s">
+        <v>2800</v>
+      </c>
+      <c r="E188" t="s">
+        <v>2801</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>2802</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B189" t="s">
+        <v>2804</v>
+      </c>
+      <c r="C189" t="s">
+        <v>2805</v>
+      </c>
+      <c r="D189" t="s">
+        <v>2806</v>
+      </c>
+      <c r="E189" t="s">
+        <v>2807</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" t="s">
+        <v>2808</v>
+      </c>
+      <c r="H189" t="s">
+        <v>2809</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B190" t="s">
+        <v>2810</v>
+      </c>
+      <c r="C190" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D190" t="s">
+        <v>2812</v>
+      </c>
+      <c r="E190" t="s">
+        <v>2812</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" t="s">
+        <v>2813</v>
+      </c>
+      <c r="H190" t="s">
+        <v>2814</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B191" t="s">
+        <v>2815</v>
+      </c>
+      <c r="C191" t="s">
+        <v>2816</v>
+      </c>
+      <c r="D191" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E191" t="s">
+        <v>2818</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>2819</v>
+      </c>
+      <c r="H191" t="s">
+        <v>2820</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B192" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C192" t="s">
+        <v>2822</v>
+      </c>
+      <c r="D192" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E192" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>2823</v>
+      </c>
+      <c r="H192" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B193" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C193" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D193" t="s">
+        <v>2827</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2828</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" t="s">
+        <v>2829</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2830</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B194" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C194" t="s">
+        <v>2832</v>
+      </c>
+      <c r="D194" t="s">
+        <v>2833</v>
+      </c>
+      <c r="E194" t="s">
+        <v>2833</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2834</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2835</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B195" t="s">
+        <v>2836</v>
+      </c>
+      <c r="C195" t="s">
+        <v>2837</v>
+      </c>
+      <c r="D195" t="s">
+        <v>2838</v>
+      </c>
+      <c r="E195" t="s">
+        <v>2839</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
+        <v>2840</v>
+      </c>
+      <c r="H195" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B196" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C196" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D196" t="s">
+        <v>2844</v>
+      </c>
+      <c r="E196" t="s">
+        <v>2845</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" t="s">
+        <v>2846</v>
+      </c>
+      <c r="H196" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B197" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C197" t="s">
+        <v>2849</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E197" t="s">
+        <v>2850</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
+        <v>2851</v>
+      </c>
+      <c r="H197" t="s">
+        <v>2852</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B198" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C198" t="s">
+        <v>2854</v>
+      </c>
+      <c r="D198" t="s">
+        <v>2844</v>
+      </c>
+      <c r="E198" t="s">
+        <v>2845</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
+        <v>2855</v>
+      </c>
+      <c r="H198" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B199" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C199" t="s">
+        <v>2858</v>
+      </c>
+      <c r="D199" t="s">
+        <v>2859</v>
+      </c>
+      <c r="E199" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" t="s">
+        <v>2861</v>
+      </c>
+      <c r="H199" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B200" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C200" t="s">
+        <v>2864</v>
+      </c>
+      <c r="D200" t="s">
+        <v>2865</v>
+      </c>
+      <c r="E200" t="s">
+        <v>2866</v>
+      </c>
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" t="s">
+        <v>2867</v>
+      </c>
+      <c r="H200" t="s">
+        <v>2868</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B201" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C201" t="s">
+        <v>2870</v>
+      </c>
+      <c r="D201" t="s">
+        <v>2871</v>
+      </c>
+      <c r="E201" t="s">
+        <v>2872</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" t="s">
+        <v>2873</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B202" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C202" t="s">
+        <v>2876</v>
+      </c>
+      <c r="D202" t="s">
+        <v>2877</v>
+      </c>
+      <c r="E202" t="s">
+        <v>2878</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" t="s">
+        <v>2879</v>
+      </c>
+      <c r="H202" t="s">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B203" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C203" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D203" t="s">
+        <v>2883</v>
+      </c>
+      <c r="E203" t="s">
+        <v>2884</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" t="s">
+        <v>2885</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2886</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B204" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C204" t="s">
+        <v>2888</v>
+      </c>
+      <c r="D204" t="s">
+        <v>2889</v>
+      </c>
+      <c r="E204" t="s">
+        <v>2890</v>
+      </c>
+      <c r="F204" t="s">
+        <v>13</v>
+      </c>
+      <c r="G204" t="s">
+        <v>2891</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2892</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B205" t="s">
+        <v>2893</v>
+      </c>
+      <c r="C205" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D205" t="s">
+        <v>2889</v>
+      </c>
+      <c r="E205" t="s">
+        <v>2890</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" t="s">
+        <v>2895</v>
+      </c>
+      <c r="H205" t="s">
+        <v>2896</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B206" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C206" t="s">
+        <v>2898</v>
+      </c>
+      <c r="D206" t="s">
+        <v>2899</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" t="s">
+        <v>2900</v>
+      </c>
+      <c r="H206" t="s">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B207" t="s">
+        <v>2902</v>
+      </c>
+      <c r="C207" t="s">
+        <v>2903</v>
+      </c>
+      <c r="D207" t="s">
+        <v>2899</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" t="s">
+        <v>2904</v>
+      </c>
+      <c r="H207" t="s">
+        <v>2905</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B208" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C208" t="s">
+        <v>2907</v>
+      </c>
+      <c r="D208" t="s">
+        <v>2908</v>
+      </c>
+      <c r="E208" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F208" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" t="s">
+        <v>2910</v>
+      </c>
+      <c r="H208" t="s">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B209" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C209" t="s">
+        <v>2913</v>
+      </c>
+      <c r="D209" t="s">
+        <v>2914</v>
+      </c>
+      <c r="E209" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F209" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" t="s">
+        <v>2915</v>
+      </c>
+      <c r="H209" t="s">
+        <v>2916</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B210" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C210" t="s">
+        <v>2918</v>
+      </c>
+      <c r="D210" t="s">
+        <v>2919</v>
+      </c>
+      <c r="E210" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F210" t="s">
+        <v>13</v>
+      </c>
+      <c r="G210" t="s">
+        <v>2921</v>
+      </c>
+      <c r="H210" t="s">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B211" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C211" t="s">
+        <v>2924</v>
+      </c>
+      <c r="D211" t="s">
+        <v>2925</v>
+      </c>
+      <c r="E211" t="s">
+        <v>2926</v>
+      </c>
+      <c r="F211" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" t="s">
+        <v>2927</v>
+      </c>
+      <c r="H211" t="s">
+        <v>2928</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B212" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C212" t="s">
+        <v>2930</v>
+      </c>
+      <c r="D212" t="s">
+        <v>2751</v>
+      </c>
+      <c r="E212" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" t="s">
+        <v>2932</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2933</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B213" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C213" t="s">
+        <v>2935</v>
+      </c>
+      <c r="D213" t="s">
+        <v>2936</v>
+      </c>
+      <c r="E213" t="s">
+        <v>2937</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" t="s">
+        <v>2938</v>
+      </c>
+      <c r="H213" t="s">
+        <v>2939</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B214" t="s">
+        <v>2940</v>
+      </c>
+      <c r="C214" t="s">
+        <v>2941</v>
+      </c>
+      <c r="D214" t="s">
+        <v>2559</v>
+      </c>
+      <c r="E214" t="s">
+        <v>2942</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" t="s">
+        <v>2943</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B215" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C215" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D215" t="s">
+        <v>2947</v>
+      </c>
+      <c r="E215" t="s">
+        <v>2948</v>
+      </c>
+      <c r="F215" t="s">
+        <v>13</v>
+      </c>
+      <c r="G215" t="s">
+        <v>2949</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2950</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>