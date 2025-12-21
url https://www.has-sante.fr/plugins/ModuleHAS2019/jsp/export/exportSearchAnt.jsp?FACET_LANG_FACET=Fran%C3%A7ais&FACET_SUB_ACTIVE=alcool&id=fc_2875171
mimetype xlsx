--- v1 (2025-11-04)
+++ v2 (2025-12-21)
@@ -51,51 +51,51 @@
     <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
     <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5818" uniqueCount="3615">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5874" uniqueCount="3650">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1421,50 +1421,110 @@
   <si>
     <t>c_398793</t>
   </si>
   <si>
     <t>EV3 SAS France</t>
   </si>
   <si>
     <t>SALUCARTILAGE</t>
   </si>
   <si>
     <t>19/04/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398796/fr/salucartilage</t>
   </si>
   <si>
     <t>c_398796</t>
   </si>
   <si>
     <t>CARTICEL</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
   </si>
   <si>
     <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
   </si>
   <si>
     <t>23/10/2025 00:00:00</t>
   </si>
   <si>
     <t>28/10/2025 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
   </si>
   <si>
     <t>p_3445524</t>
   </si>
   <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
@@ -3317,60 +3377,60 @@
   <si>
     <t>ALD hors liste - Syndrome de Cushing</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
   <si>
     <t>09/12/2008 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
   </si>
   <si>
     <t>c_722917</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
-    <t>Colloque HAS-ANM - La santé de la femme : singulière et universelle</t>
-[...2 lines deleted...]
-    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé unissent à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
+    <t>Regarder en replay - La santé de la femme : singulière et universelle | Colloque HAS-ANM</t>
+  </si>
+  <si>
+    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé se ont uni à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
   </si>
   <si>
     <t>14/10/2025 17:31:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3689232/fr/colloque-has-anm-la-sante-de-la-femme-singuliere-et-universelle</t>
+    <t>https://www.has-sante.fr/jcms/p_3689232/fr/regarder-en-replay-la-sante-de-la-femme-singuliere-et-universelle-colloque-has-anm</t>
   </si>
   <si>
     <t>p_3689232</t>
   </si>
   <si>
     <t>Événement</t>
   </si>
   <si>
     <t>Comité santé mentale et psychiatrie du 18 juin 2025</t>
   </si>
   <si>
     <t>23/09/2025 08:47:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3610236/fr/comite-sante-mentale-et-psychiatrie-du-18-juin-2025</t>
   </si>
   <si>
     <t>p_3610236</t>
   </si>
   <si>
     <t>???</t>
   </si>
   <si>
     <t>Collège délibératif du 6 février 2025</t>
   </si>
@@ -4130,50 +4190,83 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1016582/fr/commission-de-la-transparence-reunion-du-19-janvier-2011</t>
   </si>
   <si>
     <t>c_1016582</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Point de vue des personnes accompagnées par les ESSMS</t>
   </si>
   <si>
     <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
   </si>
   <si>
     <t>20/05/2025 15:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
   </si>
   <si>
     <t>p_3606889</t>
   </si>
   <si>
+    <t>Qualité des soins perçue par le patient - Indicateurs PROMs et PREMs : panorama d’expériences étrangères et principaux enseignements</t>
+  </si>
+  <si>
+    <t>Le rapport « Qualité des soins rapportée par le patient - Indicateurs PROMs et PREMs : Panorama d’expériences étrangères et principaux enseignements » présente la situation de la France dans un panorama international, explique en quoi la mise en oeuvre de ces mesures en pratique clinique courante permet d’améliorer significativement la prise en charge, et quels sont les freins et leviers liés à leur utilisation.</t>
+  </si>
+  <si>
+    <t>01/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2022 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277049/fr/qualite-des-soins-percue-par-le-patient-indicateurs-proms-et-prems-panorama-d-experiences-etrangeres-et-principaux-enseignements</t>
+  </si>
+  <si>
+    <t>p_3277049</t>
+  </si>
+  <si>
+    <t>Comment renforcer l’expertise au service du virage préventif ? - Note d'analyse prospective 2025</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont la prise en compte des données probantes dans la décision en prévention et promotion de la santé peut être renforcée, afin d’accélérer le virage préventif.</t>
+  </si>
+  <si>
+    <t>12/11/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702006/fr/comment-renforcer-l-expertise-au-service-du-virage-preventif-note-d-analyse-prospective-2025</t>
+  </si>
+  <si>
+    <t>p_3702006</t>
+  </si>
+  <si>
     <t>Améliorer l’appropriation et l’impact des productions de la HAS</t>
   </si>
   <si>
     <t>Dans l’objectif de faciliter l’appropriation des recommandations par les professionnels des secteurs sanitaire, social et médico-social, la HAS a souhaité se doter d’un ambitieux plan d'action transversal et pluriannuel. Ce plan est la traduction opérationnelle des préconisations remises par la commission Impact des recommandations (CIR) au collège de la HAS en octobre 2022. Il rassemble également les actions initiées par les services de la HAS concourant à l’optimisation de l’impact des recommandations.</t>
   </si>
   <si>
     <t>05/04/2023 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3425308/fr/ameliorer-l-appropriation-et-l-impact-des-productions-de-la-has</t>
   </si>
   <si>
     <t>p_3425308</t>
   </si>
   <si>
     <t>Mise en œuvre du recueil d’indicateurs de résultats rapportés par les patients ou PROMs (Patient Reported Outcome Measures) en ville et en établissements de santé : enseignements tirés de l’expérience de 4 projets</t>
   </si>
   <si>
     <t>À la suite d’un appel à projets, 4 projets de mise en œuvre d’indicateurs de résultats rapportés par les patients ou PROMs (Patient Reported Outcome Measures), ont été menés de fin 2021 à fin 2023, en ville ou en établissements de santé. En 2024, la HAS publie la synthèse des principaux enseignements tirés de l’expérience des quatre équipes.</t>
   </si>
   <si>
     <t>29/01/2025 00:00:00</t>
   </si>
   <si>
     <t>14/02/2025 10:41:00</t>
@@ -4214,68 +4307,50 @@
   <si>
     <t>17/12/2024 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299865/fr/resultats-des-iqss-dossier-patient-en-sante-mentale-perimetre-hospitalisation-a-temps-plein</t>
   </si>
   <si>
     <t>p_3299865</t>
   </si>
   <si>
     <t>Améliorer la qualité en santé - Rapport d'analyse prospective 2024</t>
   </si>
   <si>
     <t>La HAS a choisi de consacrer son analyse prospective à la qualité du système de santé. Elle revient ainsi sur les dimensions de la qualité et priorise cinq axes de mobilisation pour l’action publique.</t>
   </si>
   <si>
     <t>07/10/2024 13:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3546254/fr/ameliorer-la-qualite-en-sante-rapport-d-analyse-prospective-2024</t>
   </si>
   <si>
     <t>p_3546254</t>
   </si>
   <si>
-    <t>Qualité des soins perçue par le patient - Indicateurs PROMs et PREMs : panorama d’expériences étrangères et principaux enseignements</t>
-[...16 lines deleted...]
-  <si>
     <t>Résultats des IQSS - Dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP »</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP (recueil volontaire en 2021).</t>
   </si>
   <si>
     <t>05/04/2022 11:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299873/fr/resultats-des-iqss-dossier-patient-en-sante-mentale-pour-adulte-perimetre-ambulatoire-en-cmp</t>
   </si>
   <si>
     <t>p_3299873</t>
   </si>
   <si>
     <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
   </si>
   <si>
     <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
   </si>
   <si>
     <t>07/12/2023 17:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
@@ -4496,50 +4571,65 @@
   <si>
     <t>c_1747548</t>
   </si>
   <si>
     <t>La maltraitance « ordinaire » dans les établissements de santé</t>
   </si>
   <si>
     <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
   </si>
   <si>
     <t>15/10/2009 00:00:00</t>
   </si>
   <si>
     <t>21/06/2012 12:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
   </si>
   <si>
     <t>c_1258960</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
     <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
   </si>
   <si>
     <t>25/10/2024 12:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
   </si>
   <si>
     <t>p_3552118</t>
   </si>
   <si>
     <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
   </si>
   <si>
     <t>26/02/2025 10:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
   </si>
   <si>
     <t>p_3592850</t>
   </si>
   <si>
     <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
@@ -4649,51 +4739,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_448874/fr/chambres-a-catheter-implantables</t>
   </si>
   <si>
     <t>c_448874</t>
   </si>
   <si>
     <t>Dossier du patient en odontologie</t>
   </si>
   <si>
     <t>05/01/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_462403/fr/dossier-du-patient-en-odontologie</t>
   </si>
   <si>
     <t>c_462403</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Épidémie de chikungunya : utilisation du vaccin IXCHIQ à La Réunion et à Mayotte</t>
   </si>
   <si>
     <t>La Réunion est en situation épidémique de chikungunya depuis le début de l’année. La HAS a émis un avis en février 2025 sur la stratégie vaccinale avec le vaccin IXCHIQ. En avril 2025, elle a réévalué sa position en raison de nouveaux cas d'effets indésirables graves. Elle recommande de suspendre la vaccination chez les sujets de 65 ans et plus. Pour les autres groupes de population, les recommandations de février 2025 sont inchangées.</t>
   </si>
   <si>
     <t>25/04/2025 00:00:00</t>
   </si>
   <si>
     <t>05/03/2025 10:00:00</t>
   </si>
@@ -5486,50 +5576,86 @@
   <si>
     <t>c_452354</t>
   </si>
   <si>
     <t>Évaluation des réseaux de soins : bilan de l’existant et cadre méthodologique</t>
   </si>
   <si>
     <t>Définis comme une forme organisée d’action collective apportée par des professionnels en réponse à un besoin de santé, les réseaux de soins correspondent en réalité à une grande diversité de dispositifs. Ce rapport, envisagé comme une étape préliminaire à la mise en place d’une démarche d’accréditation des réseaux de santé, expose à partir de l’observation du fonctionnement de réseaux en activité, les préconisations relatives à leur évaluation.</t>
   </si>
   <si>
     <t>01/11/2001 00:00:00</t>
   </si>
   <si>
     <t>01/11/2001 16:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_271855/fr/evaluation-des-reseaux-de-soins-bilan-de-l-existant-et-cadre-methodologique</t>
   </si>
   <si>
     <t>c_271855</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont de définir le syndrome d’épuisement professionnel ou burnout, d’améliorer son repérage et sa prise en charge, ainsi que l’accompagnement des patients lors de leur retour au travail. Ces recommandations se limitent au volet clinique du thème : l’action sur le milieu et l’organisation du travail est exclue du champ de ces recommandations. Elle est néanmoins indispensable dans une démarche de prévention du burnout.</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2017 07:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769318/fr/reperage-et-prise-en-charge-cliniques-du-syndrome-d-epuisement-professionnel-ou-burnout</t>
+  </si>
+  <si>
+    <t>c_2769318</t>
+  </si>
+  <si>
+    <t>Prise en charge de la femme en période de péri-ménopause/ménopause en soins de premier recours – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs sont les suivants : Améliorer l’information des femmes et des professionnels de santé de premier recours : Pour une meilleure connaissance des symptômes évocateurs de la périménopause et des possibilités d’accompagnement et d’une prise en charge thérapeutique personnalisée Pour une meilleure évaluation des besoins (variables d’une femme à une autre) et prise en considération de l’impact possible sur la vie quotidienne, sur la santé (bouffées vaso-motrices, ostéoporose, syndrome génito-urinaire, troubles cognitifs …) Améliorer la prise en charge des femmes par les professionnels de santé : accompagnement, accès aux traitements en fonction des besoins exprimés Mettre à disposition des professionnels de santé et des femmes des outils pour aborder régulièrement cette question aux âges de la péri-ménopause/ménopause Préciser les conditions pour lesquelles un recours à un médecin spécialiste de 2ème ou 3ème recours doit être envisagé</t>
+  </si>
+  <si>
+    <t>06/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 12:14:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737819/fr/prise-en-charge-de-la-femme-en-periode-de-peri-menopause/menopause-en-soins-de-premier-recours-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737819</t>
+  </si>
+  <si>
     <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
   </si>
   <si>
     <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
   </si>
   <si>
     <t>11/09/2025 00:00:00</t>
   </si>
   <si>
     <t>15/09/2025 09:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
   </si>
   <si>
     <t>p_3592435</t>
   </si>
   <si>
     <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
   </si>
   <si>
     <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
   </si>
   <si>
     <t>23/07/2025 00:00:00</t>
@@ -5546,51 +5672,51 @@
   <si>
     <t>Vaccination des personnes vivant avec le VIH</t>
   </si>
   <si>
     <t>10/07/2025 00:00:00</t>
   </si>
   <si>
     <t>21/07/2025 17:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
   </si>
   <si>
     <t>p_3635651</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
@@ -7391,68 +7517,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
     <t>Cancer colorectal : modalités de dépistage et de prévention chez les sujets à risque élevé et très élevé</t>
   </si>
   <si>
     <t>La fiche mémo propose de faire le point sur les modalités de dépistage et de prévention du cancer colorectal (CCR), avec : Un rappel sur la stratégie de dépistage adoptée en France, le rôle des médecins généralistes dans l’orientation des sujets, les signes évocateurs de CCR, les signes évocateurs des formes héréditaires de CCR. La présentation des facteurs de risques de CCR. Le suivi personnalisé pour les sujets à risque élevé et très élevé de CCR (examen de référence, début de surveillance, rythme de suivi).</t>
   </si>
   <si>
     <t>31/05/2017 00:00:00</t>
   </si>
   <si>
     <t>20/06/2017 12:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772744/fr/cancer-colorectal-modalites-de-depistage-et-de-prevention-chez-les-sujets-a-risque-eleve-et-tres-eleve</t>
   </si>
   <si>
     <t>c_2772744</t>
   </si>
   <si>
-    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
-[...16 lines deleted...]
-  <si>
     <t>Isolement et contention en psychiatrie générale</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à déterminer la place de l’isolement et de la contention en psychiatrie générale. Son objectif est de permettre aux professionnels de santé amenés à recourir éventuellement à ces mesures de dernier recours, d’améliorer et d’harmoniser leurs pratiques, en répondant aux exigences cliniques, éthiques, légales et organisationnelles. La finalité est la sécurité et l’amélioration de la qualité de la prise en charge des patients.</t>
   </si>
   <si>
     <t>22/02/2017 00:00:00</t>
   </si>
   <si>
     <t>20/03/2017 04:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2055362/fr/isolement-et-contention-en-psychiatrie-generale</t>
   </si>
   <si>
     <t>c_2055362</t>
   </si>
   <si>
     <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
   </si>
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
@@ -8660,68 +8768,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
   </si>
   <si>
     <t>c_272224</t>
   </si>
   <si>
     <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
   </si>
   <si>
     <t>11/12/2003 00:00:00</t>
   </si>
   <si>
     <t>11/12/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
   </si>
   <si>
     <t>c_272273</t>
   </si>
   <si>
-    <t>Orientations diagnostiques et prise en charge, au décours d’une intoxication éthylique aiguë, des patients admis aux urgences des établissements de soins</t>
-[...16 lines deleted...]
-  <si>
     <t>Prise en charge de l’incontinence urinaire de la femme en médecine générale - Actualisation 2003</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Faut- il rechercher l'incontinence urinaire ? Si oui, chez quelles femmes, dans quelles circonstances et comment ?# 2. En plus des anomalies de la fonction vésico-sphinctérienne, quelles sont les pathologies organiques ou les causes iatrogènes qui peuvent déclencher ou aggraver une incontinence urinaire ?# 3. Une fois le diagnostic d'incontinence urinaire porté, quelles décisions prendre ?# 4. Quelle stratégie d'examens complémentaires prescrire ?# 5. En cas d'incontinence urinaire, comment quantifier le retentissement ?# 6. Quelles sont les modalités thérapeutiques et quelle stratégie thérapeutique adopter en médecine générale ? Un traitement pharmacologique d'épreuve est-il licite ? Comment ? Chez quelles patientes ?# 7. Quelles informations le médecin généraliste peut- il apporter à sa patiente sur les traitements de l'incontinence urinaire : rééducation, chirurgie, médicaments ?#</t>
   </si>
   <si>
     <t>01/05/2003 00:00:00</t>
   </si>
   <si>
     <t>01/05/2003 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272291/fr/prise-en-charge-de-l-incontinence-urinaire-de-la-femme-en-medecine-generale-actualisation-2003</t>
   </si>
   <si>
     <t>c_272291</t>
   </si>
   <si>
     <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
   </si>
   <si>
     <t>01/01/2004 00:00:00</t>
@@ -9281,50 +9371,65 @@
   <si>
     <t>c_240671</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>28/02/2025 08:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3591624</t>
   </si>
   <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
     <t>Évaluation de l’acte de nécrosectomie par voie d’abord endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
   </si>
   <si>
     <t>Acte mini-invasif de nécrosectomie par voie d’abord endoscopique transluminale transmurale (transgastrique ou transduodénale), dans le traitement de la pancréatite aiguë nécrosante, en cas d’absence d’amélioration clinique après drainage.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
     <t>16/12/2024 12:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498436/fr/evaluation-de-l-acte-de-necrosectomie-par-voie-d-abord-endoscopique-transluminale-dans-le-traitement-de-la-pancreatite-aigue-necrosante</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
   <si>
     <t>06/11/2024 10:26:00</t>
@@ -10385,92 +10490,107 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984189/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
   </si>
   <si>
     <t>pprd_2984189</t>
   </si>
   <si>
     <t>povidone, alcool polyvinylique,povidone,poly(alcool vinylique)</t>
   </si>
   <si>
     <t>ALLERGAN FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_490525/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1036562/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2613154/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
     <t>Comprendre la certification pour la qualité des soins</t>
   </si>
   <si>
     <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
   </si>
   <si>
     <t>25/11/2020 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
   </si>
   <si>
     <t>c_411173</t>
   </si>
   <si>
     <t>5e cycle de certification</t>
   </si>
   <si>
     <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
   </si>
   <si>
     <t>r_1495044</t>
   </si>
   <si>
-    <t>Mettre en œuvre le 6e cycle de certification</t>
-[...13 lines deleted...]
-  <si>
     <t>Productions programmées en 2025</t>
   </si>
   <si>
     <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
   </si>
   <si>
     <t>18/01/2024 13:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
   <si>
     <t>Comprendre la nouvelle évaluation des ESSMS</t>
   </si>
   <si>
     <t>Les établissements et services sociaux et médico-sociaux sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations.</t>
   </si>
   <si>
     <t>10/03/2022 10:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838131/fr/comprendre-la-nouvelle-evaluation-des-essms</t>
@@ -10485,65 +10605,50 @@
     <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie, périmètre "ambulatoire", à partir du dossier patient : coordination à la sortie et prise en charge de la douleur (données 2024).</t>
   </si>
   <si>
     <t>20/03/2023 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3168693/fr/iqss-2025-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
   </si>
   <si>
     <t>p_3168693</t>
   </si>
   <si>
     <t>Feuille de route Santé-environnement de la HAS</t>
   </si>
   <si>
     <t>Le changement climatique a des impacts négatifs sur la santé des populations, et le système de santé, bien que vital, contribue significativement aux émissions de gaz à effet de serre en France. Consciente de cette réalité, la HAS a élaboré en 2023 une feuille de route pour intégrer les enjeux environnementaux dans ses missions. Elle vise à réduire l'empreinte écologique du système de santé tout en améliorant les soins, en consolidant les critères environnementaux dans l'évaluation des technologies de santé, en élaborant des recommandations de bonnes pratiques, et en renforçant les critères de santé-environnement dans la mesure de la qualité des soins.</t>
   </si>
   <si>
     <t>08/04/2025 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600384/fr/feuille-de-route-sante-environnement-de-la-has</t>
   </si>
   <si>
     <t>p_3600384</t>
-  </si>
-[...13 lines deleted...]
-    <t>r_1500918</t>
   </si>
   <si>
     <t>Programme « santé mentale et psychiatrie » de la HAS</t>
   </si>
   <si>
     <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
   </si>
   <si>
     <t>14/02/2025 14:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
   </si>
   <si>
     <t>c_1721760</t>
   </si>
   <si>
     <t>IQSS - Archives - secteur PSY : Coordination et prises en charge somatiques en hospitalisation temps plein - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales (2021 en volontaire) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions.</t>
   </si>
   <si>
     <t>15/03/2024 12:09:00</t>
   </si>
@@ -11384,3442 +11489,3468 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2951</v>
+        <v>2981</v>
       </c>
       <c r="B2" t="s">
-        <v>2952</v>
+        <v>2982</v>
       </c>
       <c r="C2" t="s">
-        <v>2953</v>
+        <v>2983</v>
       </c>
       <c r="D2" t="s">
-        <v>2954</v>
+        <v>2984</v>
       </c>
       <c r="E2" t="s">
-        <v>2955</v>
+        <v>2985</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2956</v>
+        <v>2986</v>
       </c>
       <c r="H2" t="s">
-        <v>2957</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2951</v>
+        <v>2981</v>
       </c>
       <c r="B3" t="s">
-        <v>2958</v>
+        <v>2988</v>
       </c>
       <c r="C3" t="s">
-        <v>2959</v>
+        <v>2989</v>
       </c>
       <c r="D3" t="s">
-        <v>2960</v>
+        <v>2990</v>
       </c>
       <c r="E3" t="s">
-        <v>2961</v>
+        <v>2991</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2962</v>
+        <v>2992</v>
       </c>
       <c r="H3" t="s">
-        <v>2963</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2951</v>
+        <v>2981</v>
       </c>
       <c r="B4" t="s">
-        <v>2964</v>
+        <v>2994</v>
       </c>
       <c r="C4" t="s">
-        <v>2965</v>
+        <v>2995</v>
       </c>
       <c r="D4" t="s">
-        <v>2966</v>
+        <v>2996</v>
       </c>
       <c r="E4" t="s">
-        <v>2967</v>
+        <v>2997</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2968</v>
+        <v>2998</v>
       </c>
       <c r="H4" t="s">
-        <v>2969</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2951</v>
+        <v>2981</v>
       </c>
       <c r="B5" t="s">
-        <v>2970</v>
+        <v>3000</v>
       </c>
       <c r="C5" t="s">
-        <v>2971</v>
+        <v>3001</v>
       </c>
       <c r="D5" t="s">
-        <v>2972</v>
+        <v>3002</v>
       </c>
       <c r="E5" t="s">
-        <v>2973</v>
+        <v>3003</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2974</v>
+        <v>3004</v>
       </c>
       <c r="H5" t="s">
-        <v>2975</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2951</v>
+        <v>2981</v>
       </c>
       <c r="B6" t="s">
-        <v>2976</v>
+        <v>3006</v>
       </c>
       <c r="C6" t="s">
-        <v>2977</v>
+        <v>3007</v>
       </c>
       <c r="D6" t="s">
-        <v>2978</v>
+        <v>3008</v>
       </c>
       <c r="E6" t="s">
-        <v>2979</v>
+        <v>3009</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2980</v>
+        <v>3010</v>
       </c>
       <c r="H6" t="s">
-        <v>2981</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2951</v>
+        <v>2981</v>
       </c>
       <c r="B7" t="s">
-        <v>2982</v>
+        <v>3012</v>
       </c>
       <c r="C7" t="s">
-        <v>2983</v>
+        <v>3013</v>
       </c>
       <c r="D7" t="s">
-        <v>2984</v>
+        <v>3014</v>
       </c>
       <c r="E7" t="s">
-        <v>2985</v>
+        <v>3015</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2986</v>
+        <v>3016</v>
       </c>
       <c r="H7" t="s">
-        <v>2987</v>
+        <v>3017</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B2" t="s">
-        <v>2989</v>
+        <v>3019</v>
       </c>
       <c r="C2" t="s">
-        <v>2990</v>
+        <v>3020</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2991</v>
+        <v>3021</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2992</v>
+        <v>3022</v>
       </c>
       <c r="H2" t="s">
-        <v>2993</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B3" t="s">
-        <v>2994</v>
+        <v>3024</v>
       </c>
       <c r="C3" t="s">
-        <v>2995</v>
+        <v>3025</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2996</v>
+        <v>3026</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2997</v>
+        <v>3027</v>
       </c>
       <c r="H3" t="s">
-        <v>2998</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B4" t="s">
-        <v>2999</v>
+        <v>3029</v>
       </c>
       <c r="C4" t="s">
-        <v>3000</v>
+        <v>3030</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>3001</v>
+        <v>3031</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3002</v>
+        <v>3032</v>
       </c>
       <c r="H4" t="s">
-        <v>3003</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B5" t="s">
-        <v>3004</v>
+        <v>3034</v>
       </c>
       <c r="C5" t="s">
-        <v>3005</v>
+        <v>3035</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>3006</v>
+        <v>3036</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3007</v>
+        <v>3037</v>
       </c>
       <c r="H5" t="s">
-        <v>3008</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B6" t="s">
-        <v>3009</v>
+        <v>3039</v>
       </c>
       <c r="C6" t="s">
-        <v>3010</v>
+        <v>3040</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2490</v>
+        <v>2526</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3011</v>
+        <v>3041</v>
       </c>
       <c r="H6" t="s">
-        <v>3012</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B7" t="s">
-        <v>3013</v>
+        <v>3043</v>
       </c>
       <c r="C7" t="s">
-        <v>3014</v>
+        <v>3044</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>3015</v>
+        <v>3045</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3016</v>
+        <v>3046</v>
       </c>
       <c r="H7" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B8" t="s">
-        <v>3018</v>
+        <v>3048</v>
       </c>
       <c r="C8" t="s">
-        <v>3019</v>
+        <v>3049</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1669</v>
+        <v>1699</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3020</v>
+        <v>3050</v>
       </c>
       <c r="H8" t="s">
-        <v>3021</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B9" t="s">
-        <v>3022</v>
+        <v>3052</v>
       </c>
       <c r="C9" t="s">
-        <v>3023</v>
+        <v>3053</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>3024</v>
+        <v>3054</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3025</v>
+        <v>3055</v>
       </c>
       <c r="H9" t="s">
-        <v>3026</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B10" t="s">
-        <v>3027</v>
+        <v>3057</v>
       </c>
       <c r="C10" t="s">
-        <v>3028</v>
+        <v>3058</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>3029</v>
+        <v>3059</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3030</v>
+        <v>3060</v>
       </c>
       <c r="H10" t="s">
-        <v>3031</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B11" t="s">
-        <v>3032</v>
+        <v>3062</v>
       </c>
       <c r="C11" t="s">
-        <v>3033</v>
+        <v>3063</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>3034</v>
+        <v>3064</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3035</v>
+        <v>3065</v>
       </c>
       <c r="H11" t="s">
-        <v>3036</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B12" t="s">
-        <v>3037</v>
+        <v>3067</v>
       </c>
       <c r="C12" t="s">
-        <v>3038</v>
+        <v>3068</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1699</v>
+        <v>1729</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3039</v>
+        <v>3069</v>
       </c>
       <c r="H12" t="s">
-        <v>3040</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B13" t="s">
-        <v>3041</v>
+        <v>3071</v>
       </c>
       <c r="C13" t="s">
-        <v>3042</v>
+        <v>3072</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>3043</v>
+        <v>3073</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3044</v>
+        <v>3074</v>
       </c>
       <c r="H13" t="s">
-        <v>3045</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B14" t="s">
-        <v>3046</v>
+        <v>3076</v>
       </c>
       <c r="C14" t="s">
-        <v>3047</v>
+        <v>3077</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>3048</v>
+        <v>3078</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3049</v>
+        <v>3079</v>
       </c>
       <c r="H14" t="s">
-        <v>3050</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B15" t="s">
-        <v>3051</v>
+        <v>3081</v>
       </c>
       <c r="C15" t="s">
-        <v>3052</v>
+        <v>3082</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>3053</v>
+        <v>3083</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3054</v>
+        <v>3084</v>
       </c>
       <c r="H15" t="s">
-        <v>3055</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B16" t="s">
-        <v>3056</v>
+        <v>3086</v>
       </c>
       <c r="C16" t="s">
-        <v>3057</v>
+        <v>3087</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>3058</v>
+        <v>3088</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3059</v>
+        <v>3089</v>
       </c>
       <c r="H16" t="s">
-        <v>3060</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B17" t="s">
-        <v>3061</v>
+        <v>3091</v>
       </c>
       <c r="C17" t="s">
-        <v>3062</v>
+        <v>3092</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>3063</v>
+        <v>3093</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3064</v>
+        <v>3094</v>
       </c>
       <c r="H17" t="s">
-        <v>3065</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="B18" t="s">
-        <v>2669</v>
+        <v>2705</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>3066</v>
+        <v>3096</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3067</v>
+        <v>3097</v>
       </c>
       <c r="H18" t="s">
-        <v>3068</v>
+        <v>3098</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B2" t="s">
-        <v>3070</v>
+        <v>3100</v>
       </c>
       <c r="C2" t="s">
-        <v>3071</v>
+        <v>3101</v>
       </c>
       <c r="D2" t="s">
-        <v>3072</v>
+        <v>3102</v>
       </c>
       <c r="E2" t="s">
-        <v>3073</v>
+        <v>3103</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3074</v>
+        <v>3104</v>
       </c>
       <c r="H2" t="s">
-        <v>3075</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B3" t="s">
-        <v>3076</v>
+        <v>3106</v>
       </c>
       <c r="C3" t="s">
-        <v>3077</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>3078</v>
+        <v>3107</v>
       </c>
       <c r="E3" t="s">
-        <v>3079</v>
+        <v>3108</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3080</v>
+        <v>3109</v>
       </c>
       <c r="H3" t="s">
-        <v>3081</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B4" t="s">
-        <v>3082</v>
+        <v>3111</v>
       </c>
       <c r="C4" t="s">
-        <v>3083</v>
+        <v>3112</v>
       </c>
       <c r="D4" t="s">
-        <v>521</v>
+        <v>3113</v>
       </c>
       <c r="E4" t="s">
-        <v>3084</v>
+        <v>3114</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3085</v>
+        <v>3115</v>
       </c>
       <c r="H4" t="s">
-        <v>3086</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B5" t="s">
-        <v>3087</v>
+        <v>3117</v>
       </c>
       <c r="C5" t="s">
-        <v>3088</v>
+        <v>3118</v>
       </c>
       <c r="D5" t="s">
-        <v>3089</v>
+        <v>541</v>
       </c>
       <c r="E5" t="s">
-        <v>3090</v>
+        <v>3119</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3091</v>
+        <v>3120</v>
       </c>
       <c r="H5" t="s">
-        <v>3092</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B6" t="s">
-        <v>3093</v>
+        <v>3122</v>
       </c>
       <c r="C6" t="s">
-        <v>3094</v>
+        <v>3123</v>
       </c>
       <c r="D6" t="s">
-        <v>3095</v>
+        <v>3124</v>
       </c>
       <c r="E6" t="s">
-        <v>3096</v>
+        <v>3125</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3097</v>
+        <v>3126</v>
       </c>
       <c r="H6" t="s">
-        <v>3098</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B7" t="s">
-        <v>3099</v>
+        <v>3128</v>
       </c>
       <c r="C7" t="s">
-        <v>3100</v>
+        <v>3129</v>
       </c>
       <c r="D7" t="s">
-        <v>3101</v>
+        <v>3130</v>
       </c>
       <c r="E7" t="s">
-        <v>3102</v>
+        <v>3131</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3103</v>
+        <v>3132</v>
       </c>
       <c r="H7" t="s">
-        <v>3104</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B8" t="s">
-        <v>3105</v>
+        <v>3134</v>
       </c>
       <c r="C8" t="s">
-        <v>3106</v>
+        <v>3135</v>
       </c>
       <c r="D8" t="s">
-        <v>587</v>
+        <v>3136</v>
       </c>
       <c r="E8" t="s">
-        <v>3107</v>
+        <v>3137</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3108</v>
+        <v>3138</v>
       </c>
       <c r="H8" t="s">
-        <v>3109</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B9" t="s">
-        <v>3110</v>
+        <v>3140</v>
       </c>
       <c r="C9" t="s">
-        <v>3111</v>
+        <v>3141</v>
       </c>
       <c r="D9" t="s">
-        <v>3112</v>
+        <v>607</v>
       </c>
       <c r="E9" t="s">
-        <v>3113</v>
+        <v>3142</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3114</v>
+        <v>3143</v>
       </c>
       <c r="H9" t="s">
-        <v>3115</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B10" t="s">
-        <v>3116</v>
+        <v>3145</v>
       </c>
       <c r="C10" t="s">
-        <v>3117</v>
+        <v>3146</v>
       </c>
       <c r="D10" t="s">
-        <v>2068</v>
+        <v>3147</v>
       </c>
       <c r="E10" t="s">
-        <v>3118</v>
+        <v>3148</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3119</v>
+        <v>3149</v>
       </c>
       <c r="H10" t="s">
-        <v>3120</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B11" t="s">
-        <v>3121</v>
+        <v>3151</v>
       </c>
       <c r="C11" t="s">
-        <v>3122</v>
+        <v>3152</v>
       </c>
       <c r="D11" t="s">
-        <v>2091</v>
+        <v>2110</v>
       </c>
       <c r="E11" t="s">
-        <v>3123</v>
+        <v>3153</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3124</v>
+        <v>3154</v>
       </c>
       <c r="H11" t="s">
-        <v>3125</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B12" t="s">
-        <v>3126</v>
+        <v>3156</v>
       </c>
       <c r="C12" t="s">
-        <v>3127</v>
+        <v>3157</v>
       </c>
       <c r="D12" t="s">
-        <v>3128</v>
+        <v>2133</v>
       </c>
       <c r="E12" t="s">
-        <v>3129</v>
+        <v>3158</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3130</v>
+        <v>3159</v>
       </c>
       <c r="H12" t="s">
-        <v>3131</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B13" t="s">
-        <v>3132</v>
+        <v>3161</v>
       </c>
       <c r="C13" t="s">
-        <v>3133</v>
+        <v>3162</v>
       </c>
       <c r="D13" t="s">
-        <v>3134</v>
+        <v>3163</v>
       </c>
       <c r="E13" t="s">
-        <v>3135</v>
+        <v>3164</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3136</v>
+        <v>3165</v>
       </c>
       <c r="H13" t="s">
-        <v>3137</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B14" t="s">
-        <v>3138</v>
+        <v>3167</v>
       </c>
       <c r="C14" t="s">
-        <v>3139</v>
+        <v>3168</v>
       </c>
       <c r="D14" t="s">
-        <v>3140</v>
+        <v>3169</v>
       </c>
       <c r="E14" t="s">
-        <v>3141</v>
+        <v>3170</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3142</v>
+        <v>3171</v>
       </c>
       <c r="H14" t="s">
-        <v>3143</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B15" t="s">
-        <v>3144</v>
+        <v>3173</v>
       </c>
       <c r="C15" t="s">
-        <v>3145</v>
+        <v>3174</v>
       </c>
       <c r="D15" t="s">
-        <v>3146</v>
+        <v>3175</v>
       </c>
       <c r="E15" t="s">
-        <v>3147</v>
+        <v>3176</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3148</v>
+        <v>3177</v>
       </c>
       <c r="H15" t="s">
-        <v>3149</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B16" t="s">
-        <v>3150</v>
+        <v>3179</v>
       </c>
       <c r="C16" t="s">
-        <v>3151</v>
+        <v>3180</v>
       </c>
       <c r="D16" t="s">
-        <v>2233</v>
+        <v>3181</v>
       </c>
       <c r="E16" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3153</v>
+        <v>3183</v>
       </c>
       <c r="H16" t="s">
-        <v>3154</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B17" t="s">
-        <v>3155</v>
+        <v>3185</v>
       </c>
       <c r="C17" t="s">
-        <v>3156</v>
+        <v>3186</v>
       </c>
       <c r="D17" t="s">
-        <v>3157</v>
+        <v>2275</v>
       </c>
       <c r="E17" t="s">
-        <v>3158</v>
+        <v>3187</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3159</v>
+        <v>3188</v>
       </c>
       <c r="H17" t="s">
-        <v>3160</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B18" t="s">
-        <v>3161</v>
+        <v>3190</v>
       </c>
       <c r="C18" t="s">
-        <v>3162</v>
+        <v>3191</v>
       </c>
       <c r="D18" t="s">
-        <v>3163</v>
+        <v>3192</v>
       </c>
       <c r="E18" t="s">
-        <v>3164</v>
+        <v>3193</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3165</v>
+        <v>3194</v>
       </c>
       <c r="H18" t="s">
-        <v>3166</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B19" t="s">
-        <v>3167</v>
+        <v>3196</v>
       </c>
       <c r="C19" t="s">
-        <v>3168</v>
+        <v>3197</v>
       </c>
       <c r="D19" t="s">
-        <v>3169</v>
+        <v>3198</v>
       </c>
       <c r="E19" t="s">
-        <v>3170</v>
+        <v>3199</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>3171</v>
+        <v>3200</v>
       </c>
       <c r="H19" t="s">
-        <v>3172</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B20" t="s">
-        <v>3173</v>
+        <v>3202</v>
       </c>
       <c r="C20" t="s">
-        <v>3174</v>
+        <v>3203</v>
       </c>
       <c r="D20" t="s">
-        <v>3175</v>
+        <v>3204</v>
       </c>
       <c r="E20" t="s">
-        <v>3176</v>
+        <v>3205</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>3177</v>
+        <v>3206</v>
       </c>
       <c r="H20" t="s">
-        <v>3178</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B21" t="s">
-        <v>3179</v>
+        <v>3208</v>
       </c>
       <c r="C21" t="s">
-        <v>3180</v>
+        <v>3209</v>
       </c>
       <c r="D21" t="s">
-        <v>3181</v>
+        <v>3210</v>
       </c>
       <c r="E21" t="s">
-        <v>3182</v>
+        <v>3211</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>3183</v>
+        <v>3212</v>
       </c>
       <c r="H21" t="s">
-        <v>3184</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B22" t="s">
-        <v>3185</v>
+        <v>3214</v>
       </c>
       <c r="C22" t="s">
-        <v>3186</v>
+        <v>3215</v>
       </c>
       <c r="D22" t="s">
-        <v>3187</v>
+        <v>3216</v>
       </c>
       <c r="E22" t="s">
-        <v>3188</v>
+        <v>3217</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>3189</v>
+        <v>3218</v>
       </c>
       <c r="H22" t="s">
-        <v>3190</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B23" t="s">
-        <v>3191</v>
+        <v>3220</v>
       </c>
       <c r="C23" t="s">
-        <v>3192</v>
+        <v>3221</v>
       </c>
       <c r="D23" t="s">
-        <v>3193</v>
+        <v>3222</v>
       </c>
       <c r="E23" t="s">
-        <v>3194</v>
+        <v>3223</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>3195</v>
+        <v>3224</v>
       </c>
       <c r="H23" t="s">
-        <v>3196</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B24" t="s">
-        <v>3197</v>
+        <v>3226</v>
       </c>
       <c r="C24" t="s">
-        <v>3198</v>
+        <v>3227</v>
       </c>
       <c r="D24" t="s">
-        <v>3199</v>
+        <v>3228</v>
       </c>
       <c r="E24" t="s">
-        <v>3200</v>
+        <v>3229</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>3201</v>
+        <v>3230</v>
       </c>
       <c r="H24" t="s">
-        <v>3202</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B25" t="s">
-        <v>3203</v>
+        <v>3232</v>
       </c>
       <c r="C25" t="s">
-        <v>3204</v>
+        <v>3233</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>3234</v>
       </c>
       <c r="E25" t="s">
-        <v>3205</v>
+        <v>3235</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>3206</v>
+        <v>3236</v>
       </c>
       <c r="H25" t="s">
-        <v>3207</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B26" t="s">
-        <v>3208</v>
+        <v>3238</v>
       </c>
       <c r="C26" t="s">
-        <v>3208</v>
+        <v>3239</v>
       </c>
       <c r="D26" t="s">
-        <v>3209</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>3210</v>
+        <v>3240</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>3211</v>
+        <v>3241</v>
       </c>
       <c r="H26" t="s">
-        <v>3212</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B27" t="s">
-        <v>3213</v>
+        <v>3243</v>
       </c>
       <c r="C27" t="s">
-        <v>3214</v>
+        <v>3243</v>
       </c>
       <c r="D27" t="s">
-        <v>3215</v>
+        <v>3244</v>
       </c>
       <c r="E27" t="s">
-        <v>3216</v>
+        <v>3245</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>3217</v>
+        <v>3246</v>
       </c>
       <c r="H27" t="s">
-        <v>3218</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B28" t="s">
-        <v>3219</v>
+        <v>3248</v>
       </c>
       <c r="C28" t="s">
-        <v>3220</v>
+        <v>3249</v>
       </c>
       <c r="D28" t="s">
-        <v>3221</v>
+        <v>3250</v>
       </c>
       <c r="E28" t="s">
-        <v>3222</v>
+        <v>3251</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>3223</v>
+        <v>3252</v>
       </c>
       <c r="H28" t="s">
-        <v>3224</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B29" t="s">
-        <v>3225</v>
+        <v>3254</v>
       </c>
       <c r="C29" t="s">
-        <v>3226</v>
+        <v>3255</v>
       </c>
       <c r="D29" t="s">
-        <v>3227</v>
+        <v>3256</v>
       </c>
       <c r="E29" t="s">
-        <v>3228</v>
+        <v>3257</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>3229</v>
+        <v>3258</v>
       </c>
       <c r="H29" t="s">
-        <v>3230</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B30" t="s">
-        <v>3231</v>
+        <v>3260</v>
       </c>
       <c r="C30" t="s">
-        <v>3232</v>
+        <v>3261</v>
       </c>
       <c r="D30" t="s">
-        <v>3233</v>
+        <v>3262</v>
       </c>
       <c r="E30" t="s">
-        <v>3234</v>
+        <v>3263</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>3235</v>
+        <v>3264</v>
       </c>
       <c r="H30" t="s">
-        <v>3236</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B31" t="s">
-        <v>3237</v>
+        <v>3266</v>
       </c>
       <c r="C31" t="s">
-        <v>3238</v>
+        <v>3267</v>
       </c>
       <c r="D31" t="s">
-        <v>3239</v>
+        <v>3268</v>
       </c>
       <c r="E31" t="s">
-        <v>3240</v>
+        <v>3269</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>3241</v>
+        <v>3270</v>
       </c>
       <c r="H31" t="s">
-        <v>3242</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B32" t="s">
-        <v>3243</v>
+        <v>3272</v>
       </c>
       <c r="C32" t="s">
-        <v>3244</v>
+        <v>3273</v>
       </c>
       <c r="D32" t="s">
-        <v>3245</v>
+        <v>3274</v>
       </c>
       <c r="E32" t="s">
-        <v>3246</v>
+        <v>3275</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>3247</v>
+        <v>3276</v>
       </c>
       <c r="H32" t="s">
-        <v>3248</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B33" t="s">
-        <v>3249</v>
+        <v>3278</v>
       </c>
       <c r="C33" t="s">
-        <v>3250</v>
+        <v>3279</v>
       </c>
       <c r="D33" t="s">
-        <v>1646</v>
+        <v>3280</v>
       </c>
       <c r="E33" t="s">
-        <v>3251</v>
+        <v>3281</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>3252</v>
+        <v>3282</v>
       </c>
       <c r="H33" t="s">
-        <v>3253</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B34" t="s">
-        <v>3254</v>
+        <v>3284</v>
       </c>
       <c r="C34" t="s">
-        <v>3255</v>
+        <v>3285</v>
       </c>
       <c r="D34" t="s">
-        <v>3256</v>
+        <v>1676</v>
       </c>
       <c r="E34" t="s">
-        <v>3257</v>
+        <v>3286</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>3258</v>
+        <v>3287</v>
       </c>
       <c r="H34" t="s">
-        <v>3259</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B35" t="s">
-        <v>3260</v>
+        <v>3289</v>
       </c>
       <c r="C35" t="s">
-        <v>3261</v>
+        <v>3290</v>
       </c>
       <c r="D35" t="s">
-        <v>3262</v>
+        <v>3291</v>
       </c>
       <c r="E35" t="s">
-        <v>3263</v>
+        <v>3292</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>3264</v>
+        <v>3293</v>
       </c>
       <c r="H35" t="s">
-        <v>3265</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B36" t="s">
-        <v>3266</v>
+        <v>3295</v>
       </c>
       <c r="C36" t="s">
-        <v>3267</v>
+        <v>3296</v>
       </c>
       <c r="D36" t="s">
-        <v>3268</v>
+        <v>3297</v>
       </c>
       <c r="E36" t="s">
-        <v>2537</v>
+        <v>3298</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>3269</v>
+        <v>3299</v>
       </c>
       <c r="H36" t="s">
-        <v>3270</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B37" t="s">
-        <v>3271</v>
+        <v>3301</v>
       </c>
       <c r="C37" t="s">
-        <v>3272</v>
+        <v>3302</v>
       </c>
       <c r="D37" t="s">
-        <v>3273</v>
+        <v>3303</v>
       </c>
       <c r="E37" t="s">
-        <v>3274</v>
+        <v>2573</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>3275</v>
+        <v>3304</v>
       </c>
       <c r="H37" t="s">
-        <v>3276</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B38" t="s">
-        <v>3277</v>
+        <v>3306</v>
       </c>
       <c r="C38" t="s">
-        <v>3278</v>
+        <v>3307</v>
       </c>
       <c r="D38" t="s">
-        <v>3279</v>
+        <v>3308</v>
       </c>
       <c r="E38" t="s">
-        <v>3280</v>
+        <v>3309</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>3281</v>
+        <v>3310</v>
       </c>
       <c r="H38" t="s">
-        <v>3282</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B39" t="s">
-        <v>3283</v>
+        <v>3312</v>
       </c>
       <c r="C39" t="s">
-        <v>3284</v>
+        <v>3313</v>
       </c>
       <c r="D39" t="s">
-        <v>3285</v>
+        <v>3314</v>
       </c>
       <c r="E39" t="s">
-        <v>3286</v>
+        <v>3315</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>3287</v>
+        <v>3316</v>
       </c>
       <c r="H39" t="s">
-        <v>3288</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B40" t="s">
-        <v>3289</v>
+        <v>3318</v>
       </c>
       <c r="C40" t="s">
-        <v>3290</v>
+        <v>3319</v>
       </c>
       <c r="D40" t="s">
-        <v>3291</v>
+        <v>3320</v>
       </c>
       <c r="E40" t="s">
-        <v>3292</v>
+        <v>3321</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>3293</v>
+        <v>3322</v>
       </c>
       <c r="H40" t="s">
-        <v>3294</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B41" t="s">
-        <v>3295</v>
+        <v>3324</v>
       </c>
       <c r="C41" t="s">
-        <v>3296</v>
+        <v>3325</v>
       </c>
       <c r="D41" t="s">
-        <v>1692</v>
+        <v>3326</v>
       </c>
       <c r="E41" t="s">
-        <v>3297</v>
+        <v>3327</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>3298</v>
+        <v>3328</v>
       </c>
       <c r="H41" t="s">
-        <v>3299</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B42" t="s">
-        <v>3300</v>
+        <v>3330</v>
       </c>
       <c r="C42" t="s">
-        <v>3301</v>
+        <v>3331</v>
       </c>
       <c r="D42" t="s">
-        <v>3302</v>
+        <v>1722</v>
       </c>
       <c r="E42" t="s">
-        <v>3303</v>
+        <v>3332</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>3304</v>
+        <v>3333</v>
       </c>
       <c r="H42" t="s">
-        <v>3305</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B43" t="s">
-        <v>3306</v>
+        <v>3335</v>
       </c>
       <c r="C43" t="s">
-        <v>3307</v>
+        <v>3336</v>
       </c>
       <c r="D43" t="s">
-        <v>260</v>
+        <v>3337</v>
       </c>
       <c r="E43" t="s">
-        <v>3308</v>
+        <v>3338</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>3309</v>
+        <v>3339</v>
       </c>
       <c r="H43" t="s">
-        <v>3310</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B44" t="s">
-        <v>3311</v>
+        <v>3341</v>
       </c>
       <c r="C44" t="s">
-        <v>3312</v>
+        <v>3342</v>
       </c>
       <c r="D44" t="s">
-        <v>3313</v>
+        <v>260</v>
       </c>
       <c r="E44" t="s">
-        <v>3314</v>
+        <v>3343</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>3315</v>
+        <v>3344</v>
       </c>
       <c r="H44" t="s">
-        <v>3316</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B45" t="s">
-        <v>3317</v>
+        <v>3346</v>
       </c>
       <c r="C45" t="s">
-        <v>3318</v>
+        <v>3347</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>3348</v>
       </c>
       <c r="E45" t="s">
-        <v>3319</v>
+        <v>3349</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>3320</v>
+        <v>3350</v>
       </c>
       <c r="H45" t="s">
-        <v>3321</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B46" t="s">
-        <v>3322</v>
+        <v>3352</v>
       </c>
       <c r="C46" t="s">
-        <v>3323</v>
+        <v>3353</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>3324</v>
+        <v>3354</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>3325</v>
+        <v>3355</v>
       </c>
       <c r="H46" t="s">
-        <v>3326</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B47" t="s">
-        <v>3327</v>
+        <v>3357</v>
       </c>
       <c r="C47" t="s">
-        <v>3328</v>
+        <v>3358</v>
       </c>
       <c r="D47" t="s">
-        <v>3329</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>3330</v>
+        <v>3359</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>3331</v>
+        <v>3360</v>
       </c>
       <c r="H47" t="s">
-        <v>3332</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B48" t="s">
-        <v>3333</v>
+        <v>3362</v>
       </c>
       <c r="C48" t="s">
-        <v>3334</v>
+        <v>3363</v>
       </c>
       <c r="D48" t="s">
-        <v>3335</v>
+        <v>3364</v>
       </c>
       <c r="E48" t="s">
-        <v>3336</v>
+        <v>3365</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>3337</v>
+        <v>3366</v>
       </c>
       <c r="H48" t="s">
-        <v>3338</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="B49" t="s">
-        <v>3339</v>
+        <v>3368</v>
       </c>
       <c r="C49" t="s">
-        <v>3340</v>
+        <v>3369</v>
       </c>
       <c r="D49" t="s">
-        <v>3341</v>
+        <v>3370</v>
       </c>
       <c r="E49" t="s">
-        <v>3342</v>
+        <v>3371</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>3343</v>
+        <v>3372</v>
       </c>
       <c r="H49" t="s">
-        <v>3344</v>
+        <v>3373</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>3099</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3374</v>
+      </c>
+      <c r="C50" t="s">
+        <v>3375</v>
+      </c>
+      <c r="D50" t="s">
+        <v>3376</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3377</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3378</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3379</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B2" t="s">
-        <v>3346</v>
+        <v>3381</v>
       </c>
       <c r="C2" t="s">
-        <v>3346</v>
+        <v>3381</v>
       </c>
       <c r="D2" t="s">
-        <v>3347</v>
+        <v>3382</v>
       </c>
       <c r="E2" t="s">
-        <v>1486</v>
+        <v>1516</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3348</v>
+        <v>3383</v>
       </c>
       <c r="H2" t="s">
-        <v>3349</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B3" t="s">
-        <v>3350</v>
+        <v>3385</v>
       </c>
       <c r="C3" t="s">
-        <v>3351</v>
+        <v>3386</v>
       </c>
       <c r="D3" t="s">
-        <v>3352</v>
+        <v>3387</v>
       </c>
       <c r="E3" t="s">
-        <v>1491</v>
+        <v>1521</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3353</v>
+        <v>3388</v>
       </c>
       <c r="H3" t="s">
-        <v>3354</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B4" t="s">
-        <v>3355</v>
+        <v>3390</v>
       </c>
       <c r="C4" t="s">
-        <v>3355</v>
+        <v>3390</v>
       </c>
       <c r="D4" t="s">
-        <v>3356</v>
+        <v>3391</v>
       </c>
       <c r="E4" t="s">
-        <v>3357</v>
+        <v>3392</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3358</v>
+        <v>3393</v>
       </c>
       <c r="H4" t="s">
-        <v>3359</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B5" t="s">
-        <v>3360</v>
+        <v>3395</v>
       </c>
       <c r="C5" t="s">
-        <v>3361</v>
+        <v>3396</v>
       </c>
       <c r="D5" t="s">
-        <v>3362</v>
+        <v>3397</v>
       </c>
       <c r="E5" t="s">
-        <v>3363</v>
+        <v>3398</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3364</v>
+        <v>3399</v>
       </c>
       <c r="H5" t="s">
-        <v>3365</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B6" t="s">
-        <v>3366</v>
+        <v>3401</v>
       </c>
       <c r="C6" t="s">
-        <v>3367</v>
+        <v>3402</v>
       </c>
       <c r="D6" t="s">
-        <v>3368</v>
+        <v>3403</v>
       </c>
       <c r="E6" t="s">
-        <v>3369</v>
+        <v>3404</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3370</v>
+        <v>3405</v>
       </c>
       <c r="H6" t="s">
-        <v>3371</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B7" t="s">
-        <v>3372</v>
+        <v>3407</v>
       </c>
       <c r="C7" t="s">
-        <v>3373</v>
+        <v>3408</v>
       </c>
       <c r="D7" t="s">
-        <v>3374</v>
+        <v>3409</v>
       </c>
       <c r="E7" t="s">
-        <v>3375</v>
+        <v>3410</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3376</v>
+        <v>3411</v>
       </c>
       <c r="H7" t="s">
-        <v>3377</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B8" t="s">
-        <v>3378</v>
+        <v>3413</v>
       </c>
       <c r="C8" t="s">
-        <v>3379</v>
+        <v>3414</v>
       </c>
       <c r="D8" t="s">
-        <v>3380</v>
+        <v>3415</v>
       </c>
       <c r="E8" t="s">
-        <v>3381</v>
+        <v>3416</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3382</v>
+        <v>3417</v>
       </c>
       <c r="H8" t="s">
-        <v>3383</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B9" t="s">
-        <v>3384</v>
+        <v>3419</v>
       </c>
       <c r="C9" t="s">
-        <v>3385</v>
+        <v>3420</v>
       </c>
       <c r="D9" t="s">
-        <v>3386</v>
+        <v>3421</v>
       </c>
       <c r="E9" t="s">
-        <v>3387</v>
+        <v>3422</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3388</v>
+        <v>3423</v>
       </c>
       <c r="H9" t="s">
-        <v>3389</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B10" t="s">
-        <v>3390</v>
+        <v>3425</v>
       </c>
       <c r="C10" t="s">
-        <v>3391</v>
+        <v>3426</v>
       </c>
       <c r="D10" t="s">
-        <v>3392</v>
+        <v>3427</v>
       </c>
       <c r="E10" t="s">
-        <v>3393</v>
+        <v>3428</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3394</v>
+        <v>3429</v>
       </c>
       <c r="H10" t="s">
-        <v>3395</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B11" t="s">
-        <v>3396</v>
+        <v>3431</v>
       </c>
       <c r="C11" t="s">
-        <v>3397</v>
+        <v>3432</v>
       </c>
       <c r="D11" t="s">
-        <v>3398</v>
+        <v>3433</v>
       </c>
       <c r="E11" t="s">
-        <v>3399</v>
+        <v>3434</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3400</v>
+        <v>3435</v>
       </c>
       <c r="H11" t="s">
-        <v>3401</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B12" t="s">
-        <v>3402</v>
+        <v>3437</v>
       </c>
       <c r="C12" t="s">
-        <v>3403</v>
+        <v>3438</v>
       </c>
       <c r="D12" t="s">
-        <v>3404</v>
+        <v>3439</v>
       </c>
       <c r="E12" t="s">
-        <v>3405</v>
+        <v>3440</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3406</v>
+        <v>3441</v>
       </c>
       <c r="H12" t="s">
-        <v>3407</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B13" t="s">
-        <v>3408</v>
+        <v>3443</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>3409</v>
+        <v>3444</v>
       </c>
       <c r="E13" t="s">
-        <v>3410</v>
+        <v>3445</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3411</v>
+        <v>3446</v>
       </c>
       <c r="H13" t="s">
-        <v>3412</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B14" t="s">
-        <v>3413</v>
+        <v>3448</v>
       </c>
       <c r="C14" t="s">
-        <v>3414</v>
+        <v>3449</v>
       </c>
       <c r="D14" t="s">
-        <v>3415</v>
+        <v>3450</v>
       </c>
       <c r="E14" t="s">
-        <v>3416</v>
+        <v>3451</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3417</v>
+        <v>3452</v>
       </c>
       <c r="H14" t="s">
-        <v>3418</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B15" t="s">
-        <v>3419</v>
+        <v>3454</v>
       </c>
       <c r="C15" t="s">
-        <v>3420</v>
+        <v>3455</v>
       </c>
       <c r="D15" t="s">
-        <v>3421</v>
+        <v>3456</v>
       </c>
       <c r="E15" t="s">
-        <v>3422</v>
+        <v>3457</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3423</v>
+        <v>3458</v>
       </c>
       <c r="H15" t="s">
-        <v>3424</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3345</v>
+        <v>3380</v>
       </c>
       <c r="B16" t="s">
-        <v>3425</v>
+        <v>3460</v>
       </c>
       <c r="C16" t="s">
-        <v>3426</v>
+        <v>3461</v>
       </c>
       <c r="D16" t="s">
-        <v>3427</v>
+        <v>3462</v>
       </c>
       <c r="E16" t="s">
-        <v>3428</v>
+        <v>3463</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3429</v>
+        <v>3464</v>
       </c>
       <c r="H16" t="s">
-        <v>3430</v>
+        <v>3465</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>3431</v>
+        <v>3466</v>
       </c>
       <c r="J1" t="s">
         <v>90</v>
       </c>
       <c r="K1" t="s">
-        <v>3432</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3433</v>
+        <v>3468</v>
       </c>
       <c r="B2" t="s">
-        <v>3434</v>
+        <v>3469</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>3435</v>
+        <v>3470</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3436</v>
+        <v>3471</v>
       </c>
       <c r="H2" t="s">
-        <v>3437</v>
+        <v>3472</v>
       </c>
       <c r="I2" t="s">
-        <v>3438</v>
+        <v>3473</v>
       </c>
       <c r="J2" t="s">
-        <v>3439</v>
+        <v>3474</v>
       </c>
       <c r="K2" t="s">
-        <v>3440</v>
+        <v>3475</v>
       </c>
       <c r="L2" t="s">
-        <v>3441</v>
+        <v>3476</v>
       </c>
       <c r="M2" t="s">
-        <v>3442</v>
+        <v>3477</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B2" t="s">
-        <v>3444</v>
+        <v>3479</v>
       </c>
       <c r="C2" t="s">
-        <v>3445</v>
+        <v>3480</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>3446</v>
+        <v>3481</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3447</v>
+        <v>3482</v>
       </c>
       <c r="H2" t="s">
-        <v>3448</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B3" t="s">
-        <v>3449</v>
+        <v>3484</v>
       </c>
       <c r="C3" t="s">
-        <v>3450</v>
+        <v>3485</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>3446</v>
+        <v>3486</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3451</v>
+        <v>3487</v>
       </c>
       <c r="H3" t="s">
-        <v>3452</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B4" t="s">
-        <v>3453</v>
+        <v>3489</v>
       </c>
       <c r="C4" t="s">
-        <v>3454</v>
+        <v>3490</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>3455</v>
+        <v>3491</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3456</v>
+        <v>3492</v>
       </c>
       <c r="H4" t="s">
-        <v>3457</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B5" t="s">
-        <v>3458</v>
+        <v>3494</v>
       </c>
       <c r="C5" t="s">
-        <v>3459</v>
+        <v>3495</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>3460</v>
+        <v>3491</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3461</v>
+        <v>3496</v>
       </c>
       <c r="H5" t="s">
-        <v>3462</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B6" t="s">
-        <v>3463</v>
+        <v>3498</v>
       </c>
       <c r="C6" t="s">
-        <v>3464</v>
+        <v>3499</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>3465</v>
+        <v>3500</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3466</v>
+        <v>3501</v>
       </c>
       <c r="H6" t="s">
-        <v>3467</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B7" t="s">
-        <v>3468</v>
+        <v>3503</v>
       </c>
       <c r="C7" t="s">
-        <v>3469</v>
+        <v>3504</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>3470</v>
+        <v>3505</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3471</v>
+        <v>3506</v>
       </c>
       <c r="H7" t="s">
-        <v>3472</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B8" t="s">
-        <v>3473</v>
+        <v>3508</v>
       </c>
       <c r="C8" t="s">
-        <v>3474</v>
+        <v>3509</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>3475</v>
+        <v>3510</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3476</v>
+        <v>3511</v>
       </c>
       <c r="H8" t="s">
-        <v>3477</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B9" t="s">
-        <v>3478</v>
+        <v>3513</v>
       </c>
       <c r="C9" t="s">
-        <v>3479</v>
+        <v>3514</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>3480</v>
+        <v>3515</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3481</v>
+        <v>3516</v>
       </c>
       <c r="H9" t="s">
-        <v>3482</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B10" t="s">
-        <v>3483</v>
+        <v>3518</v>
       </c>
       <c r="C10" t="s">
-        <v>3484</v>
+        <v>3519</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>3485</v>
+        <v>3520</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3486</v>
+        <v>3521</v>
       </c>
       <c r="H10" t="s">
-        <v>3487</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B11" t="s">
-        <v>3488</v>
+        <v>3523</v>
       </c>
       <c r="C11" t="s">
-        <v>3489</v>
+        <v>3524</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>3490</v>
+        <v>3525</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3491</v>
+        <v>3526</v>
       </c>
       <c r="H11" t="s">
-        <v>3492</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B12" t="s">
-        <v>3493</v>
+        <v>3528</v>
       </c>
       <c r="C12" t="s">
-        <v>3494</v>
+        <v>3529</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>3495</v>
+        <v>3530</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3496</v>
+        <v>3531</v>
       </c>
       <c r="H12" t="s">
-        <v>3497</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B13" t="s">
-        <v>3498</v>
+        <v>3533</v>
       </c>
       <c r="C13" t="s">
-        <v>3499</v>
+        <v>3534</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>3500</v>
+        <v>3535</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3501</v>
+        <v>3536</v>
       </c>
       <c r="H13" t="s">
-        <v>3502</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B14" t="s">
-        <v>3503</v>
+        <v>3538</v>
       </c>
       <c r="C14" t="s">
-        <v>3504</v>
+        <v>3539</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>3505</v>
+        <v>3540</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3506</v>
+        <v>3541</v>
       </c>
       <c r="H14" t="s">
-        <v>3507</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B15" t="s">
-        <v>3508</v>
+        <v>3543</v>
       </c>
       <c r="C15" t="s">
-        <v>3509</v>
+        <v>3544</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>3510</v>
+        <v>3545</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3511</v>
+        <v>3546</v>
       </c>
       <c r="H15" t="s">
-        <v>3512</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B16" t="s">
-        <v>3513</v>
+        <v>3548</v>
       </c>
       <c r="C16" t="s">
-        <v>3509</v>
+        <v>3544</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>3514</v>
+        <v>3549</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3515</v>
+        <v>3550</v>
       </c>
       <c r="H16" t="s">
-        <v>3516</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B17" t="s">
-        <v>3517</v>
+        <v>3552</v>
       </c>
       <c r="C17" t="s">
-        <v>3518</v>
+        <v>3553</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>3519</v>
+        <v>3554</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3520</v>
+        <v>3555</v>
       </c>
       <c r="H17" t="s">
-        <v>3521</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B18" t="s">
-        <v>3522</v>
+        <v>3557</v>
       </c>
       <c r="C18" t="s">
-        <v>3523</v>
+        <v>3558</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>3524</v>
+        <v>3559</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3525</v>
+        <v>3560</v>
       </c>
       <c r="H18" t="s">
-        <v>3526</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B19" t="s">
-        <v>3527</v>
+        <v>3562</v>
       </c>
       <c r="C19" t="s">
-        <v>3528</v>
+        <v>3563</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>3529</v>
+        <v>3564</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>3530</v>
+        <v>3565</v>
       </c>
       <c r="H19" t="s">
-        <v>3531</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B20" t="s">
-        <v>3532</v>
+        <v>3567</v>
       </c>
       <c r="C20" t="s">
-        <v>3533</v>
+        <v>3568</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>3534</v>
+        <v>3569</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>3535</v>
+        <v>3570</v>
       </c>
       <c r="H20" t="s">
-        <v>3536</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B21" t="s">
-        <v>3537</v>
+        <v>3572</v>
       </c>
       <c r="C21" t="s">
-        <v>3538</v>
+        <v>3573</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>3539</v>
+        <v>3574</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>3540</v>
+        <v>3575</v>
       </c>
       <c r="H21" t="s">
-        <v>3541</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B22" t="s">
-        <v>3542</v>
+        <v>3577</v>
       </c>
       <c r="C22" t="s">
-        <v>3543</v>
+        <v>3578</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>3544</v>
+        <v>3579</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>3545</v>
+        <v>3580</v>
       </c>
       <c r="H22" t="s">
-        <v>3546</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B23" t="s">
-        <v>3547</v>
+        <v>3582</v>
       </c>
       <c r="C23" t="s">
-        <v>3548</v>
+        <v>3583</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>3549</v>
+        <v>3584</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>3550</v>
+        <v>3585</v>
       </c>
       <c r="H23" t="s">
-        <v>3551</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B24" t="s">
-        <v>3552</v>
+        <v>3587</v>
       </c>
       <c r="C24" t="s">
-        <v>3553</v>
+        <v>3588</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>3554</v>
+        <v>3589</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>3555</v>
+        <v>3590</v>
       </c>
       <c r="H24" t="s">
-        <v>3556</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B25" t="s">
-        <v>3557</v>
+        <v>3592</v>
       </c>
       <c r="C25" t="s">
-        <v>3558</v>
+        <v>3593</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>3559</v>
+        <v>3594</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>3560</v>
+        <v>3595</v>
       </c>
       <c r="H25" t="s">
-        <v>3561</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B26" t="s">
-        <v>3562</v>
+        <v>3597</v>
       </c>
       <c r="C26" t="s">
-        <v>3563</v>
+        <v>3598</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>3564</v>
+        <v>3599</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>3565</v>
+        <v>3600</v>
       </c>
       <c r="H26" t="s">
-        <v>3566</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B27" t="s">
-        <v>3567</v>
+        <v>3602</v>
       </c>
       <c r="C27" t="s">
-        <v>3568</v>
+        <v>3603</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>3569</v>
+        <v>3604</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>3570</v>
+        <v>3605</v>
       </c>
       <c r="H27" t="s">
-        <v>3571</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B28" t="s">
-        <v>3572</v>
+        <v>3607</v>
       </c>
       <c r="C28" t="s">
-        <v>3573</v>
+        <v>3608</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>3574</v>
+        <v>3609</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>3575</v>
+        <v>3610</v>
       </c>
       <c r="H28" t="s">
-        <v>3576</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B29" t="s">
-        <v>3577</v>
+        <v>3612</v>
       </c>
       <c r="C29" t="s">
-        <v>3578</v>
+        <v>3613</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>3579</v>
+        <v>3614</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>3580</v>
+        <v>3615</v>
       </c>
       <c r="H29" t="s">
-        <v>3581</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B30" t="s">
-        <v>3582</v>
+        <v>3617</v>
       </c>
       <c r="C30" t="s">
-        <v>3583</v>
+        <v>3618</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>3584</v>
+        <v>3619</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>3585</v>
+        <v>3620</v>
       </c>
       <c r="H30" t="s">
-        <v>3586</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B31" t="s">
-        <v>3587</v>
+        <v>3622</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>3588</v>
+        <v>3623</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>3589</v>
+        <v>3624</v>
       </c>
       <c r="H31" t="s">
-        <v>3590</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B32" t="s">
-        <v>3591</v>
+        <v>3626</v>
       </c>
       <c r="C32" t="s">
-        <v>3592</v>
+        <v>3627</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>3593</v>
+        <v>3628</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>3594</v>
+        <v>3629</v>
       </c>
       <c r="H32" t="s">
-        <v>3595</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B33" t="s">
-        <v>3596</v>
+        <v>3631</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>3597</v>
+        <v>3632</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>3598</v>
+        <v>3633</v>
       </c>
       <c r="H33" t="s">
-        <v>3599</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B34" t="s">
-        <v>3600</v>
+        <v>3635</v>
       </c>
       <c r="C34" t="s">
-        <v>3601</v>
+        <v>3636</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>3602</v>
+        <v>3637</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>3603</v>
+        <v>3638</v>
       </c>
       <c r="H34" t="s">
-        <v>3604</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B35" t="s">
-        <v>3605</v>
+        <v>3640</v>
       </c>
       <c r="C35" t="s">
-        <v>3606</v>
+        <v>3641</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>3607</v>
+        <v>3642</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>3608</v>
+        <v>3643</v>
       </c>
       <c r="H35" t="s">
-        <v>3609</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>3443</v>
+        <v>3478</v>
       </c>
       <c r="B36" t="s">
-        <v>3610</v>
+        <v>3645</v>
       </c>
       <c r="C36" t="s">
-        <v>3611</v>
+        <v>3646</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>3612</v>
+        <v>3647</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>3613</v>
+        <v>3648</v>
       </c>
       <c r="H36" t="s">
-        <v>3614</v>
+        <v>3649</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -16848,276 +16979,276 @@
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>452</v>
       </c>
       <c r="H64" t="s">
         <v>453</v>
       </c>
       <c r="I64" t="s">
         <v>13</v>
       </c>
       <c r="J64" t="s">
         <v>454</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H130"/>
+  <dimension ref="A1:H134"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>455</v>
       </c>
       <c r="B2" t="s">
         <v>456</v>
       </c>
       <c r="C2" t="s">
         <v>457</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>458</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>459</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>455</v>
       </c>
       <c r="B3" t="s">
+        <v>461</v>
+      </c>
+      <c r="C3" t="s">
         <v>462</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>463</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>464</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>455</v>
       </c>
       <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="C4" t="s">
         <v>467</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>468</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>469</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>455</v>
       </c>
       <c r="B5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C5" t="s">
         <v>472</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>473</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>474</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>455</v>
       </c>
       <c r="B6" t="s">
+        <v>476</v>
+      </c>
+      <c r="C6" t="s">
+        <v>477</v>
+      </c>
+      <c r="D6" t="s">
         <v>478</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>479</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>480</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>455</v>
       </c>
       <c r="B7" t="s">
+        <v>482</v>
+      </c>
+      <c r="C7" t="s">
         <v>483</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>484</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>485</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>455</v>
       </c>
       <c r="B8" t="s">
+        <v>487</v>
+      </c>
+      <c r="C8" t="s">
         <v>488</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>489</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>490</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>455</v>
       </c>
       <c r="B9" t="s">
+        <v>492</v>
+      </c>
+      <c r="C9" t="s">
         <v>493</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>495</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>496</v>
       </c>
       <c r="H9" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>455</v>
       </c>
       <c r="B10" t="s">
         <v>498</v>
       </c>
       <c r="C10" t="s">
         <v>499</v>
       </c>
       <c r="D10" t="s">
@@ -17151,236 +17282,236 @@
       </c>
       <c r="E11" t="s">
         <v>505</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>506</v>
       </c>
       <c r="H11" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>455</v>
       </c>
       <c r="B12" t="s">
         <v>508</v>
       </c>
       <c r="C12" t="s">
         <v>509</v>
       </c>
       <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>510</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>511</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>455</v>
       </c>
       <c r="B13" t="s">
+        <v>513</v>
+      </c>
+      <c r="C13" t="s">
         <v>514</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>515</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>516</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>455</v>
       </c>
       <c r="B14" t="s">
+        <v>518</v>
+      </c>
+      <c r="C14" t="s">
         <v>519</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>520</v>
       </c>
-      <c r="D14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>521</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>522</v>
-      </c>
-[...7 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>455</v>
       </c>
       <c r="B15" t="s">
+        <v>523</v>
+      </c>
+      <c r="C15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
         <v>525</v>
-      </c>
-[...7 lines deleted...]
-        <v>522</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>526</v>
       </c>
       <c r="H15" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>455</v>
       </c>
       <c r="B16" t="s">
         <v>528</v>
       </c>
       <c r="C16" t="s">
         <v>529</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>530</v>
       </c>
       <c r="E16" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H16" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>455</v>
       </c>
       <c r="B17" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C17" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H17" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>455</v>
       </c>
       <c r="B18" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C18" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>541</v>
       </c>
       <c r="E18" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="H18" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>455</v>
       </c>
       <c r="B19" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C19" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>541</v>
       </c>
       <c r="E19" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>546</v>
       </c>
       <c r="H19" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>455</v>
       </c>
       <c r="B20" t="s">
         <v>548</v>
       </c>
       <c r="C20" t="s">
         <v>549</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
@@ -17463,597 +17594,597 @@
       </c>
       <c r="E23" t="s">
         <v>565</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>566</v>
       </c>
       <c r="H23" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>455</v>
       </c>
       <c r="B24" t="s">
         <v>568</v>
       </c>
       <c r="C24" t="s">
         <v>569</v>
       </c>
       <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
         <v>570</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>571</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>455</v>
       </c>
       <c r="B25" t="s">
+        <v>573</v>
+      </c>
+      <c r="C25" t="s">
         <v>574</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
         <v>575</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
         <v>576</v>
       </c>
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>577</v>
-      </c>
-[...7 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>455</v>
       </c>
       <c r="B26" t="s">
+        <v>578</v>
+      </c>
+      <c r="C26" t="s">
+        <v>579</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
         <v>580</v>
       </c>
-      <c r="C26" t="s">
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>581</v>
       </c>
-      <c r="D26" t="s">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>582</v>
-      </c>
-[...7 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>455</v>
       </c>
       <c r="B27" t="s">
+        <v>583</v>
+      </c>
+      <c r="C27" t="s">
+        <v>584</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
         <v>585</v>
       </c>
-      <c r="C27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>586</v>
       </c>
-      <c r="D27" t="s">
+      <c r="H27" t="s">
         <v>587</v>
-      </c>
-[...10 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>455</v>
       </c>
       <c r="B28" t="s">
+        <v>588</v>
+      </c>
+      <c r="C28" t="s">
+        <v>589</v>
+      </c>
+      <c r="D28" t="s">
+        <v>590</v>
+      </c>
+      <c r="E28" t="s">
         <v>591</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>592</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>455</v>
       </c>
       <c r="B29" t="s">
+        <v>594</v>
+      </c>
+      <c r="C29" t="s">
         <v>595</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>597</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>598</v>
       </c>
       <c r="H29" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>455</v>
       </c>
       <c r="B30" t="s">
         <v>600</v>
       </c>
       <c r="C30" t="s">
         <v>601</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="H30" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>455</v>
       </c>
       <c r="B31" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C31" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E31" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="H31" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>455</v>
       </c>
       <c r="B32" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C32" t="s">
-        <v>610</v>
+        <v>540</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>590</v>
       </c>
       <c r="E32" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="H32" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>455</v>
       </c>
       <c r="B33" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C33" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="H33" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>455</v>
       </c>
       <c r="B34" t="s">
+        <v>620</v>
+      </c>
+      <c r="C34" t="s">
+        <v>621</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
         <v>617</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="H34" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>455</v>
       </c>
       <c r="B35" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="C35" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>606</v>
+        <v>626</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H35" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>455</v>
       </c>
       <c r="B36" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="C36" t="s">
+        <v>630</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
         <v>626</v>
       </c>
-      <c r="D36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="H36" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>455</v>
       </c>
       <c r="B37" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="C37" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="H37" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>455</v>
       </c>
       <c r="B38" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C38" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="H38" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>455</v>
       </c>
       <c r="B39" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C39" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>640</v>
+        <v>626</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="H39" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>455</v>
       </c>
       <c r="B40" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C40" t="s">
-        <v>520</v>
+        <v>646</v>
       </c>
       <c r="D40" t="s">
-        <v>644</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>645</v>
+        <v>626</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H40" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>455</v>
       </c>
       <c r="B41" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C41" t="s">
-        <v>520</v>
+        <v>650</v>
       </c>
       <c r="D41" t="s">
-        <v>644</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="H41" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>455</v>
       </c>
       <c r="B42" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C42" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="H42" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>455</v>
       </c>
       <c r="B43" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C43" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H43" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>455</v>
       </c>
       <c r="B44" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C44" t="s">
-        <v>663</v>
+        <v>540</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>664</v>
       </c>
       <c r="E44" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H44" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>455</v>
       </c>
       <c r="B45" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C45" t="s">
-        <v>668</v>
+        <v>540</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>664</v>
       </c>
       <c r="E45" t="s">
         <v>669</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>670</v>
       </c>
       <c r="H45" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>455</v>
       </c>
       <c r="B46" t="s">
         <v>672</v>
       </c>
       <c r="C46" t="s">
         <v>673</v>
       </c>
       <c r="D46" t="s">
@@ -18194,906 +18325,906 @@
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>700</v>
       </c>
       <c r="H51" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>455</v>
       </c>
       <c r="B52" t="s">
         <v>702</v>
       </c>
       <c r="C52" t="s">
         <v>703</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="H52" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>455</v>
       </c>
       <c r="B53" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C53" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="H53" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>455</v>
       </c>
       <c r="B54" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C54" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>699</v>
+        <v>714</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="H54" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>455</v>
       </c>
       <c r="B55" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C55" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>699</v>
+        <v>719</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="H55" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>455</v>
       </c>
       <c r="B56" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="C56" t="s">
+        <v>723</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
         <v>719</v>
       </c>
-      <c r="D56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="H56" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>455</v>
       </c>
       <c r="B57" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C57" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="H57" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>455</v>
       </c>
       <c r="B58" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="C58" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="H58" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>455</v>
       </c>
       <c r="B59" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C59" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>734</v>
+        <v>719</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="H59" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>455</v>
       </c>
       <c r="B60" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C60" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>739</v>
+        <v>719</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>740</v>
       </c>
       <c r="H60" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>455</v>
       </c>
       <c r="B61" t="s">
         <v>742</v>
       </c>
       <c r="C61" t="s">
         <v>743</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H61" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>455</v>
       </c>
       <c r="B62" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C62" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H62" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>455</v>
       </c>
       <c r="B63" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C63" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="H63" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C64" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="H64" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>455</v>
       </c>
       <c r="B65" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C65" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="H65" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>455</v>
       </c>
       <c r="B66" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C66" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="H66" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>455</v>
       </c>
       <c r="B67" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C67" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="H67" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>455</v>
       </c>
       <c r="B68" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C68" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>762</v>
+        <v>777</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="H68" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>455</v>
       </c>
       <c r="B69" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="C69" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>762</v>
+        <v>782</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="H69" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>455</v>
       </c>
       <c r="B70" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="C70" t="s">
+        <v>786</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
         <v>782</v>
       </c>
-      <c r="D70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="H70" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>455</v>
       </c>
       <c r="B71" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="C71" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>762</v>
+        <v>782</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="H71" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>455</v>
       </c>
       <c r="B72" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="C72" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>762</v>
+        <v>782</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="H72" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>455</v>
       </c>
       <c r="B73" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="C73" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>795</v>
+        <v>782</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="H73" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>455</v>
       </c>
       <c r="B74" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="C74" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>800</v>
+        <v>782</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="H74" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>455</v>
       </c>
       <c r="B75" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C75" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>805</v>
+        <v>782</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="H75" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>455</v>
       </c>
       <c r="B76" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C76" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>800</v>
+        <v>782</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="H76" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>455</v>
       </c>
       <c r="B77" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C77" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>800</v>
+        <v>815</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="H77" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>455</v>
       </c>
       <c r="B78" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C78" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>800</v>
+        <v>820</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="H78" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>455</v>
       </c>
       <c r="B79" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C79" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>800</v>
+        <v>825</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="H79" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>455</v>
       </c>
       <c r="B80" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="C80" t="s">
-        <v>520</v>
+        <v>829</v>
       </c>
       <c r="D80" t="s">
-        <v>825</v>
+        <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>826</v>
+        <v>820</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="H80" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>455</v>
       </c>
       <c r="B81" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="C81" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="D81" t="s">
-        <v>831</v>
+        <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>832</v>
+        <v>820</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="H81" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>455</v>
       </c>
       <c r="B82" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C82" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>837</v>
+        <v>820</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
         <v>838</v>
       </c>
       <c r="H82" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>455</v>
       </c>
       <c r="B83" t="s">
         <v>840</v>
       </c>
       <c r="C83" t="s">
         <v>841</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
+        <v>820</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
         <v>842</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>455</v>
       </c>
       <c r="B84" t="s">
+        <v>844</v>
+      </c>
+      <c r="C84" t="s">
+        <v>540</v>
+      </c>
+      <c r="D84" t="s">
         <v>845</v>
       </c>
-      <c r="C84" t="s">
+      <c r="E84" t="s">
         <v>846</v>
       </c>
-      <c r="D84" t="s">
-[...2 lines deleted...]
-      <c r="E84" t="s">
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
         <v>847</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>455</v>
       </c>
       <c r="B85" t="s">
+        <v>849</v>
+      </c>
+      <c r="C85" t="s">
         <v>850</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>851</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E85" t="s">
         <v>852</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>853</v>
       </c>
       <c r="H85" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>455</v>
       </c>
       <c r="B86" t="s">
         <v>855</v>
       </c>
       <c r="C86" t="s">
         <v>856</v>
       </c>
       <c r="D86" t="s">
@@ -19127,155 +19258,155 @@
       </c>
       <c r="E87" t="s">
         <v>862</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
         <v>863</v>
       </c>
       <c r="H87" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>455</v>
       </c>
       <c r="B88" t="s">
         <v>865</v>
       </c>
       <c r="C88" t="s">
         <v>866</v>
       </c>
       <c r="D88" t="s">
+        <v>862</v>
+      </c>
+      <c r="E88" t="s">
         <v>867</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
         <v>868</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>455</v>
       </c>
       <c r="B89" t="s">
+        <v>870</v>
+      </c>
+      <c r="C89" t="s">
         <v>871</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
         <v>872</v>
       </c>
-      <c r="D89" t="s">
-[...2 lines deleted...]
-      <c r="E89" t="s">
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
         <v>873</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="H89" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>455</v>
       </c>
       <c r="B90" t="s">
+        <v>875</v>
+      </c>
+      <c r="C90" t="s">
         <v>876</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
         <v>877</v>
       </c>
-      <c r="D90" t="s">
-[...2 lines deleted...]
-      <c r="E90" t="s">
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
         <v>878</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>455</v>
       </c>
       <c r="B91" t="s">
+        <v>880</v>
+      </c>
+      <c r="C91" t="s">
         <v>881</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
         <v>882</v>
       </c>
-      <c r="D91" t="s">
-[...2 lines deleted...]
-      <c r="E91" t="s">
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
         <v>883</v>
       </c>
-      <c r="F91" t="s">
-[...2 lines deleted...]
-      <c r="G91" t="s">
+      <c r="H91" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>455</v>
       </c>
       <c r="B92" t="s">
+        <v>885</v>
+      </c>
+      <c r="C92" t="s">
         <v>886</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E92" t="s">
         <v>888</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
         <v>889</v>
       </c>
       <c r="H92" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>455</v>
       </c>
       <c r="B93" t="s">
         <v>891</v>
       </c>
       <c r="C93" t="s">
         <v>892</v>
       </c>
       <c r="D93" t="s">
@@ -19338,100 +19469,100 @@
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
         <v>904</v>
       </c>
       <c r="H95" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>455</v>
       </c>
       <c r="B96" t="s">
         <v>906</v>
       </c>
       <c r="C96" t="s">
         <v>907</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="H96" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>455</v>
       </c>
       <c r="B97" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C97" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="H97" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>455</v>
       </c>
       <c r="B98" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C98" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D98" t="s">
-        <v>917</v>
+        <v>13</v>
       </c>
       <c r="E98" t="s">
         <v>918</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
         <v>919</v>
       </c>
       <c r="H98" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>455</v>
       </c>
       <c r="B99" t="s">
         <v>921</v>
       </c>
       <c r="C99" t="s">
         <v>922</v>
       </c>
       <c r="D99" t="s">
@@ -19442,100 +19573,100 @@
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
         <v>924</v>
       </c>
       <c r="H99" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>455</v>
       </c>
       <c r="B100" t="s">
         <v>926</v>
       </c>
       <c r="C100" t="s">
         <v>927</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
+        <v>923</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
         <v>928</v>
       </c>
-      <c r="F100" t="s">
-[...2 lines deleted...]
-      <c r="G100" t="s">
+      <c r="H100" t="s">
         <v>929</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>455</v>
       </c>
       <c r="B101" t="s">
+        <v>930</v>
+      </c>
+      <c r="C101" t="s">
         <v>931</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
         <v>932</v>
       </c>
-      <c r="D101" t="s">
-[...2 lines deleted...]
-      <c r="E101" t="s">
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
         <v>933</v>
       </c>
-      <c r="F101" t="s">
-[...2 lines deleted...]
-      <c r="G101" t="s">
+      <c r="H101" t="s">
         <v>934</v>
-      </c>
-[...1 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>455</v>
       </c>
       <c r="B102" t="s">
+        <v>935</v>
+      </c>
+      <c r="C102" t="s">
         <v>936</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E102" t="s">
         <v>938</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
         <v>939</v>
       </c>
       <c r="H102" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>455</v>
       </c>
       <c r="B103" t="s">
         <v>941</v>
       </c>
       <c r="C103" t="s">
         <v>942</v>
       </c>
       <c r="D103" t="s">
@@ -19569,155 +19700,155 @@
       </c>
       <c r="E104" t="s">
         <v>948</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
         <v>949</v>
       </c>
       <c r="H104" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>455</v>
       </c>
       <c r="B105" t="s">
         <v>951</v>
       </c>
       <c r="C105" t="s">
         <v>952</v>
       </c>
       <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
         <v>953</v>
       </c>
-      <c r="E105" t="s">
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
         <v>954</v>
       </c>
-      <c r="F105" t="s">
-[...2 lines deleted...]
-      <c r="G105" t="s">
+      <c r="H105" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>455</v>
       </c>
       <c r="B106" t="s">
+        <v>956</v>
+      </c>
+      <c r="C106" t="s">
         <v>957</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
         <v>958</v>
       </c>
-      <c r="D106" t="s">
-[...2 lines deleted...]
-      <c r="E106" t="s">
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
         <v>959</v>
       </c>
-      <c r="F106" t="s">
-[...2 lines deleted...]
-      <c r="G106" t="s">
+      <c r="H106" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>455</v>
       </c>
       <c r="B107" t="s">
+        <v>961</v>
+      </c>
+      <c r="C107" t="s">
         <v>962</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
         <v>963</v>
       </c>
-      <c r="D107" t="s">
-[...2 lines deleted...]
-      <c r="E107" t="s">
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
         <v>964</v>
       </c>
-      <c r="F107" t="s">
-[...2 lines deleted...]
-      <c r="G107" t="s">
+      <c r="H107" t="s">
         <v>965</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>455</v>
       </c>
       <c r="B108" t="s">
+        <v>966</v>
+      </c>
+      <c r="C108" t="s">
         <v>967</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
         <v>968</v>
       </c>
-      <c r="D108" t="s">
-[...2 lines deleted...]
-      <c r="E108" t="s">
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
         <v>969</v>
       </c>
-      <c r="F108" t="s">
-[...2 lines deleted...]
-      <c r="G108" t="s">
+      <c r="H108" t="s">
         <v>970</v>
-      </c>
-[...1 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>455</v>
       </c>
       <c r="B109" t="s">
+        <v>971</v>
+      </c>
+      <c r="C109" t="s">
         <v>972</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>973</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E109" t="s">
         <v>974</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
         <v>975</v>
       </c>
       <c r="H109" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>455</v>
       </c>
       <c r="B110" t="s">
         <v>977</v>
       </c>
       <c r="C110" t="s">
         <v>978</v>
       </c>
       <c r="D110" t="s">
@@ -19832,100 +19963,100 @@
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
         <v>1000</v>
       </c>
       <c r="H114" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>455</v>
       </c>
       <c r="B115" t="s">
         <v>1002</v>
       </c>
       <c r="C115" t="s">
         <v>1003</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H115" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>455</v>
       </c>
       <c r="B116" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C116" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D116" t="s">
-        <v>1008</v>
+        <v>13</v>
       </c>
       <c r="E116" t="s">
         <v>1009</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
         <v>1010</v>
       </c>
       <c r="H116" t="s">
         <v>1011</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>455</v>
       </c>
       <c r="B117" t="s">
         <v>1012</v>
       </c>
       <c r="C117" t="s">
         <v>1013</v>
       </c>
       <c r="D117" t="s">
-        <v>1008</v>
+        <v>13</v>
       </c>
       <c r="E117" t="s">
         <v>1014</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
         <v>1015</v>
       </c>
       <c r="H117" t="s">
         <v>1016</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>455</v>
       </c>
       <c r="B118" t="s">
         <v>1017</v>
       </c>
       <c r="C118" t="s">
         <v>1018</v>
       </c>
       <c r="D118" t="s">
@@ -19936,10113 +20067,10269 @@
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
         <v>1020</v>
       </c>
       <c r="H118" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>455</v>
       </c>
       <c r="B119" t="s">
         <v>1022</v>
       </c>
       <c r="C119" t="s">
         <v>1023</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
         <v>1024</v>
       </c>
-      <c r="F119" t="s">
-[...2 lines deleted...]
-      <c r="G119" t="s">
+      <c r="H119" t="s">
         <v>1025</v>
-      </c>
-[...1 lines deleted...]
-        <v>1026</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>455</v>
       </c>
       <c r="B120" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C120" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="D120" t="s">
         <v>1028</v>
       </c>
       <c r="E120" t="s">
         <v>1029</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
         <v>1030</v>
       </c>
       <c r="H120" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>455</v>
       </c>
       <c r="B121" t="s">
         <v>1032</v>
       </c>
       <c r="C121" t="s">
-        <v>520</v>
+        <v>1033</v>
       </c>
       <c r="D121" t="s">
-        <v>1033</v>
+        <v>1028</v>
       </c>
       <c r="E121" t="s">
         <v>1034</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
         <v>1035</v>
       </c>
       <c r="H121" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>455</v>
       </c>
       <c r="B122" t="s">
         <v>1037</v>
       </c>
       <c r="C122" t="s">
         <v>1038</v>
       </c>
       <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
         <v>1039</v>
       </c>
-      <c r="E122" t="s">
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
         <v>1040</v>
       </c>
-      <c r="F122" t="s">
-[...2 lines deleted...]
-      <c r="G122" t="s">
+      <c r="H122" t="s">
         <v>1041</v>
-      </c>
-[...1 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>455</v>
       </c>
       <c r="B123" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C123" t="s">
         <v>1043</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
         <v>1044</v>
       </c>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
         <v>1045</v>
       </c>
-      <c r="E123" t="s">
+      <c r="H123" t="s">
         <v>1046</v>
-      </c>
-[...7 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>455</v>
       </c>
       <c r="B124" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C124" t="s">
+        <v>540</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E124" t="s">
         <v>1049</v>
       </c>
-      <c r="C124" t="s">
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
         <v>1050</v>
       </c>
-      <c r="D124" t="s">
+      <c r="H124" t="s">
         <v>1051</v>
-      </c>
-[...10 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>455</v>
       </c>
       <c r="B125" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C125" t="s">
+        <v>540</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
         <v>1055</v>
       </c>
-      <c r="C125" t="s">
-[...2 lines deleted...]
-      <c r="D125" t="s">
+      <c r="H125" t="s">
         <v>1056</v>
-      </c>
-[...10 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>455</v>
       </c>
       <c r="B126" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E126" t="s">
         <v>1060</v>
       </c>
-      <c r="C126" t="s">
-[...5 lines deleted...]
-      <c r="E126" t="s">
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
         <v>1061</v>
       </c>
-      <c r="F126" t="s">
-[...2 lines deleted...]
-      <c r="G126" t="s">
+      <c r="H126" t="s">
         <v>1062</v>
-      </c>
-[...1 lines deleted...]
-        <v>1063</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>455</v>
       </c>
       <c r="B127" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C127" t="s">
         <v>1064</v>
       </c>
-      <c r="C127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" t="s">
-        <v>1056</v>
+        <v>1065</v>
       </c>
       <c r="E127" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="H127" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>455</v>
       </c>
       <c r="B128" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C128" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D128" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="E128" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="H128" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>455</v>
       </c>
       <c r="B129" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C129" t="s">
-        <v>1075</v>
+        <v>540</v>
       </c>
       <c r="D129" t="s">
         <v>1076</v>
       </c>
       <c r="E129" t="s">
         <v>1077</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
         <v>1078</v>
       </c>
       <c r="H129" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>455</v>
       </c>
       <c r="B130" t="s">
         <v>1080</v>
       </c>
       <c r="C130" t="s">
+        <v>540</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E130" t="s">
         <v>1081</v>
       </c>
-      <c r="D130" t="s">
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
         <v>1082</v>
       </c>
-      <c r="E130" t="s">
+      <c r="H130" t="s">
         <v>1083</v>
       </c>
-      <c r="F130" t="s">
-[...2 lines deleted...]
-      <c r="G130" t="s">
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>455</v>
+      </c>
+      <c r="B131" t="s">
         <v>1084</v>
       </c>
-      <c r="H130" t="s">
+      <c r="C131" t="s">
+        <v>540</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E131" t="s">
         <v>1085</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>455</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>455</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>455</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D134" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I66"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1086</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B2" t="s">
-        <v>1088</v>
+        <v>1108</v>
       </c>
       <c r="C2" t="s">
-        <v>1089</v>
+        <v>1109</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1090</v>
+        <v>1110</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1091</v>
+        <v>1111</v>
       </c>
       <c r="H2" t="s">
-        <v>1092</v>
+        <v>1112</v>
       </c>
       <c r="I2" t="s">
-        <v>1093</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B3" t="s">
-        <v>1094</v>
+        <v>1114</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1095</v>
+        <v>1115</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1096</v>
+        <v>1116</v>
       </c>
       <c r="H3" t="s">
-        <v>1097</v>
+        <v>1117</v>
       </c>
       <c r="I3" t="s">
-        <v>1098</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B4" t="s">
-        <v>1099</v>
+        <v>1119</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1100</v>
+        <v>1120</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1101</v>
+        <v>1121</v>
       </c>
       <c r="H4" t="s">
-        <v>1102</v>
+        <v>1122</v>
       </c>
       <c r="I4" t="s">
-        <v>1103</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B5" t="s">
-        <v>1104</v>
+        <v>1124</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1105</v>
+        <v>1125</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1106</v>
+        <v>1126</v>
       </c>
       <c r="H5" t="s">
-        <v>1107</v>
+        <v>1127</v>
       </c>
       <c r="I5" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B6" t="s">
-        <v>1109</v>
+        <v>1129</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1110</v>
+        <v>1130</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1111</v>
+        <v>1131</v>
       </c>
       <c r="H6" t="s">
-        <v>1112</v>
+        <v>1132</v>
       </c>
       <c r="I6" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B7" t="s">
-        <v>1113</v>
+        <v>1133</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1114</v>
+        <v>1134</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1115</v>
+        <v>1135</v>
       </c>
       <c r="H7" t="s">
-        <v>1116</v>
+        <v>1136</v>
       </c>
       <c r="I7" t="s">
-        <v>1098</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B8" t="s">
-        <v>1117</v>
+        <v>1137</v>
       </c>
       <c r="C8" t="s">
-        <v>1118</v>
+        <v>1138</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1120</v>
+        <v>1140</v>
       </c>
       <c r="H8" t="s">
-        <v>1121</v>
+        <v>1141</v>
       </c>
       <c r="I8" t="s">
-        <v>1093</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B9" t="s">
-        <v>1122</v>
+        <v>1142</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1123</v>
+        <v>1143</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1124</v>
+        <v>1144</v>
       </c>
       <c r="H9" t="s">
-        <v>1125</v>
+        <v>1145</v>
       </c>
       <c r="I9" t="s">
-        <v>1098</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B10" t="s">
-        <v>1126</v>
+        <v>1146</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I10" t="s">
         <v>1128</v>
-      </c>
-[...4 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B11" t="s">
-        <v>1130</v>
+        <v>1150</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1131</v>
+        <v>1151</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1132</v>
+        <v>1152</v>
       </c>
       <c r="H11" t="s">
-        <v>1133</v>
+        <v>1153</v>
       </c>
       <c r="I11" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B12" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1135</v>
+        <v>1155</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1136</v>
+        <v>1156</v>
       </c>
       <c r="H12" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="I12" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B13" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1139</v>
+        <v>1159</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1140</v>
+        <v>1160</v>
       </c>
       <c r="H13" t="s">
-        <v>1141</v>
+        <v>1161</v>
       </c>
       <c r="I13" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B14" t="s">
-        <v>1142</v>
+        <v>1162</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1143</v>
+        <v>1163</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1144</v>
+        <v>1164</v>
       </c>
       <c r="H14" t="s">
-        <v>1145</v>
+        <v>1165</v>
       </c>
       <c r="I14" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B15" t="s">
-        <v>1146</v>
+        <v>1166</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1147</v>
+        <v>1167</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1148</v>
+        <v>1168</v>
       </c>
       <c r="H15" t="s">
-        <v>1149</v>
+        <v>1169</v>
       </c>
       <c r="I15" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B16" t="s">
-        <v>1150</v>
+        <v>1170</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1151</v>
+        <v>1171</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1152</v>
+        <v>1172</v>
       </c>
       <c r="H16" t="s">
-        <v>1153</v>
+        <v>1173</v>
       </c>
       <c r="I16" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B17" t="s">
-        <v>1154</v>
+        <v>1174</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1155</v>
+        <v>1175</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1156</v>
+        <v>1176</v>
       </c>
       <c r="H17" t="s">
-        <v>1157</v>
+        <v>1177</v>
       </c>
       <c r="I17" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B18" t="s">
-        <v>1158</v>
+        <v>1178</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1155</v>
+        <v>1175</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1159</v>
+        <v>1179</v>
       </c>
       <c r="H18" t="s">
-        <v>1160</v>
+        <v>1180</v>
       </c>
       <c r="I18" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B19" t="s">
-        <v>1161</v>
+        <v>1181</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1162</v>
+        <v>1182</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1163</v>
+        <v>1183</v>
       </c>
       <c r="H19" t="s">
-        <v>1164</v>
+        <v>1184</v>
       </c>
       <c r="I19" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B20" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1166</v>
+        <v>1186</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1167</v>
+        <v>1187</v>
       </c>
       <c r="H20" t="s">
-        <v>1168</v>
+        <v>1188</v>
       </c>
       <c r="I20" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B21" t="s">
-        <v>1169</v>
+        <v>1189</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1170</v>
+        <v>1190</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1171</v>
+        <v>1191</v>
       </c>
       <c r="H21" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="I21" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B22" t="s">
-        <v>1173</v>
+        <v>1193</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1174</v>
+        <v>1194</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1175</v>
+        <v>1195</v>
       </c>
       <c r="H22" t="s">
-        <v>1176</v>
+        <v>1196</v>
       </c>
       <c r="I22" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B23" t="s">
-        <v>1177</v>
+        <v>1197</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1178</v>
+        <v>1198</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1179</v>
+        <v>1199</v>
       </c>
       <c r="H23" t="s">
-        <v>1180</v>
+        <v>1200</v>
       </c>
       <c r="I23" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B24" t="s">
-        <v>1181</v>
+        <v>1201</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1182</v>
+        <v>1202</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1183</v>
+        <v>1203</v>
       </c>
       <c r="H24" t="s">
-        <v>1184</v>
+        <v>1204</v>
       </c>
       <c r="I24" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B25" t="s">
-        <v>1181</v>
+        <v>1201</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1185</v>
+        <v>1205</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1186</v>
+        <v>1206</v>
       </c>
       <c r="H25" t="s">
-        <v>1187</v>
+        <v>1207</v>
       </c>
       <c r="I25" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B26" t="s">
-        <v>1188</v>
+        <v>1208</v>
       </c>
       <c r="C26" t="s">
-        <v>1189</v>
+        <v>1209</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1191</v>
+        <v>1211</v>
       </c>
       <c r="H26" t="s">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="I26" t="s">
-        <v>1093</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B27" t="s">
-        <v>1193</v>
+        <v>1213</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1194</v>
+        <v>1214</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1195</v>
+        <v>1215</v>
       </c>
       <c r="H27" t="s">
-        <v>1196</v>
+        <v>1216</v>
       </c>
       <c r="I27" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B28" t="s">
-        <v>1197</v>
+        <v>1217</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1198</v>
+        <v>1218</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1199</v>
+        <v>1219</v>
       </c>
       <c r="H28" t="s">
-        <v>1200</v>
+        <v>1220</v>
       </c>
       <c r="I28" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B29" t="s">
-        <v>1201</v>
+        <v>1221</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1202</v>
+        <v>1222</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1203</v>
+        <v>1223</v>
       </c>
       <c r="H29" t="s">
-        <v>1204</v>
+        <v>1224</v>
       </c>
       <c r="I29" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B30" t="s">
-        <v>1205</v>
+        <v>1225</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1206</v>
+        <v>1226</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1207</v>
+        <v>1227</v>
       </c>
       <c r="H30" t="s">
-        <v>1208</v>
+        <v>1228</v>
       </c>
       <c r="I30" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B31" t="s">
-        <v>1209</v>
+        <v>1229</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1211</v>
+        <v>1231</v>
       </c>
       <c r="H31" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="I31" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B32" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1214</v>
+        <v>1234</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1215</v>
+        <v>1235</v>
       </c>
       <c r="H32" t="s">
-        <v>1216</v>
+        <v>1236</v>
       </c>
       <c r="I32" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B33" t="s">
-        <v>1217</v>
+        <v>1237</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1218</v>
+        <v>1238</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1219</v>
+        <v>1239</v>
       </c>
       <c r="H33" t="s">
-        <v>1220</v>
+        <v>1240</v>
       </c>
       <c r="I33" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B34" t="s">
-        <v>1221</v>
+        <v>1241</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1222</v>
+        <v>1242</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1223</v>
+        <v>1243</v>
       </c>
       <c r="H34" t="s">
-        <v>1224</v>
+        <v>1244</v>
       </c>
       <c r="I34" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B35" t="s">
-        <v>1225</v>
+        <v>1245</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1226</v>
+        <v>1246</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1227</v>
+        <v>1247</v>
       </c>
       <c r="H35" t="s">
-        <v>1228</v>
+        <v>1248</v>
       </c>
       <c r="I35" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B36" t="s">
-        <v>1229</v>
+        <v>1249</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1230</v>
+        <v>1250</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1231</v>
+        <v>1251</v>
       </c>
       <c r="H36" t="s">
-        <v>1232</v>
+        <v>1252</v>
       </c>
       <c r="I36" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B37" t="s">
-        <v>1233</v>
+        <v>1253</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1234</v>
+        <v>1254</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1235</v>
+        <v>1255</v>
       </c>
       <c r="H37" t="s">
-        <v>1236</v>
+        <v>1256</v>
       </c>
       <c r="I37" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B38" t="s">
-        <v>1237</v>
+        <v>1257</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1238</v>
+        <v>1258</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1239</v>
+        <v>1259</v>
       </c>
       <c r="H38" t="s">
-        <v>1240</v>
+        <v>1260</v>
       </c>
       <c r="I38" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B39" t="s">
-        <v>1241</v>
+        <v>1261</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1242</v>
+        <v>1262</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1243</v>
+        <v>1263</v>
       </c>
       <c r="H39" t="s">
-        <v>1244</v>
+        <v>1264</v>
       </c>
       <c r="I39" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B40" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1246</v>
+        <v>1266</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1247</v>
+        <v>1267</v>
       </c>
       <c r="H40" t="s">
-        <v>1248</v>
+        <v>1268</v>
       </c>
       <c r="I40" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B41" t="s">
-        <v>1249</v>
+        <v>1269</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1250</v>
+        <v>1270</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1251</v>
+        <v>1271</v>
       </c>
       <c r="H41" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="I41" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B42" t="s">
-        <v>1253</v>
+        <v>1273</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1254</v>
+        <v>1274</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1255</v>
+        <v>1275</v>
       </c>
       <c r="H42" t="s">
-        <v>1256</v>
+        <v>1276</v>
       </c>
       <c r="I42" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B43" t="s">
-        <v>1257</v>
+        <v>1277</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1258</v>
+        <v>1278</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1259</v>
+        <v>1279</v>
       </c>
       <c r="H43" t="s">
-        <v>1260</v>
+        <v>1280</v>
       </c>
       <c r="I43" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B44" t="s">
-        <v>1261</v>
+        <v>1281</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1262</v>
+        <v>1282</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1263</v>
+        <v>1283</v>
       </c>
       <c r="H44" t="s">
-        <v>1264</v>
+        <v>1284</v>
       </c>
       <c r="I44" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B45" t="s">
-        <v>1265</v>
+        <v>1285</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1266</v>
+        <v>1286</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1267</v>
+        <v>1287</v>
       </c>
       <c r="H45" t="s">
-        <v>1268</v>
+        <v>1288</v>
       </c>
       <c r="I45" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B46" t="s">
-        <v>1269</v>
+        <v>1289</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1270</v>
+        <v>1290</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1271</v>
+        <v>1291</v>
       </c>
       <c r="H46" t="s">
-        <v>1272</v>
+        <v>1292</v>
       </c>
       <c r="I46" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B47" t="s">
-        <v>1273</v>
+        <v>1293</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1274</v>
+        <v>1294</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1275</v>
+        <v>1295</v>
       </c>
       <c r="H47" t="s">
-        <v>1276</v>
+        <v>1296</v>
       </c>
       <c r="I47" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B48" t="s">
-        <v>1277</v>
+        <v>1297</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1278</v>
+        <v>1298</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1279</v>
+        <v>1299</v>
       </c>
       <c r="H48" t="s">
-        <v>1280</v>
+        <v>1300</v>
       </c>
       <c r="I48" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B49" t="s">
-        <v>1281</v>
+        <v>1301</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1282</v>
+        <v>1302</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1283</v>
+        <v>1303</v>
       </c>
       <c r="H49" t="s">
-        <v>1284</v>
+        <v>1304</v>
       </c>
       <c r="I49" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B50" t="s">
-        <v>1285</v>
+        <v>1305</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1286</v>
+        <v>1306</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1287</v>
+        <v>1307</v>
       </c>
       <c r="H50" t="s">
-        <v>1288</v>
+        <v>1308</v>
       </c>
       <c r="I50" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B51" t="s">
-        <v>1289</v>
+        <v>1309</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1290</v>
+        <v>1310</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1291</v>
+        <v>1311</v>
       </c>
       <c r="H51" t="s">
-        <v>1292</v>
+        <v>1312</v>
       </c>
       <c r="I51" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B52" t="s">
-        <v>1293</v>
+        <v>1313</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1294</v>
+        <v>1314</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1295</v>
+        <v>1315</v>
       </c>
       <c r="H52" t="s">
-        <v>1296</v>
+        <v>1316</v>
       </c>
       <c r="I52" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B53" t="s">
-        <v>1297</v>
+        <v>1317</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1298</v>
+        <v>1318</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1299</v>
+        <v>1319</v>
       </c>
       <c r="H53" t="s">
-        <v>1300</v>
+        <v>1320</v>
       </c>
       <c r="I53" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B54" t="s">
-        <v>1301</v>
+        <v>1321</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1302</v>
+        <v>1322</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1303</v>
+        <v>1323</v>
       </c>
       <c r="H54" t="s">
-        <v>1304</v>
+        <v>1324</v>
       </c>
       <c r="I54" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B55" t="s">
-        <v>1305</v>
+        <v>1325</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1306</v>
+        <v>1326</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1307</v>
+        <v>1327</v>
       </c>
       <c r="H55" t="s">
-        <v>1308</v>
+        <v>1328</v>
       </c>
       <c r="I55" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B56" t="s">
-        <v>1309</v>
+        <v>1329</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1310</v>
+        <v>1330</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1311</v>
+        <v>1331</v>
       </c>
       <c r="H56" t="s">
-        <v>1312</v>
+        <v>1332</v>
       </c>
       <c r="I56" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B57" t="s">
-        <v>1313</v>
+        <v>1333</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1314</v>
+        <v>1334</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1315</v>
+        <v>1335</v>
       </c>
       <c r="H57" t="s">
-        <v>1316</v>
+        <v>1336</v>
       </c>
       <c r="I57" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B58" t="s">
-        <v>1317</v>
+        <v>1337</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1318</v>
+        <v>1338</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1319</v>
+        <v>1339</v>
       </c>
       <c r="H58" t="s">
-        <v>1320</v>
+        <v>1340</v>
       </c>
       <c r="I58" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B59" t="s">
-        <v>1321</v>
+        <v>1341</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1322</v>
+        <v>1342</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1323</v>
+        <v>1343</v>
       </c>
       <c r="H59" t="s">
-        <v>1324</v>
+        <v>1344</v>
       </c>
       <c r="I59" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B60" t="s">
-        <v>1325</v>
+        <v>1345</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1326</v>
+        <v>1346</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1327</v>
+        <v>1347</v>
       </c>
       <c r="H60" t="s">
-        <v>1328</v>
+        <v>1348</v>
       </c>
       <c r="I60" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B61" t="s">
-        <v>1329</v>
+        <v>1349</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1330</v>
+        <v>1350</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1331</v>
+        <v>1351</v>
       </c>
       <c r="H61" t="s">
-        <v>1332</v>
+        <v>1352</v>
       </c>
       <c r="I61" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B62" t="s">
-        <v>1333</v>
+        <v>1353</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1334</v>
+        <v>1354</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1335</v>
+        <v>1355</v>
       </c>
       <c r="H62" t="s">
-        <v>1336</v>
+        <v>1356</v>
       </c>
       <c r="I62" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B63" t="s">
-        <v>1337</v>
+        <v>1357</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1338</v>
+        <v>1358</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1339</v>
+        <v>1359</v>
       </c>
       <c r="H63" t="s">
-        <v>1340</v>
+        <v>1360</v>
       </c>
       <c r="I63" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B64" t="s">
-        <v>1341</v>
+        <v>1361</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1342</v>
+        <v>1362</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1343</v>
+        <v>1363</v>
       </c>
       <c r="H64" t="s">
-        <v>1344</v>
+        <v>1364</v>
       </c>
       <c r="I64" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B65" t="s">
-        <v>1345</v>
+        <v>1365</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1346</v>
+        <v>1366</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1347</v>
+        <v>1367</v>
       </c>
       <c r="H65" t="s">
-        <v>1348</v>
+        <v>1368</v>
       </c>
       <c r="I65" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="B66" t="s">
-        <v>1349</v>
+        <v>1369</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1350</v>
+        <v>1370</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1351</v>
+        <v>1371</v>
       </c>
       <c r="H66" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="I66" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B2" t="s">
-        <v>1354</v>
+        <v>1374</v>
       </c>
       <c r="C2" t="s">
-        <v>1355</v>
+        <v>1375</v>
       </c>
       <c r="D2" t="s">
         <v>94</v>
       </c>
       <c r="E2" t="s">
-        <v>1356</v>
+        <v>1376</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1357</v>
+        <v>1377</v>
       </c>
       <c r="H2" t="s">
-        <v>1358</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B3" t="s">
-        <v>1359</v>
+        <v>1379</v>
       </c>
       <c r="C3" t="s">
-        <v>1360</v>
+        <v>1380</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>1381</v>
       </c>
       <c r="E3" t="s">
-        <v>1361</v>
+        <v>1382</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1362</v>
+        <v>1383</v>
       </c>
       <c r="H3" t="s">
-        <v>1363</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B4" t="s">
-        <v>1364</v>
+        <v>1385</v>
       </c>
       <c r="C4" t="s">
-        <v>1365</v>
+        <v>1386</v>
       </c>
       <c r="D4" t="s">
-        <v>1366</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1367</v>
+        <v>1387</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1368</v>
+        <v>1388</v>
       </c>
       <c r="H4" t="s">
-        <v>1369</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B5" t="s">
-        <v>1370</v>
+        <v>1390</v>
       </c>
       <c r="C5" t="s">
-        <v>1371</v>
+        <v>1391</v>
       </c>
       <c r="D5" t="s">
-        <v>1372</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1373</v>
+        <v>1392</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1374</v>
+        <v>1393</v>
       </c>
       <c r="H5" t="s">
-        <v>1375</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B6" t="s">
-        <v>1376</v>
+        <v>1395</v>
       </c>
       <c r="C6" t="s">
-        <v>1377</v>
+        <v>1396</v>
       </c>
       <c r="D6" t="s">
-        <v>1378</v>
+        <v>1397</v>
       </c>
       <c r="E6" t="s">
-        <v>1379</v>
+        <v>1398</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1380</v>
+        <v>1399</v>
       </c>
       <c r="H6" t="s">
-        <v>1381</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B7" t="s">
-        <v>1382</v>
+        <v>1401</v>
       </c>
       <c r="C7" t="s">
-        <v>1383</v>
+        <v>1402</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>1403</v>
       </c>
       <c r="E7" t="s">
-        <v>1384</v>
+        <v>1404</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1385</v>
+        <v>1405</v>
       </c>
       <c r="H7" t="s">
-        <v>1386</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B8" t="s">
-        <v>1387</v>
+        <v>1407</v>
       </c>
       <c r="C8" t="s">
-        <v>1388</v>
+        <v>1408</v>
       </c>
       <c r="D8" t="s">
-        <v>1389</v>
+        <v>1409</v>
       </c>
       <c r="E8" t="s">
-        <v>1390</v>
+        <v>1410</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1391</v>
+        <v>1411</v>
       </c>
       <c r="H8" t="s">
-        <v>1392</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B9" t="s">
-        <v>1393</v>
+        <v>1413</v>
       </c>
       <c r="C9" t="s">
-        <v>1394</v>
+        <v>1414</v>
       </c>
       <c r="D9" t="s">
-        <v>1378</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1395</v>
+        <v>1415</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1396</v>
+        <v>1416</v>
       </c>
       <c r="H9" t="s">
-        <v>1397</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B10" t="s">
-        <v>1398</v>
+        <v>1418</v>
       </c>
       <c r="C10" t="s">
-        <v>1399</v>
+        <v>1419</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>1409</v>
       </c>
       <c r="E10" t="s">
-        <v>1400</v>
+        <v>1420</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1401</v>
+        <v>1421</v>
       </c>
       <c r="H10" t="s">
-        <v>1402</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B11" t="s">
-        <v>1403</v>
+        <v>1423</v>
       </c>
       <c r="C11" t="s">
-        <v>1404</v>
+        <v>1424</v>
       </c>
       <c r="D11" t="s">
-        <v>1405</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1406</v>
+        <v>1425</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1407</v>
+        <v>1426</v>
       </c>
       <c r="H11" t="s">
-        <v>1408</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B12" t="s">
-        <v>1409</v>
+        <v>1428</v>
       </c>
       <c r="C12" t="s">
-        <v>1410</v>
+        <v>1429</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>1430</v>
       </c>
       <c r="E12" t="s">
-        <v>1411</v>
+        <v>1431</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="H12" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B13" t="s">
-        <v>1414</v>
+        <v>1434</v>
       </c>
       <c r="C13" t="s">
-        <v>1415</v>
+        <v>1435</v>
       </c>
       <c r="D13" t="s">
-        <v>1416</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1417</v>
+        <v>1436</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1418</v>
+        <v>1437</v>
       </c>
       <c r="H13" t="s">
-        <v>1419</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B14" t="s">
-        <v>1420</v>
+        <v>1439</v>
       </c>
       <c r="C14" t="s">
-        <v>1421</v>
+        <v>1440</v>
       </c>
       <c r="D14" t="s">
-        <v>1422</v>
+        <v>1441</v>
       </c>
       <c r="E14" t="s">
-        <v>1423</v>
+        <v>1442</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1424</v>
+        <v>1443</v>
       </c>
       <c r="H14" t="s">
-        <v>1425</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B15" t="s">
-        <v>1426</v>
+        <v>1445</v>
       </c>
       <c r="C15" t="s">
-        <v>1427</v>
+        <v>1446</v>
       </c>
       <c r="D15" t="s">
-        <v>1428</v>
+        <v>1447</v>
       </c>
       <c r="E15" t="s">
-        <v>1429</v>
+        <v>1448</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1430</v>
+        <v>1449</v>
       </c>
       <c r="H15" t="s">
-        <v>1431</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B16" t="s">
-        <v>1432</v>
+        <v>1451</v>
       </c>
       <c r="C16" t="s">
-        <v>1433</v>
+        <v>1452</v>
       </c>
       <c r="D16" t="s">
-        <v>1434</v>
+        <v>1453</v>
       </c>
       <c r="E16" t="s">
-        <v>1435</v>
+        <v>1454</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1436</v>
+        <v>1455</v>
       </c>
       <c r="H16" t="s">
-        <v>1437</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B17" t="s">
-        <v>1438</v>
+        <v>1457</v>
       </c>
       <c r="C17" t="s">
-        <v>1439</v>
+        <v>1458</v>
       </c>
       <c r="D17" t="s">
-        <v>1440</v>
+        <v>1459</v>
       </c>
       <c r="E17" t="s">
-        <v>1441</v>
+        <v>1460</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1442</v>
+        <v>1461</v>
       </c>
       <c r="H17" t="s">
-        <v>1443</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B18" t="s">
-        <v>1444</v>
+        <v>1463</v>
       </c>
       <c r="C18" t="s">
-        <v>1445</v>
+        <v>1464</v>
       </c>
       <c r="D18" t="s">
-        <v>1446</v>
+        <v>1465</v>
       </c>
       <c r="E18" t="s">
-        <v>1447</v>
+        <v>1466</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1448</v>
+        <v>1467</v>
       </c>
       <c r="H18" t="s">
-        <v>1449</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B19" t="s">
-        <v>1450</v>
+        <v>1469</v>
       </c>
       <c r="C19" t="s">
-        <v>1451</v>
+        <v>1470</v>
       </c>
       <c r="D19" t="s">
-        <v>1452</v>
+        <v>1471</v>
       </c>
       <c r="E19" t="s">
-        <v>1453</v>
+        <v>1472</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1454</v>
+        <v>1473</v>
       </c>
       <c r="H19" t="s">
-        <v>1455</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B20" t="s">
-        <v>1456</v>
+        <v>1475</v>
       </c>
       <c r="C20" t="s">
-        <v>1457</v>
+        <v>1476</v>
       </c>
       <c r="D20" t="s">
-        <v>1458</v>
+        <v>1477</v>
       </c>
       <c r="E20" t="s">
-        <v>1459</v>
+        <v>1478</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1460</v>
+        <v>1479</v>
       </c>
       <c r="H20" t="s">
-        <v>1461</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B21" t="s">
-        <v>1462</v>
+        <v>1481</v>
       </c>
       <c r="C21" t="s">
-        <v>1463</v>
+        <v>1482</v>
       </c>
       <c r="D21" t="s">
-        <v>1464</v>
+        <v>1483</v>
       </c>
       <c r="E21" t="s">
-        <v>1465</v>
+        <v>1484</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1466</v>
+        <v>1485</v>
       </c>
       <c r="H21" t="s">
-        <v>1467</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B22" t="s">
-        <v>1468</v>
+        <v>1487</v>
       </c>
       <c r="C22" t="s">
-        <v>1469</v>
+        <v>1488</v>
       </c>
       <c r="D22" t="s">
-        <v>1470</v>
+        <v>1489</v>
       </c>
       <c r="E22" t="s">
-        <v>1471</v>
+        <v>1490</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1472</v>
+        <v>1491</v>
       </c>
       <c r="H22" t="s">
-        <v>1473</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="B23" t="s">
-        <v>1474</v>
+        <v>1493</v>
       </c>
       <c r="C23" t="s">
-        <v>1475</v>
+        <v>1494</v>
       </c>
       <c r="D23" t="s">
-        <v>1476</v>
+        <v>1495</v>
       </c>
       <c r="E23" t="s">
-        <v>1477</v>
+        <v>1496</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1478</v>
+        <v>1497</v>
       </c>
       <c r="H23" t="s">
-        <v>1479</v>
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1504</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B2" t="s">
-        <v>1481</v>
+        <v>1506</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>1507</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1482</v>
+        <v>1508</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1483</v>
+        <v>1509</v>
       </c>
       <c r="H2" t="s">
-        <v>1484</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B3" t="s">
-        <v>1485</v>
+        <v>1511</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1486</v>
+        <v>1512</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1487</v>
+        <v>1513</v>
       </c>
       <c r="H3" t="s">
-        <v>1488</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B4" t="s">
-        <v>1489</v>
+        <v>1515</v>
       </c>
       <c r="C4" t="s">
-        <v>1490</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1491</v>
+        <v>1516</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1492</v>
+        <v>1517</v>
       </c>
       <c r="H4" t="s">
-        <v>1493</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B5" t="s">
-        <v>1494</v>
+        <v>1519</v>
       </c>
       <c r="C5" t="s">
-        <v>1495</v>
+        <v>1520</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1496</v>
+        <v>1521</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1497</v>
+        <v>1522</v>
       </c>
       <c r="H5" t="s">
-        <v>1498</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B6" t="s">
-        <v>1499</v>
+        <v>1524</v>
       </c>
       <c r="C6" t="s">
-        <v>1500</v>
+        <v>1525</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1501</v>
+        <v>1526</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1502</v>
+        <v>1527</v>
       </c>
       <c r="H6" t="s">
-        <v>1503</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B7" t="s">
-        <v>1504</v>
+        <v>1529</v>
       </c>
       <c r="C7" t="s">
-        <v>1505</v>
+        <v>1530</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1506</v>
+        <v>1531</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1507</v>
+        <v>1532</v>
       </c>
       <c r="H7" t="s">
-        <v>1508</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B8" t="s">
-        <v>1509</v>
+        <v>1534</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>1535</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1510</v>
+        <v>1536</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1511</v>
+        <v>1537</v>
       </c>
       <c r="H8" t="s">
-        <v>1512</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B9" t="s">
-        <v>1513</v>
+        <v>1539</v>
       </c>
       <c r="C9" t="s">
-        <v>1514</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1515</v>
+        <v>1540</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1516</v>
+        <v>1541</v>
       </c>
       <c r="H9" t="s">
-        <v>1517</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B10" t="s">
-        <v>1518</v>
+        <v>1543</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>1544</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1519</v>
+        <v>1545</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1520</v>
+        <v>1546</v>
       </c>
       <c r="H10" t="s">
-        <v>1521</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B11" t="s">
-        <v>1522</v>
+        <v>1548</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1523</v>
+        <v>1549</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1524</v>
+        <v>1550</v>
       </c>
       <c r="H11" t="s">
-        <v>1525</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B12" t="s">
-        <v>1526</v>
+        <v>1552</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1527</v>
+        <v>1553</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1528</v>
+        <v>1554</v>
       </c>
       <c r="H12" t="s">
-        <v>1529</v>
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1559</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B2" t="s">
-        <v>1531</v>
+        <v>1561</v>
       </c>
       <c r="C2" t="s">
-        <v>1532</v>
+        <v>1562</v>
       </c>
       <c r="D2" t="s">
-        <v>1533</v>
+        <v>1563</v>
       </c>
       <c r="E2" t="s">
-        <v>1534</v>
+        <v>1564</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1535</v>
+        <v>1565</v>
       </c>
       <c r="H2" t="s">
-        <v>1536</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B3" t="s">
-        <v>1537</v>
+        <v>1567</v>
       </c>
       <c r="C3" t="s">
-        <v>1538</v>
+        <v>1568</v>
       </c>
       <c r="D3" t="s">
-        <v>1539</v>
+        <v>1569</v>
       </c>
       <c r="E3" t="s">
-        <v>1540</v>
+        <v>1570</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1541</v>
+        <v>1571</v>
       </c>
       <c r="H3" t="s">
-        <v>1542</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B4" t="s">
-        <v>1543</v>
+        <v>1573</v>
       </c>
       <c r="C4" t="s">
-        <v>1544</v>
+        <v>1574</v>
       </c>
       <c r="D4" t="s">
-        <v>1545</v>
+        <v>1575</v>
       </c>
       <c r="E4" t="s">
-        <v>1546</v>
+        <v>1576</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1547</v>
+        <v>1577</v>
       </c>
       <c r="H4" t="s">
-        <v>1548</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B5" t="s">
-        <v>1549</v>
+        <v>1579</v>
       </c>
       <c r="C5" t="s">
-        <v>1550</v>
+        <v>1580</v>
       </c>
       <c r="D5" t="s">
-        <v>1551</v>
+        <v>1581</v>
       </c>
       <c r="E5" t="s">
-        <v>1552</v>
+        <v>1582</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1553</v>
+        <v>1583</v>
       </c>
       <c r="H5" t="s">
-        <v>1554</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B6" t="s">
-        <v>1555</v>
+        <v>1585</v>
       </c>
       <c r="C6" t="s">
-        <v>1556</v>
+        <v>1586</v>
       </c>
       <c r="D6" t="s">
-        <v>1557</v>
+        <v>1587</v>
       </c>
       <c r="E6" t="s">
-        <v>1558</v>
+        <v>1588</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1559</v>
+        <v>1589</v>
       </c>
       <c r="H6" t="s">
-        <v>1560</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B7" t="s">
-        <v>1561</v>
+        <v>1591</v>
       </c>
       <c r="C7" t="s">
-        <v>1562</v>
+        <v>1592</v>
       </c>
       <c r="D7" t="s">
-        <v>1563</v>
+        <v>1593</v>
       </c>
       <c r="E7" t="s">
-        <v>1564</v>
+        <v>1594</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1565</v>
+        <v>1595</v>
       </c>
       <c r="H7" t="s">
-        <v>1566</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B8" t="s">
-        <v>1567</v>
+        <v>1597</v>
       </c>
       <c r="C8" t="s">
-        <v>1568</v>
+        <v>1598</v>
       </c>
       <c r="D8" t="s">
-        <v>1569</v>
+        <v>1599</v>
       </c>
       <c r="E8" t="s">
-        <v>1570</v>
+        <v>1600</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1571</v>
+        <v>1601</v>
       </c>
       <c r="H8" t="s">
-        <v>1572</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B9" t="s">
-        <v>1573</v>
+        <v>1603</v>
       </c>
       <c r="C9" t="s">
-        <v>1574</v>
+        <v>1604</v>
       </c>
       <c r="D9" t="s">
-        <v>1569</v>
+        <v>1599</v>
       </c>
       <c r="E9" t="s">
-        <v>1575</v>
+        <v>1605</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1576</v>
+        <v>1606</v>
       </c>
       <c r="H9" t="s">
-        <v>1577</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B10" t="s">
-        <v>1578</v>
+        <v>1608</v>
       </c>
       <c r="C10" t="s">
-        <v>1579</v>
+        <v>1609</v>
       </c>
       <c r="D10" t="s">
-        <v>1580</v>
+        <v>1610</v>
       </c>
       <c r="E10" t="s">
-        <v>1581</v>
+        <v>1611</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1582</v>
+        <v>1612</v>
       </c>
       <c r="H10" t="s">
-        <v>1583</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1530</v>
+        <v>1560</v>
       </c>
       <c r="B11" t="s">
-        <v>1584</v>
+        <v>1614</v>
       </c>
       <c r="C11" t="s">
-        <v>1585</v>
+        <v>1615</v>
       </c>
       <c r="D11" t="s">
-        <v>1586</v>
+        <v>1616</v>
       </c>
       <c r="E11" t="s">
-        <v>1587</v>
+        <v>1617</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1588</v>
+        <v>1618</v>
       </c>
       <c r="H11" t="s">
-        <v>1589</v>
+        <v>1619</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B2" t="s">
-        <v>1591</v>
+        <v>1621</v>
       </c>
       <c r="C2" t="s">
-        <v>1592</v>
+        <v>1622</v>
       </c>
       <c r="D2" t="s">
-        <v>1593</v>
+        <v>1623</v>
       </c>
       <c r="E2" t="s">
-        <v>1594</v>
+        <v>1624</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1595</v>
+        <v>1625</v>
       </c>
       <c r="H2" t="s">
-        <v>1596</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B3" t="s">
-        <v>1597</v>
+        <v>1627</v>
       </c>
       <c r="C3" t="s">
-        <v>1598</v>
+        <v>1628</v>
       </c>
       <c r="D3" t="s">
-        <v>1599</v>
+        <v>1629</v>
       </c>
       <c r="E3" t="s">
-        <v>1600</v>
+        <v>1630</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1601</v>
+        <v>1631</v>
       </c>
       <c r="H3" t="s">
-        <v>1602</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B4" t="s">
-        <v>1603</v>
+        <v>1633</v>
       </c>
       <c r="C4" t="s">
-        <v>1604</v>
+        <v>1634</v>
       </c>
       <c r="D4" t="s">
-        <v>1605</v>
+        <v>1635</v>
       </c>
       <c r="E4" t="s">
-        <v>1606</v>
+        <v>1636</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1607</v>
+        <v>1637</v>
       </c>
       <c r="H4" t="s">
-        <v>1608</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B5" t="s">
-        <v>1609</v>
+        <v>1639</v>
       </c>
       <c r="C5" t="s">
-        <v>1610</v>
+        <v>1640</v>
       </c>
       <c r="D5" t="s">
-        <v>1611</v>
+        <v>1641</v>
       </c>
       <c r="E5" t="s">
-        <v>1612</v>
+        <v>1642</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1613</v>
+        <v>1643</v>
       </c>
       <c r="H5" t="s">
-        <v>1614</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B6" t="s">
-        <v>1615</v>
+        <v>1645</v>
       </c>
       <c r="C6" t="s">
-        <v>1616</v>
+        <v>1646</v>
       </c>
       <c r="D6" t="s">
-        <v>1617</v>
+        <v>1647</v>
       </c>
       <c r="E6" t="s">
-        <v>1618</v>
+        <v>1648</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1619</v>
+        <v>1649</v>
       </c>
       <c r="H6" t="s">
-        <v>1620</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B7" t="s">
-        <v>1621</v>
+        <v>1651</v>
       </c>
       <c r="C7" t="s">
-        <v>1622</v>
+        <v>1652</v>
       </c>
       <c r="D7" t="s">
-        <v>1623</v>
+        <v>1653</v>
       </c>
       <c r="E7" t="s">
-        <v>1624</v>
+        <v>1654</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1625</v>
+        <v>1655</v>
       </c>
       <c r="H7" t="s">
-        <v>1626</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B8" t="s">
-        <v>1627</v>
+        <v>1657</v>
       </c>
       <c r="C8" t="s">
-        <v>1628</v>
+        <v>1658</v>
       </c>
       <c r="D8" t="s">
-        <v>1629</v>
+        <v>1659</v>
       </c>
       <c r="E8" t="s">
-        <v>1630</v>
+        <v>1660</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1631</v>
+        <v>1661</v>
       </c>
       <c r="H8" t="s">
-        <v>1632</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B9" t="s">
-        <v>1633</v>
+        <v>1663</v>
       </c>
       <c r="C9" t="s">
-        <v>1634</v>
+        <v>1664</v>
       </c>
       <c r="D9" t="s">
-        <v>1629</v>
+        <v>1659</v>
       </c>
       <c r="E9" t="s">
-        <v>1635</v>
+        <v>1665</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1636</v>
+        <v>1666</v>
       </c>
       <c r="H9" t="s">
-        <v>1637</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B10" t="s">
-        <v>1638</v>
+        <v>1668</v>
       </c>
       <c r="C10" t="s">
-        <v>1639</v>
+        <v>1669</v>
       </c>
       <c r="D10" t="s">
-        <v>1640</v>
+        <v>1670</v>
       </c>
       <c r="E10" t="s">
-        <v>1641</v>
+        <v>1671</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1642</v>
+        <v>1672</v>
       </c>
       <c r="H10" t="s">
-        <v>1643</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B11" t="s">
-        <v>1644</v>
+        <v>1674</v>
       </c>
       <c r="C11" t="s">
-        <v>1645</v>
+        <v>1675</v>
       </c>
       <c r="D11" t="s">
-        <v>1646</v>
+        <v>1676</v>
       </c>
       <c r="E11" t="s">
-        <v>1647</v>
+        <v>1677</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1648</v>
+        <v>1678</v>
       </c>
       <c r="H11" t="s">
-        <v>1649</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B12" t="s">
-        <v>1650</v>
+        <v>1680</v>
       </c>
       <c r="C12" t="s">
-        <v>1651</v>
+        <v>1681</v>
       </c>
       <c r="D12" t="s">
-        <v>1623</v>
+        <v>1653</v>
       </c>
       <c r="E12" t="s">
-        <v>1652</v>
+        <v>1682</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1653</v>
+        <v>1683</v>
       </c>
       <c r="H12" t="s">
-        <v>1654</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B13" t="s">
-        <v>1655</v>
+        <v>1685</v>
       </c>
       <c r="C13" t="s">
-        <v>1656</v>
+        <v>1686</v>
       </c>
       <c r="D13" t="s">
-        <v>1646</v>
+        <v>1676</v>
       </c>
       <c r="E13" t="s">
-        <v>1657</v>
+        <v>1687</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1658</v>
+        <v>1688</v>
       </c>
       <c r="H13" t="s">
-        <v>1659</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B14" t="s">
-        <v>1660</v>
+        <v>1690</v>
       </c>
       <c r="C14" t="s">
-        <v>1661</v>
+        <v>1691</v>
       </c>
       <c r="D14" t="s">
-        <v>1662</v>
+        <v>1692</v>
       </c>
       <c r="E14" t="s">
-        <v>1663</v>
+        <v>1693</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1664</v>
+        <v>1694</v>
       </c>
       <c r="H14" t="s">
-        <v>1665</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B15" t="s">
-        <v>1666</v>
+        <v>1696</v>
       </c>
       <c r="C15" t="s">
-        <v>1667</v>
+        <v>1697</v>
       </c>
       <c r="D15" t="s">
-        <v>1668</v>
+        <v>1698</v>
       </c>
       <c r="E15" t="s">
-        <v>1669</v>
+        <v>1699</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1670</v>
+        <v>1700</v>
       </c>
       <c r="H15" t="s">
-        <v>1671</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B16" t="s">
-        <v>1672</v>
+        <v>1702</v>
       </c>
       <c r="C16" t="s">
-        <v>1673</v>
+        <v>1703</v>
       </c>
       <c r="D16" t="s">
-        <v>1674</v>
+        <v>1704</v>
       </c>
       <c r="E16" t="s">
-        <v>1675</v>
+        <v>1705</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1676</v>
+        <v>1706</v>
       </c>
       <c r="H16" t="s">
-        <v>1677</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B17" t="s">
-        <v>1678</v>
+        <v>1708</v>
       </c>
       <c r="C17" t="s">
-        <v>1679</v>
+        <v>1709</v>
       </c>
       <c r="D17" t="s">
-        <v>1680</v>
+        <v>1710</v>
       </c>
       <c r="E17" t="s">
-        <v>1681</v>
+        <v>1711</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1682</v>
+        <v>1712</v>
       </c>
       <c r="H17" t="s">
-        <v>1683</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B18" t="s">
-        <v>1684</v>
+        <v>1714</v>
       </c>
       <c r="C18" t="s">
-        <v>1685</v>
+        <v>1715</v>
       </c>
       <c r="D18" t="s">
-        <v>1686</v>
+        <v>1716</v>
       </c>
       <c r="E18" t="s">
-        <v>1687</v>
+        <v>1717</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1688</v>
+        <v>1718</v>
       </c>
       <c r="H18" t="s">
-        <v>1689</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B19" t="s">
-        <v>1690</v>
+        <v>1720</v>
       </c>
       <c r="C19" t="s">
-        <v>1691</v>
+        <v>1721</v>
       </c>
       <c r="D19" t="s">
-        <v>1692</v>
+        <v>1722</v>
       </c>
       <c r="E19" t="s">
-        <v>1693</v>
+        <v>1723</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1694</v>
+        <v>1724</v>
       </c>
       <c r="H19" t="s">
-        <v>1695</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B20" t="s">
-        <v>1696</v>
+        <v>1726</v>
       </c>
       <c r="C20" t="s">
-        <v>1697</v>
+        <v>1727</v>
       </c>
       <c r="D20" t="s">
-        <v>1698</v>
+        <v>1728</v>
       </c>
       <c r="E20" t="s">
-        <v>1699</v>
+        <v>1729</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1700</v>
+        <v>1730</v>
       </c>
       <c r="H20" t="s">
-        <v>1701</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B21" t="s">
-        <v>1702</v>
+        <v>1732</v>
       </c>
       <c r="C21" t="s">
-        <v>1703</v>
+        <v>1733</v>
       </c>
       <c r="D21" t="s">
-        <v>1704</v>
+        <v>1734</v>
       </c>
       <c r="E21" t="s">
-        <v>1705</v>
+        <v>1735</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1706</v>
+        <v>1736</v>
       </c>
       <c r="H21" t="s">
-        <v>1707</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B22" t="s">
-        <v>1708</v>
+        <v>1738</v>
       </c>
       <c r="C22" t="s">
-        <v>1709</v>
+        <v>1739</v>
       </c>
       <c r="D22" t="s">
-        <v>1710</v>
+        <v>1740</v>
       </c>
       <c r="E22" t="s">
-        <v>1711</v>
+        <v>1741</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1712</v>
+        <v>1742</v>
       </c>
       <c r="H22" t="s">
-        <v>1713</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B23" t="s">
-        <v>1714</v>
+        <v>1744</v>
       </c>
       <c r="C23" t="s">
-        <v>1715</v>
+        <v>1745</v>
       </c>
       <c r="D23" t="s">
-        <v>1716</v>
+        <v>1746</v>
       </c>
       <c r="E23" t="s">
-        <v>1717</v>
+        <v>1747</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1718</v>
+        <v>1748</v>
       </c>
       <c r="H23" t="s">
-        <v>1719</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B24" t="s">
-        <v>1720</v>
+        <v>1750</v>
       </c>
       <c r="C24" t="s">
-        <v>1721</v>
+        <v>1751</v>
       </c>
       <c r="D24" t="s">
-        <v>1722</v>
+        <v>1752</v>
       </c>
       <c r="E24" t="s">
-        <v>1723</v>
+        <v>1753</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1724</v>
+        <v>1754</v>
       </c>
       <c r="H24" t="s">
-        <v>1725</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B25" t="s">
-        <v>1726</v>
+        <v>1756</v>
       </c>
       <c r="C25" t="s">
-        <v>1727</v>
+        <v>1757</v>
       </c>
       <c r="D25" t="s">
-        <v>1728</v>
+        <v>1758</v>
       </c>
       <c r="E25" t="s">
-        <v>1729</v>
+        <v>1759</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1730</v>
+        <v>1760</v>
       </c>
       <c r="H25" t="s">
-        <v>1731</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B26" t="s">
-        <v>1732</v>
+        <v>1762</v>
       </c>
       <c r="C26" t="s">
-        <v>1733</v>
+        <v>1763</v>
       </c>
       <c r="D26" t="s">
-        <v>1734</v>
+        <v>1764</v>
       </c>
       <c r="E26" t="s">
-        <v>1735</v>
+        <v>1765</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1736</v>
+        <v>1766</v>
       </c>
       <c r="H26" t="s">
-        <v>1737</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B27" t="s">
-        <v>1738</v>
+        <v>1768</v>
       </c>
       <c r="C27" t="s">
-        <v>1739</v>
+        <v>1769</v>
       </c>
       <c r="D27" t="s">
-        <v>1740</v>
+        <v>1770</v>
       </c>
       <c r="E27" t="s">
-        <v>1741</v>
+        <v>1771</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1742</v>
+        <v>1772</v>
       </c>
       <c r="H27" t="s">
-        <v>1743</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B28" t="s">
-        <v>1744</v>
+        <v>1774</v>
       </c>
       <c r="C28" t="s">
-        <v>1745</v>
+        <v>1775</v>
       </c>
       <c r="D28" t="s">
-        <v>1746</v>
+        <v>1776</v>
       </c>
       <c r="E28" t="s">
-        <v>1747</v>
+        <v>1777</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1748</v>
+        <v>1778</v>
       </c>
       <c r="H28" t="s">
-        <v>1749</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B29" t="s">
-        <v>1750</v>
+        <v>1780</v>
       </c>
       <c r="C29" t="s">
-        <v>1751</v>
+        <v>1781</v>
       </c>
       <c r="D29" t="s">
-        <v>1752</v>
+        <v>1782</v>
       </c>
       <c r="E29" t="s">
-        <v>1753</v>
+        <v>1783</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1754</v>
+        <v>1784</v>
       </c>
       <c r="H29" t="s">
-        <v>1755</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B30" t="s">
-        <v>1756</v>
+        <v>1786</v>
       </c>
       <c r="C30" t="s">
-        <v>1757</v>
+        <v>1787</v>
       </c>
       <c r="D30" t="s">
-        <v>1758</v>
+        <v>1788</v>
       </c>
       <c r="E30" t="s">
-        <v>1759</v>
+        <v>1789</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1760</v>
+        <v>1790</v>
       </c>
       <c r="H30" t="s">
-        <v>1761</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B31" t="s">
-        <v>1762</v>
+        <v>1792</v>
       </c>
       <c r="C31" t="s">
-        <v>1763</v>
+        <v>1793</v>
       </c>
       <c r="D31" t="s">
-        <v>1764</v>
+        <v>1794</v>
       </c>
       <c r="E31" t="s">
-        <v>1765</v>
+        <v>1795</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1766</v>
+        <v>1796</v>
       </c>
       <c r="H31" t="s">
-        <v>1767</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B32" t="s">
-        <v>1768</v>
+        <v>1798</v>
       </c>
       <c r="C32" t="s">
-        <v>1769</v>
+        <v>1799</v>
       </c>
       <c r="D32" t="s">
-        <v>1770</v>
+        <v>1800</v>
       </c>
       <c r="E32" t="s">
-        <v>1771</v>
+        <v>1801</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1772</v>
+        <v>1802</v>
       </c>
       <c r="H32" t="s">
-        <v>1773</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B33" t="s">
-        <v>1774</v>
+        <v>1804</v>
       </c>
       <c r="C33" t="s">
-        <v>1775</v>
+        <v>1805</v>
       </c>
       <c r="D33" t="s">
-        <v>1776</v>
+        <v>1806</v>
       </c>
       <c r="E33" t="s">
-        <v>1777</v>
+        <v>1807</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1778</v>
+        <v>1808</v>
       </c>
       <c r="H33" t="s">
-        <v>1779</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B34" t="s">
-        <v>1780</v>
+        <v>1810</v>
       </c>
       <c r="C34" t="s">
-        <v>1781</v>
+        <v>1811</v>
       </c>
       <c r="D34" t="s">
-        <v>1782</v>
+        <v>1812</v>
       </c>
       <c r="E34" t="s">
-        <v>1783</v>
+        <v>1813</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1784</v>
+        <v>1814</v>
       </c>
       <c r="H34" t="s">
-        <v>1785</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B35" t="s">
-        <v>1786</v>
+        <v>1816</v>
       </c>
       <c r="C35" t="s">
-        <v>1787</v>
+        <v>1817</v>
       </c>
       <c r="D35" t="s">
-        <v>1788</v>
+        <v>1818</v>
       </c>
       <c r="E35" t="s">
-        <v>1789</v>
+        <v>1819</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1790</v>
+        <v>1820</v>
       </c>
       <c r="H35" t="s">
-        <v>1791</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B36" t="s">
-        <v>1792</v>
+        <v>1822</v>
       </c>
       <c r="C36" t="s">
-        <v>1793</v>
+        <v>1823</v>
       </c>
       <c r="D36" t="s">
-        <v>1794</v>
+        <v>1824</v>
       </c>
       <c r="E36" t="s">
-        <v>1795</v>
+        <v>1825</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1796</v>
+        <v>1826</v>
       </c>
       <c r="H36" t="s">
-        <v>1797</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B37" t="s">
-        <v>1798</v>
+        <v>1828</v>
       </c>
       <c r="C37" t="s">
-        <v>1799</v>
+        <v>1829</v>
       </c>
       <c r="D37" t="s">
-        <v>1800</v>
+        <v>1830</v>
       </c>
       <c r="E37" t="s">
-        <v>1801</v>
+        <v>1831</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1802</v>
+        <v>1832</v>
       </c>
       <c r="H37" t="s">
-        <v>1803</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1590</v>
+        <v>1620</v>
       </c>
       <c r="B38" t="s">
-        <v>1804</v>
+        <v>1834</v>
       </c>
       <c r="C38" t="s">
-        <v>1805</v>
+        <v>1835</v>
       </c>
       <c r="D38" t="s">
-        <v>1806</v>
+        <v>1836</v>
       </c>
       <c r="E38" t="s">
-        <v>1807</v>
+        <v>1837</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1808</v>
+        <v>1838</v>
       </c>
       <c r="H38" t="s">
-        <v>1809</v>
+        <v>1839</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H215"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B2" t="s">
-        <v>1811</v>
+        <v>1841</v>
       </c>
       <c r="C2" t="s">
-        <v>1812</v>
+        <v>1842</v>
       </c>
       <c r="D2" t="s">
-        <v>1813</v>
+        <v>1843</v>
       </c>
       <c r="E2" t="s">
-        <v>1814</v>
+        <v>1844</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1815</v>
+        <v>1845</v>
       </c>
       <c r="H2" t="s">
-        <v>1816</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B3" t="s">
-        <v>1817</v>
+        <v>1847</v>
       </c>
       <c r="C3" t="s">
-        <v>1818</v>
+        <v>1848</v>
       </c>
       <c r="D3" t="s">
-        <v>1819</v>
+        <v>1849</v>
       </c>
       <c r="E3" t="s">
-        <v>1820</v>
+        <v>1850</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1821</v>
+        <v>1851</v>
       </c>
       <c r="H3" t="s">
-        <v>1822</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B4" t="s">
-        <v>1823</v>
+        <v>1853</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>1854</v>
       </c>
       <c r="D4" t="s">
-        <v>1824</v>
+        <v>1855</v>
       </c>
       <c r="E4" t="s">
-        <v>1825</v>
+        <v>1856</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1826</v>
+        <v>1857</v>
       </c>
       <c r="H4" t="s">
-        <v>1827</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B5" t="s">
-        <v>1828</v>
+        <v>1859</v>
       </c>
       <c r="C5" t="s">
-        <v>1829</v>
+        <v>1860</v>
       </c>
       <c r="D5" t="s">
-        <v>1830</v>
+        <v>1861</v>
       </c>
       <c r="E5" t="s">
-        <v>1831</v>
+        <v>1862</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1832</v>
+        <v>1863</v>
       </c>
       <c r="H5" t="s">
-        <v>1833</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B6" t="s">
-        <v>1834</v>
+        <v>1865</v>
       </c>
       <c r="C6" t="s">
-        <v>1835</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>1836</v>
+        <v>1866</v>
       </c>
       <c r="E6" t="s">
-        <v>1837</v>
+        <v>1867</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1838</v>
+        <v>1868</v>
       </c>
       <c r="H6" t="s">
-        <v>1839</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B7" t="s">
-        <v>1840</v>
+        <v>1870</v>
       </c>
       <c r="C7" t="s">
-        <v>1841</v>
+        <v>1871</v>
       </c>
       <c r="D7" t="s">
-        <v>1842</v>
+        <v>1872</v>
       </c>
       <c r="E7" t="s">
-        <v>1843</v>
+        <v>1873</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1844</v>
+        <v>1874</v>
       </c>
       <c r="H7" t="s">
-        <v>1845</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B8" t="s">
-        <v>1846</v>
+        <v>1876</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>1877</v>
       </c>
       <c r="D8" t="s">
-        <v>1847</v>
+        <v>1878</v>
       </c>
       <c r="E8" t="s">
-        <v>1848</v>
+        <v>1879</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1849</v>
+        <v>1880</v>
       </c>
       <c r="H8" t="s">
-        <v>1850</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B9" t="s">
-        <v>1851</v>
+        <v>1882</v>
       </c>
       <c r="C9" t="s">
-        <v>1852</v>
+        <v>1883</v>
       </c>
       <c r="D9" t="s">
-        <v>1853</v>
+        <v>1884</v>
       </c>
       <c r="E9" t="s">
-        <v>1854</v>
+        <v>1885</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1855</v>
+        <v>1886</v>
       </c>
       <c r="H9" t="s">
-        <v>1856</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B10" t="s">
-        <v>1857</v>
+        <v>1888</v>
       </c>
       <c r="C10" t="s">
-        <v>1852</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>1853</v>
+        <v>1889</v>
       </c>
       <c r="E10" t="s">
-        <v>1858</v>
+        <v>1890</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1859</v>
+        <v>1891</v>
       </c>
       <c r="H10" t="s">
-        <v>1860</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B11" t="s">
-        <v>1861</v>
+        <v>1893</v>
       </c>
       <c r="C11" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D11" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E11" t="s">
-        <v>1854</v>
+        <v>1896</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1862</v>
+        <v>1897</v>
       </c>
       <c r="H11" t="s">
-        <v>1863</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B12" t="s">
-        <v>1864</v>
+        <v>1899</v>
       </c>
       <c r="C12" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D12" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E12" t="s">
-        <v>1865</v>
+        <v>1900</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1866</v>
+        <v>1901</v>
       </c>
       <c r="H12" t="s">
-        <v>1867</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B13" t="s">
-        <v>1868</v>
+        <v>1903</v>
       </c>
       <c r="C13" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D13" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E13" t="s">
-        <v>1854</v>
+        <v>1896</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1869</v>
+        <v>1904</v>
       </c>
       <c r="H13" t="s">
-        <v>1870</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B14" t="s">
-        <v>1871</v>
+        <v>1906</v>
       </c>
       <c r="C14" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D14" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E14" t="s">
-        <v>1872</v>
+        <v>1907</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1873</v>
+        <v>1908</v>
       </c>
       <c r="H14" t="s">
-        <v>1874</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B15" t="s">
-        <v>1875</v>
+        <v>1910</v>
       </c>
       <c r="C15" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D15" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E15" t="s">
-        <v>1876</v>
+        <v>1896</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1877</v>
+        <v>1911</v>
       </c>
       <c r="H15" t="s">
-        <v>1878</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B16" t="s">
-        <v>1879</v>
+        <v>1913</v>
       </c>
       <c r="C16" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D16" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E16" t="s">
-        <v>1865</v>
+        <v>1914</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1880</v>
+        <v>1915</v>
       </c>
       <c r="H16" t="s">
-        <v>1881</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B17" t="s">
-        <v>1882</v>
+        <v>1917</v>
       </c>
       <c r="C17" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D17" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E17" t="s">
-        <v>1883</v>
+        <v>1918</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1884</v>
+        <v>1919</v>
       </c>
       <c r="H17" t="s">
-        <v>1885</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B18" t="s">
-        <v>1886</v>
+        <v>1921</v>
       </c>
       <c r="C18" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D18" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E18" t="s">
-        <v>1883</v>
+        <v>1907</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1887</v>
+        <v>1922</v>
       </c>
       <c r="H18" t="s">
-        <v>1888</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B19" t="s">
-        <v>1889</v>
+        <v>1924</v>
       </c>
       <c r="C19" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D19" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E19" t="s">
-        <v>1890</v>
+        <v>1925</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1891</v>
+        <v>1926</v>
       </c>
       <c r="H19" t="s">
-        <v>1892</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B20" t="s">
-        <v>1893</v>
+        <v>1928</v>
       </c>
       <c r="C20" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D20" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E20" t="s">
-        <v>1890</v>
+        <v>1925</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1894</v>
+        <v>1929</v>
       </c>
       <c r="H20" t="s">
-        <v>1895</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B21" t="s">
-        <v>1896</v>
+        <v>1931</v>
       </c>
       <c r="C21" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D21" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E21" t="s">
-        <v>1890</v>
+        <v>1932</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1897</v>
+        <v>1933</v>
       </c>
       <c r="H21" t="s">
-        <v>1898</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B22" t="s">
-        <v>1899</v>
+        <v>1935</v>
       </c>
       <c r="C22" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D22" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E22" t="s">
-        <v>1890</v>
+        <v>1932</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1900</v>
+        <v>1936</v>
       </c>
       <c r="H22" t="s">
-        <v>1901</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B23" t="s">
-        <v>1902</v>
+        <v>1938</v>
       </c>
       <c r="C23" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D23" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E23" t="s">
-        <v>1890</v>
+        <v>1932</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1903</v>
+        <v>1939</v>
       </c>
       <c r="H23" t="s">
-        <v>1904</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B24" t="s">
-        <v>1905</v>
+        <v>1941</v>
       </c>
       <c r="C24" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D24" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E24" t="s">
-        <v>1890</v>
+        <v>1932</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1906</v>
+        <v>1942</v>
       </c>
       <c r="H24" t="s">
-        <v>1907</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B25" t="s">
-        <v>1908</v>
+        <v>1944</v>
       </c>
       <c r="C25" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D25" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E25" t="s">
-        <v>1890</v>
+        <v>1932</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1909</v>
+        <v>1945</v>
       </c>
       <c r="H25" t="s">
-        <v>1910</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B26" t="s">
-        <v>1911</v>
+        <v>1947</v>
       </c>
       <c r="C26" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D26" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E26" t="s">
-        <v>1912</v>
+        <v>1932</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1913</v>
+        <v>1948</v>
       </c>
       <c r="H26" t="s">
-        <v>1914</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B27" t="s">
-        <v>1915</v>
+        <v>1950</v>
       </c>
       <c r="C27" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="D27" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="E27" t="s">
-        <v>1916</v>
+        <v>1932</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1917</v>
+        <v>1951</v>
       </c>
       <c r="H27" t="s">
-        <v>1918</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B28" t="s">
-        <v>1919</v>
+        <v>1953</v>
       </c>
       <c r="C28" t="s">
-        <v>1920</v>
+        <v>1894</v>
       </c>
       <c r="D28" t="s">
-        <v>1533</v>
+        <v>1895</v>
       </c>
       <c r="E28" t="s">
-        <v>1921</v>
+        <v>1954</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1922</v>
+        <v>1955</v>
       </c>
       <c r="H28" t="s">
-        <v>1923</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B29" t="s">
-        <v>1924</v>
+        <v>1957</v>
       </c>
       <c r="C29" t="s">
-        <v>1925</v>
+        <v>1894</v>
       </c>
       <c r="D29" t="s">
-        <v>1926</v>
+        <v>1895</v>
       </c>
       <c r="E29" t="s">
-        <v>1927</v>
+        <v>1958</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1928</v>
+        <v>1959</v>
       </c>
       <c r="H29" t="s">
-        <v>1929</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B30" t="s">
-        <v>1930</v>
+        <v>1961</v>
       </c>
       <c r="C30" t="s">
-        <v>1931</v>
+        <v>1962</v>
       </c>
       <c r="D30" t="s">
-        <v>1932</v>
+        <v>1563</v>
       </c>
       <c r="E30" t="s">
-        <v>1933</v>
+        <v>1963</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1934</v>
+        <v>1964</v>
       </c>
       <c r="H30" t="s">
-        <v>1935</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B31" t="s">
-        <v>1936</v>
+        <v>1966</v>
       </c>
       <c r="C31" t="s">
-        <v>1937</v>
+        <v>1967</v>
       </c>
       <c r="D31" t="s">
-        <v>1938</v>
+        <v>1968</v>
       </c>
       <c r="E31" t="s">
-        <v>1939</v>
+        <v>1969</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1940</v>
+        <v>1970</v>
       </c>
       <c r="H31" t="s">
-        <v>1941</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B32" t="s">
-        <v>1942</v>
+        <v>1972</v>
       </c>
       <c r="C32" t="s">
-        <v>1943</v>
+        <v>1973</v>
       </c>
       <c r="D32" t="s">
-        <v>1944</v>
+        <v>1974</v>
       </c>
       <c r="E32" t="s">
-        <v>1945</v>
+        <v>1975</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1946</v>
+        <v>1976</v>
       </c>
       <c r="H32" t="s">
-        <v>1947</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B33" t="s">
-        <v>1948</v>
+        <v>1978</v>
       </c>
       <c r="C33" t="s">
-        <v>1949</v>
+        <v>1979</v>
       </c>
       <c r="D33" t="s">
-        <v>1938</v>
+        <v>1980</v>
       </c>
       <c r="E33" t="s">
-        <v>1950</v>
+        <v>1981</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1951</v>
+        <v>1982</v>
       </c>
       <c r="H33" t="s">
-        <v>1952</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B34" t="s">
-        <v>1953</v>
+        <v>1984</v>
       </c>
       <c r="C34" t="s">
-        <v>1954</v>
+        <v>1985</v>
       </c>
       <c r="D34" t="s">
-        <v>1955</v>
+        <v>1986</v>
       </c>
       <c r="E34" t="s">
-        <v>505</v>
+        <v>1987</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1956</v>
+        <v>1988</v>
       </c>
       <c r="H34" t="s">
-        <v>1957</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B35" t="s">
-        <v>1958</v>
+        <v>1990</v>
       </c>
       <c r="C35" t="s">
-        <v>1959</v>
+        <v>1991</v>
       </c>
       <c r="D35" t="s">
-        <v>1955</v>
+        <v>1980</v>
       </c>
       <c r="E35" t="s">
-        <v>505</v>
+        <v>1992</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1960</v>
+        <v>1993</v>
       </c>
       <c r="H35" t="s">
-        <v>1961</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B36" t="s">
-        <v>1962</v>
+        <v>1995</v>
       </c>
       <c r="C36" t="s">
-        <v>1963</v>
+        <v>1996</v>
       </c>
       <c r="D36" t="s">
-        <v>1964</v>
+        <v>1997</v>
       </c>
       <c r="E36" t="s">
-        <v>1965</v>
+        <v>525</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1966</v>
+        <v>1998</v>
       </c>
       <c r="H36" t="s">
-        <v>1967</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B37" t="s">
-        <v>1968</v>
+        <v>2000</v>
       </c>
       <c r="C37" t="s">
-        <v>1969</v>
+        <v>2001</v>
       </c>
       <c r="D37" t="s">
-        <v>1970</v>
+        <v>1997</v>
       </c>
       <c r="E37" t="s">
-        <v>1971</v>
+        <v>525</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1972</v>
+        <v>2002</v>
       </c>
       <c r="H37" t="s">
-        <v>1973</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B38" t="s">
-        <v>1974</v>
+        <v>2004</v>
       </c>
       <c r="C38" t="s">
-        <v>1975</v>
+        <v>2005</v>
       </c>
       <c r="D38" t="s">
-        <v>1976</v>
+        <v>2006</v>
       </c>
       <c r="E38" t="s">
-        <v>1977</v>
+        <v>2007</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1978</v>
+        <v>2008</v>
       </c>
       <c r="H38" t="s">
-        <v>1979</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B39" t="s">
-        <v>1980</v>
+        <v>2010</v>
       </c>
       <c r="C39" t="s">
-        <v>1852</v>
+        <v>2011</v>
       </c>
       <c r="D39" t="s">
-        <v>1853</v>
+        <v>2012</v>
       </c>
       <c r="E39" t="s">
-        <v>1890</v>
+        <v>2013</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1981</v>
+        <v>2014</v>
       </c>
       <c r="H39" t="s">
-        <v>1982</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B40" t="s">
-        <v>1983</v>
+        <v>2016</v>
       </c>
       <c r="C40" t="s">
-        <v>1852</v>
+        <v>2017</v>
       </c>
       <c r="D40" t="s">
-        <v>1853</v>
+        <v>2018</v>
       </c>
       <c r="E40" t="s">
-        <v>1890</v>
+        <v>2019</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1984</v>
+        <v>2020</v>
       </c>
       <c r="H40" t="s">
-        <v>1985</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B41" t="s">
-        <v>1986</v>
+        <v>2022</v>
       </c>
       <c r="C41" t="s">
-        <v>1987</v>
+        <v>1894</v>
       </c>
       <c r="D41" t="s">
-        <v>1988</v>
+        <v>1895</v>
       </c>
       <c r="E41" t="s">
-        <v>1989</v>
+        <v>1932</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1990</v>
+        <v>2023</v>
       </c>
       <c r="H41" t="s">
-        <v>1991</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B42" t="s">
-        <v>1992</v>
+        <v>2025</v>
       </c>
       <c r="C42" t="s">
-        <v>1993</v>
+        <v>1894</v>
       </c>
       <c r="D42" t="s">
-        <v>1533</v>
+        <v>1895</v>
       </c>
       <c r="E42" t="s">
-        <v>1994</v>
+        <v>1932</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1995</v>
+        <v>2026</v>
       </c>
       <c r="H42" t="s">
-        <v>1996</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B43" t="s">
-        <v>1997</v>
+        <v>2028</v>
       </c>
       <c r="C43" t="s">
-        <v>1998</v>
+        <v>2029</v>
       </c>
       <c r="D43" t="s">
-        <v>1999</v>
+        <v>2030</v>
       </c>
       <c r="E43" t="s">
-        <v>2000</v>
+        <v>2031</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2001</v>
+        <v>2032</v>
       </c>
       <c r="H43" t="s">
-        <v>2002</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B44" t="s">
-        <v>2003</v>
+        <v>2034</v>
       </c>
       <c r="C44" t="s">
-        <v>2004</v>
+        <v>2035</v>
       </c>
       <c r="D44" t="s">
-        <v>510</v>
+        <v>1563</v>
       </c>
       <c r="E44" t="s">
-        <v>2005</v>
+        <v>2036</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2006</v>
+        <v>2037</v>
       </c>
       <c r="H44" t="s">
-        <v>2007</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B45" t="s">
-        <v>2008</v>
+        <v>2039</v>
       </c>
       <c r="C45" t="s">
-        <v>2009</v>
+        <v>2040</v>
       </c>
       <c r="D45" t="s">
-        <v>2010</v>
+        <v>2041</v>
       </c>
       <c r="E45" t="s">
-        <v>2011</v>
+        <v>2042</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2012</v>
+        <v>2043</v>
       </c>
       <c r="H45" t="s">
-        <v>2013</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B46" t="s">
-        <v>2014</v>
+        <v>2045</v>
       </c>
       <c r="C46" t="s">
-        <v>2015</v>
+        <v>2046</v>
       </c>
       <c r="D46" t="s">
-        <v>2016</v>
+        <v>530</v>
       </c>
       <c r="E46" t="s">
-        <v>2017</v>
+        <v>2047</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2018</v>
+        <v>2048</v>
       </c>
       <c r="H46" t="s">
-        <v>2019</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B47" t="s">
-        <v>2020</v>
+        <v>2050</v>
       </c>
       <c r="C47" t="s">
-        <v>2021</v>
+        <v>2051</v>
       </c>
       <c r="D47" t="s">
-        <v>2016</v>
+        <v>2052</v>
       </c>
       <c r="E47" t="s">
-        <v>2022</v>
+        <v>2053</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2023</v>
+        <v>2054</v>
       </c>
       <c r="H47" t="s">
-        <v>2024</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B48" t="s">
-        <v>2025</v>
+        <v>2056</v>
       </c>
       <c r="C48" t="s">
-        <v>2026</v>
+        <v>2057</v>
       </c>
       <c r="D48" t="s">
-        <v>2010</v>
+        <v>2058</v>
       </c>
       <c r="E48" t="s">
-        <v>2027</v>
+        <v>2059</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2028</v>
+        <v>2060</v>
       </c>
       <c r="H48" t="s">
-        <v>2029</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B49" t="s">
-        <v>2030</v>
+        <v>2062</v>
       </c>
       <c r="C49" t="s">
-        <v>2031</v>
+        <v>2063</v>
       </c>
       <c r="D49" t="s">
-        <v>2032</v>
+        <v>2058</v>
       </c>
       <c r="E49" t="s">
-        <v>2033</v>
+        <v>2064</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2034</v>
+        <v>2065</v>
       </c>
       <c r="H49" t="s">
-        <v>2035</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B50" t="s">
-        <v>2036</v>
+        <v>2067</v>
       </c>
       <c r="C50" t="s">
-        <v>2037</v>
+        <v>2068</v>
       </c>
       <c r="D50" t="s">
-        <v>2038</v>
+        <v>2052</v>
       </c>
       <c r="E50" t="s">
-        <v>2039</v>
+        <v>2069</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2040</v>
+        <v>2070</v>
       </c>
       <c r="H50" t="s">
-        <v>2041</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B51" t="s">
-        <v>2042</v>
+        <v>2072</v>
       </c>
       <c r="C51" t="s">
-        <v>2043</v>
+        <v>2073</v>
       </c>
       <c r="D51" t="s">
-        <v>2044</v>
+        <v>2074</v>
       </c>
       <c r="E51" t="s">
-        <v>2045</v>
+        <v>2075</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2046</v>
+        <v>2076</v>
       </c>
       <c r="H51" t="s">
-        <v>2047</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B52" t="s">
-        <v>2048</v>
+        <v>2078</v>
       </c>
       <c r="C52" t="s">
-        <v>2049</v>
+        <v>2079</v>
       </c>
       <c r="D52" t="s">
-        <v>2050</v>
+        <v>2080</v>
       </c>
       <c r="E52" t="s">
-        <v>2051</v>
+        <v>2081</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>2052</v>
+        <v>2082</v>
       </c>
       <c r="H52" t="s">
-        <v>2053</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B53" t="s">
-        <v>2054</v>
+        <v>2084</v>
       </c>
       <c r="C53" t="s">
-        <v>2055</v>
+        <v>2085</v>
       </c>
       <c r="D53" t="s">
-        <v>2056</v>
+        <v>2086</v>
       </c>
       <c r="E53" t="s">
-        <v>2057</v>
+        <v>2087</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2058</v>
+        <v>2088</v>
       </c>
       <c r="H53" t="s">
-        <v>2059</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B54" t="s">
-        <v>2060</v>
+        <v>2090</v>
       </c>
       <c r="C54" t="s">
-        <v>2061</v>
+        <v>2091</v>
       </c>
       <c r="D54" t="s">
-        <v>2062</v>
+        <v>2092</v>
       </c>
       <c r="E54" t="s">
-        <v>2063</v>
+        <v>2093</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2064</v>
+        <v>2094</v>
       </c>
       <c r="H54" t="s">
-        <v>2065</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B55" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="C55" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="D55" t="s">
-        <v>2068</v>
+        <v>2098</v>
       </c>
       <c r="E55" t="s">
-        <v>2069</v>
+        <v>2099</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>2070</v>
+        <v>2100</v>
       </c>
       <c r="H55" t="s">
-        <v>2071</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B56" t="s">
-        <v>2072</v>
+        <v>2102</v>
       </c>
       <c r="C56" t="s">
-        <v>2073</v>
+        <v>2103</v>
       </c>
       <c r="D56" t="s">
-        <v>2074</v>
+        <v>2104</v>
       </c>
       <c r="E56" t="s">
-        <v>2075</v>
+        <v>2105</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>2076</v>
+        <v>2106</v>
       </c>
       <c r="H56" t="s">
-        <v>2077</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B57" t="s">
-        <v>2078</v>
+        <v>2108</v>
       </c>
       <c r="C57" t="s">
-        <v>2079</v>
+        <v>2109</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>2110</v>
       </c>
       <c r="E57" t="s">
-        <v>2080</v>
+        <v>2111</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>2081</v>
+        <v>2112</v>
       </c>
       <c r="H57" t="s">
-        <v>2082</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B58" t="s">
-        <v>2083</v>
+        <v>2114</v>
       </c>
       <c r="C58" t="s">
-        <v>2084</v>
+        <v>2115</v>
       </c>
       <c r="D58" t="s">
-        <v>2085</v>
+        <v>2116</v>
       </c>
       <c r="E58" t="s">
-        <v>2086</v>
+        <v>2117</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>2087</v>
+        <v>2118</v>
       </c>
       <c r="H58" t="s">
-        <v>2088</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B59" t="s">
-        <v>2089</v>
+        <v>2120</v>
       </c>
       <c r="C59" t="s">
-        <v>2090</v>
+        <v>2121</v>
       </c>
       <c r="D59" t="s">
-        <v>2091</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>2092</v>
+        <v>2122</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>2093</v>
+        <v>2123</v>
       </c>
       <c r="H59" t="s">
-        <v>2094</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B60" t="s">
-        <v>2095</v>
+        <v>2125</v>
       </c>
       <c r="C60" t="s">
-        <v>2096</v>
+        <v>2126</v>
       </c>
       <c r="D60" t="s">
-        <v>2097</v>
+        <v>2127</v>
       </c>
       <c r="E60" t="s">
-        <v>2098</v>
+        <v>2128</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>2099</v>
+        <v>2129</v>
       </c>
       <c r="H60" t="s">
-        <v>2100</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B61" t="s">
-        <v>2101</v>
+        <v>2131</v>
       </c>
       <c r="C61" t="s">
-        <v>2102</v>
+        <v>2132</v>
       </c>
       <c r="D61" t="s">
-        <v>2103</v>
+        <v>2133</v>
       </c>
       <c r="E61" t="s">
-        <v>2104</v>
+        <v>2134</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>2105</v>
+        <v>2135</v>
       </c>
       <c r="H61" t="s">
-        <v>2106</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B62" t="s">
-        <v>2107</v>
+        <v>2137</v>
       </c>
       <c r="C62" t="s">
-        <v>2108</v>
+        <v>2138</v>
       </c>
       <c r="D62" t="s">
-        <v>2109</v>
+        <v>2139</v>
       </c>
       <c r="E62" t="s">
-        <v>2110</v>
+        <v>2140</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>2111</v>
+        <v>2141</v>
       </c>
       <c r="H62" t="s">
-        <v>2112</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B63" t="s">
-        <v>2113</v>
+        <v>2143</v>
       </c>
       <c r="C63" t="s">
-        <v>2114</v>
+        <v>2144</v>
       </c>
       <c r="D63" t="s">
-        <v>2115</v>
+        <v>2145</v>
       </c>
       <c r="E63" t="s">
-        <v>2116</v>
+        <v>2146</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>2117</v>
+        <v>2147</v>
       </c>
       <c r="H63" t="s">
-        <v>2118</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B64" t="s">
-        <v>2119</v>
+        <v>2149</v>
       </c>
       <c r="C64" t="s">
-        <v>2120</v>
+        <v>2150</v>
       </c>
       <c r="D64" t="s">
-        <v>2121</v>
+        <v>2151</v>
       </c>
       <c r="E64" t="s">
-        <v>2122</v>
+        <v>2152</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>2123</v>
+        <v>2153</v>
       </c>
       <c r="H64" t="s">
-        <v>2124</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B65" t="s">
-        <v>2125</v>
+        <v>2155</v>
       </c>
       <c r="C65" t="s">
-        <v>2126</v>
+        <v>2156</v>
       </c>
       <c r="D65" t="s">
-        <v>2127</v>
+        <v>2157</v>
       </c>
       <c r="E65" t="s">
-        <v>2128</v>
+        <v>2158</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>2129</v>
+        <v>2159</v>
       </c>
       <c r="H65" t="s">
-        <v>2130</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B66" t="s">
-        <v>2131</v>
+        <v>2161</v>
       </c>
       <c r="C66" t="s">
-        <v>2132</v>
+        <v>2162</v>
       </c>
       <c r="D66" t="s">
-        <v>2133</v>
+        <v>2163</v>
       </c>
       <c r="E66" t="s">
-        <v>2134</v>
+        <v>2164</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>2135</v>
+        <v>2165</v>
       </c>
       <c r="H66" t="s">
-        <v>2136</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B67" t="s">
-        <v>2137</v>
+        <v>2167</v>
       </c>
       <c r="C67" t="s">
-        <v>2138</v>
+        <v>2168</v>
       </c>
       <c r="D67" t="s">
-        <v>2139</v>
+        <v>2169</v>
       </c>
       <c r="E67" t="s">
-        <v>2140</v>
+        <v>2170</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>2141</v>
+        <v>2171</v>
       </c>
       <c r="H67" t="s">
-        <v>2142</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B68" t="s">
-        <v>2143</v>
+        <v>2173</v>
       </c>
       <c r="C68" t="s">
-        <v>2144</v>
+        <v>2174</v>
       </c>
       <c r="D68" t="s">
-        <v>2145</v>
+        <v>2175</v>
       </c>
       <c r="E68" t="s">
-        <v>2146</v>
+        <v>2176</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>2147</v>
+        <v>2177</v>
       </c>
       <c r="H68" t="s">
-        <v>2148</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B69" t="s">
-        <v>2149</v>
+        <v>2179</v>
       </c>
       <c r="C69" t="s">
-        <v>2150</v>
+        <v>2180</v>
       </c>
       <c r="D69" t="s">
-        <v>2151</v>
+        <v>2181</v>
       </c>
       <c r="E69" t="s">
-        <v>2152</v>
+        <v>2182</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>2153</v>
+        <v>2183</v>
       </c>
       <c r="H69" t="s">
-        <v>2154</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B70" t="s">
-        <v>2155</v>
+        <v>2185</v>
       </c>
       <c r="C70" t="s">
-        <v>2156</v>
+        <v>2186</v>
       </c>
       <c r="D70" t="s">
-        <v>2157</v>
+        <v>2187</v>
       </c>
       <c r="E70" t="s">
-        <v>2158</v>
+        <v>2188</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>2159</v>
+        <v>2189</v>
       </c>
       <c r="H70" t="s">
-        <v>2160</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B71" t="s">
-        <v>2161</v>
+        <v>2191</v>
       </c>
       <c r="C71" t="s">
-        <v>2162</v>
+        <v>2192</v>
       </c>
       <c r="D71" t="s">
-        <v>2157</v>
+        <v>2193</v>
       </c>
       <c r="E71" t="s">
-        <v>2163</v>
+        <v>2194</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>2164</v>
+        <v>2195</v>
       </c>
       <c r="H71" t="s">
-        <v>2165</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B72" t="s">
-        <v>2166</v>
+        <v>2197</v>
       </c>
       <c r="C72" t="s">
-        <v>2167</v>
+        <v>2198</v>
       </c>
       <c r="D72" t="s">
-        <v>2157</v>
+        <v>2199</v>
       </c>
       <c r="E72" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>2169</v>
+        <v>2201</v>
       </c>
       <c r="H72" t="s">
-        <v>2170</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B73" t="s">
-        <v>2171</v>
+        <v>2203</v>
       </c>
       <c r="C73" t="s">
-        <v>2172</v>
+        <v>2204</v>
       </c>
       <c r="D73" t="s">
-        <v>2173</v>
+        <v>2199</v>
       </c>
       <c r="E73" t="s">
-        <v>2174</v>
+        <v>2205</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>2175</v>
+        <v>2206</v>
       </c>
       <c r="H73" t="s">
-        <v>2176</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B74" t="s">
-        <v>2177</v>
+        <v>2208</v>
       </c>
       <c r="C74" t="s">
-        <v>2178</v>
+        <v>2209</v>
       </c>
       <c r="D74" t="s">
-        <v>2179</v>
+        <v>2199</v>
       </c>
       <c r="E74" t="s">
-        <v>2180</v>
+        <v>2210</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>2181</v>
+        <v>2211</v>
       </c>
       <c r="H74" t="s">
-        <v>2182</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B75" t="s">
-        <v>2183</v>
+        <v>2213</v>
       </c>
       <c r="C75" t="s">
-        <v>2184</v>
+        <v>2214</v>
       </c>
       <c r="D75" t="s">
-        <v>1611</v>
+        <v>2215</v>
       </c>
       <c r="E75" t="s">
-        <v>2185</v>
+        <v>2216</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>2186</v>
+        <v>2217</v>
       </c>
       <c r="H75" t="s">
-        <v>2187</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B76" t="s">
-        <v>2188</v>
+        <v>2219</v>
       </c>
       <c r="C76" t="s">
-        <v>2189</v>
+        <v>2220</v>
       </c>
       <c r="D76" t="s">
-        <v>2190</v>
+        <v>2221</v>
       </c>
       <c r="E76" t="s">
-        <v>2191</v>
+        <v>2222</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>2192</v>
+        <v>2223</v>
       </c>
       <c r="H76" t="s">
-        <v>2193</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B77" t="s">
-        <v>2194</v>
+        <v>2225</v>
       </c>
       <c r="C77" t="s">
-        <v>2195</v>
+        <v>2226</v>
       </c>
       <c r="D77" t="s">
-        <v>2190</v>
+        <v>1641</v>
       </c>
       <c r="E77" t="s">
-        <v>2191</v>
+        <v>2227</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>2196</v>
+        <v>2228</v>
       </c>
       <c r="H77" t="s">
-        <v>2197</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B78" t="s">
-        <v>2198</v>
+        <v>2230</v>
       </c>
       <c r="C78" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="D78" t="s">
-        <v>2190</v>
+        <v>2232</v>
       </c>
       <c r="E78" t="s">
-        <v>2200</v>
+        <v>2233</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>2201</v>
+        <v>2234</v>
       </c>
       <c r="H78" t="s">
-        <v>2202</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B79" t="s">
-        <v>2203</v>
+        <v>2236</v>
       </c>
       <c r="C79" t="s">
-        <v>2204</v>
+        <v>2237</v>
       </c>
       <c r="D79" t="s">
-        <v>2190</v>
+        <v>2232</v>
       </c>
       <c r="E79" t="s">
-        <v>2200</v>
+        <v>2233</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>2205</v>
+        <v>2238</v>
       </c>
       <c r="H79" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B80" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C80" t="s">
-        <v>2204</v>
+        <v>2241</v>
       </c>
       <c r="D80" t="s">
-        <v>2190</v>
+        <v>2232</v>
       </c>
       <c r="E80" t="s">
-        <v>2191</v>
+        <v>2242</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>2208</v>
+        <v>2243</v>
       </c>
       <c r="H80" t="s">
-        <v>2209</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B81" t="s">
-        <v>2210</v>
+        <v>2245</v>
       </c>
       <c r="C81" t="s">
-        <v>2211</v>
+        <v>2246</v>
       </c>
       <c r="D81" t="s">
-        <v>2190</v>
+        <v>2232</v>
       </c>
       <c r="E81" t="s">
-        <v>2200</v>
+        <v>2242</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>2212</v>
+        <v>2247</v>
       </c>
       <c r="H81" t="s">
-        <v>2213</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B82" t="s">
-        <v>2214</v>
+        <v>2249</v>
       </c>
       <c r="C82" t="s">
-        <v>2215</v>
+        <v>2246</v>
       </c>
       <c r="D82" t="s">
-        <v>2190</v>
+        <v>2232</v>
       </c>
       <c r="E82" t="s">
-        <v>2200</v>
+        <v>2233</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2216</v>
+        <v>2250</v>
       </c>
       <c r="H82" t="s">
-        <v>2217</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B83" t="s">
-        <v>2218</v>
+        <v>2252</v>
       </c>
       <c r="C83" t="s">
-        <v>2219</v>
+        <v>2253</v>
       </c>
       <c r="D83" t="s">
-        <v>2190</v>
+        <v>2232</v>
       </c>
       <c r="E83" t="s">
-        <v>2191</v>
+        <v>2242</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>2220</v>
+        <v>2254</v>
       </c>
       <c r="H83" t="s">
-        <v>2221</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B84" t="s">
-        <v>2222</v>
+        <v>2256</v>
       </c>
       <c r="C84" t="s">
-        <v>2204</v>
+        <v>2257</v>
       </c>
       <c r="D84" t="s">
-        <v>2190</v>
+        <v>2232</v>
       </c>
       <c r="E84" t="s">
-        <v>2191</v>
+        <v>2242</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>2223</v>
+        <v>2258</v>
       </c>
       <c r="H84" t="s">
-        <v>2224</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B85" t="s">
-        <v>2225</v>
+        <v>2260</v>
       </c>
       <c r="C85" t="s">
-        <v>2199</v>
+        <v>2261</v>
       </c>
       <c r="D85" t="s">
-        <v>2190</v>
+        <v>2232</v>
       </c>
       <c r="E85" t="s">
-        <v>2200</v>
+        <v>2233</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>2226</v>
+        <v>2262</v>
       </c>
       <c r="H85" t="s">
-        <v>2227</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B86" t="s">
-        <v>2228</v>
+        <v>2264</v>
       </c>
       <c r="C86" t="s">
-        <v>2199</v>
+        <v>2246</v>
       </c>
       <c r="D86" t="s">
-        <v>2190</v>
+        <v>2232</v>
       </c>
       <c r="E86" t="s">
-        <v>2200</v>
+        <v>2233</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2229</v>
+        <v>2265</v>
       </c>
       <c r="H86" t="s">
-        <v>2230</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B87" t="s">
-        <v>2231</v>
+        <v>2267</v>
       </c>
       <c r="C87" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D87" t="s">
         <v>2232</v>
       </c>
-      <c r="D87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" t="s">
-        <v>2234</v>
+        <v>2242</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>2235</v>
+        <v>2268</v>
       </c>
       <c r="H87" t="s">
-        <v>2236</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B88" t="s">
-        <v>2237</v>
+        <v>2270</v>
       </c>
       <c r="C88" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="D88" t="s">
-        <v>2239</v>
+        <v>2232</v>
       </c>
       <c r="E88" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2241</v>
+        <v>2271</v>
       </c>
       <c r="H88" t="s">
-        <v>2242</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B89" t="s">
-        <v>2243</v>
+        <v>2273</v>
       </c>
       <c r="C89" t="s">
-        <v>2244</v>
+        <v>2274</v>
       </c>
       <c r="D89" t="s">
-        <v>2245</v>
+        <v>2275</v>
       </c>
       <c r="E89" t="s">
-        <v>2246</v>
+        <v>2276</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>2247</v>
+        <v>2277</v>
       </c>
       <c r="H89" t="s">
-        <v>2248</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B90" t="s">
-        <v>2249</v>
+        <v>2279</v>
       </c>
       <c r="C90" t="s">
-        <v>2250</v>
+        <v>2280</v>
       </c>
       <c r="D90" t="s">
-        <v>2251</v>
+        <v>2281</v>
       </c>
       <c r="E90" t="s">
-        <v>2252</v>
+        <v>2282</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>2253</v>
+        <v>2283</v>
       </c>
       <c r="H90" t="s">
-        <v>2254</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B91" t="s">
-        <v>2255</v>
+        <v>2285</v>
       </c>
       <c r="C91" t="s">
-        <v>2256</v>
+        <v>2286</v>
       </c>
       <c r="D91" t="s">
-        <v>2251</v>
+        <v>2287</v>
       </c>
       <c r="E91" t="s">
-        <v>2257</v>
+        <v>2288</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>2258</v>
+        <v>2289</v>
       </c>
       <c r="H91" t="s">
-        <v>2259</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B92" t="s">
-        <v>2260</v>
+        <v>2291</v>
       </c>
       <c r="C92" t="s">
-        <v>2261</v>
+        <v>2292</v>
       </c>
       <c r="D92" t="s">
-        <v>2262</v>
+        <v>2293</v>
       </c>
       <c r="E92" t="s">
-        <v>2263</v>
+        <v>2294</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>2264</v>
+        <v>2295</v>
       </c>
       <c r="H92" t="s">
-        <v>2265</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B93" t="s">
-        <v>2266</v>
+        <v>2297</v>
       </c>
       <c r="C93" t="s">
-        <v>2267</v>
+        <v>2298</v>
       </c>
       <c r="D93" t="s">
-        <v>2268</v>
+        <v>2293</v>
       </c>
       <c r="E93" t="s">
-        <v>2269</v>
+        <v>2299</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>2270</v>
+        <v>2300</v>
       </c>
       <c r="H93" t="s">
-        <v>2271</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B94" t="s">
-        <v>2272</v>
+        <v>2302</v>
       </c>
       <c r="C94" t="s">
-        <v>2273</v>
+        <v>2303</v>
       </c>
       <c r="D94" t="s">
-        <v>2274</v>
+        <v>2304</v>
       </c>
       <c r="E94" t="s">
-        <v>2275</v>
+        <v>2305</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>2276</v>
+        <v>2306</v>
       </c>
       <c r="H94" t="s">
-        <v>2277</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B95" t="s">
-        <v>2278</v>
+        <v>2308</v>
       </c>
       <c r="C95" t="s">
-        <v>2279</v>
+        <v>2309</v>
       </c>
       <c r="D95" t="s">
-        <v>2280</v>
+        <v>2310</v>
       </c>
       <c r="E95" t="s">
-        <v>2281</v>
+        <v>2311</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>2282</v>
+        <v>2312</v>
       </c>
       <c r="H95" t="s">
-        <v>2283</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B96" t="s">
-        <v>2284</v>
+        <v>2314</v>
       </c>
       <c r="C96" t="s">
-        <v>2285</v>
+        <v>2315</v>
       </c>
       <c r="D96" t="s">
-        <v>2286</v>
+        <v>2316</v>
       </c>
       <c r="E96" t="s">
-        <v>2287</v>
+        <v>2317</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>2288</v>
+        <v>2318</v>
       </c>
       <c r="H96" t="s">
-        <v>2289</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B97" t="s">
-        <v>2290</v>
+        <v>2320</v>
       </c>
       <c r="C97" t="s">
-        <v>2291</v>
+        <v>2321</v>
       </c>
       <c r="D97" t="s">
-        <v>2268</v>
+        <v>2322</v>
       </c>
       <c r="E97" t="s">
-        <v>2292</v>
+        <v>2323</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>2293</v>
+        <v>2324</v>
       </c>
       <c r="H97" t="s">
-        <v>2294</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B98" t="s">
-        <v>2295</v>
+        <v>2326</v>
       </c>
       <c r="C98" t="s">
-        <v>2296</v>
+        <v>2327</v>
       </c>
       <c r="D98" t="s">
-        <v>13</v>
+        <v>2328</v>
       </c>
       <c r="E98" t="s">
-        <v>2297</v>
+        <v>2329</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>2298</v>
+        <v>2330</v>
       </c>
       <c r="H98" t="s">
-        <v>2299</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B99" t="s">
-        <v>2300</v>
+        <v>2332</v>
       </c>
       <c r="C99" t="s">
-        <v>2301</v>
+        <v>2333</v>
       </c>
       <c r="D99" t="s">
-        <v>2302</v>
+        <v>2310</v>
       </c>
       <c r="E99" t="s">
-        <v>2303</v>
+        <v>2334</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>2304</v>
+        <v>2335</v>
       </c>
       <c r="H99" t="s">
-        <v>2305</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B100" t="s">
-        <v>2306</v>
+        <v>2337</v>
       </c>
       <c r="C100" t="s">
-        <v>2307</v>
+        <v>2338</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>2308</v>
+        <v>2339</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>2309</v>
+        <v>2340</v>
       </c>
       <c r="H100" t="s">
-        <v>2310</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B101" t="s">
-        <v>2311</v>
+        <v>2342</v>
       </c>
       <c r="C101" t="s">
-        <v>2312</v>
+        <v>2343</v>
       </c>
       <c r="D101" t="s">
-        <v>2313</v>
+        <v>2344</v>
       </c>
       <c r="E101" t="s">
-        <v>2314</v>
+        <v>2345</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>2315</v>
+        <v>2346</v>
       </c>
       <c r="H101" t="s">
-        <v>2316</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B102" t="s">
-        <v>2317</v>
+        <v>2348</v>
       </c>
       <c r="C102" t="s">
-        <v>2318</v>
+        <v>2349</v>
       </c>
       <c r="D102" t="s">
-        <v>2319</v>
+        <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>2320</v>
+        <v>2350</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>2321</v>
+        <v>2351</v>
       </c>
       <c r="H102" t="s">
-        <v>2322</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B103" t="s">
-        <v>2323</v>
+        <v>2353</v>
       </c>
       <c r="C103" t="s">
-        <v>2324</v>
+        <v>2354</v>
       </c>
       <c r="D103" t="s">
-        <v>2325</v>
+        <v>2355</v>
       </c>
       <c r="E103" t="s">
-        <v>2326</v>
+        <v>2356</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>2327</v>
+        <v>2357</v>
       </c>
       <c r="H103" t="s">
-        <v>2328</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B104" t="s">
-        <v>2329</v>
+        <v>2359</v>
       </c>
       <c r="C104" t="s">
-        <v>2324</v>
+        <v>2360</v>
       </c>
       <c r="D104" t="s">
-        <v>2325</v>
+        <v>2361</v>
       </c>
       <c r="E104" t="s">
-        <v>2330</v>
+        <v>2362</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>2331</v>
+        <v>2363</v>
       </c>
       <c r="H104" t="s">
-        <v>2332</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B105" t="s">
-        <v>2333</v>
+        <v>2365</v>
       </c>
       <c r="C105" t="s">
-        <v>2334</v>
+        <v>2366</v>
       </c>
       <c r="D105" t="s">
-        <v>2335</v>
+        <v>2367</v>
       </c>
       <c r="E105" t="s">
-        <v>2336</v>
+        <v>2368</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>2337</v>
+        <v>2369</v>
       </c>
       <c r="H105" t="s">
-        <v>2338</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B106" t="s">
-        <v>2339</v>
+        <v>2371</v>
       </c>
       <c r="C106" t="s">
-        <v>2340</v>
+        <v>2366</v>
       </c>
       <c r="D106" t="s">
-        <v>13</v>
+        <v>2367</v>
       </c>
       <c r="E106" t="s">
-        <v>2341</v>
+        <v>2372</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>2342</v>
+        <v>2373</v>
       </c>
       <c r="H106" t="s">
-        <v>2343</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B107" t="s">
-        <v>2344</v>
+        <v>2375</v>
       </c>
       <c r="C107" t="s">
-        <v>2345</v>
+        <v>2376</v>
       </c>
       <c r="D107" t="s">
-        <v>2335</v>
+        <v>2377</v>
       </c>
       <c r="E107" t="s">
-        <v>2335</v>
+        <v>2378</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>2346</v>
+        <v>2379</v>
       </c>
       <c r="H107" t="s">
-        <v>2347</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B108" t="s">
-        <v>2348</v>
+        <v>2381</v>
       </c>
       <c r="C108" t="s">
-        <v>2349</v>
+        <v>2382</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>2350</v>
+        <v>2383</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>2351</v>
+        <v>2384</v>
       </c>
       <c r="H108" t="s">
-        <v>2352</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B109" t="s">
-        <v>2353</v>
+        <v>2386</v>
       </c>
       <c r="C109" t="s">
-        <v>2354</v>
+        <v>2387</v>
       </c>
       <c r="D109" t="s">
-        <v>13</v>
+        <v>2377</v>
       </c>
       <c r="E109" t="s">
-        <v>2355</v>
+        <v>2377</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>2356</v>
+        <v>2388</v>
       </c>
       <c r="H109" t="s">
-        <v>2357</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B110" t="s">
-        <v>2358</v>
+        <v>2390</v>
       </c>
       <c r="C110" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>2360</v>
+        <v>2392</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H110" t="s">
-        <v>2362</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B111" t="s">
-        <v>2363</v>
+        <v>2395</v>
       </c>
       <c r="C111" t="s">
-        <v>2364</v>
+        <v>2396</v>
       </c>
       <c r="D111" t="s">
-        <v>2365</v>
+        <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>2366</v>
+        <v>2397</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>2367</v>
+        <v>2398</v>
       </c>
       <c r="H111" t="s">
-        <v>2368</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B112" t="s">
-        <v>2369</v>
+        <v>2400</v>
       </c>
       <c r="C112" t="s">
-        <v>2370</v>
+        <v>2401</v>
       </c>
       <c r="D112" t="s">
-        <v>2371</v>
+        <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>2372</v>
+        <v>2402</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>2373</v>
+        <v>2403</v>
       </c>
       <c r="H112" t="s">
-        <v>2374</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B113" t="s">
-        <v>2375</v>
+        <v>2405</v>
       </c>
       <c r="C113" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="D113" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="E113" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>2379</v>
+        <v>2409</v>
       </c>
       <c r="H113" t="s">
-        <v>2380</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B114" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="C114" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="D114" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="E114" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>2385</v>
+        <v>2415</v>
       </c>
       <c r="H114" t="s">
-        <v>2386</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B115" t="s">
-        <v>2387</v>
+        <v>2417</v>
       </c>
       <c r="C115" t="s">
-        <v>2388</v>
+        <v>2418</v>
       </c>
       <c r="D115" t="s">
-        <v>13</v>
+        <v>2419</v>
       </c>
       <c r="E115" t="s">
-        <v>2389</v>
+        <v>2420</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>2390</v>
+        <v>2421</v>
       </c>
       <c r="H115" t="s">
-        <v>2391</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B116" t="s">
-        <v>2392</v>
+        <v>2423</v>
       </c>
       <c r="C116" t="s">
-        <v>2393</v>
+        <v>2424</v>
       </c>
       <c r="D116" t="s">
-        <v>13</v>
+        <v>2425</v>
       </c>
       <c r="E116" t="s">
-        <v>2394</v>
+        <v>2426</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>2395</v>
+        <v>2427</v>
       </c>
       <c r="H116" t="s">
-        <v>2396</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B117" t="s">
-        <v>2397</v>
+        <v>2429</v>
       </c>
       <c r="C117" t="s">
-        <v>2398</v>
+        <v>2430</v>
       </c>
       <c r="D117" t="s">
-        <v>2399</v>
+        <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>2400</v>
+        <v>2431</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>2401</v>
+        <v>2432</v>
       </c>
       <c r="H117" t="s">
-        <v>2402</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B118" t="s">
-        <v>2403</v>
+        <v>2434</v>
       </c>
       <c r="C118" t="s">
-        <v>2404</v>
+        <v>2435</v>
       </c>
       <c r="D118" t="s">
-        <v>2405</v>
+        <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>2406</v>
+        <v>2436</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>2407</v>
+        <v>2437</v>
       </c>
       <c r="H118" t="s">
-        <v>2408</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B119" t="s">
-        <v>2409</v>
+        <v>2439</v>
       </c>
       <c r="C119" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="D119" t="s">
-        <v>2399</v>
+        <v>2441</v>
       </c>
       <c r="E119" t="s">
-        <v>2411</v>
+        <v>2442</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>2412</v>
+        <v>2443</v>
       </c>
       <c r="H119" t="s">
-        <v>2413</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B120" t="s">
-        <v>2414</v>
+        <v>2445</v>
       </c>
       <c r="C120" t="s">
-        <v>2312</v>
+        <v>2446</v>
       </c>
       <c r="D120" t="s">
-        <v>2313</v>
+        <v>2447</v>
       </c>
       <c r="E120" t="s">
-        <v>2415</v>
+        <v>2448</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>2416</v>
+        <v>2449</v>
       </c>
       <c r="H120" t="s">
-        <v>2417</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B121" t="s">
-        <v>2418</v>
+        <v>2451</v>
       </c>
       <c r="C121" t="s">
-        <v>2419</v>
+        <v>2452</v>
       </c>
       <c r="D121" t="s">
-        <v>2420</v>
+        <v>2441</v>
       </c>
       <c r="E121" t="s">
-        <v>2421</v>
+        <v>2453</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>2422</v>
+        <v>2454</v>
       </c>
       <c r="H121" t="s">
-        <v>2423</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B122" t="s">
-        <v>2424</v>
+        <v>2456</v>
       </c>
       <c r="C122" t="s">
-        <v>2425</v>
+        <v>2354</v>
       </c>
       <c r="D122" t="s">
-        <v>2426</v>
+        <v>2355</v>
       </c>
       <c r="E122" t="s">
-        <v>2427</v>
+        <v>2457</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>2428</v>
+        <v>2458</v>
       </c>
       <c r="H122" t="s">
-        <v>2429</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B123" t="s">
-        <v>2430</v>
+        <v>2460</v>
       </c>
       <c r="C123" t="s">
-        <v>2431</v>
+        <v>2461</v>
       </c>
       <c r="D123" t="s">
-        <v>2432</v>
+        <v>2462</v>
       </c>
       <c r="E123" t="s">
-        <v>2433</v>
+        <v>2463</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>2434</v>
+        <v>2464</v>
       </c>
       <c r="H123" t="s">
-        <v>2435</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B124" t="s">
-        <v>2436</v>
+        <v>2466</v>
       </c>
       <c r="C124" t="s">
-        <v>2437</v>
+        <v>2467</v>
       </c>
       <c r="D124" t="s">
-        <v>2432</v>
+        <v>2468</v>
       </c>
       <c r="E124" t="s">
-        <v>2433</v>
+        <v>2469</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>2438</v>
+        <v>2470</v>
       </c>
       <c r="H124" t="s">
-        <v>2439</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B125" t="s">
-        <v>2440</v>
+        <v>2472</v>
       </c>
       <c r="C125" t="s">
-        <v>2441</v>
+        <v>2473</v>
       </c>
       <c r="D125" t="s">
-        <v>2442</v>
+        <v>2474</v>
       </c>
       <c r="E125" t="s">
-        <v>2443</v>
+        <v>2475</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>2444</v>
+        <v>2476</v>
       </c>
       <c r="H125" t="s">
-        <v>2445</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B126" t="s">
-        <v>2446</v>
+        <v>2478</v>
       </c>
       <c r="C126" t="s">
-        <v>2447</v>
+        <v>2479</v>
       </c>
       <c r="D126" t="s">
-        <v>2448</v>
+        <v>2474</v>
       </c>
       <c r="E126" t="s">
-        <v>2449</v>
+        <v>2475</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>2450</v>
+        <v>2480</v>
       </c>
       <c r="H126" t="s">
-        <v>2451</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B127" t="s">
-        <v>2452</v>
+        <v>2482</v>
       </c>
       <c r="C127" t="s">
-        <v>2453</v>
+        <v>2483</v>
       </c>
       <c r="D127" t="s">
-        <v>2454</v>
+        <v>2484</v>
       </c>
       <c r="E127" t="s">
-        <v>2455</v>
+        <v>2485</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>2456</v>
+        <v>2486</v>
       </c>
       <c r="H127" t="s">
-        <v>2457</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B128" t="s">
-        <v>2458</v>
+        <v>2488</v>
       </c>
       <c r="C128" t="s">
-        <v>2459</v>
+        <v>2489</v>
       </c>
       <c r="D128" t="s">
-        <v>2460</v>
+        <v>2490</v>
       </c>
       <c r="E128" t="s">
-        <v>2461</v>
+        <v>2491</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>2462</v>
+        <v>2492</v>
       </c>
       <c r="H128" t="s">
-        <v>2463</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B129" t="s">
-        <v>2464</v>
+        <v>2494</v>
       </c>
       <c r="C129" t="s">
-        <v>2465</v>
+        <v>2495</v>
       </c>
       <c r="D129" t="s">
-        <v>2466</v>
+        <v>2496</v>
       </c>
       <c r="E129" t="s">
-        <v>2467</v>
+        <v>2497</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>2468</v>
+        <v>2498</v>
       </c>
       <c r="H129" t="s">
-        <v>2469</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B130" t="s">
-        <v>2470</v>
+        <v>2500</v>
       </c>
       <c r="C130" t="s">
-        <v>2471</v>
+        <v>2501</v>
       </c>
       <c r="D130" t="s">
-        <v>2472</v>
+        <v>2502</v>
       </c>
       <c r="E130" t="s">
-        <v>2473</v>
+        <v>2503</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>2474</v>
+        <v>2504</v>
       </c>
       <c r="H130" t="s">
-        <v>2475</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B131" t="s">
-        <v>2476</v>
+        <v>2506</v>
       </c>
       <c r="C131" t="s">
-        <v>2477</v>
+        <v>2507</v>
       </c>
       <c r="D131" t="s">
-        <v>1629</v>
+        <v>2508</v>
       </c>
       <c r="E131" t="s">
-        <v>2478</v>
+        <v>2509</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>2479</v>
+        <v>2510</v>
       </c>
       <c r="H131" t="s">
-        <v>2480</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B132" t="s">
-        <v>2481</v>
+        <v>2512</v>
       </c>
       <c r="C132" t="s">
-        <v>2482</v>
+        <v>2513</v>
       </c>
       <c r="D132" t="s">
-        <v>2483</v>
+        <v>1659</v>
       </c>
       <c r="E132" t="s">
-        <v>2484</v>
+        <v>2514</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>2485</v>
+        <v>2515</v>
       </c>
       <c r="H132" t="s">
-        <v>2486</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B133" t="s">
-        <v>2487</v>
+        <v>2517</v>
       </c>
       <c r="C133" t="s">
-        <v>2488</v>
+        <v>2518</v>
       </c>
       <c r="D133" t="s">
-        <v>2489</v>
+        <v>2519</v>
       </c>
       <c r="E133" t="s">
-        <v>2490</v>
+        <v>2520</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="H133" t="s">
-        <v>2492</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B134" t="s">
-        <v>2493</v>
+        <v>2523</v>
       </c>
       <c r="C134" t="s">
-        <v>2494</v>
+        <v>2524</v>
       </c>
       <c r="D134" t="s">
-        <v>2495</v>
+        <v>2525</v>
       </c>
       <c r="E134" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>2497</v>
+        <v>2527</v>
       </c>
       <c r="H134" t="s">
-        <v>2498</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B135" t="s">
-        <v>2499</v>
+        <v>2529</v>
       </c>
       <c r="C135" t="s">
-        <v>2500</v>
+        <v>2530</v>
       </c>
       <c r="D135" t="s">
-        <v>2495</v>
+        <v>2531</v>
       </c>
       <c r="E135" t="s">
-        <v>2501</v>
+        <v>2532</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>2502</v>
+        <v>2533</v>
       </c>
       <c r="H135" t="s">
-        <v>2503</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B136" t="s">
-        <v>2504</v>
+        <v>2535</v>
       </c>
       <c r="C136" t="s">
-        <v>2505</v>
+        <v>2536</v>
       </c>
       <c r="D136" t="s">
-        <v>2506</v>
+        <v>2531</v>
       </c>
       <c r="E136" t="s">
-        <v>2507</v>
+        <v>2537</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
-        <v>2508</v>
+        <v>2538</v>
       </c>
       <c r="H136" t="s">
-        <v>2509</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B137" t="s">
-        <v>2510</v>
+        <v>2540</v>
       </c>
       <c r="C137" t="s">
-        <v>2511</v>
+        <v>2541</v>
       </c>
       <c r="D137" t="s">
-        <v>2512</v>
+        <v>2542</v>
       </c>
       <c r="E137" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>2514</v>
+        <v>2544</v>
       </c>
       <c r="H137" t="s">
-        <v>2515</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B138" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
       <c r="C138" t="s">
-        <v>2517</v>
+        <v>2547</v>
       </c>
       <c r="D138" t="s">
-        <v>2518</v>
+        <v>2548</v>
       </c>
       <c r="E138" t="s">
-        <v>2519</v>
+        <v>2549</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>2520</v>
+        <v>2550</v>
       </c>
       <c r="H138" t="s">
-        <v>2521</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B139" t="s">
-        <v>2522</v>
+        <v>2552</v>
       </c>
       <c r="C139" t="s">
-        <v>2523</v>
+        <v>2553</v>
       </c>
       <c r="D139" t="s">
-        <v>2524</v>
+        <v>2554</v>
       </c>
       <c r="E139" t="s">
-        <v>2525</v>
+        <v>2555</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>2526</v>
+        <v>2556</v>
       </c>
       <c r="H139" t="s">
-        <v>2527</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B140" t="s">
-        <v>2528</v>
+        <v>2558</v>
       </c>
       <c r="C140" t="s">
-        <v>2529</v>
+        <v>2559</v>
       </c>
       <c r="D140" t="s">
-        <v>2530</v>
+        <v>2560</v>
       </c>
       <c r="E140" t="s">
-        <v>2531</v>
+        <v>2561</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" t="s">
-        <v>2532</v>
+        <v>2562</v>
       </c>
       <c r="H140" t="s">
-        <v>2533</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B141" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="C141" t="s">
-        <v>2535</v>
+        <v>2565</v>
       </c>
       <c r="D141" t="s">
-        <v>2536</v>
+        <v>2566</v>
       </c>
       <c r="E141" t="s">
-        <v>2537</v>
+        <v>2567</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>2538</v>
+        <v>2568</v>
       </c>
       <c r="H141" t="s">
-        <v>2539</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B142" t="s">
-        <v>2540</v>
+        <v>2570</v>
       </c>
       <c r="C142" t="s">
-        <v>2541</v>
+        <v>2571</v>
       </c>
       <c r="D142" t="s">
-        <v>13</v>
+        <v>2572</v>
       </c>
       <c r="E142" t="s">
-        <v>2542</v>
+        <v>2573</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>2543</v>
+        <v>2574</v>
       </c>
       <c r="H142" t="s">
-        <v>2544</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B143" t="s">
-        <v>2545</v>
+        <v>2576</v>
       </c>
       <c r="C143" t="s">
-        <v>2546</v>
+        <v>2577</v>
       </c>
       <c r="D143" t="s">
-        <v>2547</v>
+        <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" t="s">
-        <v>2549</v>
+        <v>2579</v>
       </c>
       <c r="H143" t="s">
-        <v>2550</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B144" t="s">
-        <v>2551</v>
+        <v>2581</v>
       </c>
       <c r="C144" t="s">
-        <v>2552</v>
+        <v>2582</v>
       </c>
       <c r="D144" t="s">
-        <v>2553</v>
+        <v>2583</v>
       </c>
       <c r="E144" t="s">
-        <v>2554</v>
+        <v>2584</v>
       </c>
       <c r="F144" t="s">
         <v>13</v>
       </c>
       <c r="G144" t="s">
-        <v>2555</v>
+        <v>2585</v>
       </c>
       <c r="H144" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B145" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="C145" t="s">
-        <v>2558</v>
+        <v>2588</v>
       </c>
       <c r="D145" t="s">
-        <v>2559</v>
+        <v>2589</v>
       </c>
       <c r="E145" t="s">
-        <v>2560</v>
+        <v>2590</v>
       </c>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145" t="s">
-        <v>2561</v>
+        <v>2591</v>
       </c>
       <c r="H145" t="s">
-        <v>2562</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B146" t="s">
-        <v>2563</v>
+        <v>2593</v>
       </c>
       <c r="C146" t="s">
-        <v>2564</v>
+        <v>2594</v>
       </c>
       <c r="D146" t="s">
-        <v>2565</v>
+        <v>2595</v>
       </c>
       <c r="E146" t="s">
-        <v>2566</v>
+        <v>2596</v>
       </c>
       <c r="F146" t="s">
         <v>13</v>
       </c>
       <c r="G146" t="s">
-        <v>2567</v>
+        <v>2597</v>
       </c>
       <c r="H146" t="s">
-        <v>2568</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B147" t="s">
-        <v>2569</v>
+        <v>2599</v>
       </c>
       <c r="C147" t="s">
-        <v>2570</v>
+        <v>2600</v>
       </c>
       <c r="D147" t="s">
-        <v>2571</v>
+        <v>2601</v>
       </c>
       <c r="E147" t="s">
-        <v>2572</v>
+        <v>2602</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" t="s">
-        <v>2573</v>
+        <v>2603</v>
       </c>
       <c r="H147" t="s">
-        <v>2574</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B148" t="s">
-        <v>2575</v>
+        <v>2605</v>
       </c>
       <c r="C148" t="s">
-        <v>2576</v>
+        <v>2606</v>
       </c>
       <c r="D148" t="s">
-        <v>2577</v>
+        <v>2607</v>
       </c>
       <c r="E148" t="s">
-        <v>2578</v>
+        <v>2608</v>
       </c>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148" t="s">
-        <v>2579</v>
+        <v>2609</v>
       </c>
       <c r="H148" t="s">
-        <v>2580</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B149" t="s">
-        <v>2581</v>
+        <v>2611</v>
       </c>
       <c r="C149" t="s">
-        <v>2582</v>
+        <v>2612</v>
       </c>
       <c r="D149" t="s">
-        <v>1704</v>
+        <v>2613</v>
       </c>
       <c r="E149" t="s">
-        <v>2583</v>
+        <v>2614</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" t="s">
-        <v>2584</v>
+        <v>2615</v>
       </c>
       <c r="H149" t="s">
-        <v>2585</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B150" t="s">
-        <v>2586</v>
+        <v>2617</v>
       </c>
       <c r="C150" t="s">
-        <v>2587</v>
+        <v>2618</v>
       </c>
       <c r="D150" t="s">
-        <v>1716</v>
+        <v>1734</v>
       </c>
       <c r="E150" t="s">
-        <v>2588</v>
+        <v>2619</v>
       </c>
       <c r="F150" t="s">
         <v>13</v>
       </c>
       <c r="G150" t="s">
-        <v>2589</v>
+        <v>2620</v>
       </c>
       <c r="H150" t="s">
-        <v>2590</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B151" t="s">
-        <v>2591</v>
+        <v>2622</v>
       </c>
       <c r="C151" t="s">
-        <v>2592</v>
+        <v>2623</v>
       </c>
       <c r="D151" t="s">
-        <v>2593</v>
+        <v>1746</v>
       </c>
       <c r="E151" t="s">
-        <v>2594</v>
+        <v>2624</v>
       </c>
       <c r="F151" t="s">
         <v>13</v>
       </c>
       <c r="G151" t="s">
-        <v>2595</v>
+        <v>2625</v>
       </c>
       <c r="H151" t="s">
-        <v>2596</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B152" t="s">
-        <v>2597</v>
+        <v>2627</v>
       </c>
       <c r="C152" t="s">
-        <v>2598</v>
+        <v>2628</v>
       </c>
       <c r="D152" t="s">
-        <v>2599</v>
+        <v>2629</v>
       </c>
       <c r="E152" t="s">
-        <v>2600</v>
+        <v>2630</v>
       </c>
       <c r="F152" t="s">
         <v>13</v>
       </c>
       <c r="G152" t="s">
-        <v>2601</v>
+        <v>2631</v>
       </c>
       <c r="H152" t="s">
-        <v>2602</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B153" t="s">
-        <v>2603</v>
+        <v>2633</v>
       </c>
       <c r="C153" t="s">
-        <v>2604</v>
+        <v>2634</v>
       </c>
       <c r="D153" t="s">
-        <v>1752</v>
+        <v>2635</v>
       </c>
       <c r="E153" t="s">
-        <v>2605</v>
+        <v>2636</v>
       </c>
       <c r="F153" t="s">
         <v>13</v>
       </c>
       <c r="G153" t="s">
-        <v>2606</v>
+        <v>2637</v>
       </c>
       <c r="H153" t="s">
-        <v>2607</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B154" t="s">
-        <v>2608</v>
+        <v>2639</v>
       </c>
       <c r="C154" t="s">
-        <v>2609</v>
+        <v>2640</v>
       </c>
       <c r="D154" t="s">
-        <v>2610</v>
+        <v>1782</v>
       </c>
       <c r="E154" t="s">
-        <v>2611</v>
+        <v>2641</v>
       </c>
       <c r="F154" t="s">
         <v>13</v>
       </c>
       <c r="G154" t="s">
-        <v>2612</v>
+        <v>2642</v>
       </c>
       <c r="H154" t="s">
-        <v>2613</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B155" t="s">
-        <v>2614</v>
+        <v>2644</v>
       </c>
       <c r="C155" t="s">
-        <v>2615</v>
+        <v>2645</v>
       </c>
       <c r="D155" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="E155" t="s">
-        <v>2617</v>
+        <v>2647</v>
       </c>
       <c r="F155" t="s">
         <v>13</v>
       </c>
       <c r="G155" t="s">
-        <v>2618</v>
+        <v>2648</v>
       </c>
       <c r="H155" t="s">
-        <v>2619</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B156" t="s">
-        <v>2620</v>
+        <v>2650</v>
       </c>
       <c r="C156" t="s">
-        <v>2621</v>
+        <v>2651</v>
       </c>
       <c r="D156" t="s">
-        <v>2622</v>
+        <v>2652</v>
       </c>
       <c r="E156" t="s">
-        <v>2623</v>
+        <v>2653</v>
       </c>
       <c r="F156" t="s">
         <v>13</v>
       </c>
       <c r="G156" t="s">
-        <v>2624</v>
+        <v>2654</v>
       </c>
       <c r="H156" t="s">
-        <v>2625</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B157" t="s">
-        <v>2626</v>
+        <v>2656</v>
       </c>
       <c r="C157" t="s">
-        <v>2627</v>
+        <v>2657</v>
       </c>
       <c r="D157" t="s">
-        <v>2628</v>
+        <v>2658</v>
       </c>
       <c r="E157" t="s">
-        <v>2629</v>
+        <v>2659</v>
       </c>
       <c r="F157" t="s">
         <v>13</v>
       </c>
       <c r="G157" t="s">
-        <v>2630</v>
+        <v>2660</v>
       </c>
       <c r="H157" t="s">
-        <v>2631</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B158" t="s">
-        <v>2632</v>
+        <v>2662</v>
       </c>
       <c r="C158" t="s">
-        <v>2633</v>
+        <v>2663</v>
       </c>
       <c r="D158" t="s">
-        <v>2634</v>
+        <v>2664</v>
       </c>
       <c r="E158" t="s">
-        <v>2635</v>
+        <v>2665</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" t="s">
-        <v>2636</v>
+        <v>2666</v>
       </c>
       <c r="H158" t="s">
-        <v>2637</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B159" t="s">
-        <v>2638</v>
+        <v>2668</v>
       </c>
       <c r="C159" t="s">
-        <v>2639</v>
+        <v>2669</v>
       </c>
       <c r="D159" t="s">
-        <v>2640</v>
+        <v>2670</v>
       </c>
       <c r="E159" t="s">
-        <v>2641</v>
+        <v>2671</v>
       </c>
       <c r="F159" t="s">
         <v>13</v>
       </c>
       <c r="G159" t="s">
-        <v>2642</v>
+        <v>2672</v>
       </c>
       <c r="H159" t="s">
-        <v>2643</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B160" t="s">
-        <v>2644</v>
+        <v>2674</v>
       </c>
       <c r="C160" t="s">
-        <v>13</v>
+        <v>2675</v>
       </c>
       <c r="D160" t="s">
-        <v>13</v>
+        <v>2676</v>
       </c>
       <c r="E160" t="s">
-        <v>2645</v>
+        <v>2677</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" t="s">
-        <v>2646</v>
+        <v>2678</v>
       </c>
       <c r="H160" t="s">
-        <v>2647</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B161" t="s">
-        <v>2648</v>
+        <v>2680</v>
       </c>
       <c r="C161" t="s">
         <v>13</v>
       </c>
       <c r="D161" t="s">
         <v>13</v>
       </c>
       <c r="E161" t="s">
-        <v>2645</v>
+        <v>2681</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" t="s">
-        <v>2649</v>
+        <v>2682</v>
       </c>
       <c r="H161" t="s">
-        <v>2650</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B162" t="s">
-        <v>2651</v>
+        <v>2684</v>
       </c>
       <c r="C162" t="s">
-        <v>2652</v>
+        <v>13</v>
       </c>
       <c r="D162" t="s">
-        <v>2653</v>
+        <v>13</v>
       </c>
       <c r="E162" t="s">
-        <v>2654</v>
+        <v>2681</v>
       </c>
       <c r="F162" t="s">
         <v>13</v>
       </c>
       <c r="G162" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="H162" t="s">
-        <v>2656</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B163" t="s">
-        <v>2657</v>
+        <v>2687</v>
       </c>
       <c r="C163" t="s">
-        <v>2658</v>
+        <v>2688</v>
       </c>
       <c r="D163" t="s">
-        <v>2659</v>
+        <v>2689</v>
       </c>
       <c r="E163" t="s">
-        <v>2660</v>
+        <v>2690</v>
       </c>
       <c r="F163" t="s">
         <v>13</v>
       </c>
       <c r="G163" t="s">
-        <v>2661</v>
+        <v>2691</v>
       </c>
       <c r="H163" t="s">
-        <v>2662</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B164" t="s">
-        <v>2663</v>
+        <v>2693</v>
       </c>
       <c r="C164" t="s">
-        <v>2664</v>
+        <v>2694</v>
       </c>
       <c r="D164" t="s">
-        <v>2665</v>
+        <v>2695</v>
       </c>
       <c r="E164" t="s">
-        <v>2666</v>
+        <v>2696</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" t="s">
-        <v>2667</v>
+        <v>2697</v>
       </c>
       <c r="H164" t="s">
-        <v>2668</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B165" t="s">
-        <v>2669</v>
+        <v>2699</v>
       </c>
       <c r="C165" t="s">
-        <v>2670</v>
+        <v>2700</v>
       </c>
       <c r="D165" t="s">
-        <v>2559</v>
+        <v>2701</v>
       </c>
       <c r="E165" t="s">
-        <v>2671</v>
+        <v>2702</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" t="s">
-        <v>2672</v>
+        <v>2703</v>
       </c>
       <c r="H165" t="s">
-        <v>2673</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B166" t="s">
-        <v>2674</v>
+        <v>2705</v>
       </c>
       <c r="C166" t="s">
-        <v>2675</v>
+        <v>2706</v>
       </c>
       <c r="D166" t="s">
-        <v>2676</v>
+        <v>2595</v>
       </c>
       <c r="E166" t="s">
-        <v>2677</v>
+        <v>2707</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>2678</v>
+        <v>2708</v>
       </c>
       <c r="H166" t="s">
-        <v>2679</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B167" t="s">
-        <v>2680</v>
+        <v>2710</v>
       </c>
       <c r="C167" t="s">
-        <v>2681</v>
+        <v>2711</v>
       </c>
       <c r="D167" t="s">
-        <v>431</v>
+        <v>2712</v>
       </c>
       <c r="E167" t="s">
-        <v>2682</v>
+        <v>2713</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" t="s">
-        <v>2683</v>
+        <v>2714</v>
       </c>
       <c r="H167" t="s">
-        <v>2684</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B168" t="s">
-        <v>2685</v>
+        <v>2716</v>
       </c>
       <c r="C168" t="s">
-        <v>2686</v>
+        <v>2717</v>
       </c>
       <c r="D168" t="s">
-        <v>2687</v>
+        <v>431</v>
       </c>
       <c r="E168" t="s">
-        <v>2688</v>
+        <v>2718</v>
       </c>
       <c r="F168" t="s">
         <v>13</v>
       </c>
       <c r="G168" t="s">
-        <v>2689</v>
+        <v>2719</v>
       </c>
       <c r="H168" t="s">
-        <v>2690</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B169" t="s">
-        <v>2691</v>
+        <v>2721</v>
       </c>
       <c r="C169" t="s">
-        <v>2692</v>
+        <v>2722</v>
       </c>
       <c r="D169" t="s">
-        <v>2693</v>
+        <v>2723</v>
       </c>
       <c r="E169" t="s">
-        <v>2694</v>
+        <v>2724</v>
       </c>
       <c r="F169" t="s">
         <v>13</v>
       </c>
       <c r="G169" t="s">
-        <v>2695</v>
+        <v>2725</v>
       </c>
       <c r="H169" t="s">
-        <v>2696</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B170" t="s">
-        <v>2697</v>
+        <v>2727</v>
       </c>
       <c r="C170" t="s">
-        <v>2698</v>
+        <v>2728</v>
       </c>
       <c r="D170" t="s">
-        <v>2699</v>
+        <v>2729</v>
       </c>
       <c r="E170" t="s">
-        <v>2700</v>
+        <v>2730</v>
       </c>
       <c r="F170" t="s">
         <v>13</v>
       </c>
       <c r="G170" t="s">
-        <v>2701</v>
+        <v>2731</v>
       </c>
       <c r="H170" t="s">
-        <v>2702</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B171" t="s">
-        <v>2703</v>
+        <v>2733</v>
       </c>
       <c r="C171" t="s">
-        <v>2704</v>
+        <v>2734</v>
       </c>
       <c r="D171" t="s">
-        <v>2705</v>
+        <v>2735</v>
       </c>
       <c r="E171" t="s">
-        <v>2706</v>
+        <v>2736</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171" t="s">
-        <v>2707</v>
+        <v>2737</v>
       </c>
       <c r="H171" t="s">
-        <v>2708</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B172" t="s">
-        <v>2709</v>
+        <v>2739</v>
       </c>
       <c r="C172" t="s">
-        <v>2710</v>
+        <v>2740</v>
       </c>
       <c r="D172" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="E172" t="s">
-        <v>2712</v>
+        <v>2742</v>
       </c>
       <c r="F172" t="s">
         <v>13</v>
       </c>
       <c r="G172" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="H172" t="s">
-        <v>2714</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B173" t="s">
-        <v>2715</v>
+        <v>2745</v>
       </c>
       <c r="C173" t="s">
-        <v>2716</v>
+        <v>2746</v>
       </c>
       <c r="D173" t="s">
-        <v>2687</v>
+        <v>2747</v>
       </c>
       <c r="E173" t="s">
-        <v>2717</v>
+        <v>2748</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" t="s">
-        <v>2718</v>
+        <v>2749</v>
       </c>
       <c r="H173" t="s">
-        <v>2719</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B174" t="s">
-        <v>2720</v>
+        <v>2751</v>
       </c>
       <c r="C174" t="s">
-        <v>2721</v>
+        <v>2752</v>
       </c>
       <c r="D174" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
       <c r="E174" t="s">
-        <v>2723</v>
+        <v>2753</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" t="s">
-        <v>2724</v>
+        <v>2754</v>
       </c>
       <c r="H174" t="s">
-        <v>2725</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B175" t="s">
-        <v>2726</v>
+        <v>2756</v>
       </c>
       <c r="C175" t="s">
-        <v>2727</v>
+        <v>2757</v>
       </c>
       <c r="D175" t="s">
-        <v>1770</v>
+        <v>2758</v>
       </c>
       <c r="E175" t="s">
-        <v>2728</v>
+        <v>2759</v>
       </c>
       <c r="F175" t="s">
         <v>13</v>
       </c>
       <c r="G175" t="s">
-        <v>2729</v>
+        <v>2760</v>
       </c>
       <c r="H175" t="s">
-        <v>2730</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B176" t="s">
-        <v>2731</v>
+        <v>2762</v>
       </c>
       <c r="C176" t="s">
-        <v>2732</v>
+        <v>2763</v>
       </c>
       <c r="D176" t="s">
-        <v>2733</v>
+        <v>1800</v>
       </c>
       <c r="E176" t="s">
-        <v>2734</v>
+        <v>2764</v>
       </c>
       <c r="F176" t="s">
         <v>13</v>
       </c>
       <c r="G176" t="s">
-        <v>2735</v>
+        <v>2765</v>
       </c>
       <c r="H176" t="s">
-        <v>2736</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B177" t="s">
-        <v>2737</v>
+        <v>2767</v>
       </c>
       <c r="C177" t="s">
-        <v>2738</v>
+        <v>2768</v>
       </c>
       <c r="D177" t="s">
-        <v>2739</v>
+        <v>2769</v>
       </c>
       <c r="E177" t="s">
-        <v>2740</v>
+        <v>2770</v>
       </c>
       <c r="F177" t="s">
         <v>13</v>
       </c>
       <c r="G177" t="s">
-        <v>2741</v>
+        <v>2771</v>
       </c>
       <c r="H177" t="s">
-        <v>2742</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B178" t="s">
-        <v>2743</v>
+        <v>2773</v>
       </c>
       <c r="C178" t="s">
-        <v>2744</v>
+        <v>2774</v>
       </c>
       <c r="D178" t="s">
-        <v>2745</v>
+        <v>2775</v>
       </c>
       <c r="E178" t="s">
-        <v>2746</v>
+        <v>2776</v>
       </c>
       <c r="F178" t="s">
         <v>13</v>
       </c>
       <c r="G178" t="s">
-        <v>2747</v>
+        <v>2777</v>
       </c>
       <c r="H178" t="s">
-        <v>2748</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B179" t="s">
-        <v>2749</v>
+        <v>2779</v>
       </c>
       <c r="C179" t="s">
-        <v>2750</v>
+        <v>2780</v>
       </c>
       <c r="D179" t="s">
-        <v>2751</v>
+        <v>2781</v>
       </c>
       <c r="E179" t="s">
-        <v>2752</v>
+        <v>2782</v>
       </c>
       <c r="F179" t="s">
         <v>13</v>
       </c>
       <c r="G179" t="s">
-        <v>2753</v>
+        <v>2783</v>
       </c>
       <c r="H179" t="s">
-        <v>2754</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B180" t="s">
-        <v>2755</v>
+        <v>2785</v>
       </c>
       <c r="C180" t="s">
-        <v>2756</v>
+        <v>2786</v>
       </c>
       <c r="D180" t="s">
-        <v>2757</v>
+        <v>2787</v>
       </c>
       <c r="E180" t="s">
-        <v>2758</v>
+        <v>2788</v>
       </c>
       <c r="F180" t="s">
         <v>13</v>
       </c>
       <c r="G180" t="s">
-        <v>2759</v>
+        <v>2789</v>
       </c>
       <c r="H180" t="s">
-        <v>2760</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B181" t="s">
-        <v>2761</v>
+        <v>2791</v>
       </c>
       <c r="C181" t="s">
-        <v>2762</v>
+        <v>2792</v>
       </c>
       <c r="D181" t="s">
-        <v>2757</v>
+        <v>2793</v>
       </c>
       <c r="E181" t="s">
-        <v>2763</v>
+        <v>2794</v>
       </c>
       <c r="F181" t="s">
         <v>13</v>
       </c>
       <c r="G181" t="s">
-        <v>2764</v>
+        <v>2795</v>
       </c>
       <c r="H181" t="s">
-        <v>2765</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B182" t="s">
-        <v>2766</v>
+        <v>2797</v>
       </c>
       <c r="C182" t="s">
-        <v>2767</v>
+        <v>2798</v>
       </c>
       <c r="D182" t="s">
-        <v>2768</v>
+        <v>2793</v>
       </c>
       <c r="E182" t="s">
-        <v>2769</v>
+        <v>2799</v>
       </c>
       <c r="F182" t="s">
         <v>13</v>
       </c>
       <c r="G182" t="s">
-        <v>2770</v>
+        <v>2800</v>
       </c>
       <c r="H182" t="s">
-        <v>2771</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B183" t="s">
-        <v>2772</v>
+        <v>2802</v>
       </c>
       <c r="C183" t="s">
-        <v>2773</v>
+        <v>2803</v>
       </c>
       <c r="D183" t="s">
-        <v>2774</v>
+        <v>2804</v>
       </c>
       <c r="E183" t="s">
-        <v>2774</v>
+        <v>2805</v>
       </c>
       <c r="F183" t="s">
         <v>13</v>
       </c>
       <c r="G183" t="s">
-        <v>2775</v>
+        <v>2806</v>
       </c>
       <c r="H183" t="s">
-        <v>2776</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B184" t="s">
-        <v>2777</v>
+        <v>2808</v>
       </c>
       <c r="C184" t="s">
-        <v>2778</v>
+        <v>2809</v>
       </c>
       <c r="D184" t="s">
-        <v>2779</v>
+        <v>2810</v>
       </c>
       <c r="E184" t="s">
-        <v>2779</v>
+        <v>2810</v>
       </c>
       <c r="F184" t="s">
         <v>13</v>
       </c>
       <c r="G184" t="s">
-        <v>2780</v>
+        <v>2811</v>
       </c>
       <c r="H184" t="s">
-        <v>2781</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B185" t="s">
-        <v>2782</v>
+        <v>2813</v>
       </c>
       <c r="C185" t="s">
-        <v>2783</v>
+        <v>2814</v>
       </c>
       <c r="D185" t="s">
-        <v>2784</v>
+        <v>2815</v>
       </c>
       <c r="E185" t="s">
-        <v>2785</v>
+        <v>2815</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" t="s">
-        <v>2786</v>
+        <v>2816</v>
       </c>
       <c r="H185" t="s">
-        <v>2787</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B186" t="s">
-        <v>2788</v>
+        <v>2818</v>
       </c>
       <c r="C186" t="s">
-        <v>2789</v>
+        <v>2819</v>
       </c>
       <c r="D186" t="s">
-        <v>2790</v>
+        <v>2820</v>
       </c>
       <c r="E186" t="s">
-        <v>2790</v>
+        <v>2821</v>
       </c>
       <c r="F186" t="s">
         <v>13</v>
       </c>
       <c r="G186" t="s">
-        <v>2791</v>
+        <v>2822</v>
       </c>
       <c r="H186" t="s">
-        <v>2792</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B187" t="s">
-        <v>2793</v>
+        <v>2824</v>
       </c>
       <c r="C187" t="s">
-        <v>2794</v>
+        <v>2825</v>
       </c>
       <c r="D187" t="s">
-        <v>2795</v>
+        <v>2826</v>
       </c>
       <c r="E187" t="s">
-        <v>2795</v>
+        <v>2826</v>
       </c>
       <c r="F187" t="s">
         <v>13</v>
       </c>
       <c r="G187" t="s">
-        <v>2796</v>
+        <v>2827</v>
       </c>
       <c r="H187" t="s">
-        <v>2797</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B188" t="s">
-        <v>2798</v>
+        <v>2829</v>
       </c>
       <c r="C188" t="s">
-        <v>2799</v>
+        <v>2830</v>
       </c>
       <c r="D188" t="s">
-        <v>2800</v>
+        <v>2831</v>
       </c>
       <c r="E188" t="s">
-        <v>2801</v>
+        <v>2831</v>
       </c>
       <c r="F188" t="s">
         <v>13</v>
       </c>
       <c r="G188" t="s">
-        <v>2802</v>
+        <v>2832</v>
       </c>
       <c r="H188" t="s">
-        <v>2803</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B189" t="s">
-        <v>2804</v>
+        <v>2834</v>
       </c>
       <c r="C189" t="s">
-        <v>2805</v>
+        <v>2835</v>
       </c>
       <c r="D189" t="s">
-        <v>2806</v>
+        <v>2836</v>
       </c>
       <c r="E189" t="s">
-        <v>2807</v>
+        <v>2837</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" t="s">
-        <v>2808</v>
+        <v>2838</v>
       </c>
       <c r="H189" t="s">
-        <v>2809</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B190" t="s">
-        <v>2810</v>
+        <v>2840</v>
       </c>
       <c r="C190" t="s">
-        <v>2811</v>
+        <v>2841</v>
       </c>
       <c r="D190" t="s">
-        <v>2812</v>
+        <v>2842</v>
       </c>
       <c r="E190" t="s">
-        <v>2812</v>
+        <v>2843</v>
       </c>
       <c r="F190" t="s">
         <v>13</v>
       </c>
       <c r="G190" t="s">
-        <v>2813</v>
+        <v>2844</v>
       </c>
       <c r="H190" t="s">
-        <v>2814</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B191" t="s">
-        <v>2815</v>
+        <v>2846</v>
       </c>
       <c r="C191" t="s">
-        <v>2816</v>
+        <v>2847</v>
       </c>
       <c r="D191" t="s">
-        <v>2817</v>
+        <v>2848</v>
       </c>
       <c r="E191" t="s">
-        <v>2818</v>
+        <v>2848</v>
       </c>
       <c r="F191" t="s">
         <v>13</v>
       </c>
       <c r="G191" t="s">
-        <v>2819</v>
+        <v>2849</v>
       </c>
       <c r="H191" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B192" t="s">
-        <v>2821</v>
+        <v>2851</v>
       </c>
       <c r="C192" t="s">
-        <v>2822</v>
+        <v>2852</v>
       </c>
       <c r="D192" t="s">
-        <v>2774</v>
+        <v>2853</v>
       </c>
       <c r="E192" t="s">
-        <v>2774</v>
+        <v>2854</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" t="s">
-        <v>2823</v>
+        <v>2855</v>
       </c>
       <c r="H192" t="s">
-        <v>2824</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B193" t="s">
-        <v>2825</v>
+        <v>2857</v>
       </c>
       <c r="C193" t="s">
-        <v>2826</v>
+        <v>2858</v>
       </c>
       <c r="D193" t="s">
-        <v>2827</v>
+        <v>2810</v>
       </c>
       <c r="E193" t="s">
-        <v>2828</v>
+        <v>2810</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" t="s">
-        <v>2829</v>
+        <v>2859</v>
       </c>
       <c r="H193" t="s">
-        <v>2830</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B194" t="s">
-        <v>2831</v>
+        <v>2861</v>
       </c>
       <c r="C194" t="s">
-        <v>2832</v>
+        <v>2862</v>
       </c>
       <c r="D194" t="s">
-        <v>2833</v>
+        <v>2863</v>
       </c>
       <c r="E194" t="s">
-        <v>2833</v>
+        <v>2864</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" t="s">
-        <v>2834</v>
+        <v>2865</v>
       </c>
       <c r="H194" t="s">
-        <v>2835</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B195" t="s">
-        <v>2836</v>
+        <v>2867</v>
       </c>
       <c r="C195" t="s">
-        <v>2837</v>
+        <v>2868</v>
       </c>
       <c r="D195" t="s">
-        <v>2838</v>
+        <v>2869</v>
       </c>
       <c r="E195" t="s">
-        <v>2839</v>
+        <v>2869</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" t="s">
-        <v>2840</v>
+        <v>2870</v>
       </c>
       <c r="H195" t="s">
-        <v>2841</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B196" t="s">
-        <v>2842</v>
+        <v>2872</v>
       </c>
       <c r="C196" t="s">
-        <v>2843</v>
+        <v>2873</v>
       </c>
       <c r="D196" t="s">
-        <v>2844</v>
+        <v>2874</v>
       </c>
       <c r="E196" t="s">
-        <v>2845</v>
+        <v>2875</v>
       </c>
       <c r="F196" t="s">
         <v>13</v>
       </c>
       <c r="G196" t="s">
-        <v>2846</v>
+        <v>2876</v>
       </c>
       <c r="H196" t="s">
-        <v>2847</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B197" t="s">
-        <v>2848</v>
+        <v>2878</v>
       </c>
       <c r="C197" t="s">
-        <v>2849</v>
+        <v>2879</v>
       </c>
       <c r="D197" t="s">
-        <v>1788</v>
+        <v>2880</v>
       </c>
       <c r="E197" t="s">
-        <v>2850</v>
+        <v>2881</v>
       </c>
       <c r="F197" t="s">
         <v>13</v>
       </c>
       <c r="G197" t="s">
-        <v>2851</v>
+        <v>2882</v>
       </c>
       <c r="H197" t="s">
-        <v>2852</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B198" t="s">
-        <v>2853</v>
+        <v>2884</v>
       </c>
       <c r="C198" t="s">
-        <v>2854</v>
+        <v>2885</v>
       </c>
       <c r="D198" t="s">
-        <v>2844</v>
+        <v>1818</v>
       </c>
       <c r="E198" t="s">
-        <v>2845</v>
+        <v>2886</v>
       </c>
       <c r="F198" t="s">
         <v>13</v>
       </c>
       <c r="G198" t="s">
-        <v>2855</v>
+        <v>2887</v>
       </c>
       <c r="H198" t="s">
-        <v>2856</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B199" t="s">
-        <v>2857</v>
+        <v>2889</v>
       </c>
       <c r="C199" t="s">
-        <v>2858</v>
+        <v>2890</v>
       </c>
       <c r="D199" t="s">
-        <v>2859</v>
+        <v>2880</v>
       </c>
       <c r="E199" t="s">
-        <v>2860</v>
+        <v>2881</v>
       </c>
       <c r="F199" t="s">
         <v>13</v>
       </c>
       <c r="G199" t="s">
-        <v>2861</v>
+        <v>2891</v>
       </c>
       <c r="H199" t="s">
-        <v>2862</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B200" t="s">
-        <v>2863</v>
+        <v>2893</v>
       </c>
       <c r="C200" t="s">
-        <v>2864</v>
+        <v>2894</v>
       </c>
       <c r="D200" t="s">
-        <v>2865</v>
+        <v>2895</v>
       </c>
       <c r="E200" t="s">
-        <v>2866</v>
+        <v>2896</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" t="s">
-        <v>2867</v>
+        <v>2897</v>
       </c>
       <c r="H200" t="s">
-        <v>2868</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B201" t="s">
-        <v>2869</v>
+        <v>2899</v>
       </c>
       <c r="C201" t="s">
-        <v>2870</v>
+        <v>2900</v>
       </c>
       <c r="D201" t="s">
-        <v>2871</v>
+        <v>2901</v>
       </c>
       <c r="E201" t="s">
-        <v>2872</v>
+        <v>2902</v>
       </c>
       <c r="F201" t="s">
         <v>13</v>
       </c>
       <c r="G201" t="s">
-        <v>2873</v>
+        <v>2903</v>
       </c>
       <c r="H201" t="s">
-        <v>2874</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B202" t="s">
-        <v>2875</v>
+        <v>2905</v>
       </c>
       <c r="C202" t="s">
-        <v>2876</v>
+        <v>2906</v>
       </c>
       <c r="D202" t="s">
-        <v>2877</v>
+        <v>2907</v>
       </c>
       <c r="E202" t="s">
-        <v>2878</v>
+        <v>2908</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" t="s">
-        <v>2879</v>
+        <v>2909</v>
       </c>
       <c r="H202" t="s">
-        <v>2880</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B203" t="s">
-        <v>2881</v>
+        <v>2911</v>
       </c>
       <c r="C203" t="s">
-        <v>2882</v>
+        <v>2912</v>
       </c>
       <c r="D203" t="s">
-        <v>2883</v>
+        <v>2913</v>
       </c>
       <c r="E203" t="s">
-        <v>2884</v>
+        <v>2914</v>
       </c>
       <c r="F203" t="s">
         <v>13</v>
       </c>
       <c r="G203" t="s">
-        <v>2885</v>
+        <v>2915</v>
       </c>
       <c r="H203" t="s">
-        <v>2886</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B204" t="s">
-        <v>2887</v>
+        <v>2917</v>
       </c>
       <c r="C204" t="s">
-        <v>2888</v>
+        <v>2918</v>
       </c>
       <c r="D204" t="s">
-        <v>2889</v>
+        <v>2919</v>
       </c>
       <c r="E204" t="s">
-        <v>2890</v>
+        <v>2920</v>
       </c>
       <c r="F204" t="s">
         <v>13</v>
       </c>
       <c r="G204" t="s">
-        <v>2891</v>
+        <v>2921</v>
       </c>
       <c r="H204" t="s">
-        <v>2892</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B205" t="s">
-        <v>2893</v>
+        <v>2923</v>
       </c>
       <c r="C205" t="s">
-        <v>2894</v>
+        <v>2924</v>
       </c>
       <c r="D205" t="s">
-        <v>2889</v>
+        <v>2919</v>
       </c>
       <c r="E205" t="s">
-        <v>2890</v>
+        <v>2920</v>
       </c>
       <c r="F205" t="s">
         <v>13</v>
       </c>
       <c r="G205" t="s">
-        <v>2895</v>
+        <v>2925</v>
       </c>
       <c r="H205" t="s">
-        <v>2896</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B206" t="s">
-        <v>2897</v>
+        <v>2927</v>
       </c>
       <c r="C206" t="s">
-        <v>2898</v>
+        <v>2928</v>
       </c>
       <c r="D206" t="s">
-        <v>2899</v>
+        <v>2929</v>
       </c>
       <c r="E206" t="s">
-        <v>1687</v>
+        <v>1717</v>
       </c>
       <c r="F206" t="s">
         <v>13</v>
       </c>
       <c r="G206" t="s">
-        <v>2900</v>
+        <v>2930</v>
       </c>
       <c r="H206" t="s">
-        <v>2901</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B207" t="s">
-        <v>2902</v>
+        <v>2932</v>
       </c>
       <c r="C207" t="s">
-        <v>2903</v>
+        <v>2933</v>
       </c>
       <c r="D207" t="s">
-        <v>2899</v>
+        <v>2929</v>
       </c>
       <c r="E207" t="s">
-        <v>1687</v>
+        <v>1717</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" t="s">
-        <v>2904</v>
+        <v>2934</v>
       </c>
       <c r="H207" t="s">
-        <v>2905</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B208" t="s">
-        <v>2906</v>
+        <v>2936</v>
       </c>
       <c r="C208" t="s">
-        <v>2907</v>
+        <v>2937</v>
       </c>
       <c r="D208" t="s">
-        <v>2908</v>
+        <v>2938</v>
       </c>
       <c r="E208" t="s">
-        <v>2909</v>
+        <v>2939</v>
       </c>
       <c r="F208" t="s">
         <v>13</v>
       </c>
       <c r="G208" t="s">
-        <v>2910</v>
+        <v>2940</v>
       </c>
       <c r="H208" t="s">
-        <v>2911</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B209" t="s">
-        <v>2912</v>
+        <v>2942</v>
       </c>
       <c r="C209" t="s">
-        <v>2913</v>
+        <v>2943</v>
       </c>
       <c r="D209" t="s">
-        <v>2914</v>
+        <v>2944</v>
       </c>
       <c r="E209" t="s">
-        <v>2909</v>
+        <v>2939</v>
       </c>
       <c r="F209" t="s">
         <v>13</v>
       </c>
       <c r="G209" t="s">
-        <v>2915</v>
+        <v>2945</v>
       </c>
       <c r="H209" t="s">
-        <v>2916</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B210" t="s">
-        <v>2917</v>
+        <v>2947</v>
       </c>
       <c r="C210" t="s">
-        <v>2918</v>
+        <v>2948</v>
       </c>
       <c r="D210" t="s">
-        <v>2919</v>
+        <v>2949</v>
       </c>
       <c r="E210" t="s">
-        <v>2920</v>
+        <v>2950</v>
       </c>
       <c r="F210" t="s">
         <v>13</v>
       </c>
       <c r="G210" t="s">
-        <v>2921</v>
+        <v>2951</v>
       </c>
       <c r="H210" t="s">
-        <v>2922</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B211" t="s">
-        <v>2923</v>
+        <v>2953</v>
       </c>
       <c r="C211" t="s">
-        <v>2924</v>
+        <v>2954</v>
       </c>
       <c r="D211" t="s">
-        <v>2925</v>
+        <v>2955</v>
       </c>
       <c r="E211" t="s">
-        <v>2926</v>
+        <v>2956</v>
       </c>
       <c r="F211" t="s">
         <v>13</v>
       </c>
       <c r="G211" t="s">
-        <v>2927</v>
+        <v>2957</v>
       </c>
       <c r="H211" t="s">
-        <v>2928</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B212" t="s">
-        <v>2929</v>
+        <v>2959</v>
       </c>
       <c r="C212" t="s">
-        <v>2930</v>
+        <v>2960</v>
       </c>
       <c r="D212" t="s">
-        <v>2751</v>
+        <v>2787</v>
       </c>
       <c r="E212" t="s">
-        <v>2931</v>
+        <v>2961</v>
       </c>
       <c r="F212" t="s">
         <v>13</v>
       </c>
       <c r="G212" t="s">
-        <v>2932</v>
+        <v>2962</v>
       </c>
       <c r="H212" t="s">
-        <v>2933</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B213" t="s">
-        <v>2934</v>
+        <v>2964</v>
       </c>
       <c r="C213" t="s">
-        <v>2935</v>
+        <v>2965</v>
       </c>
       <c r="D213" t="s">
-        <v>2936</v>
+        <v>2966</v>
       </c>
       <c r="E213" t="s">
-        <v>2937</v>
+        <v>2967</v>
       </c>
       <c r="F213" t="s">
         <v>13</v>
       </c>
       <c r="G213" t="s">
-        <v>2938</v>
+        <v>2968</v>
       </c>
       <c r="H213" t="s">
-        <v>2939</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B214" t="s">
-        <v>2940</v>
+        <v>2970</v>
       </c>
       <c r="C214" t="s">
-        <v>2941</v>
+        <v>2971</v>
       </c>
       <c r="D214" t="s">
-        <v>2559</v>
+        <v>2595</v>
       </c>
       <c r="E214" t="s">
-        <v>2942</v>
+        <v>2972</v>
       </c>
       <c r="F214" t="s">
         <v>13</v>
       </c>
       <c r="G214" t="s">
-        <v>2943</v>
+        <v>2973</v>
       </c>
       <c r="H214" t="s">
-        <v>2944</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="B215" t="s">
-        <v>2945</v>
+        <v>2975</v>
       </c>
       <c r="C215" t="s">
-        <v>2946</v>
+        <v>2976</v>
       </c>
       <c r="D215" t="s">
-        <v>2947</v>
+        <v>2977</v>
       </c>
       <c r="E215" t="s">
-        <v>2948</v>
+        <v>2978</v>
       </c>
       <c r="F215" t="s">
         <v>13</v>
       </c>
       <c r="G215" t="s">
-        <v>2949</v>
+        <v>2979</v>
       </c>
       <c r="H215" t="s">
-        <v>2950</v>
+        <v>2980</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>