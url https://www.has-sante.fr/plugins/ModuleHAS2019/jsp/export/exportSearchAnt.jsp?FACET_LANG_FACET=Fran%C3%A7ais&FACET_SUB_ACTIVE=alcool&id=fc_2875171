--- v2 (2025-12-21)
+++ v3 (2026-02-04)
@@ -1,11101 +1,1915 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...13 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Documents for Patients" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...13 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Documents for Patients'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5874" uniqueCount="3650">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="914" uniqueCount="592">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>10/03/2022 12:47:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Proposed method for the development of periodic certification standards for registered health professions</t>
+  </si>
+  <si>
+    <t>In France, following the publication of Ordinance no. 2021-961 of 19 July 2021 relating to the periodic certification of some health professionals, the Haute Autorité de Santé (French High Authority for Health) has been asked to propose to the Minister for Health a method for drawing up certification reference systems. The method was finally adopted without modification by the Minister, after a favourable opinion from the National Council for Periodic Certification.</t>
+  </si>
+  <si>
+    <t>07/13/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2022 18:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3324490/fr/evaluation-des-essms-referentiel-et-manuel</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353194/fr/proposition-de-methode-d-elaboration-des-referentiels-de-certification-periodique-des-professions-de-sante-a-ordre</t>
+    <t>https://www.has-sante.fr/jcms/p_3353194/en/proposed-method-for-the-development-of-periodic-certification-standards-for-registered-health-professions</t>
   </si>
   <si>
     <t>p_3353194</t>
   </si>
   <si>
-    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
+    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health has drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>02/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/17/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
   </si>
   <si>
     <t>p_3238360</t>
   </si>
   <si>
-    <t>Manuel et référentiel de la certification des établissements pour la qualité des soins</t>
-[...1475 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy</t>
+  </si>
+  <si>
+    <t>In response to a demand from the Ministry of Health, HAS establishes guidelines on the place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy. HAS defines the main conditions for the implementation of a combined use of hepatitis B virus (HBV), human immunodeficiency virus (HIV) and hepatitis C virus (HCV) POCTs in France and formulates recommendation for optimizing the efficiency of the POCTs testing, especially in medico-social and community settings.</t>
+  </si>
+  <si>
+    <t>07/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2016 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063232/en/place-of-point-of-care-tests-pocts-in-hepatitis-b-screening-strategy</t>
+  </si>
+  <si>
+    <t>c_2063232</t>
+  </si>
+  <si>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+  </si>
+  <si>
+    <t>r_1497591</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+  </si>
+  <si>
+    <t>c_704257</t>
+  </si>
+  <si>
+    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
+  </si>
+  <si>
+    <t>To summarize and comment on the current status of key clinical and economic data on glaucoma. The report reviews data on the history and epidemiology of glaucoma, problems posed by diagnosis and treatment in France, the relevance of screening, and health professionals’ expectations.</t>
+  </si>
+  <si>
+    <t>07/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+  </si>
+  <si>
+    <t>c_500229</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+  </si>
+  <si>
+    <t>c_2722749</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+  </si>
+  <si>
+    <t>c_2722670</t>
+  </si>
+  <si>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+  </si>
+  <si>
+    <t>c_2722754</t>
+  </si>
+  <si>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+  </si>
+  <si>
+    <t>c_2722790</t>
+  </si>
+  <si>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+  </si>
+  <si>
+    <t>c_2722806</t>
+  </si>
+  <si>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+  </si>
+  <si>
+    <t>c_2722824</t>
+  </si>
+  <si>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+  </si>
+  <si>
+    <t>c_2722827</t>
+  </si>
+  <si>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+  </si>
+  <si>
+    <t>c_2722914</t>
+  </si>
+  <si>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+  </si>
+  <si>
+    <t>c_2722927</t>
+  </si>
+  <si>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+  </si>
+  <si>
+    <t>p_3529229</t>
+  </si>
+  <si>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+  </si>
+  <si>
+    <t>p_3529230</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
+  </si>
+  <si>
+    <t>People living in very precarious conditions and suffering from mental health problems face many difficulties and obstacles in gaining access to the care and social services available at local and national level. The Haute Autorité de santé provides professionals in the health, social and medico-social sectors with recommendations for good practice, offering benchmarks and a common approach to improving care and support for the people concerned.</t>
+  </si>
+  <si>
+    <t>11/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Suicidal thoughts and behaviour in children and adolescents: prevention, detection, assessment, management</t>
+  </si>
+  <si>
+    <t>OBJECTIVE The aim of this guideline is to optimise prevention, detection, assessment, and management of children or adolescents who have attempted suicide or with suicidal ideation.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288864/en/suicidal-thoughts-and-behaviour-in-children-and-adolescents-prevention-detection-assessment-management</t>
+  </si>
+  <si>
+    <t>p_3288864</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
+  </si>
+  <si>
+    <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
+  </si>
+  <si>
+    <t>11/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2020 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
+  </si>
+  <si>
+    <t>p_3217806</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
+  </si>
+  <si>
+    <t>The aim of this Memo is to provide information about : risk factors and prevention of sudden infant death syndrome definition and diagnosis of positional skull deformities risk factors for positional skull deformities potential complications of positional skull deformity primary prevention of positional skull deformities management of established positional skull deformities</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+  </si>
+  <si>
+    <t>p_3151574</t>
+  </si>
+  <si>
+    <t>Management of female genital mutilation by primary healthcare professionals</t>
+  </si>
+  <si>
+    <t>This best practice guideline is concerned with improving the treatment and management of children, teenage girls, and women who have undergone or at a risk of undergoing female genital mutilation. Its objectives are as follows: to foster primary healthcare professionals’ knowledge of female genital mutilation; to prevent the occurrence of female genital mutilation through improved information delivered by healthcare professionals to women, young girls and parents; to foster improved management of children, young girls, and women who have been subjected to genital mutilation.</t>
+  </si>
+  <si>
+    <t>02/06/2020 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150640/en/management-of-female-genital-mutilation-by-primary-healthcare-professionals</t>
+  </si>
+  <si>
+    <t>p_3150640</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
+  </si>
+  <si>
+    <t>This Best Practice Guideline aims to optimise the pathway of the child or the adolescent with Autism spectrum disorder (ASD) and his/her family, from the identification of warning signs, to detection, diagnosis and assessment It updates the “Professional practice guidelines for the diagnosis of autism” which were developed in 2005 by the French Federation of Psychiatry (FFP) in partnership with HAS.</t>
+  </si>
+  <si>
+    <t>02/08/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_468812</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Seclusion and mechanical restraint in general psychiatry</t>
+  </si>
+  <si>
+    <t>This good practice guideline aims to determine the place of seclusion and restraint in general psychiatry. The objective is to enable Healthcare professionals who could use these last resort measures to improve and harmonize their practices, by meeting clinical, ethical, legal, and organizational requirements. The main goal is the improvement of the safety and the quality of patient care.</t>
+  </si>
+  <si>
+    <t>02/22/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2017 04:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055362/en/seclusion-and-mechanical-restraint-in-general-psychiatry</t>
+  </si>
+  <si>
+    <t>c_2055362</t>
+  </si>
+  <si>
+    <t>Kidney transplantation - Access to the French waiting list</t>
+  </si>
+  <si>
+    <t>The objective of this clinical practice guideline is to foster access to the national kidney transplant waiting list and reduce disparities in access and registration delays. The guideline defines referral criteria and indications for kidney transplant access, as well for pre-transplant assessment, a standard for renal transplant candidates.</t>
+  </si>
+  <si>
+    <t>10/21/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751188/en/kidney-transplantation-access-to-the-french-waiting-list</t>
+  </si>
+  <si>
+    <t>c_1751188</t>
+  </si>
+  <si>
+    <t>Discontinuation of benzodiazepines and related medicinal products: procedure for the doctor providing outpatient treatment</t>
+  </si>
+  <si>
+    <t>The aim is to reduce the long-term prescription of benzodiazepines (BZD) and related medicinal products for anxiety disorders and insomnia because the benefit-risk relationship is unfavourable.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+  </si>
+  <si>
+    <t>c_2038262</t>
+  </si>
+  <si>
+    <t>General principles and prescription recommendations for antibiotics in primary care</t>
+  </si>
+  <si>
+    <t>The purpose of this guidance leaflet is to avoid inappropriate prescription of antibiotics, a source of selection pressure, which leads to the emergence of bacterial resistance and to therapeutic impasses.</t>
+  </si>
+  <si>
+    <t>02/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/24/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+  </si>
+  <si>
+    <t>c_1723138</t>
+  </si>
+  <si>
+    <t>Fetal alcohol spectrum disorder : identification</t>
+  </si>
+  <si>
+    <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
+  </si>
+  <si>
+    <t>07/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Preparing for birth and parenthood</t>
+  </si>
+  <si>
+    <t>These guidelines advocate an earlier start to preparation for birth and parenthood, and a broader approach to parent support and to improving the skills of women and their partners in health matters. Their aim is to help health professionals 1. prepare couples for the birth of their child and taking the baby home, through educational sessions suited to the needs and expectations of the parents-to-be 2. support couples, especially those who are vulnerable, in order to avoid parent-child relationship problems 3. provide information and key points on parenting: building family relationships ; the material, educational and emotional needs of the growing child 4. encourage better coordination among the relevant professionals and with the pregnant woman, from the antenatal to the postnatal period</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>09/27/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272500/en/preparing-for-birth-and-parenthood</t>
+  </si>
+  <si>
+    <t>c_272500</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Anorexia nervosa</t>
+  </si>
+  <si>
+    <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
+  </si>
+  <si>
+    <t>c_985715</t>
+  </si>
+  <si>
+    <t>Post-operative rehabilitation after rotator cuff tear surgery or shoulder arthroplasty: inpatient or outpatient care?</t>
+  </si>
+  <si>
+    <t>The aims of this guideline are : - to help doctors make the right decision when prescribing physiotherapy after rotator cuff surgery or shoulder arthroplasty by enabling them to assess whether the patient should be hospitalised in order to receive such care - to specify the information that needs to be exchanged between the surgeon and the physiotherapist in order to implement the patient’s postoperative rehabilitation, wherever the rehabilitation may take place.</t>
+  </si>
+  <si>
+    <t>01/23/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613749/en/post-operative-rehabilitation-after-rotator-cuff-tear-surgery-or-shoulder-arthroplasty-inpatient-or-outpatient-care</t>
+  </si>
+  <si>
+    <t>c_613749</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+  </si>
+  <si>
+    <t>c_476486</t>
+  </si>
+  <si>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+  </si>
+  <si>
+    <t>c_272368</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Therapeutic patient education is defined as helping patients acquire or maintain the competences they need to manage as well as possible their lives with a chronic disease.These guidleines concern patient education for adults and adolescents asthmatics. The topics of the guidelines are: 1. Benefit of patient education in the management of asthma 2. Place of patient education in the management of asthma 3. Approach to education of patients with asthma 4. Consistent information for continuity of care</t>
+  </si>
+  <si>
+    <t>06/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_271954</t>
+  </si>
+  <si>
+    <t>Screening for hepatitis C</t>
+  </si>
+  <si>
+    <t>These guidelines were established by an expert commitee. They cover who should be screened for hepatitis C and how screening should be carried out.</t>
+  </si>
+  <si>
+    <t>01/18/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271987/en/screening-for-hepatitis-c</t>
+  </si>
+  <si>
+    <t>c_271987</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
+  </si>
+  <si>
+    <t>These guidelines concern three issues:# 1. Which clinical signs and/or laboratory values should lead to oesophageal and gastroduodenal imaging or endoscopy, and which form of investigation should be used?# 2. What are the upper gastrointestinal indications for diagnosis and follow-up of gastro-oesophageal reflux, ulcers, and portal hypertension without bleeding?# 3. What are the indications for duodenal biopsy?</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
+  </si>
+  <si>
+    <t>c_272101</t>
+  </si>
+  <si>
+    <t>Care and monitoring of enteral access for enteral nutrition in adults in hospital and at home</t>
+  </si>
+  <si>
+    <t>Enteral accesses for enteral nutrition involve nasogastric, nasoduodenal and nasojejunal tubes, and gastrostomy and jejunostomy tubes in adults. These guidelines describe the sequences of recommended actions for inserting a nasogastric tube, and also for monitoring, daily care, and informing and educating the patients about the three possible enteral accesses. They do not cover indications for enteral nutrition, insertion of gastrostomy and jejunostomy tubes or procedures for administering or monitoring nutrition products.</t>
+  </si>
+  <si>
+    <t>04/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/en/care-and-monitoring-of-enteral-access-for-enteral-nutrition-in-adults-in-hospital-and-at-home</t>
+  </si>
+  <si>
+    <t>c_272139</t>
+  </si>
+  <si>
+    <t>Early vision screening in children to prevent amblyopia</t>
+  </si>
+  <si>
+    <t>These guidelines concern vision screening in children under the age of 6. The topics are: 1. Justification for vision screening 2. Populations to be screened 3. Identifying vision disorders in the general population of children aged under 6 years</t>
+  </si>
+  <si>
+    <t>10/08/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2004 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
+  </si>
+  <si>
+    <t>c_272178</t>
+  </si>
+  <si>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+  </si>
+  <si>
+    <t>c_272209</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Management of female urinary incontinence in general practice</t>
+  </si>
+  <si>
+    <t>These guideliens are restricted to management of urinary incontinence in women aged over 15 who are not pregnant, and exclude enuresis and urinary incontinence by neurological problems.# Summary of the guidelines:# 1. Reasons for screening for urinary incontinence in general practice# 2. Diagnosis criteria for the presence and type of urinary incontinence# 3. Initial workup of a patient with urinary incontinence in general practice# 4. Initial treatment of female urinary incontinence in general practice#</t>
+  </si>
+  <si>
+    <t>05/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272291/en/management-of-female-urinary-incontinence-in-general-practice</t>
+  </si>
+  <si>
+    <t>c_272291</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_272363</t>
+  </si>
+  <si>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
+    <t>Doctors' attendance on detainees in police custody</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : 1. What is the doctor's mandate, what is its scope and which doctor is mandated? 2. Where is a detainee examined? Under what conditions? What is the outcome? 3. How may custody conditions affect doctors' attendance and cooperation? 4. What are the features specific to medical management of detainees? 5. What should the medical certificate and record</t>
+  </si>
+  <si>
+    <t>01/18/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272395/en/doctors-attendance-on-detainees-in-police-custody</t>
+  </si>
+  <si>
+    <t>c_272395</t>
+  </si>
+  <si>
+    <t>Indications for liver transplantation (19-20 January 2005)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : # 1. What is the best way of managing patients undergoing transplantation for viral hepatitis?# 2. When is alcoholic cirrhosis an indication for liver transplantation? # 3. When should liver cancer be treated by liver transplantation? # 4. When is living donation an alternative? # 5. What are the developments with regard to indications for liver transplantation?</t>
+  </si>
+  <si>
+    <t>03/08/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+  </si>
+  <si>
+    <t>c_272409</t>
+  </si>
+  <si>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+  </si>
+  <si>
+    <t>c_272417</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_434397/fr/ald-n-6-hepatite-chronique-c</t>
+    <t>Chronic hepatitis C</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient coming into the ALD [Long-term condition] regime with chronic hepatitis (ALD 6: chronic active liver disease and cirrhosis).</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/15/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434397/en/chronic-hepatitis-c</t>
   </si>
   <si>
     <t>c_434397</t>
   </si>
   <si>
-    <t>ALD n° 6 - Cirrhoses alcooliques</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>ALD n° 9 - Epilepsies graves</t>
-[...1331 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Mise en oeuvre de l’éducation thérapeutique dans le cadre de l’expérimentation PAERPA</t>
-[...143 lines deleted...]
-    <t>c_722917</t>
+    <t>Documents for Patients</t>
+  </si>
+  <si>
+    <t>Research and treatment of Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
+  </si>
+  <si>
+    <t>03/13/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/26/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2911396</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
+  </si>
+  <si>
+    <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2024 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
+  </si>
+  <si>
+    <t>p_3498436</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Metabolic surgery: surgical treatment of type 2 diabetes</t>
+  </si>
+  <si>
+    <t>Assess the benefit-risk balance of metabolic surgery, since it is a question of offering surgical management to a population currently only eligible for a pharmacological approach (oral and/or by injection) Determine, as accurately as possible, the target population liable to benefit from metabolic surgery</t>
+  </si>
+  <si>
+    <t>10/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2022 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303025/en/metabolic-surgery-surgical-treatment-of-type-2-diabetes</t>
+  </si>
+  <si>
+    <t>p_3303025</t>
+  </si>
+  <si>
+    <t>Needle-based confocal endomicroscopy for the characterisation of pancreatic cystic tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this review is to assess the benefit of adding confocal endomicroscopy to the diagnostic strategy in two different scenarios. Two assessment questions were thus selected during the definition phase: Question No. 1: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential before the result of the needle biopsy analysis Question No. 2: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential after the result of the cytological and biochemical analysis and tumour marker assay</t>
+  </si>
+  <si>
+    <t>07/21/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2022 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305438/en/needle-based-confocal-endomicroscopy-for-the-characterisation-of-pancreatic-cystic-tumours-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3305438</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3168690</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186171</t>
+  </si>
+  <si>
+    <t>Pancreatic islet transplantation - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
+  </si>
+  <si>
+    <t>07/16/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3114652</t>
+  </si>
+  <si>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3080503</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Treatment of superficial stomach cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of superficial stomach cancer presenting a low risk of node involvement, by comparison to surgery (gastrectomy) and mucosectomy (or endoscopic mucosal resection, EMR) , in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853383</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2823990</t>
+  </si>
+  <si>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2801837</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
+  </si>
+  <si>
+    <t>This assessment concerns medical devices for the mechanical suction of secretions of the nasopharynx, oropharynx and trachea (tracheal suction pumps) as well as their associated services. The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+  </si>
+  <si>
+    <t>c_2641074</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2653624</t>
+  </si>
+  <si>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
+  </si>
+  <si>
+    <t>09/28/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2016 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2565031</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+  </si>
+  <si>
+    <t>c_1346147</t>
+  </si>
+  <si>
+    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The main objective is to determine the clinical utility of non-invasive methods for measuring fibrosis in the initial assessment and follow-up of chronic hepatitis B in untreated adults. In the absence of sufficient demonstration of this clinical utility, the diagnostic performances of these non-invasive methods will be defined, in comparison with liver biopsy</t>
+  </si>
+  <si>
+    <t>06/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/19/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1627010</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+  </si>
+  <si>
+    <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+  </si>
+  <si>
+    <t>c_1051506</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...311 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
+  </si>
+  <si>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Commission de la Transparence - Réunion à distance du 3 mars 2021</t>
-[...761 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>De nouveaux choix pour soigner mieux - Rapport d'analyse prospective 2018</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Expérimentation article 70</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
-    <t>Choisir sa contraception avec un professionnel de santé</t>
-[...5843 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
-    <t>Mettre en œuvre le 6e cycle de certification</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>Work programme HAS</t>
+  </si>
+  <si>
+    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+  </si>
+  <si>
+    <t>01/18/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
   <si>
-    <t>Comprendre la nouvelle évaluation des ESSMS</t>
-[...367 lines deleted...]
-  <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
-  </si>
-[...55 lines deleted...]
-    <t>c_865974</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -11135,19201 +1949,3075 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4">
-[...310 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>570</v>
+      </c>
+      <c r="B2" t="s">
+        <v>571</v>
+      </c>
+      <c r="C2" t="s">
+        <v>572</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>573</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>574</v>
+      </c>
+      <c r="H2" t="s">
+        <v>575</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>576</v>
+      </c>
+      <c r="B2" t="s">
+        <v>577</v>
+      </c>
+      <c r="C2" t="s">
+        <v>578</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>579</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>580</v>
+      </c>
+      <c r="H2" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>576</v>
+      </c>
+      <c r="B3" t="s">
+        <v>582</v>
+      </c>
+      <c r="C3" t="s">
+        <v>583</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>584</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>585</v>
+      </c>
+      <c r="H3" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>576</v>
+      </c>
+      <c r="B4" t="s">
+        <v>587</v>
+      </c>
+      <c r="C4" t="s">
+        <v>588</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>589</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>590</v>
+      </c>
+      <c r="H4" t="s">
+        <v>591</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2981</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>2982</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>2983</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>2984</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>2985</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2986</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>2987</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2981</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>2988</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>2989</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>2990</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>2991</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2992</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>2993</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2981</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>2994</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>2995</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>2996</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>2997</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2998</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>2999</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2981</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>3000</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
-        <v>3001</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>3002</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>3003</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3004</v>
+        <v>45</v>
       </c>
       <c r="H5" t="s">
-        <v>3005</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2981</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>3006</v>
+        <v>47</v>
       </c>
       <c r="C6" t="s">
-        <v>3007</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
-        <v>3008</v>
+        <v>49</v>
       </c>
       <c r="E6" t="s">
-        <v>3009</v>
+        <v>50</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3010</v>
+        <v>51</v>
       </c>
       <c r="H6" t="s">
-        <v>3011</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2981</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>3012</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
-        <v>3013</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>3014</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
-        <v>3015</v>
+        <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3016</v>
+        <v>56</v>
       </c>
       <c r="H7" t="s">
-        <v>3017</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>3019</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
-        <v>3020</v>
+        <v>60</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E2" t="s">
-        <v>3021</v>
+        <v>62</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3022</v>
+        <v>63</v>
       </c>
       <c r="H2" t="s">
-        <v>3023</v>
+        <v>64</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B3" t="s">
-        <v>3024</v>
+        <v>65</v>
       </c>
       <c r="C3" t="s">
-        <v>3025</v>
+        <v>66</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="E3" t="s">
-        <v>3026</v>
+        <v>68</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3027</v>
+        <v>69</v>
       </c>
       <c r="H3" t="s">
-        <v>3028</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B4" t="s">
-        <v>3029</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>3030</v>
+        <v>72</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E4" t="s">
-        <v>3031</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3032</v>
+        <v>75</v>
       </c>
       <c r="H4" t="s">
-        <v>3033</v>
+        <v>76</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B5" t="s">
-        <v>3034</v>
+        <v>77</v>
       </c>
       <c r="C5" t="s">
-        <v>3035</v>
+        <v>72</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E5" t="s">
-        <v>3036</v>
+        <v>74</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3037</v>
+        <v>78</v>
       </c>
       <c r="H5" t="s">
-        <v>3038</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>3039</v>
+        <v>80</v>
       </c>
       <c r="C6" t="s">
-        <v>3040</v>
+        <v>81</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E6" t="s">
-        <v>2526</v>
+        <v>82</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3041</v>
+        <v>83</v>
       </c>
       <c r="H6" t="s">
-        <v>3042</v>
+        <v>84</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>3043</v>
+        <v>85</v>
       </c>
       <c r="C7" t="s">
-        <v>3044</v>
+        <v>81</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E7" t="s">
-        <v>3045</v>
+        <v>74</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3046</v>
+        <v>86</v>
       </c>
       <c r="H7" t="s">
-        <v>3047</v>
+        <v>87</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>3048</v>
+        <v>88</v>
       </c>
       <c r="C8" t="s">
-        <v>3049</v>
+        <v>89</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>1699</v>
+        <v>90</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3050</v>
+        <v>91</v>
       </c>
       <c r="H8" t="s">
-        <v>3051</v>
+        <v>92</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B9" t="s">
-        <v>3052</v>
+        <v>93</v>
       </c>
       <c r="C9" t="s">
-        <v>3053</v>
+        <v>89</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
-        <v>3054</v>
+        <v>94</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3055</v>
+        <v>95</v>
       </c>
       <c r="H9" t="s">
-        <v>3056</v>
+        <v>96</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>3057</v>
+        <v>97</v>
       </c>
       <c r="C10" t="s">
-        <v>3058</v>
+        <v>98</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E10" t="s">
-        <v>3059</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3060</v>
+        <v>99</v>
       </c>
       <c r="H10" t="s">
-        <v>3061</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
-        <v>3062</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
-        <v>3063</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E11" t="s">
-        <v>3064</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3065</v>
+        <v>103</v>
       </c>
       <c r="H11" t="s">
-        <v>3066</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B12" t="s">
-        <v>3067</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>3068</v>
+        <v>98</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>1729</v>
+        <v>102</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3069</v>
+        <v>106</v>
       </c>
       <c r="H12" t="s">
-        <v>3070</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
-        <v>3071</v>
+        <v>80</v>
       </c>
       <c r="C13" t="s">
-        <v>3072</v>
+        <v>81</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
-        <v>3073</v>
+        <v>108</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3074</v>
+        <v>109</v>
       </c>
       <c r="H13" t="s">
-        <v>3075</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>3076</v>
+        <v>85</v>
       </c>
       <c r="C14" t="s">
-        <v>3077</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E14" t="s">
-        <v>3078</v>
+        <v>111</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3079</v>
+        <v>112</v>
       </c>
       <c r="H14" t="s">
-        <v>3080</v>
+        <v>113</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B15" t="s">
-        <v>3081</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>3082</v>
+        <v>115</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="E15" t="s">
-        <v>3083</v>
+        <v>117</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3084</v>
+        <v>118</v>
       </c>
       <c r="H15" t="s">
-        <v>3085</v>
+        <v>119</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B16" t="s">
-        <v>3086</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>3087</v>
+        <v>121</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="E16" t="s">
-        <v>3088</v>
+        <v>123</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3089</v>
+        <v>124</v>
       </c>
       <c r="H16" t="s">
-        <v>3090</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B17" t="s">
-        <v>3091</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
-        <v>3092</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="E17" t="s">
-        <v>3093</v>
+        <v>129</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3094</v>
+        <v>130</v>
       </c>
       <c r="H17" t="s">
-        <v>3095</v>
+        <v>131</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3018</v>
+        <v>58</v>
       </c>
       <c r="B18" t="s">
-        <v>2705</v>
+        <v>132</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>134</v>
       </c>
       <c r="E18" t="s">
-        <v>3096</v>
+        <v>135</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3097</v>
+        <v>136</v>
       </c>
       <c r="H18" t="s">
-        <v>3098</v>
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>140</v>
+      </c>
+      <c r="E19" t="s">
+        <v>141</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>142</v>
+      </c>
+      <c r="H19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>146</v>
+      </c>
+      <c r="E20" t="s">
+        <v>147</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>148</v>
+      </c>
+      <c r="H20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>153</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>154</v>
+      </c>
+      <c r="H21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>152</v>
+      </c>
+      <c r="E22" t="s">
+        <v>158</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>159</v>
+      </c>
+      <c r="H22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>162</v>
+      </c>
+      <c r="D23" t="s">
+        <v>163</v>
+      </c>
+      <c r="E23" t="s">
+        <v>164</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>165</v>
+      </c>
+      <c r="H23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>170</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>171</v>
+      </c>
+      <c r="H24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" t="s">
+        <v>175</v>
+      </c>
+      <c r="E25" t="s">
+        <v>176</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>177</v>
+      </c>
+      <c r="H25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>180</v>
+      </c>
+      <c r="D26" t="s">
+        <v>175</v>
+      </c>
+      <c r="E26" t="s">
+        <v>176</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>181</v>
+      </c>
+      <c r="H26" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>184</v>
+      </c>
+      <c r="D27" t="s">
+        <v>185</v>
+      </c>
+      <c r="E27" t="s">
+        <v>186</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>187</v>
+      </c>
+      <c r="H27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
+        <v>189</v>
+      </c>
+      <c r="C28" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" t="s">
+        <v>191</v>
+      </c>
+      <c r="E28" t="s">
+        <v>192</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>193</v>
+      </c>
+      <c r="H28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" t="s">
+        <v>196</v>
+      </c>
+      <c r="D29" t="s">
+        <v>197</v>
+      </c>
+      <c r="E29" t="s">
+        <v>198</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>199</v>
+      </c>
+      <c r="H29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" t="s">
+        <v>201</v>
+      </c>
+      <c r="C30" t="s">
+        <v>202</v>
+      </c>
+      <c r="D30" t="s">
+        <v>203</v>
+      </c>
+      <c r="E30" t="s">
+        <v>204</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>205</v>
+      </c>
+      <c r="H30" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" t="s">
+        <v>207</v>
+      </c>
+      <c r="C31" t="s">
+        <v>208</v>
+      </c>
+      <c r="D31" t="s">
+        <v>209</v>
+      </c>
+      <c r="E31" t="s">
+        <v>210</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>211</v>
+      </c>
+      <c r="H31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>58</v>
+      </c>
+      <c r="B32" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" t="s">
+        <v>214</v>
+      </c>
+      <c r="D32" t="s">
+        <v>215</v>
+      </c>
+      <c r="E32" t="s">
+        <v>216</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>217</v>
+      </c>
+      <c r="H32" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>58</v>
+      </c>
+      <c r="B33" t="s">
+        <v>219</v>
+      </c>
+      <c r="C33" t="s">
+        <v>220</v>
+      </c>
+      <c r="D33" t="s">
+        <v>221</v>
+      </c>
+      <c r="E33" t="s">
+        <v>222</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>223</v>
+      </c>
+      <c r="H33" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" t="s">
+        <v>225</v>
+      </c>
+      <c r="C34" t="s">
+        <v>226</v>
+      </c>
+      <c r="D34" t="s">
+        <v>227</v>
+      </c>
+      <c r="E34" t="s">
+        <v>228</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>229</v>
+      </c>
+      <c r="H34" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>58</v>
+      </c>
+      <c r="B35" t="s">
+        <v>231</v>
+      </c>
+      <c r="C35" t="s">
+        <v>232</v>
+      </c>
+      <c r="D35" t="s">
+        <v>233</v>
+      </c>
+      <c r="E35" t="s">
+        <v>234</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>235</v>
+      </c>
+      <c r="H35" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>58</v>
+      </c>
+      <c r="B36" t="s">
+        <v>237</v>
+      </c>
+      <c r="C36" t="s">
+        <v>238</v>
+      </c>
+      <c r="D36" t="s">
+        <v>239</v>
+      </c>
+      <c r="E36" t="s">
+        <v>240</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>241</v>
+      </c>
+      <c r="H36" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>58</v>
+      </c>
+      <c r="B37" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" t="s">
+        <v>244</v>
+      </c>
+      <c r="D37" t="s">
+        <v>245</v>
+      </c>
+      <c r="E37" t="s">
+        <v>246</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>247</v>
+      </c>
+      <c r="H37" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>58</v>
+      </c>
+      <c r="B38" t="s">
+        <v>249</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>250</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>251</v>
+      </c>
+      <c r="H38" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>58</v>
+      </c>
+      <c r="B39" t="s">
+        <v>253</v>
+      </c>
+      <c r="C39" t="s">
+        <v>254</v>
+      </c>
+      <c r="D39" t="s">
+        <v>255</v>
+      </c>
+      <c r="E39" t="s">
+        <v>256</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>257</v>
+      </c>
+      <c r="H39" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>58</v>
+      </c>
+      <c r="B40" t="s">
+        <v>259</v>
+      </c>
+      <c r="C40" t="s">
+        <v>260</v>
+      </c>
+      <c r="D40" t="s">
+        <v>261</v>
+      </c>
+      <c r="E40" t="s">
+        <v>262</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>263</v>
+      </c>
+      <c r="H40" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>58</v>
+      </c>
+      <c r="B41" t="s">
+        <v>265</v>
+      </c>
+      <c r="C41" t="s">
+        <v>266</v>
+      </c>
+      <c r="D41" t="s">
+        <v>267</v>
+      </c>
+      <c r="E41" t="s">
+        <v>268</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>269</v>
+      </c>
+      <c r="H41" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>58</v>
+      </c>
+      <c r="B42" t="s">
+        <v>271</v>
+      </c>
+      <c r="C42" t="s">
+        <v>272</v>
+      </c>
+      <c r="D42" t="s">
+        <v>273</v>
+      </c>
+      <c r="E42" t="s">
+        <v>274</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>275</v>
+      </c>
+      <c r="H42" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>58</v>
+      </c>
+      <c r="B43" t="s">
+        <v>277</v>
+      </c>
+      <c r="C43" t="s">
+        <v>278</v>
+      </c>
+      <c r="D43" t="s">
+        <v>279</v>
+      </c>
+      <c r="E43" t="s">
+        <v>280</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>281</v>
+      </c>
+      <c r="H43" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>58</v>
+      </c>
+      <c r="B44" t="s">
+        <v>283</v>
+      </c>
+      <c r="C44" t="s">
+        <v>284</v>
+      </c>
+      <c r="D44" t="s">
+        <v>285</v>
+      </c>
+      <c r="E44" t="s">
+        <v>286</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>287</v>
+      </c>
+      <c r="H44" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>58</v>
+      </c>
+      <c r="B45" t="s">
+        <v>289</v>
+      </c>
+      <c r="C45" t="s">
+        <v>290</v>
+      </c>
+      <c r="D45" t="s">
+        <v>291</v>
+      </c>
+      <c r="E45" t="s">
+        <v>291</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>292</v>
+      </c>
+      <c r="H45" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>58</v>
+      </c>
+      <c r="B46" t="s">
+        <v>294</v>
+      </c>
+      <c r="C46" t="s">
+        <v>295</v>
+      </c>
+      <c r="D46" t="s">
+        <v>296</v>
+      </c>
+      <c r="E46" t="s">
+        <v>297</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>298</v>
+      </c>
+      <c r="H46" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>58</v>
+      </c>
+      <c r="B47" t="s">
+        <v>300</v>
+      </c>
+      <c r="C47" t="s">
+        <v>301</v>
+      </c>
+      <c r="D47" t="s">
+        <v>302</v>
+      </c>
+      <c r="E47" t="s">
+        <v>302</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>303</v>
+      </c>
+      <c r="H47" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>58</v>
+      </c>
+      <c r="B48" t="s">
+        <v>305</v>
+      </c>
+      <c r="C48" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" t="s">
+        <v>307</v>
+      </c>
+      <c r="E48" t="s">
+        <v>307</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>308</v>
+      </c>
+      <c r="H48" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>58</v>
+      </c>
+      <c r="B49" t="s">
+        <v>310</v>
+      </c>
+      <c r="C49" t="s">
+        <v>311</v>
+      </c>
+      <c r="D49" t="s">
+        <v>312</v>
+      </c>
+      <c r="E49" t="s">
+        <v>312</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>313</v>
+      </c>
+      <c r="H49" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>58</v>
+      </c>
+      <c r="B50" t="s">
+        <v>315</v>
+      </c>
+      <c r="C50" t="s">
+        <v>316</v>
+      </c>
+      <c r="D50" t="s">
+        <v>317</v>
+      </c>
+      <c r="E50" t="s">
+        <v>318</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>319</v>
+      </c>
+      <c r="H50" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>58</v>
+      </c>
+      <c r="B51" t="s">
+        <v>321</v>
+      </c>
+      <c r="C51" t="s">
+        <v>322</v>
+      </c>
+      <c r="D51" t="s">
+        <v>323</v>
+      </c>
+      <c r="E51" t="s">
+        <v>324</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>325</v>
+      </c>
+      <c r="H51" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>58</v>
+      </c>
+      <c r="B52" t="s">
+        <v>327</v>
+      </c>
+      <c r="C52" t="s">
+        <v>328</v>
+      </c>
+      <c r="D52" t="s">
+        <v>323</v>
+      </c>
+      <c r="E52" t="s">
+        <v>324</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>329</v>
+      </c>
+      <c r="H52" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>58</v>
+      </c>
+      <c r="B53" t="s">
+        <v>331</v>
+      </c>
+      <c r="C53" t="s">
+        <v>332</v>
+      </c>
+      <c r="D53" t="s">
+        <v>333</v>
+      </c>
+      <c r="E53" t="s">
+        <v>334</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>335</v>
+      </c>
+      <c r="H53" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>58</v>
+      </c>
+      <c r="B54" t="s">
+        <v>337</v>
+      </c>
+      <c r="C54" t="s">
+        <v>338</v>
+      </c>
+      <c r="D54" t="s">
+        <v>339</v>
+      </c>
+      <c r="E54" t="s">
+        <v>38</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>340</v>
+      </c>
+      <c r="H54" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>58</v>
+      </c>
+      <c r="B55" t="s">
+        <v>342</v>
+      </c>
+      <c r="C55" t="s">
+        <v>343</v>
+      </c>
+      <c r="D55" t="s">
+        <v>339</v>
+      </c>
+      <c r="E55" t="s">
+        <v>38</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>344</v>
+      </c>
+      <c r="H55" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>58</v>
+      </c>
+      <c r="B56" t="s">
+        <v>346</v>
+      </c>
+      <c r="C56" t="s">
+        <v>347</v>
+      </c>
+      <c r="D56" t="s">
+        <v>348</v>
+      </c>
+      <c r="E56" t="s">
+        <v>349</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>350</v>
+      </c>
+      <c r="H56" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>58</v>
+      </c>
+      <c r="B57" t="s">
+        <v>352</v>
+      </c>
+      <c r="C57" t="s">
+        <v>353</v>
+      </c>
+      <c r="D57" t="s">
+        <v>354</v>
+      </c>
+      <c r="E57" t="s">
+        <v>355</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>356</v>
+      </c>
+      <c r="H57" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" t="s">
+        <v>358</v>
+      </c>
+      <c r="C58" t="s">
+        <v>359</v>
+      </c>
+      <c r="D58" t="s">
+        <v>360</v>
+      </c>
+      <c r="E58" t="s">
+        <v>361</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>362</v>
+      </c>
+      <c r="H58" t="s">
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3099</v>
+        <v>364</v>
       </c>
       <c r="B2" t="s">
-        <v>3100</v>
+        <v>365</v>
       </c>
       <c r="C2" t="s">
-        <v>3101</v>
+        <v>366</v>
       </c>
       <c r="D2" t="s">
-        <v>3102</v>
+        <v>367</v>
       </c>
       <c r="E2" t="s">
-        <v>3103</v>
+        <v>368</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3104</v>
+        <v>369</v>
       </c>
       <c r="H2" t="s">
-        <v>3105</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3099</v>
+        <v>364</v>
       </c>
       <c r="B3" t="s">
-        <v>3106</v>
+        <v>371</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="D3" t="s">
-        <v>3107</v>
+        <v>373</v>
       </c>
       <c r="E3" t="s">
-        <v>3108</v>
+        <v>374</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3109</v>
+        <v>375</v>
       </c>
       <c r="H3" t="s">
-        <v>3110</v>
+        <v>376</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3099</v>
+        <v>364</v>
       </c>
       <c r="B4" t="s">
-        <v>3111</v>
+        <v>377</v>
       </c>
       <c r="C4" t="s">
-        <v>3112</v>
+        <v>378</v>
       </c>
       <c r="D4" t="s">
-        <v>3113</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>3114</v>
+        <v>379</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3115</v>
+        <v>380</v>
       </c>
       <c r="H4" t="s">
-        <v>3116</v>
+        <v>381</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3099</v>
+        <v>364</v>
       </c>
       <c r="B5" t="s">
-        <v>3117</v>
+        <v>382</v>
       </c>
       <c r="C5" t="s">
-        <v>3118</v>
+        <v>383</v>
       </c>
       <c r="D5" t="s">
-        <v>541</v>
+        <v>384</v>
       </c>
       <c r="E5" t="s">
-        <v>3119</v>
+        <v>385</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3120</v>
+        <v>386</v>
       </c>
       <c r="H5" t="s">
-        <v>3121</v>
+        <v>387</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3099</v>
+        <v>364</v>
       </c>
       <c r="B6" t="s">
-        <v>3122</v>
+        <v>388</v>
       </c>
       <c r="C6" t="s">
-        <v>3123</v>
+        <v>389</v>
       </c>
       <c r="D6" t="s">
-        <v>3124</v>
+        <v>390</v>
       </c>
       <c r="E6" t="s">
-        <v>3125</v>
+        <v>391</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3126</v>
+        <v>392</v>
       </c>
       <c r="H6" t="s">
-        <v>3127</v>
-[...1143 lines deleted...]
-        <v>3379</v>
+        <v>393</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3380</v>
+        <v>394</v>
       </c>
       <c r="B2" t="s">
-        <v>3381</v>
+        <v>395</v>
       </c>
       <c r="C2" t="s">
-        <v>3381</v>
+        <v>396</v>
       </c>
       <c r="D2" t="s">
-        <v>3382</v>
+        <v>397</v>
       </c>
       <c r="E2" t="s">
-        <v>1516</v>
+        <v>398</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3383</v>
+        <v>399</v>
       </c>
       <c r="H2" t="s">
-        <v>3384</v>
-[...363 lines deleted...]
-        <v>3465</v>
+        <v>400</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-[...8527 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B2" t="s">
-        <v>1374</v>
+        <v>402</v>
       </c>
       <c r="C2" t="s">
-        <v>1375</v>
+        <v>403</v>
       </c>
       <c r="D2" t="s">
-        <v>94</v>
+        <v>404</v>
       </c>
       <c r="E2" t="s">
-        <v>1376</v>
+        <v>405</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1377</v>
+        <v>406</v>
       </c>
       <c r="H2" t="s">
-        <v>1378</v>
+        <v>407</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B3" t="s">
-        <v>1379</v>
+        <v>408</v>
       </c>
       <c r="C3" t="s">
-        <v>1380</v>
+        <v>409</v>
       </c>
       <c r="D3" t="s">
-        <v>1381</v>
+        <v>410</v>
       </c>
       <c r="E3" t="s">
-        <v>1382</v>
+        <v>411</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1383</v>
+        <v>412</v>
       </c>
       <c r="H3" t="s">
-        <v>1384</v>
+        <v>413</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B4" t="s">
-        <v>1385</v>
+        <v>414</v>
       </c>
       <c r="C4" t="s">
-        <v>1386</v>
+        <v>415</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>373</v>
       </c>
       <c r="E4" t="s">
-        <v>1387</v>
+        <v>416</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1388</v>
+        <v>417</v>
       </c>
       <c r="H4" t="s">
-        <v>1389</v>
+        <v>418</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B5" t="s">
-        <v>1390</v>
+        <v>419</v>
       </c>
       <c r="C5" t="s">
-        <v>1391</v>
+        <v>420</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>421</v>
       </c>
       <c r="E5" t="s">
-        <v>1392</v>
+        <v>422</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1393</v>
+        <v>423</v>
       </c>
       <c r="H5" t="s">
-        <v>1394</v>
+        <v>424</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B6" t="s">
-        <v>1395</v>
+        <v>425</v>
       </c>
       <c r="C6" t="s">
-        <v>1396</v>
+        <v>426</v>
       </c>
       <c r="D6" t="s">
-        <v>1397</v>
+        <v>427</v>
       </c>
       <c r="E6" t="s">
-        <v>1398</v>
+        <v>428</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1399</v>
+        <v>429</v>
       </c>
       <c r="H6" t="s">
-        <v>1400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B7" t="s">
-        <v>1401</v>
+        <v>431</v>
       </c>
       <c r="C7" t="s">
-        <v>1402</v>
+        <v>432</v>
       </c>
       <c r="D7" t="s">
-        <v>1403</v>
+        <v>433</v>
       </c>
       <c r="E7" t="s">
-        <v>1404</v>
+        <v>434</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1405</v>
+        <v>435</v>
       </c>
       <c r="H7" t="s">
-        <v>1406</v>
+        <v>436</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B8" t="s">
-        <v>1407</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
-        <v>1408</v>
+        <v>438</v>
       </c>
       <c r="D8" t="s">
-        <v>1409</v>
+        <v>439</v>
       </c>
       <c r="E8" t="s">
-        <v>1410</v>
+        <v>440</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1411</v>
+        <v>441</v>
       </c>
       <c r="H8" t="s">
-        <v>1412</v>
+        <v>442</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B9" t="s">
-        <v>1413</v>
+        <v>443</v>
       </c>
       <c r="C9" t="s">
-        <v>1414</v>
+        <v>444</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>445</v>
       </c>
       <c r="E9" t="s">
-        <v>1415</v>
+        <v>446</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1416</v>
+        <v>447</v>
       </c>
       <c r="H9" t="s">
-        <v>1417</v>
+        <v>448</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B10" t="s">
-        <v>1418</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
-        <v>1419</v>
+        <v>450</v>
       </c>
       <c r="D10" t="s">
-        <v>1409</v>
+        <v>451</v>
       </c>
       <c r="E10" t="s">
-        <v>1420</v>
+        <v>452</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1421</v>
+        <v>453</v>
       </c>
       <c r="H10" t="s">
-        <v>1422</v>
+        <v>454</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B11" t="s">
-        <v>1423</v>
+        <v>455</v>
       </c>
       <c r="C11" t="s">
-        <v>1424</v>
+        <v>456</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>457</v>
       </c>
       <c r="E11" t="s">
-        <v>1425</v>
+        <v>458</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1426</v>
+        <v>459</v>
       </c>
       <c r="H11" t="s">
-        <v>1427</v>
+        <v>460</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B12" t="s">
-        <v>1428</v>
+        <v>461</v>
       </c>
       <c r="C12" t="s">
-        <v>1429</v>
+        <v>462</v>
       </c>
       <c r="D12" t="s">
-        <v>1430</v>
+        <v>463</v>
       </c>
       <c r="E12" t="s">
-        <v>1431</v>
+        <v>464</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1432</v>
+        <v>465</v>
       </c>
       <c r="H12" t="s">
-        <v>1433</v>
+        <v>466</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B13" t="s">
-        <v>1434</v>
+        <v>467</v>
       </c>
       <c r="C13" t="s">
-        <v>1435</v>
+        <v>468</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="E13" t="s">
-        <v>1436</v>
+        <v>469</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1437</v>
+        <v>470</v>
       </c>
       <c r="H13" t="s">
-        <v>1438</v>
+        <v>471</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B14" t="s">
-        <v>1439</v>
+        <v>472</v>
       </c>
       <c r="C14" t="s">
-        <v>1440</v>
+        <v>473</v>
       </c>
       <c r="D14" t="s">
-        <v>1441</v>
+        <v>474</v>
       </c>
       <c r="E14" t="s">
-        <v>1442</v>
+        <v>475</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1443</v>
+        <v>476</v>
       </c>
       <c r="H14" t="s">
-        <v>1444</v>
+        <v>477</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B15" t="s">
-        <v>1445</v>
+        <v>478</v>
       </c>
       <c r="C15" t="s">
-        <v>1446</v>
+        <v>479</v>
       </c>
       <c r="D15" t="s">
-        <v>1447</v>
+        <v>480</v>
       </c>
       <c r="E15" t="s">
-        <v>1448</v>
+        <v>481</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1449</v>
+        <v>482</v>
       </c>
       <c r="H15" t="s">
-        <v>1450</v>
+        <v>483</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B16" t="s">
-        <v>1451</v>
+        <v>484</v>
       </c>
       <c r="C16" t="s">
-        <v>1452</v>
+        <v>485</v>
       </c>
       <c r="D16" t="s">
-        <v>1453</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>1454</v>
+        <v>487</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1455</v>
+        <v>488</v>
       </c>
       <c r="H16" t="s">
-        <v>1456</v>
+        <v>489</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B17" t="s">
-        <v>1457</v>
+        <v>490</v>
       </c>
       <c r="C17" t="s">
-        <v>1458</v>
+        <v>491</v>
       </c>
       <c r="D17" t="s">
-        <v>1459</v>
+        <v>492</v>
       </c>
       <c r="E17" t="s">
-        <v>1460</v>
+        <v>493</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1461</v>
+        <v>494</v>
       </c>
       <c r="H17" t="s">
-        <v>1462</v>
+        <v>495</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B18" t="s">
-        <v>1463</v>
+        <v>496</v>
       </c>
       <c r="C18" t="s">
-        <v>1464</v>
+        <v>497</v>
       </c>
       <c r="D18" t="s">
-        <v>1465</v>
+        <v>498</v>
       </c>
       <c r="E18" t="s">
-        <v>1466</v>
+        <v>499</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1467</v>
+        <v>500</v>
       </c>
       <c r="H18" t="s">
-        <v>1468</v>
+        <v>501</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B19" t="s">
-        <v>1469</v>
+        <v>502</v>
       </c>
       <c r="C19" t="s">
-        <v>1470</v>
+        <v>503</v>
       </c>
       <c r="D19" t="s">
-        <v>1471</v>
+        <v>504</v>
       </c>
       <c r="E19" t="s">
-        <v>1472</v>
+        <v>505</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1473</v>
+        <v>506</v>
       </c>
       <c r="H19" t="s">
-        <v>1474</v>
+        <v>507</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B20" t="s">
-        <v>1475</v>
+        <v>508</v>
       </c>
       <c r="C20" t="s">
-        <v>1476</v>
+        <v>24</v>
       </c>
       <c r="D20" t="s">
-        <v>1477</v>
+        <v>509</v>
       </c>
       <c r="E20" t="s">
-        <v>1478</v>
+        <v>510</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1479</v>
+        <v>511</v>
       </c>
       <c r="H20" t="s">
-        <v>1480</v>
+        <v>512</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B21" t="s">
-        <v>1481</v>
+        <v>513</v>
       </c>
       <c r="C21" t="s">
-        <v>1482</v>
+        <v>24</v>
       </c>
       <c r="D21" t="s">
-        <v>1483</v>
+        <v>514</v>
       </c>
       <c r="E21" t="s">
-        <v>1484</v>
+        <v>515</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1485</v>
+        <v>516</v>
       </c>
       <c r="H21" t="s">
-        <v>1486</v>
+        <v>517</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B22" t="s">
-        <v>1487</v>
+        <v>518</v>
       </c>
       <c r="C22" t="s">
-        <v>1488</v>
+        <v>519</v>
       </c>
       <c r="D22" t="s">
-        <v>1489</v>
+        <v>520</v>
       </c>
       <c r="E22" t="s">
-        <v>1490</v>
+        <v>521</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1491</v>
+        <v>522</v>
       </c>
       <c r="H22" t="s">
-        <v>1492</v>
+        <v>523</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B23" t="s">
-        <v>1493</v>
+        <v>524</v>
       </c>
       <c r="C23" t="s">
-        <v>1494</v>
+        <v>525</v>
       </c>
       <c r="D23" t="s">
-        <v>1495</v>
+        <v>526</v>
       </c>
       <c r="E23" t="s">
-        <v>1496</v>
+        <v>527</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1497</v>
+        <v>528</v>
       </c>
       <c r="H23" t="s">
-        <v>1498</v>
+        <v>529</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1373</v>
+        <v>401</v>
       </c>
       <c r="B24" t="s">
-        <v>1499</v>
+        <v>530</v>
       </c>
       <c r="C24" t="s">
-        <v>1500</v>
+        <v>531</v>
       </c>
       <c r="D24" t="s">
-        <v>1501</v>
+        <v>532</v>
       </c>
       <c r="E24" t="s">
-        <v>1502</v>
+        <v>533</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1503</v>
+        <v>534</v>
       </c>
       <c r="H24" t="s">
-        <v>1504</v>
+        <v>535</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>536</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1505</v>
+        <v>537</v>
       </c>
       <c r="B2" t="s">
-        <v>1506</v>
+        <v>538</v>
       </c>
       <c r="C2" t="s">
-        <v>1507</v>
+        <v>539</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1508</v>
+        <v>540</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1509</v>
+        <v>541</v>
       </c>
       <c r="H2" t="s">
-        <v>1510</v>
-[...285 lines deleted...]
-        <v>1559</v>
+        <v>542</v>
+      </c>
+      <c r="I2" t="s">
+        <v>543</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1560</v>
+        <v>544</v>
       </c>
       <c r="B2" t="s">
-        <v>1561</v>
+        <v>545</v>
       </c>
       <c r="C2" t="s">
-        <v>1562</v>
+        <v>546</v>
       </c>
       <c r="D2" t="s">
-        <v>1563</v>
+        <v>547</v>
       </c>
       <c r="E2" t="s">
-        <v>1564</v>
+        <v>548</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1565</v>
+        <v>549</v>
       </c>
       <c r="H2" t="s">
-        <v>1566</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1560</v>
+        <v>544</v>
       </c>
       <c r="B3" t="s">
-        <v>1567</v>
+        <v>551</v>
       </c>
       <c r="C3" t="s">
-        <v>1568</v>
+        <v>552</v>
       </c>
       <c r="D3" t="s">
-        <v>1569</v>
+        <v>553</v>
       </c>
       <c r="E3" t="s">
-        <v>1570</v>
+        <v>554</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1571</v>
+        <v>555</v>
       </c>
       <c r="H3" t="s">
-        <v>1572</v>
-[...207 lines deleted...]
-        <v>1619</v>
+        <v>556</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H38"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1620</v>
+        <v>557</v>
       </c>
       <c r="B2" t="s">
-        <v>1621</v>
+        <v>558</v>
       </c>
       <c r="C2" t="s">
-        <v>1622</v>
+        <v>559</v>
       </c>
       <c r="D2" t="s">
-        <v>1623</v>
+        <v>560</v>
       </c>
       <c r="E2" t="s">
-        <v>1624</v>
+        <v>561</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1625</v>
+        <v>562</v>
       </c>
       <c r="H2" t="s">
-        <v>1626</v>
+        <v>563</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1620</v>
+        <v>557</v>
       </c>
       <c r="B3" t="s">
-        <v>1627</v>
+        <v>564</v>
       </c>
       <c r="C3" t="s">
-        <v>1628</v>
+        <v>565</v>
       </c>
       <c r="D3" t="s">
-        <v>1629</v>
+        <v>566</v>
       </c>
       <c r="E3" t="s">
-        <v>1630</v>
+        <v>567</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1631</v>
+        <v>568</v>
       </c>
       <c r="H3" t="s">
-        <v>1632</v>
-[...6513 lines deleted...]
-        <v>2980</v>
+        <v>569</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>