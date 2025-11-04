--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,747 +1,6458 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1233" uniqueCount="738">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...11 lines deleted...]
-    <t>05/13/2025 14:33:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>RHEO KNEE XC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+    <t>25/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601854/fr/rheo-knee-xc</t>
+  </si>
+  <si>
+    <t>p_3601854</t>
+  </si>
+  <si>
+    <t>Genou monoaxial, à articulation commandée  par microprocesseur et fluide  magnétorhéologique</t>
+  </si>
+  <si>
+    <t>ÖSSUR FRANCE</t>
+  </si>
+  <si>
+    <t>ROTATEUR 4R57</t>
+  </si>
+  <si>
+    <t>10/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540263/fr/rotateur-4r57</t>
+  </si>
+  <si>
+    <t>p_3540263</t>
+  </si>
+  <si>
+    <t>Adaptateur de rotation pour prothèse externe transfémorale</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE</t>
+  </si>
+  <si>
+    <t>ELANIC</t>
+  </si>
+  <si>
+    <t>02/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2023 15:46:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433229/fr/elanic</t>
+  </si>
+  <si>
+    <t>p_3433229</t>
+  </si>
+  <si>
+    <t>Pied prothétique avec cheville hydraulique contrôlée par microprocesseur</t>
+  </si>
+  <si>
+    <t>BLATCHFORD EUROPE GMBH (Allemagne)</t>
+  </si>
+  <si>
+    <t>Véhicules pour personnes en situation de handicap - VPH (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 24 septembre 2021</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées pour la prise en charge des véhicules pour personnes en situation de handicap (VPH) au titre IV de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 24 septembre 2021. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2022 16:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332743/fr/vehicules-pour-personnes-en-situation-de-handicap-vph-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-24-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3332743</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>ASSISTEP</t>
+  </si>
+  <si>
+    <t>02/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/02/2022 08:47:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309870/fr/assistep</t>
+  </si>
+  <si>
+    <t>p_3309870</t>
+  </si>
+  <si>
+    <t>Déambulateur d’escalier non électrique</t>
+  </si>
+  <si>
+    <t>ASSITECH AS</t>
+  </si>
+  <si>
+    <t>TERION K2</t>
+  </si>
+  <si>
+    <t>Pied à restitution d’énergie de classe II</t>
+  </si>
+  <si>
+    <t>07/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2022 12:31:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303889/fr/terion-k2</t>
+  </si>
+  <si>
+    <t>p_3303889</t>
+  </si>
+  <si>
+    <t>DYNASTAR 1A500</t>
+  </si>
+  <si>
+    <t>30/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 17:02:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260490/fr/dynastar-1a500</t>
+  </si>
+  <si>
+    <t>p_3260490</t>
+  </si>
+  <si>
+    <t>PROTEOR S.A.S.</t>
+  </si>
+  <si>
+    <t>AEQUASYAL</t>
+  </si>
+  <si>
+    <t>05/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2021 10:03:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233854/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>p_3233854</t>
+  </si>
+  <si>
+    <t>Solution pour pulvérisations endobuccales</t>
+  </si>
+  <si>
+    <t>EISAI SAS / CARILENE</t>
+  </si>
+  <si>
+    <t>TYRX</t>
+  </si>
+  <si>
+    <t>01/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2020 17:34:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212152/fr/tyrx</t>
+  </si>
+  <si>
+    <t>p_3212152</t>
+  </si>
+  <si>
+    <t>Enveloppe antibactérienne résorbable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>TRITON</t>
+  </si>
+  <si>
+    <t>21/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2020 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197008/fr/triton</t>
+  </si>
+  <si>
+    <t>p_3197008</t>
+  </si>
+  <si>
+    <t>Pied à restitution d’énergie de classe III</t>
+  </si>
+  <si>
+    <t>ORION3</t>
+  </si>
+  <si>
+    <t>03/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 13:58:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146605/fr/orion3</t>
+  </si>
+  <si>
+    <t>p_3146605</t>
+  </si>
+  <si>
+    <t>genou mono-axial hydropneumatique à microprocesseur</t>
+  </si>
+  <si>
+    <t>BLATCHFORD SAS</t>
+  </si>
+  <si>
+    <t>TALEO</t>
+  </si>
+  <si>
+    <t>08/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/11/2019 15:58:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116477/fr/taleo</t>
+  </si>
+  <si>
+    <t>p_3116477</t>
+  </si>
+  <si>
+    <t>pied à restitution d’énergie de classe III</t>
+  </si>
+  <si>
+    <t>VELOCITY</t>
+  </si>
+  <si>
+    <t>18/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067130/fr/velocity</t>
+  </si>
+  <si>
+    <t>p_3067130</t>
+  </si>
+  <si>
+    <t>ORTHO EUROPE</t>
+  </si>
+  <si>
+    <t>1H11Y PIED DYNAMIQUE EN CARBONE ET TALON EN POLYURETHANE</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2019 12:42:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905334/fr/1h11y-pied-dynamique-en-carbone-et-talon-en-polyurethane</t>
+  </si>
+  <si>
+    <t>c_2905334</t>
+  </si>
+  <si>
+    <t>pied à restitution d’énergie de classe I</t>
+  </si>
+  <si>
+    <t>SM EUROPE</t>
+  </si>
+  <si>
+    <t>REBEL RELIEVER</t>
+  </si>
+  <si>
+    <t>29/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2019 14:11:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903173/fr/rebel-reliever</t>
+  </si>
+  <si>
+    <t>c_2903173</t>
+  </si>
+  <si>
+    <t>orthèse de genou articulée dynamique</t>
+  </si>
+  <si>
+    <t>THUASNE</t>
+  </si>
+  <si>
+    <t>ODRA</t>
+  </si>
+  <si>
+    <t>25/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2018 17:29:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873544/fr/odra</t>
+  </si>
+  <si>
+    <t>c_2873544</t>
+  </si>
+  <si>
+    <t>orthèse sur mesure, articulée, dynamique utilisant les articulations ODRA (Orthèse de Distraction et Rotation pour Arthrose)</t>
+  </si>
+  <si>
+    <t>ULTRAFILL</t>
+  </si>
+  <si>
+    <t>17/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2018 17:31:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866105/fr/ultrafill</t>
+  </si>
+  <si>
+    <t>c_2866105</t>
+  </si>
+  <si>
+    <t>système pour oxygénothérapie à domicile avec déambulation</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE COMMERCIAL</t>
+  </si>
+  <si>
+    <t>TRÉS</t>
+  </si>
+  <si>
+    <t>29/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854125/fr/tres</t>
+  </si>
+  <si>
+    <t>c_2854125</t>
+  </si>
+  <si>
+    <t>pied à restitution d’énergie de classe II</t>
+  </si>
+  <si>
+    <t>CARBOMEDICS CARBO-SEAL</t>
+  </si>
+  <si>
+    <t>23/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2018 10:05:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824801/fr/carbomedics-carbo-seal</t>
+  </si>
+  <si>
+    <t>c_2824801</t>
+  </si>
+  <si>
+    <t>conduit aortique avec valve mécanique</t>
+  </si>
+  <si>
+    <t>LivaNova France SAS</t>
+  </si>
+  <si>
+    <t>MULTIFLEX</t>
+  </si>
+  <si>
+    <t>Pied prothétique monté sur une cheville multiaxiale</t>
+  </si>
+  <si>
+    <t>26/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 08:35:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2799370/fr/multiflex</t>
+  </si>
+  <si>
+    <t>c_2799370</t>
+  </si>
+  <si>
+    <t>ENDOLITE France</t>
+  </si>
+  <si>
+    <t>Système pour oxygénothérapie à domicile avec déambulation</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2017 09:35:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796177/fr/ultrafill</t>
+  </si>
+  <si>
+    <t>c_2796177</t>
+  </si>
+  <si>
+    <t>VISMED LIPO</t>
+  </si>
+  <si>
+    <t>Emulsion pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>08/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725227/fr/vismed-lipo</t>
+  </si>
+  <si>
+    <t>c_2725227</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>22/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2016 15:52:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725877/fr/terion-k2</t>
+  </si>
+  <si>
+    <t>c_2725877</t>
+  </si>
+  <si>
+    <t>PIED BREEZE</t>
+  </si>
+  <si>
+    <t>Pied à restitution d'énergie</t>
+  </si>
+  <si>
+    <t>14/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2016 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2723189/fr/pied-breeze</t>
+  </si>
+  <si>
+    <t>c_2723189</t>
+  </si>
+  <si>
+    <t>OKO SOLUTION S.A.S.</t>
+  </si>
+  <si>
+    <t>CHONDRO-GIDE</t>
+  </si>
+  <si>
+    <t>Membrane de collagène</t>
+  </si>
+  <si>
+    <t>04/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:05:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678859/fr/chondro-gide</t>
+  </si>
+  <si>
+    <t>c_2678859</t>
+  </si>
+  <si>
+    <t>GEISTLICH PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 11:56:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610790/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>c_2610790</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>NEXGEN</t>
+  </si>
+  <si>
+    <t>Implant fémoral</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2015 10:24:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023894/fr/nexgen</t>
+  </si>
+  <si>
+    <t>c_2023894</t>
+  </si>
+  <si>
+    <t>ZIMMER FRANCE</t>
+  </si>
+  <si>
+    <t>ESPRIT</t>
+  </si>
+  <si>
+    <t>03/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747994/fr/esprit</t>
+  </si>
+  <si>
+    <t>c_1747994</t>
+  </si>
+  <si>
+    <t>ROZE - 12 juin 2012 (4259) avis</t>
+  </si>
+  <si>
+    <t>12/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2012 18:11:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1255535/fr/roze-12-juin-2012-4259-avis</t>
+  </si>
+  <si>
+    <t>c_1255535</t>
+  </si>
+  <si>
+    <t>INVACARE POIRIER S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>GELSOFT - 17 avril 2012 (4229) avis</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/05/2012 09:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1237413/fr/gelsoft-17-avril-2012-4229-avis</t>
+  </si>
+  <si>
+    <t>c_1237413</t>
+  </si>
+  <si>
+    <t>VASCUTEK Ltd</t>
+  </si>
+  <si>
+    <t>GELSEAL - 17 avril 2012 (4231) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1243933/fr/gelseal-17-avril-2012-4231-avis</t>
+  </si>
+  <si>
+    <t>c_1243933</t>
+  </si>
+  <si>
+    <t>Avis général sur les dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile - 17 avril 2012</t>
+  </si>
+  <si>
+    <t>26/04/2012 11:25:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1243362/fr/avis-general-sur-les-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile-17-avril-2012</t>
+  </si>
+  <si>
+    <t>c_1243362</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>Véhicules pour Personnes Handicapées - 13 septembre 2011 (3242) avis</t>
+  </si>
+  <si>
+    <t>13/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2011 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1092579/fr/vehicules-pour-personnes-handicapees-13-septembre-2011-3242-avis</t>
+  </si>
+  <si>
+    <t>c_1092579</t>
+  </si>
+  <si>
+    <t>Commission Nationale d'Evaluation des Dispositifs Médicaux et des Technologies de Santé (anciennement Commission d'Evaluation des Produits et Prestations)</t>
+  </si>
+  <si>
+    <t>TRITON - 27 septembre 2011 (3993) avis</t>
+  </si>
+  <si>
+    <t>27/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2011 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1097848/fr/triton-27-septembre-2011-3993-avis</t>
+  </si>
+  <si>
+    <t>c_1097848</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE SNC</t>
+  </si>
+  <si>
+    <t>ULTRAFILL - 13 septembre 2011 (3935) avis</t>
+  </si>
+  <si>
+    <t>Système pour oxygénothérapie à domicile avec déambulation PNEUMOLOGIE – Nouveau dispositif Pas d’avantage clinique par rapport au système VENTURE HOMEFILL II</t>
+  </si>
+  <si>
+    <t>28/09/2011 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1085084/fr/ultrafill-13-septembre-2011-3935-avis</t>
+  </si>
+  <si>
+    <t>c_1085084</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE (France)</t>
+  </si>
+  <si>
+    <t>COUSSINS D'AIDE AU POSITIONNEMENT  - 08 mars 2011 (2713) avis</t>
+  </si>
+  <si>
+    <t>08/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031317/fr/coussins-d-aide-au-positionnement-08-mars-2011-2713-avis</t>
+  </si>
+  <si>
+    <t>c_1031317</t>
+  </si>
+  <si>
+    <t>Ministère du Travail, de l'Emploi et de la Santé</t>
+  </si>
+  <si>
+    <t>AEQUASYAL (spray buccal T.G.O) - 21 décembre 2010 (3266) avis</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2011 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1011976/fr/aequasyal-spray-buccal-t-g-o-21-decembre-2010-3266-avis</t>
+  </si>
+  <si>
+    <t>c_1011976</t>
+  </si>
+  <si>
+    <t>EISAI SAS France</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux d’aide à la prévention et d'aide au traitement des escarres (avis de projet de nomenclature &amp; cahier des charges techniques) - CNEDIMTS du 22 décembre 2009 (1684)</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2010 10:29:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901641/fr/dispositifs-medicaux-d-aide-a-la-prevention-et-d-aide-au-traitement-des-escarres-avis-de-projet-de-nomenclature-cahier-des-charges-techniques-cnedimts-du-22-decembre-2009-1684</t>
+  </si>
+  <si>
+    <t>c_901641</t>
+  </si>
+  <si>
+    <t>Commission d'Evaluation des Produits et Prestations</t>
+  </si>
+  <si>
+    <t>3C 100 C-LEG - CNEDiMTS du 24 novembre 2009 (2212)</t>
+  </si>
+  <si>
+    <t>Progrès mineur de compensation du handicap par rapport aux genoux prothétiques avec système électronique embarqué pour le contrôle de la phase pendulaire</t>
+  </si>
+  <si>
+    <t>24/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2009 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_885279/fr/3c-100-c-leg-cnedimts-du-24-novembre-2009-2212</t>
+  </si>
+  <si>
+    <t>c_885279</t>
+  </si>
+  <si>
+    <t>OTTO BOCK France</t>
+  </si>
+  <si>
+    <t>ENDEAVOR</t>
+  </si>
+  <si>
+    <t>28/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2008 16:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616564/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_616564</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S.</t>
+  </si>
+  <si>
+    <t>3C 100 C-LEG</t>
+  </si>
+  <si>
+    <t>07/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2007 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_496006/fr/3c-100-c-leg</t>
+  </si>
+  <si>
+    <t>c_496006</t>
+  </si>
+  <si>
+    <t>Supports d’aide à la prévention et d'aide au traitement de l’escarre -Aides techniques et de posture</t>
+  </si>
+  <si>
+    <t>22/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2006 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455482/fr/supports-d-aide-a-la-prevention-et-d-aide-au-traitement-de-l-escarre-aides-techniques-et-de-posture</t>
+  </si>
+  <si>
+    <t>c_455482</t>
+  </si>
+  <si>
+    <t>Ministère de l'Emploi et de la Solidarité</t>
+  </si>
+  <si>
+    <t>CYPHER</t>
+  </si>
+  <si>
+    <t>25/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398455/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398455</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398584/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398584</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V (Hollande)</t>
+  </si>
+  <si>
+    <t>Supports d'aide à la prévention et d'aide au traitement de l'escarre - Aides techniques à la posture</t>
+  </si>
+  <si>
+    <t>30/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398592/fr/supports-d-aide-a-la-prevention-et-d-aide-au-traitement-de-l-escarre-aides-techniques-a-la-posture</t>
+  </si>
+  <si>
+    <t>c_398592</t>
+  </si>
+  <si>
+    <t>3C100 C-LEG</t>
+  </si>
+  <si>
+    <t>07/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398596/fr/3c100-c-leg</t>
+  </si>
+  <si>
+    <t>c_398596</t>
+  </si>
+  <si>
+    <t>Otto Bock France</t>
+  </si>
+  <si>
+    <t>18/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398629/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398629</t>
+  </si>
+  <si>
+    <t>CORDIS S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398630/fr/cypher-select</t>
+  </si>
+  <si>
+    <t>c_398630</t>
+  </si>
+  <si>
+    <t>PROCEED</t>
+  </si>
+  <si>
+    <t>12/10/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398707/fr/proceed</t>
+  </si>
+  <si>
+    <t>c_398707</t>
+  </si>
+  <si>
+    <t>ETHICON PRODUCTS DIVISION</t>
+  </si>
+  <si>
+    <t>SPINOMED</t>
+  </si>
+  <si>
+    <t>09/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398709/fr/spinomed</t>
+  </si>
+  <si>
+    <t>c_398709</t>
+  </si>
+  <si>
+    <t>MEDI France</t>
+  </si>
+  <si>
+    <t>AEQUASYAL (Spray buccal T.G.O)</t>
+  </si>
+  <si>
+    <t>28/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398725/fr/aequasyal-spray-buccal-t-g-o</t>
+  </si>
+  <si>
+    <t>c_398725</t>
+  </si>
+  <si>
+    <t>Laboratoires CARILENE S.A.S.</t>
+  </si>
+  <si>
+    <t>3M CAVILON NSBF</t>
+  </si>
+  <si>
+    <t>25/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398726/fr/3m-cavilon-nsbf</t>
+  </si>
+  <si>
+    <t>c_398726</t>
+  </si>
+  <si>
+    <t>LABORATOIRE 3M SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398739/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_398739</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759760</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
+  </si>
+  <si>
+    <t>29/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2023 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218478/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-rdrd-dans-les-etablissements-et-services-sociaux-et-medico-sociaux-essms</t>
+  </si>
+  <si>
+    <t>p_3218478</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Vaccination contre le virus de l’hépatite B</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'apporter des réponses aux questions suivantes : # 1. Intérêt de santé publique de la vaccination contre le VHB# 2. Évaluation du rapport bénéfices/risques de la vaccination contre le VHB# 3. Populations cibles de la vaccination contre le VHB# 4. Modalités de mise en œuvre de la vaccination contre le VHB# Les recommandations du jury abordent les points suivants :# 1. Données d'incidence et de prévalence de l'infection par le VHB en France# 2. Efficacité de la vaccination contre le VHB# 3. Évaluation des effets secondaires potentiels de la vaccination contre le VHB# 4. Stratégies et actions (stratégies de vaccination et d'information)#</t>
+  </si>
+  <si>
+    <t>02/10/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/fr/vaccination-contre-le-virus-de-l-hepatite-b</t>
+  </si>
+  <si>
+    <t>c_272257</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
+  </si>
+  <si>
+    <t>c_2641074</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Dispositifs de Compression/Contention médicale à usage individuel - Utilisation en Orthopédie/Rhumatologie/Traumatologie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt thérapeutique des orthèses tubulaires et des bandes pour leur usage en orthopédie/traumatologie/rhumatologie en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise in fine à établir des recommandations sur leurs indications en vue du remboursement en précisant si besoin, leurs modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1318289/fr/dispositifs-de-compression/contention-medicale-a-usage-individuel-utilisation-en-orthopedie/rhumatologie/traumatologie</t>
+  </si>
+  <si>
+    <t>c_1318289</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Évaluation des orthèses de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les orthèses de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types d’orthèses de membre supérieur ; réévaluer l’intérêt des orthèses de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les orthèses de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>27/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2010 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999528/fr/evaluation-des-ortheses-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999528</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 10 juin 2025</t>
+  </si>
+  <si>
+    <t>14/10/2025 11:09:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608312/fr/ctv-reunion-du-10-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3608312</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CTV exceptionnelle - Réunion du 28 avril 2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 14:53:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685617/fr/ctv-exceptionnelle-reunion-du-28-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3685617</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 5 avril 2022</t>
+  </si>
+  <si>
+    <t>11/07/2022 15:50:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3340423/fr/ctv-reunion-du-5-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3340423</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 10 novembre 2020</t>
+  </si>
+  <si>
+    <t>15/12/2021 09:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304196/fr/ctv-reunion-du-10-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3304196</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 1 décembre 2021</t>
+  </si>
+  <si>
+    <t>25/11/2021 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301479/fr/commission-de-la-transparence-reunion-a-distance-du-1-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3301479</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 28 janvier 2021</t>
+  </si>
+  <si>
+    <t>22/01/2021 19:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233769/fr/college-deliberatif-du-28-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3233769</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 21 novembre 2017</t>
+  </si>
+  <si>
+    <t>16/11/2017 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806030/fr/ctv-reunion-du-21-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2806030</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 26 septembre 2017</t>
+  </si>
+  <si>
+    <t>26/09/2017 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795884/fr/ctv-reunion-du-26-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2795884</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 septembre 2017</t>
+  </si>
+  <si>
+    <t>06/09/2017 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792126/fr/commission-de-la-transparence-reunion-du-13-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2792126</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mai 2010</t>
+  </si>
+  <si>
+    <t>05/05/2010 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950375/fr/commission-de-la-transparence-reunion-du-5-mai-2010</t>
+  </si>
+  <si>
+    <t>c_950375</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0293/DC/SEM du 17 octobre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité TAGRISSO (osimertinib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité TAGRISSO (osimertinib) dans l'indication « en monothérapie dans le traitement des patients adultes atteints d'un cancer bronchique non à petites cellules (CBNPC) localement avancé, non résécable (stade III), avec mutations activatrices du récepteur du facteur de croissance épidermique (EGFR) par délétion de l’exon 19 ou substitution de l’exon 21 (L858R) et dont la maladie n’a pas progressé pendant ou après une chimio-radiothérapie à base de platine ».</t>
+  </si>
+  <si>
+    <t>17/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>25/10/2024 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3553045/fr/decision-n-2024-0293/dc/sem-du-17-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-tagrisso-osimertinib</t>
+  </si>
+  <si>
+    <t>p_3553045</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0028/DC/SEM du 21 février 2018 du collège de la Haute Autorité de santé portant adoption d’une recommandation sur les allergènes préparés spécialement pour un seul individu (APSI)</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Allergènes préparés spécialement pour un seul individu », ci-jointe, est adoptée. ---++++ Recommandations Considérant : * le projet de recommandation de la commission de la Transparence fondé sur l’analyse de la littérature, les données fournies par les 2 laboratoires concernés, l’audition d’experts et de parties prenantes, * l’audition des 2 laboratoires concernés, * les observations transmises à la HAS dans le cadre d’une consultation publique, le Collège estime que : * les APSI concernent des allergies qui peuvent dégrader la qualité de vie en raison des perturbations qu'elles entraînent, voire, dans le cas de l’asthme, entrainer de rares complications à prendre en charge en urgence, * les données disponibles montrent une efficacité des APSI faible et mal démontrée, * les APSI ne présentent que des effets indésirables généralement bénins mais la voie sous cutanée peut entrainer des effets indésirables graves plus fréquemment que la voie sublinguale, * la place des APSI, eu égard aux alternatives thérapeutiques (ACARIZAX, GRAZAX ou ORALAIR), devrait être en deuxième intention, après les traitements symptomatiques médicamenteux, ou en troisième intention (lorsque ces alternatives peuvent être utilisées), * malgré l’importance de la population concernée et en l’état actuel des données, les APSI ne sont pas susceptibles d’avoir un intérêt pour la santé publique. En conséquence, le Collège recommande que les modalités de prise en charge des APSI soient harmonisées sur celles de leurs alternatives thérapeutiques, à l’exception des formes injectables qui ne devraient pas relever d’une prise en charge par la solidarité nationale. Dans le cas d’une décision de modification des conditions de remboursement, au vu des possibles difficultés financières auxquelles seraient confrontés les patients en cours de traitement, les traitements pouvant être pluriannuels, le Collège recommande des modalités particulières d’application de la décision permettant d’assurer la continuité des soins engagés. Par ailleurs, le Collège prend note que, lors des auditions, les industriels concernés ont proposé de nouvelles études avec pour objectif de démontrer l’impact clinique d’un traitement par APSI. En conséquence, le Collège souhaite réévaluer ces produits dans un délai maximal de 5 ans, espérant que ces études répondront aux qualités méthodologiques actuelles qui permettront de conclure.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:37:00</t>
+  </si>
+  <si>
+    <t>27/03/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832239/fr/decision-n-2018-0028/dc/sem-du-21-fevrier-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-une-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi</t>
+  </si>
+  <si>
+    <t>c_2832239</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0178/DC/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé portant adoption d’un projet de recommandation sur les allergènes préparés spécialement pour un seul individu (APSI), en vue de sa publication pour consultation publique</t>
+  </si>
+  <si>
+    <t>Le projet de recommandation, intitulé « Allergènes préparés spécialement pour un seul individu », ci-joint, est adopté, en vue de sa publication pour consultation publique.</t>
+  </si>
+  <si>
+    <t>13/12/2017 14:15:00</t>
+  </si>
+  <si>
+    <t>14/12/2017 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812602/fr/decision-n2017-0178/dc/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-un-projet-de-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi-en-vue-de-sa-publication-pour-consultation-publique</t>
+  </si>
+  <si>
+    <t>c_2812602</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3221567</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...23 lines deleted...]
-    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+    <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586414/fr/elargissement-des-criteres-d-eligibilite-a-la-vaccination-antipneumococcique-chez-les-adultes-recommandation-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3586414</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>06/13/2024 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin VAXNEUVANCE chez l’enfant de 6 semaines à 18 ans</t>
+  </si>
+  <si>
+    <t>Le vaccin Vaxneuvance est un vaccin pneumococcique conjugué dirigé contre 15 sérotypes pneumococciques. Il a reçu une extension d’AMM a été obtenue le 21 octobre 2022 chez les nourrissons, les enfants et les adolescents âgés de 6 semaines à moins de 18 ans. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoques dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin Vaxneuvance peut être intégré en alternative au vaccin VPC13 dans la stratégie vaccinale française pour la prévention des infections invasives, des pneumonies et des otites moyennes aiguës à pneumocoque chez les nourrissons, les enfants et les adolescents de 6 semaines à moins de 18 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/08/2023 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457417/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-vaxneuvance-chez-l-enfant-de-6-semaines-a-18-ans</t>
+  </si>
+  <si>
+    <t>p_3457417</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le vaccin VPC 20 est un vaccin pneumococcique conjugué dirigé contre 20 sérotypes pneumococciques. Il a reçu une AMM européenne le 14 février 2022 chez les personnes âgées de 18 ans et plus. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles sur ce nouveau vaccin afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoque dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin VPC 20 peut être intégré dans la stratégie vaccinale française pour la prévention des maladies invasives et des pneumonies à pneumocoque chez les personnes à risque âgées de 18 ans et plus. La HAS estime que les bénéfices supplémentaires conférés par l’ajout de sept sérotypes ainsi qu’une simplification du schéma vaccinal justifie l’utilisation préférentielle du vaccin VPC 20 seul en remplacement du schéma VPC 13 – VPP 23 actuellement en vigueur. La HAS ne recommande donc plus l’utilisation des vaccins VPC 13 et VPP 23 chez l’adulte.</t>
+  </si>
+  <si>
+    <t>04/08/2023 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457419/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3457419</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : Place du vaccin VLA2001</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS ne recommande pas l’utilisation du vaccin VLA2001 en primovaccination dans la stratégie de vaccination contre la Covid-19 actuelle, compte tenu du contexte épidémiologique actuel en France, des données disponibles encore trop limitées à ce jour et de la disponibilité d’alternatives.</t>
+  </si>
+  <si>
+    <t>01/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2022 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394248/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-vla2001</t>
+  </si>
+  <si>
+    <t>p_3394248</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de BEXSERO®</t>
+  </si>
+  <si>
+    <t>Les infections invasives à méningocoques sont des infections transmissibles graves, qui peuvent être rapidement fatales. En France, elles sont majoritairement liées aux méningocoques de sérogroupe B. BEXSERO® est le premier vaccin anti-méningococcique ciblant des souches pathogènes du sérogroupe B à avoir obtenu une AMM en Europe, en janvier 2013. Il est indiqué chez les personnes âgées de 2 mois et plus. Dans le contexte de la simplification du schéma de vaccination pour différentes tranches d’âge et de l’évolution épidémiologique de ces infections, la Haute Autorité de Santé a évalué l’opportunité de modifier la stratégie de prévention des infections invasives à méningocoques et a précisé la place de BEXSERO® dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066921/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-bexsero</t>
+  </si>
+  <si>
+    <t>p_3066921</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les méningocoques des sérogroupes A, C, W et Y : révision de la stratégie vaccinale et détermination de la place des vaccins méningococciques tétravalents</t>
+  </si>
+  <si>
+    <t>Compte tenu de l’évolution de l’épidémiologie des infections invasives à méningocoques (IIM) en France au cours des dernières années, avec notamment l’augmentation du nombre de cas dus au sérogroupe W, la Direction générale de la santé (DGS) a saisi la HAS afin d’évaluer la pertinence d’introduire dans les recommandations générales la vaccination par un des vaccins méningococciques tétravalents disponibles en France.</t>
+  </si>
+  <si>
+    <t>11/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2021 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183910/fr/recommandation-vaccinale-contre-les-meningocoques-des-serogroupes-a-c-w-et-y-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-meningococciques-tetravalents</t>
+  </si>
+  <si>
+    <t>p_3183910</t>
+  </si>
+  <si>
+    <t>Recommandation sur l’élargissement de la vaccination contre les papillomavirus aux garçons</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS est favorable à l’élargissement de la vaccination contre les papillomavirus chez les garçons dans le calendrier vaccinal français.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
   </si>
   <si>
     <t>p_3116022</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...128 lines deleted...]
-    <t>c_1318289</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GELOX (monmectite/ aluminium (hydroxyde de)/ magnésium (hydroxyde de))</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982811/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>pprd_2982811</t>
+  </si>
+  <si>
+    <t>monmectite,aluminium (hydroxyde de),magnésium (hydroxyde de)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632370/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221600/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323131/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963187/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>GASTROPULGITE (attapulgite de Mormoiron/ hydroxyde d'aluminium et de carbonate de mag...)</t>
+  </si>
+  <si>
+    <t>29/01/2018 09:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983422/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
+  </si>
+  <si>
+    <t>pprd_2983422</t>
+  </si>
+  <si>
+    <t>attapulgite de Mormoiron,hydroxyde d'aluminium et de carbonate de magnésium codesséchés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632366/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221607/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323137/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823583/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
+  </si>
+  <si>
+    <t>PHOSPHALUGEL (phosphate d’aluminium (gel colloïdal à 20%))</t>
+  </si>
+  <si>
+    <t>20/11/2017 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983479/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>pprd_2983479</t>
+  </si>
+  <si>
+    <t>phosphate d’aluminium (gel colloïdal à 20%)</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632362/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221570/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322218/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804106/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>ROCGEL (oxyde d'aluminium hydraté)</t>
+  </si>
+  <si>
+    <t>13/01/2014 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984853/fr/rocgel-oxyde-d-aluminium-hydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984853</t>
+  </si>
+  <si>
+    <t>oxyde d'aluminium hydraté</t>
+  </si>
+  <si>
+    <t>DEBREGEAS ET ASSOCIES PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632390/fr/rocgel-oxyde-d-aluminium-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221573/fr/rocgel-oxyde-d-aluminium-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716241/fr/rocgel-oxyde-d-aluminium-hydrate</t>
+  </si>
+  <si>
+    <t>TOPAAL (acide alginique/ hydroxide d’aluminium colloidal/ hydrocarbonate de magnésium/ silice hydratée, précipitée, amorphe)</t>
+  </si>
+  <si>
+    <t>13/12/2012 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984967/fr/topaal-acide-alginique/-hydroxide-d-aluminium-colloidal/-hydrocarbonate-de-magnesium/-silice-hydratee-precipitee-amorphe</t>
+  </si>
+  <si>
+    <t>pprd_2984967</t>
+  </si>
+  <si>
+    <t>Acide alginique,hydroxide d’aluminium colloidal,hydrocarbonate de magnésium,silice hydratée, précipitée, amorphe</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632374/fr/topaal-acide-alginique/-hydroxide-d-aluminium-colloidal/-hydrocarbonate-de-magnesium/-silice-hydratee-precipitee-amorphe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225078/fr/topaal-acide-alginique/-hydroxide-d-aluminium-colloidal/-hydrocarbonate-de-magnesium/-silice-hydratee-precipitee-amorphe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339915/fr/topaal-acide-alginique/-hydroxide-d-aluminium-colloidal/-hydrocarbonate-de-magnesium/-silice-hydratee-precipitee-amorphe</t>
+  </si>
+  <si>
+    <t>ISUDRINE (oxyde de magnésium/ phosphate d'aluminium)</t>
+  </si>
+  <si>
+    <t>08/06/2012 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985023/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>pprd_2985023</t>
+  </si>
+  <si>
+    <t>oxyde de magnésium,phosphate d'aluminium</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631258/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221616/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251934/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399637/fr/isudrine-suspension-buvable-en-sachets-de-20-g-boites-de-12</t>
+  </si>
+  <si>
+    <t>XOLAAM (hydroxyde d’aluminium/ hydroxyde de magnésium)</t>
+  </si>
+  <si>
+    <t>26/04/2010 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985283/fr/xolaam-hydroxyde-d-aluminium/-hydroxyde-de-magnesium</t>
+  </si>
+  <si>
+    <t>pprd_2985283</t>
+  </si>
+  <si>
+    <t>hydroxyde d’aluminium,hydroxyde de magnésium</t>
+  </si>
+  <si>
+    <t>RANBAXY PHARMACIE GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945901/fr/xolaam-hydroxyde-d-aluminium/-hydroxyde-de-magnesium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400750/fr/xolaam-comprime-a-croquer-ou-a-sucer-b/40-cip-341-361-3-xolaam-suspension-buvable-en-flacon-1-flacon-de-250-ml-cip-342-181-9-hydroxyde-d-aluminium/-hydroxyde-de-magnesium</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Papillomavirus : la vaccination recommandée pour tous les garçons</t>
+  </si>
+  <si>
+    <t>En 2020, la vaccination contre le HPV devrait concernée tous les garçons de 11 à 14 ans. Un rattrapage sera possible jusqu’à 19 ans.</t>
+  </si>
+  <si>
+    <t>24/01/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147966/fr/papillomavirus-la-vaccination-recommandee-pour-tous-les-garcons</t>
+  </si>
+  <si>
+    <t>p_3147966</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:J54"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>52</v>
+      </c>
+      <c r="I7" t="s">
+        <v>48</v>
+      </c>
+      <c r="J7" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
-[...18 lines deleted...]
-        <v>54</v>
+      <c r="J8" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C9" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E9" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="H9" t="s">
-        <v>60</v>
+        <v>63</v>
+      </c>
+      <c r="I9" t="s">
+        <v>64</v>
+      </c>
+      <c r="J9" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C10" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E10" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="H10" t="s">
-        <v>66</v>
+        <v>70</v>
+      </c>
+      <c r="I10" t="s">
+        <v>71</v>
+      </c>
+      <c r="J10" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C11" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="E11" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="H11" t="s">
-        <v>72</v>
+        <v>77</v>
+      </c>
+      <c r="I11" t="s">
+        <v>78</v>
+      </c>
+      <c r="J11" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C12" t="s">
-        <v>75</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E12" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="H12" t="s">
-        <v>79</v>
+        <v>83</v>
+      </c>
+      <c r="I12" t="s">
+        <v>84</v>
+      </c>
+      <c r="J12" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C13" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="D13" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="E13" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="H13" t="s">
-        <v>85</v>
+        <v>90</v>
+      </c>
+      <c r="I13" t="s">
+        <v>91</v>
+      </c>
+      <c r="J13" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C14" t="s">
-        <v>87</v>
+        <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="E14" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H14" t="s">
+        <v>96</v>
+      </c>
+      <c r="I14" t="s">
         <v>91</v>
+      </c>
+      <c r="J14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>99</v>
+      </c>
+      <c r="E15" t="s">
+        <v>100</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>101</v>
+      </c>
+      <c r="H15" t="s">
+        <v>102</v>
+      </c>
+      <c r="I15" t="s">
+        <v>103</v>
+      </c>
+      <c r="J15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>107</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>108</v>
+      </c>
+      <c r="H16" t="s">
+        <v>109</v>
+      </c>
+      <c r="I16" t="s">
+        <v>110</v>
+      </c>
+      <c r="J16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" t="s">
+        <v>114</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>115</v>
+      </c>
+      <c r="H17" t="s">
+        <v>116</v>
+      </c>
+      <c r="I17" t="s">
+        <v>117</v>
+      </c>
+      <c r="J17" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>120</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>121</v>
+      </c>
+      <c r="H18" t="s">
+        <v>122</v>
+      </c>
+      <c r="I18" t="s">
+        <v>123</v>
+      </c>
+      <c r="J18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>127</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>128</v>
+      </c>
+      <c r="H19" t="s">
+        <v>129</v>
+      </c>
+      <c r="I19" t="s">
+        <v>130</v>
+      </c>
+      <c r="J19" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>133</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>134</v>
+      </c>
+      <c r="H20" t="s">
+        <v>135</v>
+      </c>
+      <c r="I20" t="s">
+        <v>136</v>
+      </c>
+      <c r="J20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>139</v>
+      </c>
+      <c r="D21" t="s">
+        <v>140</v>
+      </c>
+      <c r="E21" t="s">
+        <v>141</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>142</v>
+      </c>
+      <c r="H21" t="s">
+        <v>143</v>
+      </c>
+      <c r="I21" t="s">
+        <v>139</v>
+      </c>
+      <c r="J21" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" t="s">
+        <v>145</v>
+      </c>
+      <c r="D22" t="s">
+        <v>146</v>
+      </c>
+      <c r="E22" t="s">
+        <v>147</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>148</v>
+      </c>
+      <c r="H22" t="s">
+        <v>149</v>
+      </c>
+      <c r="I22" t="s">
+        <v>145</v>
+      </c>
+      <c r="J22" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>150</v>
+      </c>
+      <c r="C23" t="s">
+        <v>151</v>
+      </c>
+      <c r="D23" t="s">
+        <v>152</v>
+      </c>
+      <c r="E23" t="s">
+        <v>153</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>154</v>
+      </c>
+      <c r="H23" t="s">
+        <v>155</v>
+      </c>
+      <c r="I23" t="s">
+        <v>151</v>
+      </c>
+      <c r="J23" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>47</v>
+      </c>
+      <c r="C24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24" t="s">
+        <v>157</v>
+      </c>
+      <c r="E24" t="s">
+        <v>158</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>159</v>
+      </c>
+      <c r="H24" t="s">
+        <v>160</v>
+      </c>
+      <c r="I24" t="s">
+        <v>48</v>
+      </c>
+      <c r="J24" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>162</v>
+      </c>
+      <c r="D25" t="s">
+        <v>163</v>
+      </c>
+      <c r="E25" t="s">
+        <v>164</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>165</v>
+      </c>
+      <c r="H25" t="s">
+        <v>166</v>
+      </c>
+      <c r="I25" t="s">
+        <v>162</v>
+      </c>
+      <c r="J25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>169</v>
+      </c>
+      <c r="D26" t="s">
+        <v>170</v>
+      </c>
+      <c r="E26" t="s">
+        <v>171</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>172</v>
+      </c>
+      <c r="H26" t="s">
+        <v>173</v>
+      </c>
+      <c r="I26" t="s">
+        <v>169</v>
+      </c>
+      <c r="J26" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>59</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>175</v>
+      </c>
+      <c r="E27" t="s">
+        <v>176</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>177</v>
+      </c>
+      <c r="H27" t="s">
+        <v>178</v>
+      </c>
+      <c r="I27" t="s">
+        <v>12</v>
+      </c>
+      <c r="J27" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>181</v>
+      </c>
+      <c r="D28" t="s">
+        <v>182</v>
+      </c>
+      <c r="E28" t="s">
+        <v>183</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>184</v>
+      </c>
+      <c r="H28" t="s">
+        <v>185</v>
+      </c>
+      <c r="I28" t="s">
+        <v>181</v>
+      </c>
+      <c r="J28" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>187</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>188</v>
+      </c>
+      <c r="E29" t="s">
+        <v>189</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>190</v>
+      </c>
+      <c r="H29" t="s">
+        <v>191</v>
+      </c>
+      <c r="I29" t="s">
+        <v>12</v>
+      </c>
+      <c r="J29" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>192</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>193</v>
+      </c>
+      <c r="E30" t="s">
+        <v>194</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>195</v>
+      </c>
+      <c r="H30" t="s">
+        <v>196</v>
+      </c>
+      <c r="I30" t="s">
+        <v>12</v>
+      </c>
+      <c r="J30" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>198</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>199</v>
+      </c>
+      <c r="E31" t="s">
+        <v>200</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>201</v>
+      </c>
+      <c r="H31" t="s">
+        <v>202</v>
+      </c>
+      <c r="I31" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>204</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>199</v>
+      </c>
+      <c r="E32" t="s">
+        <v>200</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>205</v>
+      </c>
+      <c r="H32" t="s">
+        <v>206</v>
+      </c>
+      <c r="I32" t="s">
+        <v>12</v>
+      </c>
+      <c r="J32" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>199</v>
+      </c>
+      <c r="E33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>209</v>
+      </c>
+      <c r="H33" t="s">
+        <v>210</v>
+      </c>
+      <c r="I33" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>212</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>213</v>
+      </c>
+      <c r="E34" t="s">
+        <v>214</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>215</v>
+      </c>
+      <c r="H34" t="s">
+        <v>216</v>
+      </c>
+      <c r="I34" t="s">
+        <v>12</v>
+      </c>
+      <c r="J34" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>218</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>219</v>
+      </c>
+      <c r="E35" t="s">
+        <v>220</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>221</v>
+      </c>
+      <c r="H35" t="s">
+        <v>222</v>
+      </c>
+      <c r="I35" t="s">
+        <v>12</v>
+      </c>
+      <c r="J35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>224</v>
+      </c>
+      <c r="C36" t="s">
+        <v>225</v>
+      </c>
+      <c r="D36" t="s">
+        <v>213</v>
+      </c>
+      <c r="E36" t="s">
+        <v>226</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>227</v>
+      </c>
+      <c r="H36" t="s">
+        <v>228</v>
+      </c>
+      <c r="I36" t="s">
+        <v>12</v>
+      </c>
+      <c r="J36" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>230</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>231</v>
+      </c>
+      <c r="E37" t="s">
+        <v>232</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>233</v>
+      </c>
+      <c r="H37" t="s">
+        <v>234</v>
+      </c>
+      <c r="I37" t="s">
+        <v>12</v>
+      </c>
+      <c r="J37" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>236</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>237</v>
+      </c>
+      <c r="E38" t="s">
+        <v>238</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>239</v>
+      </c>
+      <c r="H38" t="s">
+        <v>240</v>
+      </c>
+      <c r="I38" t="s">
+        <v>12</v>
+      </c>
+      <c r="J38" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>242</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>243</v>
+      </c>
+      <c r="E39" t="s">
+        <v>244</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>245</v>
+      </c>
+      <c r="H39" t="s">
+        <v>246</v>
+      </c>
+      <c r="I39" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>248</v>
+      </c>
+      <c r="C40" t="s">
+        <v>249</v>
+      </c>
+      <c r="D40" t="s">
+        <v>250</v>
+      </c>
+      <c r="E40" t="s">
+        <v>251</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>252</v>
+      </c>
+      <c r="H40" t="s">
+        <v>253</v>
+      </c>
+      <c r="I40" t="s">
+        <v>12</v>
+      </c>
+      <c r="J40" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>255</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>256</v>
+      </c>
+      <c r="E41" t="s">
+        <v>257</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>258</v>
+      </c>
+      <c r="H41" t="s">
+        <v>259</v>
+      </c>
+      <c r="I41" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>261</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>262</v>
+      </c>
+      <c r="E42" t="s">
+        <v>263</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>264</v>
+      </c>
+      <c r="H42" t="s">
+        <v>265</v>
+      </c>
+      <c r="I42" t="s">
+        <v>12</v>
+      </c>
+      <c r="J42" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>266</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>267</v>
+      </c>
+      <c r="E43" t="s">
+        <v>268</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>269</v>
+      </c>
+      <c r="H43" t="s">
+        <v>270</v>
+      </c>
+      <c r="I43" t="s">
+        <v>12</v>
+      </c>
+      <c r="J43" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>272</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>273</v>
+      </c>
+      <c r="E44" t="s">
+        <v>273</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>274</v>
+      </c>
+      <c r="H44" t="s">
+        <v>275</v>
+      </c>
+      <c r="I44" t="s">
+        <v>12</v>
+      </c>
+      <c r="J44" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>272</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>277</v>
+      </c>
+      <c r="E45" t="s">
+        <v>277</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>278</v>
+      </c>
+      <c r="H45" t="s">
+        <v>279</v>
+      </c>
+      <c r="I45" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>281</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>282</v>
+      </c>
+      <c r="E46" t="s">
+        <v>282</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>283</v>
+      </c>
+      <c r="H46" t="s">
+        <v>284</v>
+      </c>
+      <c r="I46" t="s">
+        <v>12</v>
+      </c>
+      <c r="J46" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>285</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>286</v>
+      </c>
+      <c r="E47" t="s">
+        <v>286</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>287</v>
+      </c>
+      <c r="H47" t="s">
+        <v>288</v>
+      </c>
+      <c r="I47" t="s">
+        <v>12</v>
+      </c>
+      <c r="J47" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>272</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>290</v>
+      </c>
+      <c r="E48" t="s">
+        <v>290</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>291</v>
+      </c>
+      <c r="H48" t="s">
+        <v>292</v>
+      </c>
+      <c r="I48" t="s">
+        <v>12</v>
+      </c>
+      <c r="J48" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>294</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>290</v>
+      </c>
+      <c r="E49" t="s">
+        <v>290</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>295</v>
+      </c>
+      <c r="H49" t="s">
+        <v>296</v>
+      </c>
+      <c r="I49" t="s">
+        <v>12</v>
+      </c>
+      <c r="J49" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>297</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>298</v>
+      </c>
+      <c r="E50" t="s">
+        <v>298</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>299</v>
+      </c>
+      <c r="H50" t="s">
+        <v>300</v>
+      </c>
+      <c r="I50" t="s">
+        <v>12</v>
+      </c>
+      <c r="J50" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>302</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>303</v>
+      </c>
+      <c r="E51" t="s">
+        <v>303</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>304</v>
+      </c>
+      <c r="H51" t="s">
+        <v>305</v>
+      </c>
+      <c r="I51" t="s">
+        <v>12</v>
+      </c>
+      <c r="J51" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>307</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>308</v>
+      </c>
+      <c r="E52" t="s">
+        <v>308</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>309</v>
+      </c>
+      <c r="H52" t="s">
+        <v>310</v>
+      </c>
+      <c r="I52" t="s">
+        <v>12</v>
+      </c>
+      <c r="J52" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>312</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>313</v>
+      </c>
+      <c r="E53" t="s">
+        <v>313</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>314</v>
+      </c>
+      <c r="H53" t="s">
+        <v>315</v>
+      </c>
+      <c r="I53" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>255</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>267</v>
+      </c>
+      <c r="E54" t="s">
+        <v>267</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>317</v>
+      </c>
+      <c r="H54" t="s">
+        <v>318</v>
+      </c>
+      <c r="I54" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" t="s">
+        <v>260</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>659</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>661</v>
+      </c>
+      <c r="B2" t="s">
+        <v>662</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>663</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>664</v>
+      </c>
+      <c r="H2" t="s">
+        <v>665</v>
+      </c>
+      <c r="I2" t="s">
+        <v>666</v>
+      </c>
+      <c r="J2" t="s">
+        <v>667</v>
+      </c>
+      <c r="K2" t="s">
+        <v>668</v>
+      </c>
+      <c r="L2" t="s">
+        <v>669</v>
+      </c>
+      <c r="M2" t="s">
+        <v>670</v>
+      </c>
+      <c r="N2" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>661</v>
+      </c>
+      <c r="B3" t="s">
+        <v>672</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>673</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>674</v>
+      </c>
+      <c r="H3" t="s">
+        <v>675</v>
+      </c>
+      <c r="I3" t="s">
+        <v>676</v>
+      </c>
+      <c r="J3" t="s">
+        <v>667</v>
+      </c>
+      <c r="K3" t="s">
+        <v>677</v>
+      </c>
+      <c r="L3" t="s">
+        <v>678</v>
+      </c>
+      <c r="M3" t="s">
+        <v>679</v>
+      </c>
+      <c r="N3" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>661</v>
+      </c>
+      <c r="B4" t="s">
+        <v>681</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>682</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>683</v>
+      </c>
+      <c r="H4" t="s">
+        <v>684</v>
+      </c>
+      <c r="I4" t="s">
+        <v>685</v>
+      </c>
+      <c r="J4" t="s">
+        <v>686</v>
+      </c>
+      <c r="K4" t="s">
+        <v>687</v>
+      </c>
+      <c r="L4" t="s">
+        <v>688</v>
+      </c>
+      <c r="M4" t="s">
+        <v>689</v>
+      </c>
+      <c r="N4" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>661</v>
+      </c>
+      <c r="B5" t="s">
+        <v>691</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>692</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H5" t="s">
+        <v>694</v>
+      </c>
+      <c r="I5" t="s">
+        <v>695</v>
+      </c>
+      <c r="J5" t="s">
+        <v>696</v>
+      </c>
+      <c r="K5" t="s">
+        <v>697</v>
+      </c>
+      <c r="L5" t="s">
+        <v>698</v>
+      </c>
+      <c r="M5" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>661</v>
+      </c>
+      <c r="B6" t="s">
+        <v>700</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>701</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>702</v>
+      </c>
+      <c r="H6" t="s">
+        <v>703</v>
+      </c>
+      <c r="I6" t="s">
+        <v>704</v>
+      </c>
+      <c r="J6" t="s">
+        <v>705</v>
+      </c>
+      <c r="K6" t="s">
+        <v>706</v>
+      </c>
+      <c r="L6" t="s">
+        <v>707</v>
+      </c>
+      <c r="M6" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>661</v>
+      </c>
+      <c r="B7" t="s">
+        <v>709</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>710</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>711</v>
+      </c>
+      <c r="H7" t="s">
+        <v>712</v>
+      </c>
+      <c r="I7" t="s">
+        <v>713</v>
+      </c>
+      <c r="J7" t="s">
+        <v>714</v>
+      </c>
+      <c r="K7" t="s">
+        <v>715</v>
+      </c>
+      <c r="L7" t="s">
+        <v>716</v>
+      </c>
+      <c r="M7" t="s">
+        <v>717</v>
+      </c>
+      <c r="N7" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>661</v>
+      </c>
+      <c r="B8" t="s">
+        <v>719</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>720</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>721</v>
+      </c>
+      <c r="H8" t="s">
+        <v>722</v>
+      </c>
+      <c r="I8" t="s">
+        <v>723</v>
+      </c>
+      <c r="J8" t="s">
+        <v>724</v>
+      </c>
+      <c r="K8" t="s">
+        <v>725</v>
+      </c>
+      <c r="L8" t="s">
+        <v>726</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>727</v>
+      </c>
+      <c r="B2" t="s">
+        <v>728</v>
+      </c>
+      <c r="C2" t="s">
+        <v>729</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>730</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>731</v>
+      </c>
+      <c r="H2" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>727</v>
+      </c>
+      <c r="B3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C3" t="s">
+        <v>734</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>735</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>736</v>
+      </c>
+      <c r="H3" t="s">
+        <v>737</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>319</v>
+      </c>
+      <c r="B2" t="s">
+        <v>320</v>
+      </c>
+      <c r="C2" t="s">
+        <v>321</v>
+      </c>
+      <c r="D2" t="s">
+        <v>322</v>
+      </c>
+      <c r="E2" t="s">
+        <v>323</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>324</v>
+      </c>
+      <c r="H2" t="s">
+        <v>325</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>326</v>
+      </c>
+      <c r="B2" t="s">
+        <v>327</v>
+      </c>
+      <c r="C2" t="s">
+        <v>328</v>
+      </c>
+      <c r="D2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>331</v>
+      </c>
+      <c r="H2" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C3" t="s">
+        <v>334</v>
+      </c>
+      <c r="D3" t="s">
+        <v>335</v>
+      </c>
+      <c r="E3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>337</v>
+      </c>
+      <c r="H3" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>326</v>
+      </c>
+      <c r="B4" t="s">
+        <v>339</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>340</v>
+      </c>
+      <c r="E4" t="s">
+        <v>341</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>342</v>
+      </c>
+      <c r="H4" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>326</v>
+      </c>
+      <c r="B5" t="s">
+        <v>344</v>
+      </c>
+      <c r="C5" t="s">
+        <v>345</v>
+      </c>
+      <c r="D5" t="s">
+        <v>346</v>
+      </c>
+      <c r="E5" t="s">
+        <v>347</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>348</v>
+      </c>
+      <c r="H5" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>326</v>
+      </c>
+      <c r="B6" t="s">
+        <v>350</v>
+      </c>
+      <c r="C6" t="s">
+        <v>351</v>
+      </c>
+      <c r="D6" t="s">
+        <v>352</v>
+      </c>
+      <c r="E6" t="s">
+        <v>353</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>354</v>
+      </c>
+      <c r="H6" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>326</v>
+      </c>
+      <c r="B7" t="s">
+        <v>356</v>
+      </c>
+      <c r="C7" t="s">
+        <v>357</v>
+      </c>
+      <c r="D7" t="s">
+        <v>358</v>
+      </c>
+      <c r="E7" t="s">
+        <v>359</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>360</v>
+      </c>
+      <c r="H7" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>326</v>
+      </c>
+      <c r="B8" t="s">
+        <v>362</v>
+      </c>
+      <c r="C8" t="s">
+        <v>363</v>
+      </c>
+      <c r="D8" t="s">
+        <v>364</v>
+      </c>
+      <c r="E8" t="s">
+        <v>365</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>366</v>
+      </c>
+      <c r="H8" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>326</v>
+      </c>
+      <c r="B9" t="s">
+        <v>368</v>
+      </c>
+      <c r="C9" t="s">
+        <v>369</v>
+      </c>
+      <c r="D9" t="s">
+        <v>370</v>
+      </c>
+      <c r="E9" t="s">
+        <v>371</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>372</v>
+      </c>
+      <c r="H9" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>326</v>
+      </c>
+      <c r="B10" t="s">
+        <v>374</v>
+      </c>
+      <c r="C10" t="s">
+        <v>375</v>
+      </c>
+      <c r="D10" t="s">
+        <v>376</v>
+      </c>
+      <c r="E10" t="s">
+        <v>377</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>378</v>
+      </c>
+      <c r="H10" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>326</v>
+      </c>
+      <c r="B11" t="s">
+        <v>380</v>
+      </c>
+      <c r="C11" t="s">
+        <v>381</v>
+      </c>
+      <c r="D11" t="s">
+        <v>382</v>
+      </c>
+      <c r="E11" t="s">
+        <v>383</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>384</v>
+      </c>
+      <c r="H11" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>326</v>
+      </c>
+      <c r="B12" t="s">
+        <v>386</v>
+      </c>
+      <c r="C12" t="s">
+        <v>387</v>
+      </c>
+      <c r="D12" t="s">
+        <v>388</v>
+      </c>
+      <c r="E12" t="s">
+        <v>389</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>390</v>
+      </c>
+      <c r="H12" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>326</v>
+      </c>
+      <c r="B13" t="s">
+        <v>392</v>
+      </c>
+      <c r="C13" t="s">
+        <v>393</v>
+      </c>
+      <c r="D13" t="s">
+        <v>394</v>
+      </c>
+      <c r="E13" t="s">
+        <v>395</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>396</v>
+      </c>
+      <c r="H13" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>326</v>
+      </c>
+      <c r="B14" t="s">
+        <v>398</v>
+      </c>
+      <c r="C14" t="s">
+        <v>399</v>
+      </c>
+      <c r="D14" t="s">
+        <v>400</v>
+      </c>
+      <c r="E14" t="s">
+        <v>401</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>402</v>
+      </c>
+      <c r="H14" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>326</v>
+      </c>
+      <c r="B15" t="s">
+        <v>404</v>
+      </c>
+      <c r="C15" t="s">
+        <v>405</v>
+      </c>
+      <c r="D15" t="s">
+        <v>406</v>
+      </c>
+      <c r="E15" t="s">
+        <v>407</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>408</v>
+      </c>
+      <c r="H15" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>326</v>
+      </c>
+      <c r="B16" t="s">
+        <v>410</v>
+      </c>
+      <c r="C16" t="s">
+        <v>411</v>
+      </c>
+      <c r="D16" t="s">
+        <v>412</v>
+      </c>
+      <c r="E16" t="s">
+        <v>413</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>414</v>
+      </c>
+      <c r="H16" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>326</v>
+      </c>
+      <c r="B17" t="s">
+        <v>416</v>
+      </c>
+      <c r="C17" t="s">
+        <v>417</v>
+      </c>
+      <c r="D17" t="s">
+        <v>418</v>
+      </c>
+      <c r="E17" t="s">
+        <v>419</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>420</v>
+      </c>
+      <c r="H17" t="s">
+        <v>421</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>422</v>
+      </c>
+      <c r="B2" t="s">
+        <v>423</v>
+      </c>
+      <c r="C2" t="s">
+        <v>424</v>
+      </c>
+      <c r="D2" t="s">
+        <v>425</v>
+      </c>
+      <c r="E2" t="s">
+        <v>426</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>427</v>
+      </c>
+      <c r="H2" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C3" t="s">
+        <v>430</v>
+      </c>
+      <c r="D3" t="s">
+        <v>431</v>
+      </c>
+      <c r="E3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>433</v>
+      </c>
+      <c r="H3" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>422</v>
+      </c>
+      <c r="B4" t="s">
+        <v>435</v>
+      </c>
+      <c r="C4" t="s">
+        <v>436</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>437</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>438</v>
+      </c>
+      <c r="H4" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>422</v>
+      </c>
+      <c r="B5" t="s">
+        <v>440</v>
+      </c>
+      <c r="C5" t="s">
+        <v>441</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>442</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>443</v>
+      </c>
+      <c r="H5" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>422</v>
+      </c>
+      <c r="B6" t="s">
+        <v>445</v>
+      </c>
+      <c r="C6" t="s">
+        <v>446</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>447</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>448</v>
+      </c>
+      <c r="H6" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>422</v>
+      </c>
+      <c r="B7" t="s">
+        <v>450</v>
+      </c>
+      <c r="C7" t="s">
+        <v>451</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>452</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>453</v>
+      </c>
+      <c r="H7" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>422</v>
+      </c>
+      <c r="B8" t="s">
+        <v>455</v>
+      </c>
+      <c r="C8" t="s">
+        <v>456</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>457</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>458</v>
+      </c>
+      <c r="H8" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>422</v>
+      </c>
+      <c r="B9" t="s">
+        <v>460</v>
+      </c>
+      <c r="C9" t="s">
+        <v>461</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>462</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>463</v>
+      </c>
+      <c r="H9" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>422</v>
+      </c>
+      <c r="B10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C10" t="s">
+        <v>466</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>467</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>468</v>
+      </c>
+      <c r="H10" t="s">
+        <v>469</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>470</v>
+      </c>
+      <c r="B2" t="s">
+        <v>471</v>
+      </c>
+      <c r="C2" t="s">
+        <v>472</v>
+      </c>
+      <c r="D2" t="s">
+        <v>473</v>
+      </c>
+      <c r="E2" t="s">
+        <v>474</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>475</v>
+      </c>
+      <c r="H2" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>470</v>
+      </c>
+      <c r="B3" t="s">
+        <v>477</v>
+      </c>
+      <c r="C3" t="s">
+        <v>478</v>
+      </c>
+      <c r="D3" t="s">
+        <v>479</v>
+      </c>
+      <c r="E3" t="s">
+        <v>480</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>481</v>
+      </c>
+      <c r="H3" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B4" t="s">
+        <v>483</v>
+      </c>
+      <c r="C4" t="s">
+        <v>484</v>
+      </c>
+      <c r="D4" t="s">
+        <v>485</v>
+      </c>
+      <c r="E4" t="s">
+        <v>486</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>487</v>
+      </c>
+      <c r="H4" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>470</v>
+      </c>
+      <c r="B5" t="s">
+        <v>489</v>
+      </c>
+      <c r="C5" t="s">
+        <v>490</v>
+      </c>
+      <c r="D5" t="s">
+        <v>491</v>
+      </c>
+      <c r="E5" t="s">
+        <v>492</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>493</v>
+      </c>
+      <c r="H5" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>470</v>
+      </c>
+      <c r="B6" t="s">
+        <v>495</v>
+      </c>
+      <c r="C6" t="s">
+        <v>496</v>
+      </c>
+      <c r="D6" t="s">
+        <v>199</v>
+      </c>
+      <c r="E6" t="s">
+        <v>497</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>498</v>
+      </c>
+      <c r="H6" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>470</v>
+      </c>
+      <c r="B7" t="s">
+        <v>500</v>
+      </c>
+      <c r="C7" t="s">
+        <v>501</v>
+      </c>
+      <c r="D7" t="s">
+        <v>502</v>
+      </c>
+      <c r="E7" t="s">
+        <v>503</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>504</v>
+      </c>
+      <c r="H7" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>470</v>
+      </c>
+      <c r="B8" t="s">
+        <v>506</v>
+      </c>
+      <c r="C8" t="s">
+        <v>507</v>
+      </c>
+      <c r="D8" t="s">
+        <v>508</v>
+      </c>
+      <c r="E8" t="s">
+        <v>509</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>510</v>
+      </c>
+      <c r="H8" t="s">
+        <v>511</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>513</v>
+      </c>
+      <c r="B2" t="s">
+        <v>514</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>515</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>516</v>
+      </c>
+      <c r="H2" t="s">
+        <v>517</v>
+      </c>
+      <c r="I2" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>513</v>
+      </c>
+      <c r="B3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>521</v>
+      </c>
+      <c r="H3" t="s">
+        <v>522</v>
+      </c>
+      <c r="I3" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>513</v>
+      </c>
+      <c r="B4" t="s">
+        <v>523</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>524</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>525</v>
+      </c>
+      <c r="H4" t="s">
+        <v>526</v>
+      </c>
+      <c r="I4" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>513</v>
+      </c>
+      <c r="B5" t="s">
+        <v>527</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>528</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>529</v>
+      </c>
+      <c r="H5" t="s">
+        <v>530</v>
+      </c>
+      <c r="I5" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>513</v>
+      </c>
+      <c r="B6" t="s">
+        <v>531</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>532</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>533</v>
+      </c>
+      <c r="H6" t="s">
+        <v>534</v>
+      </c>
+      <c r="I6" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>513</v>
+      </c>
+      <c r="B7" t="s">
+        <v>535</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>536</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>537</v>
+      </c>
+      <c r="H7" t="s">
+        <v>538</v>
+      </c>
+      <c r="I7" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>513</v>
+      </c>
+      <c r="B8" t="s">
+        <v>539</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>540</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>541</v>
+      </c>
+      <c r="H8" t="s">
+        <v>542</v>
+      </c>
+      <c r="I8" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>513</v>
+      </c>
+      <c r="B9" t="s">
+        <v>543</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>544</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>545</v>
+      </c>
+      <c r="H9" t="s">
+        <v>546</v>
+      </c>
+      <c r="I9" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>513</v>
+      </c>
+      <c r="B10" t="s">
+        <v>547</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>548</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>549</v>
+      </c>
+      <c r="H10" t="s">
+        <v>550</v>
+      </c>
+      <c r="I10" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>513</v>
+      </c>
+      <c r="B11" t="s">
+        <v>551</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>552</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>553</v>
+      </c>
+      <c r="H11" t="s">
+        <v>554</v>
+      </c>
+      <c r="I11" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>513</v>
+      </c>
+      <c r="B12" t="s">
+        <v>555</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>556</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>557</v>
+      </c>
+      <c r="H12" t="s">
+        <v>558</v>
+      </c>
+      <c r="I12" t="s">
+        <v>518</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>559</v>
+      </c>
+      <c r="B2" t="s">
+        <v>560</v>
+      </c>
+      <c r="C2" t="s">
+        <v>561</v>
+      </c>
+      <c r="D2" t="s">
+        <v>562</v>
+      </c>
+      <c r="E2" t="s">
+        <v>563</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>564</v>
+      </c>
+      <c r="H2" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>559</v>
+      </c>
+      <c r="B3" t="s">
+        <v>566</v>
+      </c>
+      <c r="C3" t="s">
+        <v>567</v>
+      </c>
+      <c r="D3" t="s">
+        <v>568</v>
+      </c>
+      <c r="E3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>570</v>
+      </c>
+      <c r="H3" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>559</v>
+      </c>
+      <c r="B4" t="s">
+        <v>572</v>
+      </c>
+      <c r="C4" t="s">
+        <v>573</v>
+      </c>
+      <c r="D4" t="s">
+        <v>574</v>
+      </c>
+      <c r="E4" t="s">
+        <v>575</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>576</v>
+      </c>
+      <c r="H4" t="s">
+        <v>577</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>578</v>
+      </c>
+      <c r="B2" t="s">
+        <v>579</v>
+      </c>
+      <c r="C2" t="s">
+        <v>580</v>
+      </c>
+      <c r="D2" t="s">
+        <v>581</v>
+      </c>
+      <c r="E2" t="s">
+        <v>582</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>583</v>
+      </c>
+      <c r="H2" t="s">
+        <v>584</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>585</v>
+      </c>
+      <c r="B2" t="s">
+        <v>586</v>
+      </c>
+      <c r="C2" t="s">
+        <v>587</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>588</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>589</v>
+      </c>
+      <c r="H2" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>585</v>
+      </c>
+      <c r="B3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C3" t="s">
+        <v>592</v>
+      </c>
+      <c r="D3" t="s">
+        <v>593</v>
+      </c>
+      <c r="E3" t="s">
+        <v>594</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>595</v>
+      </c>
+      <c r="H3" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>585</v>
+      </c>
+      <c r="B4" t="s">
+        <v>597</v>
+      </c>
+      <c r="C4" t="s">
+        <v>598</v>
+      </c>
+      <c r="D4" t="s">
+        <v>599</v>
+      </c>
+      <c r="E4" t="s">
+        <v>600</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>601</v>
+      </c>
+      <c r="H4" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>585</v>
+      </c>
+      <c r="B5" t="s">
+        <v>603</v>
+      </c>
+      <c r="C5" t="s">
+        <v>604</v>
+      </c>
+      <c r="D5" t="s">
+        <v>605</v>
+      </c>
+      <c r="E5" t="s">
+        <v>606</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>607</v>
+      </c>
+      <c r="H5" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>585</v>
+      </c>
+      <c r="B6" t="s">
+        <v>609</v>
+      </c>
+      <c r="C6" t="s">
+        <v>610</v>
+      </c>
+      <c r="D6" t="s">
+        <v>611</v>
+      </c>
+      <c r="E6" t="s">
+        <v>612</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>613</v>
+      </c>
+      <c r="H6" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>585</v>
+      </c>
+      <c r="B7" t="s">
+        <v>615</v>
+      </c>
+      <c r="C7" t="s">
+        <v>616</v>
+      </c>
+      <c r="D7" t="s">
+        <v>617</v>
+      </c>
+      <c r="E7" t="s">
+        <v>618</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>619</v>
+      </c>
+      <c r="H7" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>585</v>
+      </c>
+      <c r="B8" t="s">
+        <v>621</v>
+      </c>
+      <c r="C8" t="s">
+        <v>622</v>
+      </c>
+      <c r="D8" t="s">
+        <v>617</v>
+      </c>
+      <c r="E8" t="s">
+        <v>623</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>624</v>
+      </c>
+      <c r="H8" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>585</v>
+      </c>
+      <c r="B9" t="s">
+        <v>626</v>
+      </c>
+      <c r="C9" t="s">
+        <v>627</v>
+      </c>
+      <c r="D9" t="s">
+        <v>617</v>
+      </c>
+      <c r="E9" t="s">
+        <v>628</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>629</v>
+      </c>
+      <c r="H9" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>585</v>
+      </c>
+      <c r="B10" t="s">
+        <v>631</v>
+      </c>
+      <c r="C10" t="s">
+        <v>632</v>
+      </c>
+      <c r="D10" t="s">
+        <v>633</v>
+      </c>
+      <c r="E10" t="s">
+        <v>634</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>635</v>
+      </c>
+      <c r="H10" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>585</v>
+      </c>
+      <c r="B11" t="s">
+        <v>637</v>
+      </c>
+      <c r="C11" t="s">
+        <v>638</v>
+      </c>
+      <c r="D11" t="s">
+        <v>639</v>
+      </c>
+      <c r="E11" t="s">
+        <v>640</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>641</v>
+      </c>
+      <c r="H11" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>585</v>
+      </c>
+      <c r="B12" t="s">
+        <v>643</v>
+      </c>
+      <c r="C12" t="s">
+        <v>644</v>
+      </c>
+      <c r="D12" t="s">
+        <v>639</v>
+      </c>
+      <c r="E12" t="s">
+        <v>640</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>645</v>
+      </c>
+      <c r="H12" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>585</v>
+      </c>
+      <c r="B13" t="s">
+        <v>647</v>
+      </c>
+      <c r="C13" t="s">
+        <v>648</v>
+      </c>
+      <c r="D13" t="s">
+        <v>649</v>
+      </c>
+      <c r="E13" t="s">
+        <v>650</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>651</v>
+      </c>
+      <c r="H13" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>585</v>
+      </c>
+      <c r="B14" t="s">
+        <v>653</v>
+      </c>
+      <c r="C14" t="s">
+        <v>654</v>
+      </c>
+      <c r="D14" t="s">
+        <v>655</v>
+      </c>
+      <c r="E14" t="s">
+        <v>656</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>657</v>
+      </c>
+      <c r="H14" t="s">
+        <v>658</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>