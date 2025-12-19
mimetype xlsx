--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -12,78 +12,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1233" uniqueCount="738">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1249" uniqueCount="748">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1019,50 +1019,224 @@
   <si>
     <t>c_398739</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
   </si>
   <si>
     <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
   </si>
   <si>
     <t>04/06/2008 00:00:00</t>
   </si>
   <si>
     <t>26/03/2009 11:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_759760</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Protéinose Alvéolaire Pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3762176</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
   </si>
   <si>
     <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
   </si>
   <si>
     <t>12/06/2025 00:00:00</t>
   </si>
   <si>
     <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
   </si>
   <si>
     <t>p_3342082</t>
   </si>
   <si>
     <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
   </si>
   <si>
     <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
@@ -1307,194 +1481,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
   </si>
   <si>
     <t>c_272224</t>
   </si>
   <si>
     <t>Vaccination contre le virus de l’hépatite B</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est d'apporter des réponses aux questions suivantes : # 1. Intérêt de santé publique de la vaccination contre le VHB# 2. Évaluation du rapport bénéfices/risques de la vaccination contre le VHB# 3. Populations cibles de la vaccination contre le VHB# 4. Modalités de mise en œuvre de la vaccination contre le VHB# Les recommandations du jury abordent les points suivants :# 1. Données d'incidence et de prévalence de l'infection par le VHB en France# 2. Efficacité de la vaccination contre le VHB# 3. Évaluation des effets secondaires potentiels de la vaccination contre le VHB# 4. Stratégies et actions (stratégies de vaccination et d'information)#</t>
   </si>
   <si>
     <t>02/10/2003 00:00:00</t>
   </si>
   <si>
     <t>02/10/2003 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272257/fr/vaccination-contre-le-virus-de-l-hepatite-b</t>
   </si>
   <si>
     <t>c_272257</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...142 lines deleted...]
-  <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
   </si>
   <si>
     <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
   </si>
   <si>
     <t>11/07/2017 00:00:00</t>
   </si>
   <si>
     <t>09/10/2017 10:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
   </si>
   <si>
     <t>c_2641074</t>
   </si>
   <si>
     <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
   </si>
   <si>
     <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
@@ -1817,51 +1847,51 @@
   <si>
     <t>p_3221567</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
   </si>
   <si>
     <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>28/01/2025 10:58:00</t>
   </si>
@@ -4077,445 +4107,445 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B2" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="H2" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="I2" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="J2" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="K2" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="L2" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="M2" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="N2" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B3" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="H3" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="I3" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="J3" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="K3" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="L3" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="M3" t="s">
-        <v>679</v>
+        <v>689</v>
       </c>
       <c r="N3" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B4" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
       <c r="H4" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="I4" t="s">
-        <v>685</v>
+        <v>695</v>
       </c>
       <c r="J4" t="s">
-        <v>686</v>
+        <v>696</v>
       </c>
       <c r="K4" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="L4" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="M4" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="N4" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B5" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="H5" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="I5" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="J5" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="K5" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="L5" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="M5" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B6" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="H6" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="I6" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="J6" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="K6" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="L6" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="M6" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B7" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="H7" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="I7" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="J7" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="K7" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="L7" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="M7" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="N7" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B8" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="H8" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="I8" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="J8" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="K8" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="L8" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="B2" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="C2" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="H2" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="B3" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="C3" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="H3" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4548,1911 +4578,1963 @@
       </c>
       <c r="D2" t="s">
         <v>322</v>
       </c>
       <c r="E2" t="s">
         <v>323</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>324</v>
       </c>
       <c r="H2" t="s">
         <v>325</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>326</v>
+      </c>
+      <c r="B2" t="s">
+        <v>327</v>
+      </c>
+      <c r="C2" t="s">
+        <v>328</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>330</v>
+      </c>
+      <c r="H2" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C3" t="s">
+        <v>333</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>335</v>
+      </c>
+      <c r="H3" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>326</v>
+      </c>
+      <c r="B4" t="s">
+        <v>337</v>
+      </c>
+      <c r="C4" t="s">
+        <v>338</v>
+      </c>
+      <c r="D4" t="s">
+        <v>339</v>
+      </c>
+      <c r="E4" t="s">
+        <v>340</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>341</v>
+      </c>
+      <c r="H4" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>326</v>
+      </c>
+      <c r="B5" t="s">
+        <v>343</v>
+      </c>
+      <c r="C5" t="s">
+        <v>344</v>
+      </c>
+      <c r="D5" t="s">
+        <v>345</v>
+      </c>
+      <c r="E5" t="s">
+        <v>346</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>347</v>
+      </c>
+      <c r="H5" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>326</v>
+      </c>
+      <c r="B6" t="s">
+        <v>349</v>
+      </c>
+      <c r="C6" t="s">
+        <v>350</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>351</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>352</v>
+      </c>
+      <c r="H6" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>326</v>
+      </c>
+      <c r="B7" t="s">
+        <v>354</v>
+      </c>
+      <c r="C7" t="s">
+        <v>355</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>356</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>357</v>
+      </c>
+      <c r="H7" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>326</v>
+      </c>
+      <c r="B8" t="s">
+        <v>359</v>
+      </c>
+      <c r="C8" t="s">
+        <v>360</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>361</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>362</v>
+      </c>
+      <c r="H8" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>326</v>
+      </c>
+      <c r="B9" t="s">
+        <v>364</v>
+      </c>
+      <c r="C9" t="s">
+        <v>365</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>366</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>367</v>
+      </c>
+      <c r="H9" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>326</v>
+      </c>
+      <c r="B10" t="s">
+        <v>369</v>
+      </c>
+      <c r="C10" t="s">
+        <v>370</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>371</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>372</v>
+      </c>
+      <c r="H10" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>326</v>
+      </c>
+      <c r="B11" t="s">
+        <v>374</v>
+      </c>
+      <c r="C11" t="s">
+        <v>375</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>376</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>377</v>
+      </c>
+      <c r="H11" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>326</v>
+      </c>
+      <c r="B12" t="s">
+        <v>379</v>
+      </c>
+      <c r="C12" t="s">
+        <v>380</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>381</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>382</v>
+      </c>
+      <c r="H12" t="s">
+        <v>383</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B2" t="s">
-        <v>327</v>
+        <v>385</v>
       </c>
       <c r="C2" t="s">
-        <v>328</v>
+        <v>386</v>
       </c>
       <c r="D2" t="s">
-        <v>329</v>
+        <v>387</v>
       </c>
       <c r="E2" t="s">
-        <v>330</v>
+        <v>388</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>331</v>
+        <v>389</v>
       </c>
       <c r="H2" t="s">
-        <v>332</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B3" t="s">
-        <v>333</v>
+        <v>391</v>
       </c>
       <c r="C3" t="s">
-        <v>334</v>
+        <v>392</v>
       </c>
       <c r="D3" t="s">
-        <v>335</v>
+        <v>393</v>
       </c>
       <c r="E3" t="s">
-        <v>336</v>
+        <v>394</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>337</v>
+        <v>395</v>
       </c>
       <c r="H3" t="s">
-        <v>338</v>
+        <v>396</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B4" t="s">
-        <v>339</v>
+        <v>397</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>340</v>
+        <v>398</v>
       </c>
       <c r="E4" t="s">
-        <v>341</v>
+        <v>399</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>342</v>
+        <v>400</v>
       </c>
       <c r="H4" t="s">
-        <v>343</v>
+        <v>401</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B5" t="s">
-        <v>344</v>
+        <v>402</v>
       </c>
       <c r="C5" t="s">
-        <v>345</v>
+        <v>403</v>
       </c>
       <c r="D5" t="s">
-        <v>346</v>
+        <v>404</v>
       </c>
       <c r="E5" t="s">
-        <v>347</v>
+        <v>405</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>348</v>
+        <v>406</v>
       </c>
       <c r="H5" t="s">
-        <v>349</v>
+        <v>407</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B6" t="s">
-        <v>350</v>
+        <v>408</v>
       </c>
       <c r="C6" t="s">
-        <v>351</v>
+        <v>409</v>
       </c>
       <c r="D6" t="s">
-        <v>352</v>
+        <v>410</v>
       </c>
       <c r="E6" t="s">
-        <v>353</v>
+        <v>411</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>354</v>
+        <v>412</v>
       </c>
       <c r="H6" t="s">
-        <v>355</v>
+        <v>413</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B7" t="s">
-        <v>356</v>
+        <v>414</v>
       </c>
       <c r="C7" t="s">
-        <v>357</v>
+        <v>415</v>
       </c>
       <c r="D7" t="s">
-        <v>358</v>
+        <v>416</v>
       </c>
       <c r="E7" t="s">
-        <v>359</v>
+        <v>417</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>360</v>
+        <v>418</v>
       </c>
       <c r="H7" t="s">
-        <v>361</v>
+        <v>419</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B8" t="s">
-        <v>362</v>
+        <v>420</v>
       </c>
       <c r="C8" t="s">
-        <v>363</v>
+        <v>421</v>
       </c>
       <c r="D8" t="s">
-        <v>364</v>
+        <v>422</v>
       </c>
       <c r="E8" t="s">
-        <v>365</v>
+        <v>423</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>366</v>
+        <v>424</v>
       </c>
       <c r="H8" t="s">
-        <v>367</v>
+        <v>425</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B9" t="s">
-        <v>368</v>
+        <v>426</v>
       </c>
       <c r="C9" t="s">
-        <v>369</v>
+        <v>427</v>
       </c>
       <c r="D9" t="s">
-        <v>370</v>
+        <v>428</v>
       </c>
       <c r="E9" t="s">
-        <v>371</v>
+        <v>429</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>372</v>
+        <v>430</v>
       </c>
       <c r="H9" t="s">
-        <v>373</v>
+        <v>431</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B10" t="s">
-        <v>374</v>
+        <v>432</v>
       </c>
       <c r="C10" t="s">
-        <v>375</v>
+        <v>433</v>
       </c>
       <c r="D10" t="s">
-        <v>376</v>
+        <v>434</v>
       </c>
       <c r="E10" t="s">
-        <v>377</v>
+        <v>435</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>378</v>
+        <v>436</v>
       </c>
       <c r="H10" t="s">
-        <v>379</v>
+        <v>437</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B11" t="s">
-        <v>380</v>
+        <v>438</v>
       </c>
       <c r="C11" t="s">
-        <v>381</v>
+        <v>439</v>
       </c>
       <c r="D11" t="s">
-        <v>382</v>
+        <v>440</v>
       </c>
       <c r="E11" t="s">
-        <v>383</v>
+        <v>441</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>384</v>
+        <v>442</v>
       </c>
       <c r="H11" t="s">
-        <v>385</v>
+        <v>443</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B12" t="s">
-        <v>386</v>
+        <v>444</v>
       </c>
       <c r="C12" t="s">
-        <v>387</v>
+        <v>445</v>
       </c>
       <c r="D12" t="s">
-        <v>388</v>
+        <v>446</v>
       </c>
       <c r="E12" t="s">
-        <v>389</v>
+        <v>447</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>390</v>
+        <v>448</v>
       </c>
       <c r="H12" t="s">
-        <v>391</v>
+        <v>449</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B13" t="s">
-        <v>392</v>
+        <v>450</v>
       </c>
       <c r="C13" t="s">
-        <v>393</v>
+        <v>451</v>
       </c>
       <c r="D13" t="s">
-        <v>394</v>
+        <v>452</v>
       </c>
       <c r="E13" t="s">
-        <v>395</v>
+        <v>453</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>396</v>
+        <v>454</v>
       </c>
       <c r="H13" t="s">
-        <v>397</v>
+        <v>455</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B14" t="s">
-        <v>398</v>
+        <v>456</v>
       </c>
       <c r="C14" t="s">
-        <v>399</v>
+        <v>457</v>
       </c>
       <c r="D14" t="s">
-        <v>400</v>
+        <v>458</v>
       </c>
       <c r="E14" t="s">
-        <v>401</v>
+        <v>459</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>402</v>
+        <v>460</v>
       </c>
       <c r="H14" t="s">
-        <v>403</v>
+        <v>461</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>462</v>
       </c>
       <c r="C15" t="s">
-        <v>405</v>
+        <v>463</v>
       </c>
       <c r="D15" t="s">
-        <v>406</v>
+        <v>464</v>
       </c>
       <c r="E15" t="s">
-        <v>407</v>
+        <v>465</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>408</v>
+        <v>466</v>
       </c>
       <c r="H15" t="s">
-        <v>409</v>
+        <v>467</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B16" t="s">
-        <v>410</v>
+        <v>468</v>
       </c>
       <c r="C16" t="s">
-        <v>411</v>
+        <v>469</v>
       </c>
       <c r="D16" t="s">
-        <v>412</v>
+        <v>470</v>
       </c>
       <c r="E16" t="s">
-        <v>413</v>
+        <v>471</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>414</v>
+        <v>472</v>
       </c>
       <c r="H16" t="s">
-        <v>415</v>
+        <v>473</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="B17" t="s">
-        <v>416</v>
+        <v>474</v>
       </c>
       <c r="C17" t="s">
-        <v>417</v>
+        <v>475</v>
       </c>
       <c r="D17" t="s">
-        <v>418</v>
+        <v>476</v>
       </c>
       <c r="E17" t="s">
-        <v>419</v>
+        <v>477</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>420</v>
+        <v>478</v>
       </c>
       <c r="H17" t="s">
-        <v>421</v>
-[...273 lines deleted...]
-        <v>469</v>
+        <v>479</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="B2" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="C2" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="D2" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="H2" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="B3" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="C3" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="D3" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="E3" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="H3" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="B4" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="C4" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="D4" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="E4" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="H4" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="B5" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="C5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="D5" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
       <c r="E5" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="H5" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="B6" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="C6" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="D6" t="s">
         <v>199</v>
       </c>
       <c r="E6" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="H6" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="B7" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="C7" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="D7" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="E7" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="H7" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="B8" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
       <c r="C8" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="D8" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="E8" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="H8" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B2" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="H2" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="I2" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B3" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="H3" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="I3" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B4" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="H4" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="I4" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B5" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>538</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>539</v>
+      </c>
+      <c r="H5" t="s">
+        <v>540</v>
+      </c>
+      <c r="I5" t="s">
         <v>528</v>
-      </c>
-[...10 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B6" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="H6" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="I6" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B7" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="H7" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="I7" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B8" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="H8" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="I8" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B9" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="H9" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="I9" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B10" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="H10" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="I10" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B11" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="H11" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="I11" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B12" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="H12" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="I12" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="B2" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="C2" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="D2" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="E2" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="H2" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="B3" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="C3" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="D3" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="E3" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="H3" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="B4" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="C4" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="D4" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="E4" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="H4" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="B2" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="C2" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="D2" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="E2" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="H2" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B2" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="C2" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="H2" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B3" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="C3" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="D3" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="E3" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="H3" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B4" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="C4" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="D4" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="E4" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="H4" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B5" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="C5" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="D5" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="E5" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="H5" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B6" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="C6" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="D6" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="E6" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="H6" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B7" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="C7" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="D7" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="E7" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="H7" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B8" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="C8" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="D8" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="E8" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="H8" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B9" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="C9" t="s">
+        <v>637</v>
+      </c>
+      <c r="D9" t="s">
         <v>627</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="H9" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B10" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="C10" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="D10" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="E10" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="H10" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B11" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="C11" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="D11" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="E11" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="H11" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B12" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="C12" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="D12" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="E12" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="H12" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B13" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="C13" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="D13" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="E13" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="H13" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B14" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="C14" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="D14" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="E14" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="H14" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>