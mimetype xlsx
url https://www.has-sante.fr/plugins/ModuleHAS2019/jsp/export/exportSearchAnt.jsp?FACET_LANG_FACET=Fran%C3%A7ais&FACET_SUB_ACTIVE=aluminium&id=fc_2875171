--- v2 (2025-12-19)
+++ v3 (2026-02-02)
@@ -39,89 +39,110 @@
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1249" uniqueCount="748">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1259" uniqueCount="755">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>LUNARIS ESSENTIAL</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>25/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752619/fr/lunaris-essential</t>
+  </si>
+  <si>
+    <t>p_3752619</t>
+  </si>
+  <si>
+    <t>Pied prothétique avec articulation de cheville</t>
+  </si>
+  <si>
+    <t>AXILES BIONICS BV</t>
+  </si>
+  <si>
     <t>RHEO KNEE XC</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>25/02/2025 00:00:00</t>
   </si>
   <si>
     <t>29/04/2025 16:26:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601854/fr/rheo-knee-xc</t>
   </si>
   <si>
     <t>p_3601854</t>
   </si>
   <si>
     <t>Genou monoaxial, à articulation commandée  par microprocesseur et fluide  magnétorhéologique</t>
   </si>
   <si>
     <t>ÖSSUR FRANCE</t>
   </si>
   <si>
     <t>ROTATEUR 4R57</t>
   </si>
   <si>
     <t>10/09/2024 00:00:00</t>
   </si>
@@ -2333,51 +2354,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J54"/>
+  <dimension ref="A1:J55"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2475,197 +2496,197 @@
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>29</v>
       </c>
       <c r="H4" t="s">
         <v>30</v>
       </c>
       <c r="I4" t="s">
         <v>31</v>
       </c>
       <c r="J4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>35</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>36</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>37</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="J5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I6" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="J6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
       <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
         <v>48</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>49</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>50</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>51</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>52</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>58</v>
+      </c>
+      <c r="H8" t="s">
+        <v>59</v>
+      </c>
+      <c r="I8" t="s">
         <v>55</v>
       </c>
-      <c r="F8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I9" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="J9" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
         <v>66</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>67</v>
       </c>
       <c r="E10" t="s">
         <v>68</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
@@ -2688,176 +2709,176 @@
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>75</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>76</v>
       </c>
       <c r="H11" t="s">
         <v>77</v>
       </c>
       <c r="I11" t="s">
         <v>78</v>
       </c>
       <c r="J11" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J12" t="s">
-        <v>85</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>86</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>87</v>
       </c>
       <c r="E13" t="s">
         <v>88</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>89</v>
       </c>
       <c r="H13" t="s">
         <v>90</v>
       </c>
       <c r="I13" t="s">
         <v>91</v>
       </c>
       <c r="J13" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I14" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="J14" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>101</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15" t="s">
+        <v>103</v>
+      </c>
+      <c r="I15" t="s">
         <v>98</v>
-      </c>
-[...19 lines deleted...]
-        <v>103</v>
       </c>
       <c r="J15" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>105</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>106</v>
       </c>
       <c r="E16" t="s">
         <v>107</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
@@ -2880,3661 +2901,3693 @@
       <c r="B17" t="s">
         <v>112</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>113</v>
       </c>
       <c r="E17" t="s">
         <v>114</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>115</v>
       </c>
       <c r="H17" t="s">
         <v>116</v>
       </c>
       <c r="I17" t="s">
         <v>117</v>
       </c>
       <c r="J17" t="s">
-        <v>58</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J18" t="s">
-        <v>124</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>125</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>126</v>
       </c>
       <c r="E19" t="s">
         <v>127</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>128</v>
       </c>
       <c r="H19" t="s">
         <v>129</v>
       </c>
       <c r="I19" t="s">
         <v>130</v>
       </c>
       <c r="J19" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H20" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J20" t="s">
-        <v>137</v>
+        <v>104</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>138</v>
       </c>
       <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
         <v>139</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>140</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
         <v>141</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>142</v>
       </c>
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="J21" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>118</v>
+        <v>145</v>
       </c>
       <c r="C22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" t="s">
+        <v>148</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H22" t="s">
+        <v>150</v>
+      </c>
+      <c r="I22" t="s">
         <v>146</v>
       </c>
-      <c r="E22" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>150</v>
+        <v>125</v>
       </c>
       <c r="C23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D23" t="s">
+        <v>153</v>
+      </c>
+      <c r="E23" t="s">
+        <v>154</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>155</v>
+      </c>
+      <c r="H23" t="s">
+        <v>156</v>
+      </c>
+      <c r="I23" t="s">
         <v>152</v>
       </c>
-      <c r="E23" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>157</v>
       </c>
       <c r="C24" t="s">
-        <v>48</v>
+        <v>158</v>
       </c>
       <c r="D24" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E24" t="s">
+        <v>160</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>161</v>
+      </c>
+      <c r="H24" t="s">
+        <v>162</v>
+      </c>
+      <c r="I24" t="s">
         <v>158</v>
       </c>
-      <c r="F24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>25</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>161</v>
+        <v>54</v>
       </c>
       <c r="C25" t="s">
-        <v>162</v>
+        <v>55</v>
       </c>
       <c r="D25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I25" t="s">
-        <v>162</v>
+        <v>55</v>
       </c>
       <c r="J25" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
         <v>168</v>
       </c>
       <c r="C26" t="s">
         <v>169</v>
       </c>
       <c r="D26" t="s">
         <v>170</v>
       </c>
       <c r="E26" t="s">
         <v>171</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>172</v>
       </c>
       <c r="H26" t="s">
         <v>173</v>
       </c>
       <c r="I26" t="s">
         <v>169</v>
       </c>
       <c r="J26" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>175</v>
       </c>
       <c r="C27" t="s">
-        <v>12</v>
+        <v>176</v>
       </c>
       <c r="D27" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E27" t="s">
+        <v>178</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>179</v>
+      </c>
+      <c r="H27" t="s">
+        <v>180</v>
+      </c>
+      <c r="I27" t="s">
         <v>176</v>
       </c>
-      <c r="F27" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>180</v>
+        <v>66</v>
       </c>
       <c r="C28" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>182</v>
       </c>
       <c r="E28" t="s">
         <v>183</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>184</v>
       </c>
       <c r="H28" t="s">
         <v>185</v>
       </c>
       <c r="I28" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="J28" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
         <v>187</v>
       </c>
       <c r="C29" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="D29" t="s">
+        <v>189</v>
+      </c>
+      <c r="E29" t="s">
+        <v>190</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>191</v>
+      </c>
+      <c r="H29" t="s">
+        <v>192</v>
+      </c>
+      <c r="I29" t="s">
         <v>188</v>
       </c>
-      <c r="E29" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>144</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E30" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H30" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="I30" t="s">
         <v>12</v>
       </c>
       <c r="J30" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H31" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I31" t="s">
         <v>12</v>
       </c>
       <c r="J31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="E32" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="H32" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="I32" t="s">
         <v>12</v>
       </c>
       <c r="J32" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
+        <v>211</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>206</v>
+      </c>
+      <c r="E33" t="s">
         <v>207</v>
       </c>
-      <c r="C33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="H33" t="s">
+        <v>213</v>
+      </c>
+      <c r="I33" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="E34" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H34" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I34" t="s">
         <v>12</v>
       </c>
       <c r="J34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E35" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H35" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="I35" t="s">
         <v>12</v>
       </c>
       <c r="J35" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C36" t="s">
-        <v>225</v>
+        <v>12</v>
       </c>
       <c r="D36" t="s">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="E36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H36" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="I36" t="s">
         <v>12</v>
       </c>
       <c r="J36" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C37" t="s">
-        <v>12</v>
+        <v>232</v>
       </c>
       <c r="D37" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="E37" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H37" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I37" t="s">
         <v>12</v>
       </c>
       <c r="J37" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E38" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H38" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I38" t="s">
         <v>12</v>
       </c>
       <c r="J38" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E39" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H39" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I39" t="s">
         <v>12</v>
       </c>
       <c r="J39" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C40" t="s">
-        <v>249</v>
+        <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>250</v>
       </c>
       <c r="E40" t="s">
         <v>251</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
         <v>252</v>
       </c>
       <c r="H40" t="s">
         <v>253</v>
       </c>
       <c r="I40" t="s">
         <v>12</v>
       </c>
       <c r="J40" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
         <v>255</v>
       </c>
       <c r="C41" t="s">
-        <v>12</v>
+        <v>256</v>
       </c>
       <c r="D41" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E41" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H41" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I41" t="s">
         <v>12</v>
       </c>
       <c r="J41" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E42" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H42" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I42" t="s">
         <v>12</v>
       </c>
       <c r="J42" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E43" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="H43" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I43" t="s">
         <v>12</v>
       </c>
       <c r="J43" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>10</v>
       </c>
       <c r="B44" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E44" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H44" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="I44" t="s">
         <v>12</v>
       </c>
       <c r="J44" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="E45" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="H45" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="I45" t="s">
         <v>12</v>
       </c>
       <c r="J45" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>10</v>
       </c>
       <c r="B46" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E46" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H46" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="I46" t="s">
         <v>12</v>
       </c>
       <c r="J46" t="s">
-        <v>211</v>
+        <v>287</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>10</v>
       </c>
       <c r="B47" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E47" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="H47" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="I47" t="s">
         <v>12</v>
       </c>
       <c r="J47" t="s">
-        <v>289</v>
+        <v>218</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>10</v>
       </c>
       <c r="B48" t="s">
-        <v>272</v>
+        <v>292</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="E48" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="H48" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="I48" t="s">
         <v>12</v>
       </c>
       <c r="J48" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="E49" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="H49" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="I49" t="s">
         <v>12</v>
       </c>
       <c r="J49" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>10</v>
       </c>
       <c r="B50" t="s">
+        <v>301</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
         <v>297</v>
       </c>
-      <c r="C50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="H50" t="s">
+        <v>303</v>
+      </c>
+      <c r="I50" t="s">
+        <v>12</v>
+      </c>
+      <c r="J50" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>10</v>
       </c>
       <c r="B51" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E51" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H51" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="I51" t="s">
         <v>12</v>
       </c>
       <c r="J51" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>10</v>
       </c>
       <c r="B52" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C52" t="s">
         <v>12</v>
       </c>
       <c r="D52" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="E52" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H52" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="I52" t="s">
         <v>12</v>
       </c>
       <c r="J52" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>10</v>
       </c>
       <c r="B53" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E53" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H53" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="I53" t="s">
         <v>12</v>
       </c>
       <c r="J53" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>10</v>
       </c>
       <c r="B54" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
+        <v>320</v>
+      </c>
+      <c r="E54" t="s">
+        <v>320</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>321</v>
+      </c>
+      <c r="H54" t="s">
+        <v>322</v>
+      </c>
+      <c r="I54" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>262</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>274</v>
+      </c>
+      <c r="E55" t="s">
+        <v>274</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>324</v>
+      </c>
+      <c r="H55" t="s">
+        <v>325</v>
+      </c>
+      <c r="I55" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55" t="s">
         <v>267</v>
-      </c>
-[...16 lines deleted...]
-        <v>260</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B2" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="H2" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="I2" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="J2" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="K2" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="L2" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="M2" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="N2" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B3" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
+        <v>691</v>
+      </c>
+      <c r="H3" t="s">
+        <v>692</v>
+      </c>
+      <c r="I3" t="s">
+        <v>693</v>
+      </c>
+      <c r="J3" t="s">
         <v>684</v>
       </c>
-      <c r="H3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="L3" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="M3" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="N3" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B4" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="H4" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="I4" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="J4" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="K4" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="L4" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="M4" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="N4" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B5" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="H5" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="I5" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="J5" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="K5" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="L5" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="M5" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B6" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="H6" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="I6" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="J6" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="K6" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="L6" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="M6" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B7" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="H7" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="I7" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="J7" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="K7" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="L7" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="M7" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="N7" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B8" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="H8" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="I8" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="J8" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="K8" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="L8" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="B2" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="C2" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="H2" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="B3" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="C3" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="H3" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B2" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="C2" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="D2" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="E2" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="H2" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B2" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="C2" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="H2" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B3" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="C3" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="H3" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B4" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="C4" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="D4" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="E4" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="H4" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B5" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="C5" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="D5" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="E5" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="H5" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B6" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="C6" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="H6" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B7" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="C7" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="H7" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B8" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="C8" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="H8" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B9" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="C9" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="H9" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B10" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="C10" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="H10" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B11" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C11" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="H11" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B12" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="C12" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="H12" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B2" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="C2" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="D2" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="E2" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="H2" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B3" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C3" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="D3" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="E3" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="H3" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B4" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="E4" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="H4" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="C5" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="D5" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="E5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="H5" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B6" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="C6" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="D6" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="E6" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="H6" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B7" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="C7" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="D7" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="E7" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="H7" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B8" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="C8" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="D8" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="E8" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="H8" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B9" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="C9" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="D9" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="E9" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="H9" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B10" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="C10" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="D10" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E10" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="H10" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B11" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="C11" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="D11" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="E11" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="H11" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B12" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="C12" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="D12" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="E12" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="H12" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B13" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="C13" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="D13" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="E13" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="H13" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B14" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="C14" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="D14" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="E14" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="H14" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B15" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="C15" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="D15" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="E15" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="H15" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B16" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="C16" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="D16" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="E16" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="H16" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B17" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="C17" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="D17" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="H17" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B2" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="C2" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="E2" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="H2" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B3" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="C3" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="D3" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="E3" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="H3" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B4" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="C4" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="D4" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="E4" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="H4" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B5" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="C5" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="D5" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="E5" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="H5" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B6" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="C6" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="D6" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="E6" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="H6" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B7" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="C7" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="D7" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="E7" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="H7" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B8" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="C8" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="D8" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="E8" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="H8" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B2" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="H2" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="I2" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B3" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="H3" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="I3" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B4" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
+        <v>542</v>
+      </c>
+      <c r="H4" t="s">
+        <v>543</v>
+      </c>
+      <c r="I4" t="s">
         <v>535</v>
-      </c>
-[...4 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B5" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="H5" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="I5" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B6" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="H6" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="I6" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B7" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="H7" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="I7" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B8" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="H8" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="I8" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B9" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="H9" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="I9" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B10" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="H10" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="I10" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B11" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="H11" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="I11" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B12" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="H12" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="I12" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="B2" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="C2" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="D2" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="E2" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="H2" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="B3" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="C3" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="D3" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="E3" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="H3" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="B4" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="C4" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="D4" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="E4" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="H4" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="B2" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="C2" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="D2" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="E2" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="H2" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B2" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="C2" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="H2" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B3" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="C3" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="D3" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="E3" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="H3" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B4" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="C4" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="D4" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="E4" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="H4" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B5" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="C5" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="D5" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="E5" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="H5" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B6" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="C6" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="D6" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="E6" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="H6" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B7" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="C7" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="D7" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="E7" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="H7" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B8" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="C8" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="D8" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="E8" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="H8" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B9" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="C9" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="D9" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="E9" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="H9" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B10" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="C10" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="D10" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="E10" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="H10" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B11" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="C11" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="D11" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="E11" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="H11" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B12" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="C12" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="D12" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="E12" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="H12" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B13" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="C13" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="D13" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="E13" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="H13" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B14" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="C14" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="D14" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="E14" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="H14" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>