--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,232 +1,325 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="70">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2002 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des coronaropathies chroniques stables</t>
+  </si>
+  <si>
+    <t>Cette évaluation est issue de trois demandes différentes : du Ministère de la santé, de l’Assurance maladie et des organismes professionnels de cardiologie et de radiologie. Elle a pour objectif de définir la place des examens non invasifs d’imagerie cardiaque dans la prise en charge diagnostique de la maladie coronarienne stable chez des patients présentant un risque (ou probabilité pré-test) intermédiaire</t>
+  </si>
+  <si>
+    <t>10/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>AMINOPHYLLINE RENAUDIN (aminophylline)</t>
+  </si>
+  <si>
+    <t>03/10/2016 12:33:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983952/fr/aminophylline-renaudin-aminophylline</t>
+  </si>
+  <si>
+    <t>pprd_2983952</t>
+  </si>
+  <si>
+    <t>aminophylline</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671812/fr/aminophylline-renaudin-aminophylline</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -268,119 +361,321 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...27 lines deleted...]
-        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E4" t="s">
+        <v>50</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>51</v>
+      </c>
+      <c r="H4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>59</v>
+      </c>
+      <c r="J1" t="s">
+        <v>60</v>
+      </c>
+      <c r="K1" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" t="s">
+        <v>67</v>
+      </c>
+      <c r="J2" t="s">
+        <v>68</v>
+      </c>
+      <c r="K2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>