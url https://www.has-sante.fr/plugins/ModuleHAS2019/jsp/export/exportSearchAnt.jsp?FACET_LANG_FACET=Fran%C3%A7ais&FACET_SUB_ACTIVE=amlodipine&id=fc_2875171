--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,74 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
-    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="428" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="250">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -420,50 +423,68 @@
     <t>c_735690</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 19 décembre 2007</t>
   </si>
   <si>
     <t>19/12/2007 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_614094/fr/commission-de-la-transparence-reunion-du-19-decembre-2007</t>
   </si>
   <si>
     <t>c_614094</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 18 avril 2007</t>
   </si>
   <si>
     <t>18/04/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_592925/fr/commission-de-la-transparence-reunion-du-18-avril-2007</t>
   </si>
   <si>
     <t>c_592925</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
   </si>
   <si>
     <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
     <t>13/06/2024 10:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
@@ -801,51 +822,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1710,587 +1731,653 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>132</v>
       </c>
       <c r="B2" t="s">
         <v>133</v>
       </c>
       <c r="C2" t="s">
         <v>134</v>
       </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>135</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>136</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>143</v>
+      </c>
+      <c r="H2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="J1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="K1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B2" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="H2" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="I2" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="J2" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="K2" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="L2" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="M2" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B3" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="H3" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="I3" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="J3" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="K3" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B4" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="H4" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="I4" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="J4" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="K4" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B5" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="H5" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="I5" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="J5" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="K5" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B6" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="H6" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="I6" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="J6" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="K6" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="L6" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="M6" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="N6" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="O6" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B7" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H7" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="I7" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="J7" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="K7" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="L7" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="M7" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="N7" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="O7" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B8" t="s">
+        <v>201</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>202</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>203</v>
+      </c>
+      <c r="H8" t="s">
+        <v>204</v>
+      </c>
+      <c r="I8" t="s">
+        <v>205</v>
+      </c>
+      <c r="J8" t="s">
         <v>195</v>
       </c>
-      <c r="C8" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K8" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="L8" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="M8" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B9" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="H9" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="I9" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="J9" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="K9" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="L9" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="M9" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="N9" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B10" t="s">
+        <v>219</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>220</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>221</v>
+      </c>
+      <c r="H10" t="s">
+        <v>222</v>
+      </c>
+      <c r="I10" t="s">
         <v>213</v>
       </c>
-      <c r="C10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="K10" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="L10" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="M10" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="N10" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B11" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="H11" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="I11" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="J11" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="K11" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="L11" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B12" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="H12" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="I12" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="J12" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="K12" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="L12" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B13" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="H13" t="s">
+        <v>247</v>
+      </c>
+      <c r="I13" t="s">
+        <v>248</v>
+      </c>
+      <c r="J13" t="s">
         <v>241</v>
       </c>
-      <c r="I13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K13" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>