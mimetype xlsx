--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -42,51 +42,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2262" uniqueCount="1343">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2254" uniqueCount="1338">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -2175,65 +2175,50 @@
     <t>08/02/2018 10:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
   </si>
   <si>
     <t>c_2833668</t>
   </si>
   <si>
     <t>Accompagner la fin de vie des personnes âgées à domicile</t>
   </si>
   <si>
     <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
   </si>
   <si>
     <t>31/01/2017 00:00:00</t>
   </si>
   <si>
     <t>05/12/2017 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
   </si>
   <si>
     <t>c_2833702</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2833717</t>
   </si>
   <si>
     <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
   </si>
   <si>
     <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
   </si>
   <si>
     <t>13/12/2016 00:00:00</t>
   </si>
   <si>
     <t>13/12/2016 16:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
   </si>
   <si>
     <t>c_2833796</t>
   </si>
   <si>
     <t>Patient avec un trouble bipolaire : repérage et prise en charge initiale en premier recours</t>
   </si>
   <si>
     <t>L’objectif de cette fiche mémo est d’aider les médecins assurant les soins de premier recours à : Améliorer le repérage des patients adultes et adolescents souffrant d’un trouble bipolaire. Améliorer par un repérage précoce la prévention des complications des troubles bipolaires.</t>
   </si>
@@ -4273,763 +4258,763 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1220</v>
+        <v>1215</v>
       </c>
       <c r="B2" t="s">
-        <v>1221</v>
+        <v>1216</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>1222</v>
+        <v>1217</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="H2" t="s">
-        <v>1224</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B3" t="s">
         <v>1220</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>1226</v>
+        <v>1221</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1227</v>
+        <v>1222</v>
       </c>
       <c r="H3" t="s">
-        <v>1228</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1220</v>
+        <v>1215</v>
       </c>
       <c r="B4" t="s">
-        <v>1229</v>
+        <v>1224</v>
       </c>
       <c r="C4" t="s">
-        <v>1230</v>
+        <v>1225</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>1231</v>
+        <v>1226</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1232</v>
+        <v>1227</v>
       </c>
       <c r="H4" t="s">
-        <v>1233</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1220</v>
+        <v>1215</v>
       </c>
       <c r="B5" t="s">
-        <v>1234</v>
+        <v>1229</v>
       </c>
       <c r="C5" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>1236</v>
+        <v>1231</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>1237</v>
+        <v>1232</v>
       </c>
       <c r="H5" t="s">
-        <v>1238</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1220</v>
+        <v>1215</v>
       </c>
       <c r="B6" t="s">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>422</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>1240</v>
+        <v>1235</v>
       </c>
       <c r="H6" t="s">
-        <v>1241</v>
+        <v>1236</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1242</v>
+        <v>1237</v>
       </c>
       <c r="J1" t="s">
         <v>28</v>
       </c>
       <c r="K1" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1243</v>
+      </c>
+      <c r="I2" t="s">
         <v>1244</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>1245</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>1246</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>1247</v>
-      </c>
-[...13 lines deleted...]
-        <v>1252</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="B3" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1252</v>
+      </c>
+      <c r="J3" t="s">
         <v>1253</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K3" t="s">
         <v>1254</v>
-      </c>
-[...16 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="B4" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1258</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1259</v>
+      </c>
+      <c r="J4" t="s">
         <v>1260</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K4" t="s">
         <v>1261</v>
-      </c>
-[...16 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H2" t="s">
         <v>1267</v>
-      </c>
-[...19 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B3" t="s">
-        <v>1273</v>
+        <v>1268</v>
       </c>
       <c r="C3" t="s">
-        <v>1274</v>
+        <v>1269</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>1275</v>
+        <v>1270</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1276</v>
+        <v>1271</v>
       </c>
       <c r="H3" t="s">
-        <v>1277</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B4" t="s">
-        <v>1278</v>
+        <v>1273</v>
       </c>
       <c r="C4" t="s">
-        <v>1279</v>
+        <v>1274</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>1280</v>
+        <v>1275</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="H4" t="s">
-        <v>1282</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B5" t="s">
-        <v>1283</v>
+        <v>1278</v>
       </c>
       <c r="C5" t="s">
-        <v>1284</v>
+        <v>1279</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>1285</v>
+        <v>1280</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>1286</v>
+        <v>1281</v>
       </c>
       <c r="H5" t="s">
-        <v>1287</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B6" t="s">
-        <v>1288</v>
+        <v>1283</v>
       </c>
       <c r="C6" t="s">
-        <v>1289</v>
+        <v>1284</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>1290</v>
+        <v>1285</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>1291</v>
+        <v>1286</v>
       </c>
       <c r="H6" t="s">
-        <v>1292</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B7" t="s">
-        <v>1293</v>
+        <v>1288</v>
       </c>
       <c r="C7" t="s">
-        <v>1294</v>
+        <v>1289</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>1295</v>
+        <v>1290</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>1296</v>
+        <v>1291</v>
       </c>
       <c r="H7" t="s">
-        <v>1297</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B8" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="C8" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>1300</v>
+        <v>1295</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="H8" t="s">
-        <v>1302</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B9" t="s">
-        <v>1303</v>
+        <v>1298</v>
       </c>
       <c r="C9" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>1306</v>
+        <v>1301</v>
       </c>
       <c r="H9" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B10" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="C10" t="s">
-        <v>1309</v>
+        <v>1304</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>1310</v>
+        <v>1305</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>1311</v>
+        <v>1306</v>
       </c>
       <c r="H10" t="s">
-        <v>1312</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B11" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="C11" t="s">
-        <v>1314</v>
+        <v>1309</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>1316</v>
+        <v>1311</v>
       </c>
       <c r="H11" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B12" t="s">
-        <v>1318</v>
+        <v>1313</v>
       </c>
       <c r="C12" t="s">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>1320</v>
+        <v>1315</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="H12" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B13" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="C13" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>1325</v>
+        <v>1320</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>1326</v>
+        <v>1321</v>
       </c>
       <c r="H13" t="s">
-        <v>1327</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B14" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="C14" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="H14" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B15" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="C15" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="H15" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="B16" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="C16" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="H16" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7718,51 +7703,51 @@
       </c>
       <c r="D15" t="s">
         <v>506</v>
       </c>
       <c r="E15" t="s">
         <v>507</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
         <v>508</v>
       </c>
       <c r="H15" t="s">
         <v>509</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:H53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -8671,2955 +8656,2929 @@
       </c>
       <c r="E36" t="s">
         <v>708</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
         <v>709</v>
       </c>
       <c r="H36" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>510</v>
       </c>
       <c r="B37" t="s">
         <v>711</v>
       </c>
       <c r="C37" t="s">
         <v>712</v>
       </c>
       <c r="D37" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="E37" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="H37" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>510</v>
       </c>
       <c r="B38" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C38" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D38" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="E38" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H38" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>510</v>
       </c>
       <c r="B39" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C39" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D39" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="E39" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="H39" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>510</v>
       </c>
       <c r="B40" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C40" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D40" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E40" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="H40" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>510</v>
       </c>
       <c r="B41" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C41" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D41" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="E41" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="H41" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>510</v>
       </c>
       <c r="B42" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C42" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D42" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E42" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H42" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>510</v>
       </c>
       <c r="B43" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C43" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D43" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="E43" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="H43" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>510</v>
       </c>
       <c r="B44" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C44" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D44" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="E44" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="H44" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>510</v>
       </c>
       <c r="B45" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C45" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D45" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="E45" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="H45" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>510</v>
       </c>
       <c r="B46" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C46" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D46" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="E46" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H46" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>510</v>
       </c>
       <c r="B47" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C47" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D47" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="E47" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="H47" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>510</v>
       </c>
       <c r="B48" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C48" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D48" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="E48" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="H48" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>510</v>
       </c>
       <c r="B49" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C49" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D49" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="E49" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="H49" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>510</v>
       </c>
       <c r="B50" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C50" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D50" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E50" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="H50" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>510</v>
       </c>
       <c r="B51" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C51" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D51" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="E51" t="s">
         <v>797</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51" t="s">
         <v>798</v>
       </c>
       <c r="H51" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>510</v>
       </c>
       <c r="B52" t="s">
         <v>800</v>
       </c>
       <c r="C52" t="s">
         <v>801</v>
       </c>
       <c r="D52" t="s">
         <v>802</v>
       </c>
       <c r="E52" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="H52" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>510</v>
       </c>
       <c r="B53" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C53" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D53" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="E53" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="H53" t="s">
-        <v>810</v>
-[...6 lines deleted...]
-      <c r="B54" t="s">
         <v>811</v>
-      </c>
-[...16 lines deleted...]
-        <v>816</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B2" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="C2" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
       <c r="D2" t="s">
         <v>530</v>
       </c>
       <c r="E2" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>821</v>
+        <v>816</v>
       </c>
       <c r="H2" t="s">
-        <v>822</v>
+        <v>817</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B3" t="s">
-        <v>823</v>
+        <v>818</v>
       </c>
       <c r="C3" t="s">
-        <v>824</v>
+        <v>819</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
       <c r="H3" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B4" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="C4" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="H4" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B5" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="C5" t="s">
-        <v>834</v>
+        <v>829</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>835</v>
+        <v>830</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="H5" t="s">
-        <v>837</v>
+        <v>832</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B6" t="s">
-        <v>838</v>
+        <v>833</v>
       </c>
       <c r="C6" t="s">
-        <v>839</v>
+        <v>834</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="H6" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B7" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="C7" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="H7" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B8" t="s">
+        <v>843</v>
+      </c>
+      <c r="C8" t="s">
+        <v>844</v>
+      </c>
+      <c r="D8" t="s">
+        <v>845</v>
+      </c>
+      <c r="E8" t="s">
+        <v>846</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>847</v>
+      </c>
+      <c r="H8" t="s">
         <v>848</v>
-      </c>
-[...16 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B9" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
       <c r="C9" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="H9" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B10" t="s">
+        <v>854</v>
+      </c>
+      <c r="C10" t="s">
+        <v>855</v>
+      </c>
+      <c r="D10" t="s">
+        <v>856</v>
+      </c>
+      <c r="E10" t="s">
+        <v>857</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>858</v>
+      </c>
+      <c r="H10" t="s">
         <v>859</v>
-      </c>
-[...16 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B11" t="s">
+        <v>860</v>
+      </c>
+      <c r="C11" t="s">
+        <v>861</v>
+      </c>
+      <c r="D11" t="s">
+        <v>862</v>
+      </c>
+      <c r="E11" t="s">
+        <v>863</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>864</v>
+      </c>
+      <c r="H11" t="s">
         <v>865</v>
-      </c>
-[...16 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B12" t="s">
+        <v>866</v>
+      </c>
+      <c r="C12" t="s">
+        <v>867</v>
+      </c>
+      <c r="D12" t="s">
+        <v>868</v>
+      </c>
+      <c r="E12" t="s">
+        <v>869</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>870</v>
+      </c>
+      <c r="H12" t="s">
         <v>871</v>
-      </c>
-[...16 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B13" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="E13" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="H13" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B14" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
+        <v>873</v>
+      </c>
+      <c r="E14" t="s">
+        <v>873</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
         <v>878</v>
       </c>
-      <c r="E14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H14" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B15" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="E15" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="H15" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>883</v>
+      </c>
+      <c r="B2" t="s">
+        <v>884</v>
+      </c>
+      <c r="C2" t="s">
+        <v>885</v>
+      </c>
+      <c r="D2" t="s">
+        <v>886</v>
+      </c>
+      <c r="E2" t="s">
+        <v>887</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>888</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>889</v>
-      </c>
-[...16 lines deleted...]
-        <v>894</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>890</v>
+      </c>
+      <c r="B2" t="s">
+        <v>891</v>
+      </c>
+      <c r="C2" t="s">
+        <v>892</v>
+      </c>
+      <c r="D2" t="s">
+        <v>893</v>
+      </c>
+      <c r="E2" t="s">
+        <v>894</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>895</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>896</v>
-      </c>
-[...16 lines deleted...]
-        <v>901</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B3" t="s">
+        <v>897</v>
+      </c>
+      <c r="C3" t="s">
+        <v>898</v>
+      </c>
+      <c r="D3" t="s">
+        <v>899</v>
+      </c>
+      <c r="E3" t="s">
+        <v>900</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>901</v>
+      </c>
+      <c r="H3" t="s">
         <v>902</v>
-      </c>
-[...16 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B4" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
       <c r="C4" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="D4" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="E4" t="s">
+        <v>900</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
         <v>905</v>
       </c>
-      <c r="F4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H4" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B5" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="C5" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="D5" t="s">
         <v>607</v>
       </c>
       <c r="E5" t="s">
-        <v>914</v>
+        <v>909</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>915</v>
+        <v>910</v>
       </c>
       <c r="H5" t="s">
-        <v>916</v>
+        <v>911</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B6" t="s">
+        <v>912</v>
+      </c>
+      <c r="C6" t="s">
+        <v>913</v>
+      </c>
+      <c r="D6" t="s">
+        <v>914</v>
+      </c>
+      <c r="E6" t="s">
+        <v>915</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>916</v>
+      </c>
+      <c r="H6" t="s">
         <v>917</v>
-      </c>
-[...16 lines deleted...]
-        <v>922</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B7" t="s">
+        <v>918</v>
+      </c>
+      <c r="C7" t="s">
+        <v>919</v>
+      </c>
+      <c r="D7" t="s">
+        <v>920</v>
+      </c>
+      <c r="E7" t="s">
+        <v>921</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>922</v>
+      </c>
+      <c r="H7" t="s">
         <v>923</v>
-      </c>
-[...16 lines deleted...]
-        <v>928</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B8" t="s">
+        <v>924</v>
+      </c>
+      <c r="C8" t="s">
+        <v>925</v>
+      </c>
+      <c r="D8" t="s">
+        <v>926</v>
+      </c>
+      <c r="E8" t="s">
+        <v>927</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>928</v>
+      </c>
+      <c r="H8" t="s">
         <v>929</v>
-      </c>
-[...16 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B9" t="s">
+        <v>930</v>
+      </c>
+      <c r="C9" t="s">
+        <v>931</v>
+      </c>
+      <c r="D9" t="s">
+        <v>932</v>
+      </c>
+      <c r="E9" t="s">
+        <v>933</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>934</v>
+      </c>
+      <c r="H9" t="s">
         <v>935</v>
-      </c>
-[...16 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B10" t="s">
+        <v>936</v>
+      </c>
+      <c r="C10" t="s">
+        <v>937</v>
+      </c>
+      <c r="D10" t="s">
+        <v>938</v>
+      </c>
+      <c r="E10" t="s">
+        <v>939</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>940</v>
+      </c>
+      <c r="H10" t="s">
         <v>941</v>
-      </c>
-[...16 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B11" t="s">
+        <v>942</v>
+      </c>
+      <c r="C11" t="s">
+        <v>943</v>
+      </c>
+      <c r="D11" t="s">
+        <v>944</v>
+      </c>
+      <c r="E11" t="s">
+        <v>945</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>946</v>
+      </c>
+      <c r="H11" t="s">
         <v>947</v>
-      </c>
-[...16 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B12" t="s">
+        <v>948</v>
+      </c>
+      <c r="C12" t="s">
+        <v>949</v>
+      </c>
+      <c r="D12" t="s">
+        <v>950</v>
+      </c>
+      <c r="E12" t="s">
+        <v>951</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>952</v>
+      </c>
+      <c r="H12" t="s">
         <v>953</v>
-      </c>
-[...16 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B13" t="s">
+        <v>954</v>
+      </c>
+      <c r="C13" t="s">
+        <v>955</v>
+      </c>
+      <c r="D13" t="s">
+        <v>956</v>
+      </c>
+      <c r="E13" t="s">
+        <v>957</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>958</v>
+      </c>
+      <c r="H13" t="s">
         <v>959</v>
-      </c>
-[...16 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B14" t="s">
+        <v>960</v>
+      </c>
+      <c r="C14" t="s">
+        <v>961</v>
+      </c>
+      <c r="D14" t="s">
+        <v>962</v>
+      </c>
+      <c r="E14" t="s">
+        <v>963</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>964</v>
+      </c>
+      <c r="H14" t="s">
         <v>965</v>
-      </c>
-[...16 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B15" t="s">
+        <v>966</v>
+      </c>
+      <c r="C15" t="s">
+        <v>967</v>
+      </c>
+      <c r="D15" t="s">
+        <v>968</v>
+      </c>
+      <c r="E15" t="s">
+        <v>969</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>970</v>
+      </c>
+      <c r="H15" t="s">
         <v>971</v>
-      </c>
-[...16 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B16" t="s">
+        <v>972</v>
+      </c>
+      <c r="C16" t="s">
+        <v>973</v>
+      </c>
+      <c r="D16" t="s">
+        <v>974</v>
+      </c>
+      <c r="E16" t="s">
+        <v>975</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>976</v>
+      </c>
+      <c r="H16" t="s">
         <v>977</v>
-      </c>
-[...16 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B17" t="s">
+        <v>978</v>
+      </c>
+      <c r="C17" t="s">
+        <v>979</v>
+      </c>
+      <c r="D17" t="s">
+        <v>980</v>
+      </c>
+      <c r="E17" t="s">
+        <v>981</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>982</v>
+      </c>
+      <c r="H17" t="s">
         <v>983</v>
-      </c>
-[...16 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B18" t="s">
+        <v>984</v>
+      </c>
+      <c r="C18" t="s">
+        <v>985</v>
+      </c>
+      <c r="D18" t="s">
+        <v>986</v>
+      </c>
+      <c r="E18" t="s">
+        <v>987</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>988</v>
+      </c>
+      <c r="H18" t="s">
         <v>989</v>
-      </c>
-[...16 lines deleted...]
-        <v>994</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>991</v>
+      </c>
+      <c r="B2" t="s">
+        <v>992</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>993</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>994</v>
+      </c>
+      <c r="H2" t="s">
+        <v>995</v>
+      </c>
+      <c r="I2" t="s">
         <v>996</v>
-      </c>
-[...22 lines deleted...]
-        <v>1001</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B3" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="H3" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="I3" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B4" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I4" t="s">
         <v>1007</v>
-      </c>
-[...19 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B5" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>1014</v>
+        <v>1009</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>1015</v>
+        <v>1010</v>
       </c>
       <c r="H5" t="s">
-        <v>1016</v>
+        <v>1011</v>
       </c>
       <c r="I5" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B6" t="s">
-        <v>1017</v>
+        <v>1012</v>
       </c>
       <c r="C6" t="s">
-        <v>1018</v>
+        <v>1013</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>1019</v>
+        <v>1014</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>1020</v>
+        <v>1015</v>
       </c>
       <c r="H6" t="s">
-        <v>1021</v>
+        <v>1016</v>
       </c>
       <c r="I6" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B7" t="s">
-        <v>1022</v>
+        <v>1017</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="H7" t="s">
-        <v>1025</v>
+        <v>1020</v>
       </c>
       <c r="I7" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B8" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>1027</v>
+        <v>1022</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="H8" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
       <c r="I8" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B9" t="s">
-        <v>1030</v>
+        <v>1025</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H9" t="s">
         <v>1027</v>
       </c>
-      <c r="F9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B10" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I10" t="s">
         <v>1033</v>
-      </c>
-[...19 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B11" t="s">
-        <v>1039</v>
+        <v>1034</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>1040</v>
+        <v>1035</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>1041</v>
+        <v>1036</v>
       </c>
       <c r="H11" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
       <c r="I11" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B12" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>1045</v>
+        <v>1040</v>
       </c>
       <c r="H12" t="s">
-        <v>1046</v>
+        <v>1041</v>
       </c>
       <c r="I12" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B13" t="s">
-        <v>1047</v>
+        <v>1042</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>1048</v>
+        <v>1043</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>1049</v>
+        <v>1044</v>
       </c>
       <c r="H13" t="s">
-        <v>1050</v>
+        <v>1045</v>
       </c>
       <c r="I13" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B14" t="s">
-        <v>1051</v>
+        <v>1046</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>1053</v>
+        <v>1048</v>
       </c>
       <c r="H14" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
       <c r="I14" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B15" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
         <v>1051</v>
       </c>
-      <c r="C15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H15" t="s">
-        <v>1057</v>
+        <v>1052</v>
       </c>
       <c r="I15" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B16" t="s">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="C16" t="s">
-        <v>1059</v>
+        <v>1054</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>1060</v>
+        <v>1055</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="H16" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="I16" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B17" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="C17" t="s">
-        <v>1064</v>
+        <v>1059</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
-        <v>1066</v>
+        <v>1061</v>
       </c>
       <c r="H17" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="I17" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B18" t="s">
-        <v>1068</v>
+        <v>1063</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="H18" t="s">
-        <v>1071</v>
+        <v>1066</v>
       </c>
       <c r="I18" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B19" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
-        <v>1073</v>
+        <v>1068</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
-        <v>1074</v>
+        <v>1069</v>
       </c>
       <c r="H19" t="s">
-        <v>1075</v>
+        <v>1070</v>
       </c>
       <c r="I19" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B20" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
-        <v>1078</v>
+        <v>1073</v>
       </c>
       <c r="H20" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="I20" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B21" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="H21" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="I21" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B22" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="H22" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="I22" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B23" t="s">
-        <v>1088</v>
+        <v>1083</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
       <c r="H23" t="s">
-        <v>1091</v>
+        <v>1086</v>
       </c>
       <c r="I23" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B24" t="s">
-        <v>1092</v>
+        <v>1087</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
-        <v>1094</v>
+        <v>1089</v>
       </c>
       <c r="H24" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="I24" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B25" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="H25" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="I25" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B26" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="H26" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
       <c r="I26" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B27" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="H27" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="I27" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B28" t="s">
-        <v>1108</v>
+        <v>1103</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="H28" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="I28" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B29" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="H29" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
       <c r="I29" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B30" t="s">
-        <v>1116</v>
+        <v>1111</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
       <c r="H30" t="s">
-        <v>1119</v>
+        <v>1114</v>
       </c>
       <c r="I30" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B31" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
-        <v>1121</v>
+        <v>1116</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
-        <v>1122</v>
+        <v>1117</v>
       </c>
       <c r="H31" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="I31" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B32" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32" t="s">
-        <v>1126</v>
+        <v>1121</v>
       </c>
       <c r="H32" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="I32" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B33" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="C33" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33" t="s">
-        <v>1131</v>
+        <v>1126</v>
       </c>
       <c r="H33" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="I33" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B34" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
-        <v>1134</v>
+        <v>1129</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34" t="s">
-        <v>1135</v>
+        <v>1130</v>
       </c>
       <c r="H34" t="s">
-        <v>1136</v>
+        <v>1131</v>
       </c>
       <c r="I34" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B35" t="s">
-        <v>1137</v>
+        <v>1132</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35" t="s">
-        <v>1139</v>
+        <v>1134</v>
       </c>
       <c r="H35" t="s">
-        <v>1140</v>
+        <v>1135</v>
       </c>
       <c r="I35" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B36" t="s">
-        <v>1141</v>
+        <v>1136</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
-        <v>1142</v>
+        <v>1137</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
-        <v>1143</v>
+        <v>1138</v>
       </c>
       <c r="H36" t="s">
-        <v>1144</v>
+        <v>1139</v>
       </c>
       <c r="I36" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B37" t="s">
-        <v>1145</v>
+        <v>1140</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
-        <v>1147</v>
+        <v>1142</v>
       </c>
       <c r="H37" t="s">
-        <v>1148</v>
+        <v>1143</v>
       </c>
       <c r="I37" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B38" t="s">
-        <v>1149</v>
+        <v>1144</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H38" t="s">
         <v>1146</v>
       </c>
-      <c r="F38" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I38" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B39" t="s">
-        <v>1152</v>
+        <v>1147</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
-        <v>1153</v>
+        <v>1148</v>
       </c>
       <c r="H39" t="s">
-        <v>1154</v>
+        <v>1149</v>
       </c>
       <c r="I39" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B40" t="s">
-        <v>1155</v>
+        <v>1150</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
-        <v>1156</v>
+        <v>1151</v>
       </c>
       <c r="H40" t="s">
-        <v>1157</v>
+        <v>1152</v>
       </c>
       <c r="I40" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B41" t="s">
-        <v>1158</v>
+        <v>1153</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>1159</v>
+        <v>1154</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
       <c r="H41" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="I41" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H2" t="s">
         <v>1162</v>
-      </c>
-[...19 lines deleted...]
-        <v>1167</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B3" t="s">
-        <v>1168</v>
+        <v>1163</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>1169</v>
+        <v>1164</v>
       </c>
       <c r="E3" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="H3" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B4" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H4" t="s">
         <v>1173</v>
-      </c>
-[...16 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H5" t="s">
         <v>1179</v>
-      </c>
-[...16 lines deleted...]
-        <v>1184</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H6" t="s">
         <v>1185</v>
-      </c>
-[...16 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B7" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H7" t="s">
         <v>1191</v>
-      </c>
-[...16 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B8" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H8" t="s">
         <v>1197</v>
-      </c>
-[...16 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B9" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H9" t="s">
         <v>1203</v>
-      </c>
-[...16 lines deleted...]
-        <v>1208</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B10" t="s">
-        <v>1209</v>
+        <v>1204</v>
       </c>
       <c r="C10" t="s">
-        <v>1210</v>
+        <v>1205</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>1211</v>
+        <v>1206</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>1212</v>
+        <v>1207</v>
       </c>
       <c r="H10" t="s">
-        <v>1213</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B11" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H11" t="s">
         <v>1214</v>
-      </c>
-[...16 lines deleted...]
-        <v>1219</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>