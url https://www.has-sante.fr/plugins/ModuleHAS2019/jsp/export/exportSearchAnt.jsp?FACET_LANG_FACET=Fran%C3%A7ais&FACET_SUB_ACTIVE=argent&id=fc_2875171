--- v1 (2025-11-05)
+++ v2 (2025-12-21)
@@ -1,92 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation en santé " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Guide usagers" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
+    <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2254" uniqueCount="1338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2326" uniqueCount="1381">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1322,53 +1325,1043 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_398788/fr/mediset-gras-/-absorbant</t>
   </si>
   <si>
     <t>c_398788</t>
   </si>
   <si>
     <t>Laboratoires PAUL HARTMANN</t>
   </si>
   <si>
     <t>MONA LISA NT Cu380</t>
   </si>
   <si>
     <t>01/06/2005 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398792/fr/mona-lisa-nt-cu380</t>
   </si>
   <si>
     <t>c_398792</t>
   </si>
   <si>
     <t>MONA LISA NV (Belgique)</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Les Kystes de Tarlov : prise en charge diagnostique et thérapeutique. Place du traitement micro-chirurgical</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Kystes de Tarlov. Il a été élaboré par le le centre de référence C-MAVEM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/11/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293086/fr/les-kystes-de-tarlov-prise-en-charge-diagnostique-et-therapeutique-place-du-traitement-micro-chirurgical</t>
+  </si>
+  <si>
+    <t>p_3293086</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Prader-Willi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patients atteints du Syndrome de Prader-Willi.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216145/fr/ald-hors-liste-syndrome-de-prader-willi</t>
+  </si>
+  <si>
+    <t>c_1216145</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 mai 2025</t>
+  </si>
+  <si>
+    <t>22/07/2025 18:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636696/fr/college-deliberatif-du-7-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3636696</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du mardi 3 décembre 2024</t>
+  </si>
+  <si>
+    <t>24/10/2024 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552672/fr/csms-reunion-du-mardi-3-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3552672</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Regarder le replay – Maltraitance intrafamiliale sur personne majeure : repérer, évaluer, accompagner</t>
+  </si>
+  <si>
+    <t>Regarder le replay du webinaire "Maltraitance intrafamiliale sur personne majeure : repérer, évaluer, accompagner".</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588702/fr/regarder-le-replay-maltraitance-intrafamiliale-sur-personne-majeure-reperer-evaluer-accompagner</t>
+  </si>
+  <si>
+    <t>p_3588702</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Regarder le replay - Colloque HAS « Santé, l'innovation au service des personnes »</t>
+  </si>
+  <si>
+    <t>02/12/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517592/fr/regarder-le-replay-colloque-has-sante-l-innovation-au-service-des-personnes</t>
+  </si>
+  <si>
+    <t>p_3517592</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 19 mars 2024</t>
+  </si>
+  <si>
+    <t>Ordre du jour et compte-rendu de la réunion du mardi 19 mars 2024 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>29/02/2024 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498385/fr/conseil-pour-l-engagement-des-usagers-reunion-du-19-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3498385</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 3 février 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 11:51:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494583/fr/college-deliberatif-du-3-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3494583</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 octobre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494800/fr/college-deliberatif-du-13-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3494800</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 novembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494825/fr/college-deliberatif-du-24-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494825</t>
+  </si>
+  <si>
+    <t>Renforcer l'information dévolue aux associations en vue d'améliorer la contribution des associations d'usagers aux évaluations des produits de santé</t>
+  </si>
+  <si>
+    <t>Ordre du jour et compte-rendu de la réunion « Renforcer l’information dévolue aux associations en vue d’améliorer la contribution des associations d’usagers aux évaluations des produits de santé » - Comité d'interface et de suivi de la feuille de route "Renforcer l’engagement des usagers dans l’évaluation des technologies de santé à la HAS"</t>
+  </si>
+  <si>
+    <t>14/11/2023 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472840/fr/renforcer-l-information-devolue-aux-associations-en-vue-d-ameliorer-la-contribution-des-associations-d-usagers-aux-evaluations-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>p_3472840</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 29  novembre 2022</t>
+  </si>
+  <si>
+    <t>22/09/2022 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367767/fr/csms-reunion-du-29-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367767</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 7 mars 2023</t>
+  </si>
+  <si>
+    <t>01/03/2023 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418516/fr/cnedimts-du-7-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3418516</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 1er février 2022</t>
+  </si>
+  <si>
+    <t>31/01/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312878/fr/cnedimts-du-1er-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3312878</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 octobre  2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3296301</t>
+  </si>
+  <si>
+    <t>17/09/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286847/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3286847</t>
+  </si>
+  <si>
+    <t>Regarder en replay le colloque HAS « L’expertise scientifique face aux crises : refonte ou ajustements ? »</t>
+  </si>
+  <si>
+    <t>Le colloque HAS et en ligne La HAS a organisé le colloque sur « L’expertise scientifique face aux crises : refonte ou ajustements ? » le lundi 15 novembre 2021 The HAS conference and online The HAS organized the conference "Scientific expertise in the face of crises: overhaul or adjustments? » on Monday, November 15th</t>
+  </si>
+  <si>
+    <t>22/07/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+  </si>
+  <si>
+    <t>p_3279217</t>
+  </si>
+  <si>
+    <t>Regarder en replay - Webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?</t>
+  </si>
+  <si>
+    <t>Consultez le replay, le support de présentation et la foire aux questions du webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?" du jeudi 11 mars 2021.</t>
+  </si>
+  <si>
+    <t>11/02/2021 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237161/fr/regarder-en-replay-webinaire-enfants-en-danger-ou-risque-de-danger-comment-utiliser-le-guide-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3237161</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 15 décembre 2020</t>
+  </si>
+  <si>
+    <t>14/12/2020 08:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223645/fr/cnedimts-du-15-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3223645</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du  3 novembre 2020</t>
+  </si>
+  <si>
+    <t>29/10/2020 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214767/fr/cnedimts-du-3-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3214767</t>
+  </si>
+  <si>
+    <t>Réunion du 20 octobre 2020</t>
+  </si>
+  <si>
+    <t>19/10/2020 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213262/fr/reunion-du-20-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3213262</t>
+  </si>
+  <si>
+    <t>Réunion du 6 octobre 2020</t>
+  </si>
+  <si>
+    <t>02/10/2020 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211062/fr/reunion-du-6-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3211062</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 septembre 2020</t>
+  </si>
+  <si>
+    <t>01/10/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210161/fr/ceesp-reunion-du-15-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3210161</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 1er Septembre 2020</t>
+  </si>
+  <si>
+    <t>28/08/2020 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199654/fr/cnedimts-reunion-du-1er-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199654</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/05/2020 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182703/fr/ceesp-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3182703</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 17 septembre 2019</t>
+  </si>
+  <si>
+    <t>09/10/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112132/fr/csms-reunion-du-17-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3112132</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 31 mars 2020</t>
+  </si>
+  <si>
+    <t>08/04/2020 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178215/fr/csms-reunion-du-31-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3178215</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 04 juin 2019</t>
+  </si>
+  <si>
+    <t>28/05/2019 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971564/fr/cnedimts-reunion-du-04-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2971564</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 09 avril 2019</t>
+  </si>
+  <si>
+    <t>03/04/2019 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2955979/fr/cnedimts-reunion-du-09-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2955979</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 février 2019</t>
+  </si>
+  <si>
+    <t>22/02/2019 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904998/fr/cnedimts-reunion-du-26-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904998</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 janvier 2019</t>
+  </si>
+  <si>
+    <t>07/02/2019 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903195/fr/ceesp-reunion-du-15-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2903195</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 22 novembre 2016</t>
+  </si>
+  <si>
+    <t>16/11/2016 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2723030/fr/cnedimts-reunion-du-22-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2723030</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 20 septembre 2016</t>
+  </si>
+  <si>
+    <t>15/09/2016 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666708/fr/cnedimts-reunion-du-20-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666708</t>
+  </si>
+  <si>
+    <t>Colloque HAS Contribuer à la régulation par la qualité et l'efficience - Paris - 1er octobre 2015</t>
+  </si>
+  <si>
+    <t>La HAS a organisé à l'occasion de ses 10 ans un Colloque le Jeudi 1er octobre 2015 à Paris. Retrouvez les vidéos et les diaporamas des sessions.</t>
+  </si>
+  <si>
+    <t>23/07/2015 13:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048005/fr/colloque-has-contribuer-a-la-regulation-par-la-qualite-et-l-efficience-paris-1er-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2048005</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 6 mai 2014</t>
+  </si>
+  <si>
+    <t>13/05/2014 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739832/fr/cnedimts-reunion-du-6-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1739832</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 25 février 2014</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725868/fr/cnedimts-reunion-du-25-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1725868</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 15 Janvier 2013</t>
+  </si>
+  <si>
+    <t>20/08/2013 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353673/fr/cnedimts-reunion-du-15-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353673</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 25 Septembre 2012</t>
+  </si>
+  <si>
+    <t>07/01/2013 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1316451/fr/cnedimts-reunion-du-25-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1316451</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 09 Octobre 2012</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1318882/fr/cnedimts-reunion-du-09-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1318882</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 06 Novembre 2012</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332108/fr/cnedimts-reunion-du-06-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1332108</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 20 Novembre 2012</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335115/fr/cnedimts-reunion-du-20-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1335115</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Commission du 12 juin 2012</t>
+  </si>
+  <si>
+    <t>26/09/2012 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294600/fr/cnedimts-commission-du-12-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1294600</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>IQSS - e-Satis PSY : Mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte</t>
+  </si>
+  <si>
+    <t>11/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2025 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609631/fr/iqss-e-satis-psy-mesure-de-l-experience-rapportee-par-les-patients-hospitalises-a-temps-plein-en-psychiatrie-adulte</t>
+  </si>
+  <si>
+    <t>p_3609631</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Développement de la mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte (e-Satis PSY)</t>
+  </si>
+  <si>
+    <t>La HAS développe un indicateur de mesure de l’expérience rapportée par les patients adultes hospitalisés à temps plein en psychiatrie. Il est important et légitime pour les patients en psychiatrie, comme pour ceux pris en charge dans les autres champs de la santé, d’exprimer leur point de vue sur la qualité des soins au moyen d’un questionnaire qui permet de compléter la gamme des indicateurs de qualité et de sécurité des soins disponibles dans le champ de la psychiatrie.</t>
+  </si>
+  <si>
+    <t>29/04/2024 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445075/fr/developpement-de-la-mesure-de-l-experience-rapportee-par-les-patients-hospitalises-a-temps-plein-en-psychiatrie-adulte-e-satis-psy</t>
+  </si>
+  <si>
+    <t>p_3445075</t>
+  </si>
+  <si>
+    <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
+  </si>
+  <si>
+    <t>La HAS débute un projet de développement d’un nouvel outil pour l'analyse des verbatim de patients issus des enquêtes nationales e-Satis. Il sera mis à disposition de tous les établissements de santé participant au dispositif national e-Satis afin qu’ils puissent analyser les commentaires libres de leurs patients. La note de cadrage de ce nouveau projet est diffusée sur le site de la HAS.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2023 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390248/fr/iqss-developpement-d-un-outil-d-analyse-des-verbatim-de-patients-issus-d-e-satis</t>
+  </si>
+  <si>
+    <t>p_3390248</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Interactions des professionnels de santé avec les représentants de l’industrie</t>
+  </si>
+  <si>
+    <t>Promotion par démarchage (visite médicale) : la HAS fournit une revue systématique de la littérature publiée entre 01/2004 et 12/2018, dans le monde et en France sur l'exposition des professionnels et des étudiants à cette forme de publicité, son influence, sa qualité, et l'efficacité des moyens mis en oeuvre pour en limiter les effets non souhaités. 2.14.0.0</t>
+  </si>
+  <si>
+    <t>08/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395221/fr/interactions-des-professionnels-de-sante-avec-les-representants-de-l-industrie</t>
+  </si>
+  <si>
+    <t>p_3395221</t>
+  </si>
+  <si>
+    <t>Analyse nationale des commentaires des patients recueillis dans le cadre du dispositif e-Satis</t>
+  </si>
+  <si>
+    <t>Dans le cadre du dispositif national e-satis (+48h MCO et MCOCA), la HAS a mené une analyse de l’ensemble des commentaires de patients recueillis de 2016 à 2020. Un rapport national de résultats identifie les thématiques le plus souvent évoquées dans le verbatim de patients.</t>
+  </si>
+  <si>
+    <t>30/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3365011/fr/analyse-nationale-des-commentaires-des-patients-recueillis-dans-le-cadre-du-dispositif-e-satis</t>
+  </si>
+  <si>
+    <t>p_3365011</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Étude relative à la participation des usagers au fonctionnement des ESSMS</t>
+  </si>
+  <si>
+    <t>Menée auprès de 33 structures cette étude qualitative a eu pour objectifs de dresser un état des lieux sur la mise en place des modalités de participation au fonctionnement des ESSMS et d’identifier les points positifs et les axes d’amélioration des différentes formes de participation mises en place. L’enquête détaille les pratiques professionnelles développées au sein des structures pour permettre la participation. Elle analyse le regard des professionnels et des usagers, qu’ils soient impliqués directement ou non dans les dispositifs de participation collectifs mis en œuvre.</t>
+  </si>
+  <si>
+    <t>01/09/2014 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838280/fr/etude-relative-a-la-participation-des-usagers-au-fonctionnement-des-essms</t>
+  </si>
+  <si>
+    <t>c_2838280</t>
+  </si>
+  <si>
+    <t>Critères de qualité des revues et journaux de la presse médicale française</t>
+  </si>
+  <si>
+    <t>Dans le cadre de son rôle d'information des professionnels de santé, la HAS a initié une démarche de réflexion sur la qualité de la presse médicale française, reposant sur l'identification de bonnes pratiques et de critères qualité. Trois axes de qualité ont été retenus porant sur la transparence, l'indépendance et l'éthique éditoriale. Les bonnes pratiques et critères de qualité qui en découlent sont utilisables : par les éditeurs et les rédacteurs : la démarche qualité peut se décliner dans le temps, en définissant des objectifs prioritaires pour chaque titre, en fonction de sa situation ; par exemple les revues de formation et de recherche peuvent prendre connaissance des recommandations ICMJE et COPE pour mettre en oeuvre leurs principes ; par les lecteurs qui peuvent élaborer une grille de lecture de qualité d'un titre.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/05/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018620/fr/criteres-de-qualite-des-revues-et-journaux-de-la-presse-medicale-francaise</t>
+  </si>
+  <si>
+    <t>c_1018620</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
+  </si>
+  <si>
+    <t>L’alcool est un sujet de santé pour tous. Le professionnel de premier recours est un acteur privilégié pour toucher l’ensemble de la population et accompagner chaque personne au plus près de sa réalité de vie et de ses usages d’alcool. La HAS a élaboré plusieurs documents pour aider les professionnels et tous les acteurs qui contribuent à la santé à agir dès le premier recours via une repérage systématique, précoce et régulier de tous les usages et un accompagnement de chaque personne quelle que soit sa situation en s’appuyant sur un réseau de partenaires.</t>
+  </si>
+  <si>
+    <t>26/10/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326877/fr/agir-en-premier-recours-pour-diminuer-le-risque-alcool-reperer-tous-les-usages-et-accompagner-chaque-personne</t>
+  </si>
+  <si>
+    <t>p_3326877</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Sondage urinaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447551/fr/sondage-urinaire</t>
+  </si>
+  <si>
+    <t>c_447551</t>
+  </si>
+  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>05/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
     <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
     <t>10/07/2024 00:00:00</t>
   </si>
   <si>
     <t>10/07/2024 16:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
     <t>Évaluation de la recherche des papillomavirus humains (HPV) en dépistage primaire des lésions précancéreuses et cancéreuses du col de l’utérus et de la place du double immuno-marquage p16/Ki67</t>
   </si>
   <si>
     <t>Depuis l’arrêté du 4 mai 2018, le dépistage du cancer du col de l’utérus s’appuie sur un programme national de dépistage organisé (PNDO). Au regard de l’évolution du contexte de dépistage du CCU en France et de la disponibilité de nouvelles données scientifiques, la Direction Générale de la Santé a souhaité que la HAS évalue la place du test HPV ainsi que le recours au double immuno-marquage p16/Ki67 dans la stratégie de dépistage primaire des lésions précancéreuses et cancéreuses du CCU.</t>
   </si>
   <si>
     <t>10/07/2019 00:00:00</t>
@@ -1577,50 +2570,65 @@
   <si>
     <t>c_477515</t>
   </si>
   <si>
     <t>Place de la mammographie numérique dans le dépistage organisé du cancer du sein</t>
   </si>
   <si>
     <t>Le présent rapport établit dans un premier temps si les systèmes de mammographie numérique peuvent être autorisés dans le cadre précis du dépistage organisé, sur des critères d’efficacité et de sécurité pour les femmes dépistées. Dans un deuxième temps, le rapport évalue la faisabilité de différents scenarii d’introduction de la mammographie numérique dans le dépistage organisé français, sur des critères techniques, organisationnels et économiques.</t>
   </si>
   <si>
     <t>02/10/2006 00:00:00</t>
   </si>
   <si>
     <t>15/12/2006 10:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
   </si>
   <si>
     <t>c_461657</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237847/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-1</t>
+  </si>
+  <si>
+    <t>p_3237847</t>
+  </si>
+  <si>
     <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
   </si>
   <si>
     <t>p_3604614</t>
   </si>
   <si>
     <t>Accompagner la personne nécessitant une mesure de protection juridique</t>
   </si>
   <si>
     <t>03/12/2024 00:00:00</t>
   </si>
   <si>
     <t>15/01/2025 17:19:00</t>
@@ -1634,113 +2642,95 @@
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
   </si>
   <si>
     <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
   </si>
   <si>
     <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
   </si>
   <si>
-    <t>08/02/2024 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>23/06/2022 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
   </si>
   <si>
     <t>p_3346001</t>
   </si>
   <si>
     <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
   </si>
   <si>
     <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
   </si>
   <si>
     <t>15/12/2023 00:00:00</t>
   </si>
   <si>
     <t>06/02/2024 11:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
   </si>
   <si>
     <t>p_3352139</t>
   </si>
   <si>
     <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
   </si>
   <si>
     <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
   </si>
   <si>
     <t>30/11/2023 00:00:00</t>
   </si>
   <si>
     <t>18/01/2024 16:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
   </si>
   <si>
     <t>p_3289276</t>
   </si>
   <si>
-    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
-[...13 lines deleted...]
-  <si>
     <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
   </si>
   <si>
     <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
   </si>
   <si>
     <t>05/10/2023 00:00:00</t>
   </si>
   <si>
     <t>10/10/2023 09:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
   </si>
   <si>
     <t>p_3262788</t>
   </si>
   <si>
     <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
   </si>
   <si>
     <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
   </si>
   <si>
     <t>29/11/2022 00:00:00</t>
@@ -2177,50 +3167,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
   </si>
   <si>
     <t>c_2833668</t>
   </si>
   <si>
     <t>Accompagner la fin de vie des personnes âgées à domicile</t>
   </si>
   <si>
     <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
   </si>
   <si>
     <t>31/01/2017 00:00:00</t>
   </si>
   <si>
     <t>05/12/2017 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
   </si>
   <si>
     <t>c_2833702</t>
   </si>
   <si>
+    <t>La réduction des risques et des dommages dans les Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD)</t>
+  </si>
+  <si>
+    <t>Ces recommandations identifient les bonnes pratiques professionnelles concourant à la prévention des risques et la réduction des dommages sanitaires et sociaux afin de préserver ou d’améliorer l’état de santé et les conditions de vie des personnes usagères de drogues, le recours à l’expertise et la participation des personnes usagères de drogues dans la construction des interventions et des parcours d’accompagnement proposés par le Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD) et l’implantation de celui-ci dans son territoire d’intervention et le développement d’un environnement partenarial facilitateur.</t>
+  </si>
+  <si>
+    <t>07/09/2017 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833717/fr/la-reduction-des-risques-et-des-dommages-dans-les-centres-d-accueil-et-d-accompagnement-a-la-reduction-des-risques-pour-usagers-de-drogues-caarud</t>
+  </si>
+  <si>
+    <t>c_2833717</t>
+  </si>
+  <si>
     <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
   </si>
   <si>
     <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
   </si>
   <si>
     <t>13/12/2016 00:00:00</t>
   </si>
   <si>
     <t>13/12/2016 16:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
   </si>
   <si>
     <t>c_2833796</t>
   </si>
   <si>
     <t>Patient avec un trouble bipolaire : repérage et prise en charge initiale en premier recours</t>
   </si>
   <si>
     <t>L’objectif de cette fiche mémo est d’aider les médecins assurant les soins de premier recours à : Améliorer le repérage des patients adultes et adolescents souffrant d’un trouble bipolaire. Améliorer par un repérage précoce la prévention des complications des troubles bipolaires.</t>
   </si>
   <si>
     <t>03/06/2015 00:00:00</t>
@@ -2480,287 +3485,110 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272394/fr/liberte-d-aller-et-venir-dans-les-etablissements-sanitaires-et-medico-sociaux-et-obligation-de-soins-et-de-securite</t>
   </si>
   <si>
     <t>c_272394</t>
   </si>
   <si>
     <t>Prise en charge de la psychopathie</t>
   </si>
   <si>
     <t>Proposer des recommandations pour : Le diagnostic et la prise en charge des adultes dont l’organisation de la personnalité est à expression psychopathique, tant dans le domaine psychiatrique, que social, que judiciaire. Le repérage et la prise en charge des enfants et des adolescents ayant des troubles des conduites potentiellement à risque d’évolution vers une organisation de la personnalité à expression psychopathique.</t>
   </si>
   <si>
     <t>01/05/2006 00:00:00</t>
   </si>
   <si>
     <t>31/05/2006 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272478/fr/prise-en-charge-de-la-psychopathie</t>
   </si>
   <si>
     <t>c_272478</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...211 lines deleted...]
-  <si>
     <t>Guide usagers</t>
   </si>
   <si>
+    <t>FALC - Mon avis est important - Il aide à améliorer ce que je vis</t>
+  </si>
+  <si>
+    <t>Vous êtes accompagné(e) par un service ou un établissement social ou médico-social ? Donner votre avis est important. votre avis permettra d'améliorer la qualité de votre accompagnement. Ce document en FALC est fait pour vous.</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2025 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3768119/fr/falc-mon-avis-est-important-il-aide-a-ameliorer-ce-que-je-vis</t>
+  </si>
+  <si>
+    <t>p_3768119</t>
+  </si>
+  <si>
     <t>FALC - Accompagner la personne nécessitant une mesure de protection juridique</t>
   </si>
   <si>
     <t>Certaines personnes ont besoin d’une mesure de protection juridique, par exemple : une tutelle, une curatelle, une habilitation familiale, une sauvegarde de justice. Il est important qu’elles connaissent leurs droits pour les actes de la vie de tous les jours. Par exemple, pour leurs relations avec leur famille, pour voter, pour leur santé, pour se loger, pour gérer leur argent. Ce texte écrit en « facile à lire et à comprendre » fait le point sur ces droits et le rôle du mandataire.</t>
   </si>
   <si>
     <t>15/02/2025 00:00:00</t>
   </si>
   <si>
     <t>07/03/2025 15:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585752/fr/falc-accompagner-la-personne-necessitant-une-mesure-de-protection-juridique</t>
   </si>
   <si>
     <t>p_3585752</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
     <t>Transplantation d’îlots pancréatiques</t>
   </si>
   <si>
     <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
   </si>
   <si>
     <t>16/07/2020 00:00:00</t>
   </si>
   <si>
     <t>20/07/2020 09:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
     <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
   </si>
   <si>
     <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
   </si>
   <si>
     <t>28/05/2020 00:00:00</t>
@@ -3014,789 +3842,93 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
   </si>
   <si>
     <t>c_894315</t>
   </si>
   <si>
     <t>Évaluation des implants de renfort pour le traitement de l’incontinence urinaire d’effort féminine et du prolapsus des organes pelviens de la femme</t>
   </si>
   <si>
     <t>La HAS a procédé à l’évaluation du service rendu des différents implants de renfort utilisés dans le traitement de l’incontinence urinaire d’effort féminine et dans le prolapsus des organes pelviens. Cette révision propose une mise à jour des indications, des caractéristiques techniques et des conditions de prise en charge de ces implants.</t>
   </si>
   <si>
     <t>04/07/2007 00:00:00</t>
   </si>
   <si>
     <t>27/09/2007 10:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_701682/fr/evaluation-des-implants-de-renfort-pour-le-traitement-de-l-incontinence-urinaire-d-effort-feminine-et-du-prolapsus-des-organes-pelviens-de-la-femme</t>
   </si>
   <si>
     <t>c_701682</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...737 lines deleted...]
-    <t>c_447551</t>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0062/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de scellement thérapeutique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784829/fr/avis-n2025-0062/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-scellement-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784829</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0063/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de traitement restaurateur atraumatique</t>
+  </si>
+  <si>
+    <t>04/12/2025 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784830/fr/avis-n2025-0063/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-traitement-restaurateur-atraumatique</t>
+  </si>
+  <si>
+    <t>p_3784830</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0289/DC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Actes d’odontologie conservatrice 1/ Traitement restaurateur atraumatique, 2/ Scellement thérapeutique, 3/ Application de fluorure diamine d’argent »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784833/fr/decision-n2025-0289/dc/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-rapport-d-evaluation-technologique-intitule-actes-d-odontologie-conservatrice-1/-traitement-restaurateur-atraumatique-2/-scellement-therapeutique-3/-application-de-fluorure-diamine-d-argent</t>
+  </si>
+  <si>
+    <t>p_3784833</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>STILLARGOL (protéinate d’argent)</t>
   </si>
   <si>
     <t>08/12/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985711/fr/stillargol-proteinate-d-argent</t>
   </si>
   <si>
     <t>pprd_2985711</t>
   </si>
   <si>
     <t>protéinate d’argent</t>
   </si>
@@ -3833,108 +3965,108 @@
   <si>
     <t>NITRATE D'ARGENT 1 % FAURE (nitrate d’argent)</t>
   </si>
   <si>
     <t>29/10/2003 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985922/fr/nitrate-d-argent-1-faure-nitrate-d-argent</t>
   </si>
   <si>
     <t>pprd_2985922</t>
   </si>
   <si>
     <t>nitrate d’argent</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399911/fr/nitrate-d-argent-1-faure-collyre-en-recipient-unidose-de-0-4-ml-boite-de-100</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Installation autonome de chirurgie esthétique</t>
+  </si>
+  <si>
+    <t>La certification des installations autonomes de chirurgie esthétique (IACE) s’inscrit dans le cadre général de la certification des établissements de santé (article L.6322-1 du Code de la santé publique). Il s’agit d’une évaluation du niveau de qualité et de sécurité des soins au regard d’un référentiel adapté aux spécificités importantes de la chirurgie esthétique.</t>
+  </si>
+  <si>
+    <t>02/09/2024 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531734/fr/installation-autonome-de-chirurgie-esthetique</t>
+  </si>
+  <si>
+    <t>p_3531734</t>
+  </si>
+  <si>
     <t>IQSS 2025 - PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
   </si>
   <si>
     <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie, périmètre "ambulatoire", à partir du dossier patient : coordination à la sortie et prise en charge de la douleur (données 2024).</t>
   </si>
   <si>
     <t>20/03/2023 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3168693/fr/iqss-2025-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
   </si>
   <si>
     <t>p_3168693</t>
   </si>
   <si>
     <t>IQSS - Archives - secteur PSY : Coordination et prises en charge somatiques en hospitalisation temps plein - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales (2021 en volontaire) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions.</t>
   </si>
   <si>
     <t>15/03/2024 12:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478923/fr/iqss-archives-secteur-psy-coordination-et-prises-en-charge-somatiques-en-hospitalisation-temps-plein-versions-anterieures-des-outils</t>
   </si>
   <si>
     <t>p_3478923</t>
   </si>
   <si>
     <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
   </si>
   <si>
     <t>09/06/2022 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
   </si>
   <si>
     <t>c_2913016</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3531734</t>
   </si>
   <si>
     <t>IQSS - Archives - secteur PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales (volontaire en 2021) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie, périmètre "ambulatoire", à partir du dossier patient : coordination à la sortie et prise en charge de la douleur.</t>
   </si>
   <si>
     <t>15/03/2024 12:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3479016/fr/iqss-archives-secteur-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-versions-anterieures-des-outils</t>
   </si>
   <si>
     <t>p_3479016</t>
   </si>
   <si>
     <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
   </si>
   <si>
     <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
   </si>
   <si>
     <t>27/09/2016 10:48:00</t>
   </si>
@@ -4101,51 +4233,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -4224,797 +4356,1253 @@
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1215</v>
+        <v>1159</v>
       </c>
       <c r="B2" t="s">
-        <v>1216</v>
+        <v>1160</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>1161</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>1162</v>
       </c>
       <c r="E2" t="s">
-        <v>1217</v>
+        <v>1163</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1218</v>
+        <v>1164</v>
       </c>
       <c r="H2" t="s">
-        <v>1219</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1215</v>
+        <v>1159</v>
       </c>
       <c r="B3" t="s">
-        <v>1220</v>
+        <v>1166</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>1167</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>1168</v>
       </c>
       <c r="E3" t="s">
-        <v>1221</v>
+        <v>1169</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1222</v>
+        <v>1170</v>
       </c>
       <c r="H3" t="s">
-        <v>1223</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1215</v>
+        <v>1159</v>
       </c>
       <c r="B4" t="s">
-        <v>1224</v>
+        <v>1172</v>
       </c>
       <c r="C4" t="s">
-        <v>1225</v>
+        <v>1173</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>1174</v>
       </c>
       <c r="E4" t="s">
-        <v>1226</v>
+        <v>1175</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1227</v>
+        <v>1176</v>
       </c>
       <c r="H4" t="s">
-        <v>1228</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1215</v>
+        <v>1159</v>
       </c>
       <c r="B5" t="s">
-        <v>1229</v>
+        <v>1178</v>
       </c>
       <c r="C5" t="s">
-        <v>1230</v>
+        <v>1179</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>1174</v>
       </c>
       <c r="E5" t="s">
-        <v>1231</v>
+        <v>1175</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>1232</v>
+        <v>1180</v>
       </c>
       <c r="H5" t="s">
-        <v>1233</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D6" t="s">
+        <v>936</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
         <v>1215</v>
       </c>
-      <c r="B6" t="s">
+      <c r="H11" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H14" t="s">
         <v>1234</v>
       </c>
-      <c r="C6" t="s">
-[...11 lines deleted...]
-      <c r="G6" t="s">
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B15" t="s">
         <v>1235</v>
       </c>
-      <c r="H6" t="s">
+      <c r="C15" t="s">
         <v>1236</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1264</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1237</v>
+        <v>1280</v>
       </c>
       <c r="J1" t="s">
         <v>28</v>
       </c>
       <c r="K1" t="s">
-        <v>1238</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1239</v>
+        <v>1282</v>
       </c>
       <c r="B2" t="s">
-        <v>1240</v>
+        <v>1283</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>1241</v>
+        <v>1284</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1242</v>
+        <v>1285</v>
       </c>
       <c r="H2" t="s">
-        <v>1243</v>
+        <v>1286</v>
       </c>
       <c r="I2" t="s">
-        <v>1244</v>
+        <v>1287</v>
       </c>
       <c r="J2" t="s">
-        <v>1245</v>
+        <v>1288</v>
       </c>
       <c r="K2" t="s">
-        <v>1246</v>
+        <v>1289</v>
       </c>
       <c r="L2" t="s">
-        <v>1247</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1239</v>
+        <v>1282</v>
       </c>
       <c r="B3" t="s">
-        <v>1248</v>
+        <v>1291</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>1249</v>
+        <v>1292</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1250</v>
+        <v>1293</v>
       </c>
       <c r="H3" t="s">
-        <v>1251</v>
+        <v>1294</v>
       </c>
       <c r="I3" t="s">
-        <v>1252</v>
+        <v>1295</v>
       </c>
       <c r="J3" t="s">
-        <v>1253</v>
+        <v>1296</v>
       </c>
       <c r="K3" t="s">
-        <v>1254</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1239</v>
+        <v>1282</v>
       </c>
       <c r="B4" t="s">
-        <v>1255</v>
+        <v>1298</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>1256</v>
+        <v>1299</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1257</v>
+        <v>1300</v>
       </c>
       <c r="H4" t="s">
-        <v>1258</v>
+        <v>1301</v>
       </c>
       <c r="I4" t="s">
-        <v>1259</v>
+        <v>1302</v>
       </c>
       <c r="J4" t="s">
-        <v>1260</v>
+        <v>1303</v>
       </c>
       <c r="K4" t="s">
-        <v>1261</v>
+        <v>1304</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B2" t="s">
-        <v>1263</v>
+        <v>1306</v>
       </c>
       <c r="C2" t="s">
-        <v>1264</v>
+        <v>1307</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>1265</v>
+        <v>1308</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1266</v>
+        <v>1309</v>
       </c>
       <c r="H2" t="s">
-        <v>1267</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B3" t="s">
-        <v>1268</v>
+        <v>1311</v>
       </c>
       <c r="C3" t="s">
-        <v>1269</v>
+        <v>1312</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>1270</v>
+        <v>1313</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1271</v>
+        <v>1314</v>
       </c>
       <c r="H3" t="s">
-        <v>1272</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B4" t="s">
-        <v>1273</v>
+        <v>1316</v>
       </c>
       <c r="C4" t="s">
-        <v>1274</v>
+        <v>1317</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>1275</v>
+        <v>1318</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1276</v>
+        <v>1319</v>
       </c>
       <c r="H4" t="s">
-        <v>1277</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B5" t="s">
-        <v>1278</v>
+        <v>1321</v>
       </c>
       <c r="C5" t="s">
-        <v>1279</v>
+        <v>1322</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>1280</v>
+        <v>1323</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>1281</v>
+        <v>1324</v>
       </c>
       <c r="H5" t="s">
-        <v>1282</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B6" t="s">
-        <v>1283</v>
+        <v>1326</v>
       </c>
       <c r="C6" t="s">
-        <v>1284</v>
+        <v>1327</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>1285</v>
+        <v>1328</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>1286</v>
+        <v>1329</v>
       </c>
       <c r="H6" t="s">
-        <v>1287</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B7" t="s">
-        <v>1288</v>
+        <v>1331</v>
       </c>
       <c r="C7" t="s">
-        <v>1289</v>
+        <v>1332</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>1290</v>
+        <v>1333</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>1291</v>
+        <v>1334</v>
       </c>
       <c r="H7" t="s">
-        <v>1292</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B8" t="s">
-        <v>1293</v>
+        <v>1336</v>
       </c>
       <c r="C8" t="s">
-        <v>1294</v>
+        <v>1337</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>1295</v>
+        <v>1338</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>1296</v>
+        <v>1339</v>
       </c>
       <c r="H8" t="s">
-        <v>1297</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B9" t="s">
-        <v>1298</v>
+        <v>1341</v>
       </c>
       <c r="C9" t="s">
-        <v>1299</v>
+        <v>1342</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>1300</v>
+        <v>1343</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>1301</v>
+        <v>1344</v>
       </c>
       <c r="H9" t="s">
-        <v>1302</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B10" t="s">
-        <v>1303</v>
+        <v>1346</v>
       </c>
       <c r="C10" t="s">
-        <v>1304</v>
+        <v>1347</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>1305</v>
+        <v>1348</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>1306</v>
+        <v>1349</v>
       </c>
       <c r="H10" t="s">
-        <v>1307</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B11" t="s">
-        <v>1308</v>
+        <v>1351</v>
       </c>
       <c r="C11" t="s">
-        <v>1309</v>
+        <v>1352</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>1310</v>
+        <v>1353</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>1311</v>
+        <v>1354</v>
       </c>
       <c r="H11" t="s">
-        <v>1312</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B12" t="s">
-        <v>1313</v>
+        <v>1356</v>
       </c>
       <c r="C12" t="s">
-        <v>1314</v>
+        <v>1357</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>1315</v>
+        <v>1358</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>1316</v>
+        <v>1359</v>
       </c>
       <c r="H12" t="s">
-        <v>1317</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B13" t="s">
-        <v>1318</v>
+        <v>1361</v>
       </c>
       <c r="C13" t="s">
-        <v>1319</v>
+        <v>1362</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>1320</v>
+        <v>1363</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>1321</v>
+        <v>1364</v>
       </c>
       <c r="H13" t="s">
-        <v>1322</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B14" t="s">
-        <v>1323</v>
+        <v>1366</v>
       </c>
       <c r="C14" t="s">
-        <v>1324</v>
+        <v>1367</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>1325</v>
+        <v>1368</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>1326</v>
+        <v>1369</v>
       </c>
       <c r="H14" t="s">
-        <v>1327</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B15" t="s">
-        <v>1328</v>
+        <v>1371</v>
       </c>
       <c r="C15" t="s">
-        <v>1329</v>
+        <v>1372</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>1330</v>
+        <v>1373</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>1331</v>
+        <v>1374</v>
       </c>
       <c r="H15" t="s">
-        <v>1332</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
       <c r="B16" t="s">
-        <v>1333</v>
+        <v>1376</v>
       </c>
       <c r="C16" t="s">
-        <v>1334</v>
+        <v>1377</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>1335</v>
+        <v>1378</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
-        <v>1336</v>
+        <v>1379</v>
       </c>
       <c r="H16" t="s">
-        <v>1337</v>
+        <v>1380</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7299,4286 +7887,4078 @@
       </c>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72" t="s">
         <v>423</v>
       </c>
       <c r="H72" t="s">
         <v>424</v>
       </c>
       <c r="I72" t="s">
         <v>10</v>
       </c>
       <c r="J72" t="s">
         <v>425</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>426</v>
       </c>
       <c r="B2" t="s">
         <v>427</v>
       </c>
       <c r="C2" t="s">
         <v>428</v>
       </c>
       <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
         <v>429</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>430</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>426</v>
       </c>
       <c r="B3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C3" t="s">
         <v>433</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>434</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>435</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
         <v>436</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>426</v>
       </c>
       <c r="B4" t="s">
+        <v>438</v>
+      </c>
+      <c r="C4" t="s">
         <v>439</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
         <v>440</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
         <v>441</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>442</v>
-      </c>
-[...7 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>426</v>
       </c>
       <c r="B5" t="s">
+        <v>443</v>
+      </c>
+      <c r="C5" t="s">
+        <v>444</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
         <v>445</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
         <v>446</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>447</v>
-      </c>
-[...10 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>426</v>
       </c>
       <c r="B6" t="s">
+        <v>448</v>
+      </c>
+      <c r="C6" t="s">
+        <v>449</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>450</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
         <v>451</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>452</v>
-      </c>
-[...13 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>426</v>
       </c>
       <c r="B7" t="s">
+        <v>453</v>
+      </c>
+      <c r="C7" t="s">
+        <v>454</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>455</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>456</v>
+      </c>
+      <c r="H7" t="s">
         <v>457</v>
-      </c>
-[...16 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>426</v>
       </c>
       <c r="B8" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="C8" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="D8" t="s">
-        <v>465</v>
+        <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="H8" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>426</v>
       </c>
       <c r="B9" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="C9" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="D9" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="E9" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="H9" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>426</v>
       </c>
       <c r="B10" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="C10" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="D10" t="s">
-        <v>477</v>
+        <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="H10" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>426</v>
       </c>
       <c r="B11" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="C11" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="E11" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="H11" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>426</v>
       </c>
       <c r="B12" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="C12" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>482</v>
       </c>
       <c r="E12" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="H12" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>426</v>
       </c>
       <c r="B13" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="C13" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="D13" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="E13" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="H13" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>426</v>
       </c>
       <c r="B14" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="C14" t="s">
-        <v>499</v>
+        <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="E14" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="H14" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>426</v>
       </c>
       <c r="B15" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="C15" t="s">
-        <v>505</v>
+        <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="E15" t="s">
-        <v>507</v>
+        <v>493</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>508</v>
+        <v>498</v>
       </c>
       <c r="H15" t="s">
-        <v>509</v>
+        <v>499</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>426</v>
+      </c>
+      <c r="B16" t="s">
+        <v>500</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>493</v>
+      </c>
+      <c r="E16" t="s">
+        <v>493</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>501</v>
+      </c>
+      <c r="H16" t="s">
+        <v>502</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2342 lines deleted...]
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>990</v>
+        <v>503</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B2" t="s">
-        <v>992</v>
+        <v>505</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>993</v>
+        <v>506</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>994</v>
+        <v>507</v>
       </c>
       <c r="H2" t="s">
-        <v>995</v>
+        <v>508</v>
       </c>
       <c r="I2" t="s">
-        <v>996</v>
+        <v>509</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B3" t="s">
-        <v>997</v>
+        <v>510</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>998</v>
+        <v>511</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>999</v>
+        <v>512</v>
       </c>
       <c r="H3" t="s">
-        <v>1000</v>
+        <v>513</v>
       </c>
       <c r="I3" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B4" t="s">
-        <v>1002</v>
+        <v>515</v>
       </c>
       <c r="C4" t="s">
-        <v>1003</v>
+        <v>516</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>1004</v>
+        <v>517</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1005</v>
+        <v>518</v>
       </c>
       <c r="H4" t="s">
-        <v>1006</v>
+        <v>519</v>
       </c>
       <c r="I4" t="s">
-        <v>1007</v>
+        <v>520</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B5" t="s">
-        <v>1008</v>
+        <v>521</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>1009</v>
+        <v>522</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>1010</v>
+        <v>523</v>
       </c>
       <c r="H5" t="s">
-        <v>1011</v>
+        <v>524</v>
       </c>
       <c r="I5" t="s">
-        <v>1007</v>
+        <v>520</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B6" t="s">
-        <v>1012</v>
+        <v>525</v>
       </c>
       <c r="C6" t="s">
-        <v>1013</v>
+        <v>526</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>1014</v>
+        <v>527</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>1015</v>
+        <v>528</v>
       </c>
       <c r="H6" t="s">
-        <v>1016</v>
+        <v>529</v>
       </c>
       <c r="I6" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B7" t="s">
-        <v>1017</v>
+        <v>530</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>1018</v>
+        <v>531</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>1019</v>
+        <v>532</v>
       </c>
       <c r="H7" t="s">
-        <v>1020</v>
+        <v>533</v>
       </c>
       <c r="I7" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B8" t="s">
-        <v>1021</v>
+        <v>534</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>1022</v>
+        <v>535</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>1023</v>
+        <v>536</v>
       </c>
       <c r="H8" t="s">
-        <v>1024</v>
+        <v>537</v>
       </c>
       <c r="I8" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B9" t="s">
-        <v>1025</v>
+        <v>538</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>1022</v>
+        <v>535</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>1026</v>
+        <v>539</v>
       </c>
       <c r="H9" t="s">
-        <v>1027</v>
+        <v>540</v>
       </c>
       <c r="I9" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B10" t="s">
-        <v>1028</v>
+        <v>541</v>
       </c>
       <c r="C10" t="s">
-        <v>1029</v>
+        <v>542</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>1030</v>
+        <v>543</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>1031</v>
+        <v>544</v>
       </c>
       <c r="H10" t="s">
-        <v>1032</v>
+        <v>545</v>
       </c>
       <c r="I10" t="s">
-        <v>1033</v>
+        <v>546</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B11" t="s">
-        <v>1034</v>
+        <v>547</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>1035</v>
+        <v>548</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>1036</v>
+        <v>549</v>
       </c>
       <c r="H11" t="s">
-        <v>1037</v>
+        <v>550</v>
       </c>
       <c r="I11" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B12" t="s">
-        <v>1038</v>
+        <v>551</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>1039</v>
+        <v>552</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>1040</v>
+        <v>553</v>
       </c>
       <c r="H12" t="s">
-        <v>1041</v>
+        <v>554</v>
       </c>
       <c r="I12" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B13" t="s">
-        <v>1042</v>
+        <v>555</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>1043</v>
+        <v>556</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>1044</v>
+        <v>557</v>
       </c>
       <c r="H13" t="s">
-        <v>1045</v>
+        <v>558</v>
       </c>
       <c r="I13" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B14" t="s">
-        <v>1046</v>
+        <v>559</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>1047</v>
+        <v>560</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>1048</v>
+        <v>561</v>
       </c>
       <c r="H14" t="s">
-        <v>1049</v>
+        <v>562</v>
       </c>
       <c r="I14" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B15" t="s">
-        <v>1046</v>
+        <v>559</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>1050</v>
+        <v>563</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>1051</v>
+        <v>564</v>
       </c>
       <c r="H15" t="s">
-        <v>1052</v>
+        <v>565</v>
       </c>
       <c r="I15" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B16" t="s">
-        <v>1053</v>
+        <v>566</v>
       </c>
       <c r="C16" t="s">
-        <v>1054</v>
+        <v>567</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>1055</v>
+        <v>568</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
-        <v>1056</v>
+        <v>569</v>
       </c>
       <c r="H16" t="s">
-        <v>1057</v>
+        <v>570</v>
       </c>
       <c r="I16" t="s">
-        <v>1007</v>
+        <v>520</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B17" t="s">
-        <v>1058</v>
+        <v>571</v>
       </c>
       <c r="C17" t="s">
-        <v>1059</v>
+        <v>572</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
-        <v>1060</v>
+        <v>573</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
-        <v>1061</v>
+        <v>574</v>
       </c>
       <c r="H17" t="s">
-        <v>1062</v>
+        <v>575</v>
       </c>
       <c r="I17" t="s">
-        <v>1007</v>
+        <v>520</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B18" t="s">
-        <v>1063</v>
+        <v>576</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
-        <v>1064</v>
+        <v>577</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
-        <v>1065</v>
+        <v>578</v>
       </c>
       <c r="H18" t="s">
-        <v>1066</v>
+        <v>579</v>
       </c>
       <c r="I18" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B19" t="s">
-        <v>1067</v>
+        <v>580</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
-        <v>1068</v>
+        <v>581</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
-        <v>1069</v>
+        <v>582</v>
       </c>
       <c r="H19" t="s">
-        <v>1070</v>
+        <v>583</v>
       </c>
       <c r="I19" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B20" t="s">
-        <v>1071</v>
+        <v>584</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
-        <v>1072</v>
+        <v>585</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
-        <v>1073</v>
+        <v>586</v>
       </c>
       <c r="H20" t="s">
-        <v>1074</v>
+        <v>587</v>
       </c>
       <c r="I20" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B21" t="s">
-        <v>1075</v>
+        <v>588</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
-        <v>1076</v>
+        <v>589</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21" t="s">
-        <v>1077</v>
+        <v>590</v>
       </c>
       <c r="H21" t="s">
-        <v>1078</v>
+        <v>591</v>
       </c>
       <c r="I21" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B22" t="s">
-        <v>1079</v>
+        <v>592</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
-        <v>1080</v>
+        <v>593</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22" t="s">
-        <v>1081</v>
+        <v>594</v>
       </c>
       <c r="H22" t="s">
-        <v>1082</v>
+        <v>595</v>
       </c>
       <c r="I22" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B23" t="s">
-        <v>1083</v>
+        <v>596</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>1084</v>
+        <v>597</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
-        <v>1085</v>
+        <v>598</v>
       </c>
       <c r="H23" t="s">
-        <v>1086</v>
+        <v>599</v>
       </c>
       <c r="I23" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B24" t="s">
-        <v>1087</v>
+        <v>600</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
-        <v>1088</v>
+        <v>601</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
-        <v>1089</v>
+        <v>602</v>
       </c>
       <c r="H24" t="s">
-        <v>1090</v>
+        <v>603</v>
       </c>
       <c r="I24" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B25" t="s">
-        <v>1091</v>
+        <v>604</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
-        <v>1092</v>
+        <v>605</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
-        <v>1093</v>
+        <v>606</v>
       </c>
       <c r="H25" t="s">
-        <v>1094</v>
+        <v>607</v>
       </c>
       <c r="I25" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B26" t="s">
-        <v>1095</v>
+        <v>608</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
-        <v>1096</v>
+        <v>609</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26" t="s">
-        <v>1097</v>
+        <v>610</v>
       </c>
       <c r="H26" t="s">
-        <v>1098</v>
+        <v>611</v>
       </c>
       <c r="I26" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B27" t="s">
-        <v>1099</v>
+        <v>612</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>1100</v>
+        <v>613</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
-        <v>1101</v>
+        <v>614</v>
       </c>
       <c r="H27" t="s">
-        <v>1102</v>
+        <v>615</v>
       </c>
       <c r="I27" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B28" t="s">
-        <v>1103</v>
+        <v>616</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
-        <v>1104</v>
+        <v>617</v>
       </c>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28" t="s">
-        <v>1105</v>
+        <v>618</v>
       </c>
       <c r="H28" t="s">
-        <v>1106</v>
+        <v>619</v>
       </c>
       <c r="I28" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B29" t="s">
-        <v>1107</v>
+        <v>620</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
-        <v>1108</v>
+        <v>621</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
-        <v>1109</v>
+        <v>622</v>
       </c>
       <c r="H29" t="s">
-        <v>1110</v>
+        <v>623</v>
       </c>
       <c r="I29" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B30" t="s">
-        <v>1111</v>
+        <v>624</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
-        <v>1112</v>
+        <v>625</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
-        <v>1113</v>
+        <v>626</v>
       </c>
       <c r="H30" t="s">
-        <v>1114</v>
+        <v>627</v>
       </c>
       <c r="I30" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B31" t="s">
-        <v>1115</v>
+        <v>628</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
-        <v>1116</v>
+        <v>629</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
-        <v>1117</v>
+        <v>630</v>
       </c>
       <c r="H31" t="s">
-        <v>1118</v>
+        <v>631</v>
       </c>
       <c r="I31" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B32" t="s">
-        <v>1119</v>
+        <v>632</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>1120</v>
+        <v>633</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32" t="s">
-        <v>1121</v>
+        <v>634</v>
       </c>
       <c r="H32" t="s">
-        <v>1122</v>
+        <v>635</v>
       </c>
       <c r="I32" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B33" t="s">
-        <v>1123</v>
+        <v>636</v>
       </c>
       <c r="C33" t="s">
-        <v>1124</v>
+        <v>637</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
-        <v>1125</v>
+        <v>638</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33" t="s">
-        <v>1126</v>
+        <v>639</v>
       </c>
       <c r="H33" t="s">
-        <v>1127</v>
+        <v>640</v>
       </c>
       <c r="I33" t="s">
-        <v>1007</v>
+        <v>520</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B34" t="s">
-        <v>1128</v>
+        <v>641</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
-        <v>1129</v>
+        <v>642</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34" t="s">
-        <v>1130</v>
+        <v>643</v>
       </c>
       <c r="H34" t="s">
-        <v>1131</v>
+        <v>644</v>
       </c>
       <c r="I34" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B35" t="s">
-        <v>1132</v>
+        <v>645</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
-        <v>1133</v>
+        <v>646</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35" t="s">
-        <v>1134</v>
+        <v>647</v>
       </c>
       <c r="H35" t="s">
-        <v>1135</v>
+        <v>648</v>
       </c>
       <c r="I35" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B36" t="s">
-        <v>1136</v>
+        <v>649</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
-        <v>1137</v>
+        <v>650</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
-        <v>1138</v>
+        <v>651</v>
       </c>
       <c r="H36" t="s">
-        <v>1139</v>
+        <v>652</v>
       </c>
       <c r="I36" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B37" t="s">
-        <v>1140</v>
+        <v>653</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
-        <v>1141</v>
+        <v>654</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
-        <v>1142</v>
+        <v>655</v>
       </c>
       <c r="H37" t="s">
-        <v>1143</v>
+        <v>656</v>
       </c>
       <c r="I37" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B38" t="s">
-        <v>1144</v>
+        <v>657</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
-        <v>1141</v>
+        <v>654</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
-        <v>1145</v>
+        <v>658</v>
       </c>
       <c r="H38" t="s">
-        <v>1146</v>
+        <v>659</v>
       </c>
       <c r="I38" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B39" t="s">
-        <v>1147</v>
+        <v>660</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>1141</v>
+        <v>654</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
-        <v>1148</v>
+        <v>661</v>
       </c>
       <c r="H39" t="s">
-        <v>1149</v>
+        <v>662</v>
       </c>
       <c r="I39" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B40" t="s">
-        <v>1150</v>
+        <v>663</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>1141</v>
+        <v>654</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
-        <v>1151</v>
+        <v>664</v>
       </c>
       <c r="H40" t="s">
-        <v>1152</v>
+        <v>665</v>
       </c>
       <c r="I40" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>991</v>
+        <v>504</v>
       </c>
       <c r="B41" t="s">
-        <v>1153</v>
+        <v>666</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>1154</v>
+        <v>667</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
-        <v>1155</v>
+        <v>668</v>
       </c>
       <c r="H41" t="s">
-        <v>1156</v>
+        <v>669</v>
       </c>
       <c r="I41" t="s">
-        <v>1001</v>
+        <v>514</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1157</v>
+        <v>670</v>
       </c>
       <c r="B2" t="s">
-        <v>1158</v>
+        <v>671</v>
       </c>
       <c r="C2" t="s">
-        <v>1159</v>
+        <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>672</v>
       </c>
       <c r="E2" t="s">
-        <v>1160</v>
+        <v>673</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1161</v>
+        <v>674</v>
       </c>
       <c r="H2" t="s">
-        <v>1162</v>
+        <v>675</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1157</v>
+        <v>670</v>
       </c>
       <c r="B3" t="s">
-        <v>1163</v>
+        <v>676</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>677</v>
       </c>
       <c r="D3" t="s">
-        <v>1164</v>
+        <v>678</v>
       </c>
       <c r="E3" t="s">
-        <v>1165</v>
+        <v>679</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1166</v>
+        <v>680</v>
       </c>
       <c r="H3" t="s">
-        <v>1167</v>
+        <v>681</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1157</v>
+        <v>670</v>
       </c>
       <c r="B4" t="s">
-        <v>1168</v>
+        <v>682</v>
       </c>
       <c r="C4" t="s">
-        <v>1169</v>
+        <v>683</v>
       </c>
       <c r="D4" t="s">
-        <v>1170</v>
+        <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>1171</v>
+        <v>684</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1172</v>
+        <v>685</v>
       </c>
       <c r="H4" t="s">
-        <v>1173</v>
+        <v>686</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1157</v>
+        <v>670</v>
       </c>
       <c r="B5" t="s">
-        <v>1174</v>
+        <v>687</v>
       </c>
       <c r="C5" t="s">
-        <v>1175</v>
+        <v>688</v>
       </c>
       <c r="D5" t="s">
-        <v>1176</v>
+        <v>689</v>
       </c>
       <c r="E5" t="s">
-        <v>1177</v>
+        <v>690</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>1178</v>
+        <v>691</v>
       </c>
       <c r="H5" t="s">
-        <v>1179</v>
+        <v>692</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1157</v>
+        <v>670</v>
       </c>
       <c r="B6" t="s">
-        <v>1180</v>
+        <v>693</v>
       </c>
       <c r="C6" t="s">
-        <v>1181</v>
+        <v>694</v>
       </c>
       <c r="D6" t="s">
-        <v>1182</v>
+        <v>695</v>
       </c>
       <c r="E6" t="s">
-        <v>1183</v>
+        <v>696</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>1184</v>
+        <v>697</v>
       </c>
       <c r="H6" t="s">
-        <v>1185</v>
+        <v>698</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1157</v>
+        <v>670</v>
       </c>
       <c r="B7" t="s">
-        <v>1186</v>
+        <v>699</v>
       </c>
       <c r="C7" t="s">
-        <v>1187</v>
+        <v>700</v>
       </c>
       <c r="D7" t="s">
-        <v>1188</v>
+        <v>701</v>
       </c>
       <c r="E7" t="s">
-        <v>1189</v>
+        <v>702</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>1190</v>
+        <v>703</v>
       </c>
       <c r="H7" t="s">
-        <v>1191</v>
+        <v>704</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1157</v>
+        <v>670</v>
       </c>
       <c r="B8" t="s">
-        <v>1192</v>
+        <v>705</v>
       </c>
       <c r="C8" t="s">
-        <v>1193</v>
+        <v>706</v>
       </c>
       <c r="D8" t="s">
-        <v>1194</v>
+        <v>707</v>
       </c>
       <c r="E8" t="s">
-        <v>1195</v>
+        <v>708</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>1196</v>
+        <v>709</v>
       </c>
       <c r="H8" t="s">
-        <v>1197</v>
+        <v>710</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1157</v>
+        <v>670</v>
       </c>
       <c r="B9" t="s">
-        <v>1198</v>
+        <v>711</v>
       </c>
       <c r="C9" t="s">
-        <v>1199</v>
+        <v>712</v>
       </c>
       <c r="D9" t="s">
-        <v>1200</v>
+        <v>713</v>
       </c>
       <c r="E9" t="s">
-        <v>1201</v>
+        <v>714</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>1202</v>
+        <v>715</v>
       </c>
       <c r="H9" t="s">
-        <v>1203</v>
+        <v>716</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1157</v>
+        <v>670</v>
       </c>
       <c r="B10" t="s">
-        <v>1204</v>
+        <v>717</v>
       </c>
       <c r="C10" t="s">
-        <v>1205</v>
+        <v>718</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>1206</v>
+        <v>719</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>1207</v>
+        <v>720</v>
       </c>
       <c r="H10" t="s">
-        <v>1208</v>
+        <v>721</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>670</v>
+      </c>
+      <c r="B11" t="s">
+        <v>722</v>
+      </c>
+      <c r="C11" t="s">
+        <v>723</v>
+      </c>
+      <c r="D11" t="s">
+        <v>724</v>
+      </c>
+      <c r="E11" t="s">
+        <v>725</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>726</v>
+      </c>
+      <c r="H11" t="s">
+        <v>727</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>728</v>
+      </c>
+      <c r="B2" t="s">
+        <v>729</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>730</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>731</v>
+      </c>
+      <c r="H2" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>728</v>
+      </c>
+      <c r="B3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>734</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>735</v>
+      </c>
+      <c r="H3" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>728</v>
+      </c>
+      <c r="B4" t="s">
+        <v>737</v>
+      </c>
+      <c r="C4" t="s">
+        <v>738</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>739</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>740</v>
+      </c>
+      <c r="H4" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>728</v>
+      </c>
+      <c r="B5" t="s">
+        <v>742</v>
+      </c>
+      <c r="C5" t="s">
+        <v>743</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>744</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>745</v>
+      </c>
+      <c r="H5" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>728</v>
+      </c>
+      <c r="B6" t="s">
+        <v>747</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>422</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>748</v>
+      </c>
+      <c r="H6" t="s">
+        <v>749</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>750</v>
+      </c>
+      <c r="B2" t="s">
+        <v>751</v>
+      </c>
+      <c r="C2" t="s">
+        <v>752</v>
+      </c>
+      <c r="D2" t="s">
+        <v>753</v>
+      </c>
+      <c r="E2" t="s">
+        <v>754</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>755</v>
+      </c>
+      <c r="H2" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>750</v>
+      </c>
+      <c r="B3" t="s">
+        <v>757</v>
+      </c>
+      <c r="C3" t="s">
+        <v>758</v>
+      </c>
+      <c r="D3" t="s">
+        <v>759</v>
+      </c>
+      <c r="E3" t="s">
+        <v>760</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>761</v>
+      </c>
+      <c r="H3" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>750</v>
+      </c>
+      <c r="B4" t="s">
+        <v>763</v>
+      </c>
+      <c r="C4" t="s">
+        <v>764</v>
+      </c>
+      <c r="D4" t="s">
+        <v>765</v>
+      </c>
+      <c r="E4" t="s">
+        <v>766</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>767</v>
+      </c>
+      <c r="H4" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>750</v>
+      </c>
+      <c r="B5" t="s">
+        <v>769</v>
+      </c>
+      <c r="C5" t="s">
+        <v>770</v>
+      </c>
+      <c r="D5" t="s">
+        <v>771</v>
+      </c>
+      <c r="E5" t="s">
+        <v>772</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>773</v>
+      </c>
+      <c r="H5" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>750</v>
+      </c>
+      <c r="B6" t="s">
+        <v>775</v>
+      </c>
+      <c r="C6" t="s">
+        <v>776</v>
+      </c>
+      <c r="D6" t="s">
+        <v>777</v>
+      </c>
+      <c r="E6" t="s">
+        <v>778</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>779</v>
+      </c>
+      <c r="H6" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>750</v>
+      </c>
+      <c r="B7" t="s">
+        <v>781</v>
+      </c>
+      <c r="C7" t="s">
+        <v>782</v>
+      </c>
+      <c r="D7" t="s">
+        <v>783</v>
+      </c>
+      <c r="E7" t="s">
+        <v>784</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>785</v>
+      </c>
+      <c r="H7" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>750</v>
+      </c>
+      <c r="B8" t="s">
+        <v>787</v>
+      </c>
+      <c r="C8" t="s">
+        <v>788</v>
+      </c>
+      <c r="D8" t="s">
+        <v>789</v>
+      </c>
+      <c r="E8" t="s">
+        <v>790</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>791</v>
+      </c>
+      <c r="H8" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>750</v>
+      </c>
+      <c r="B9" t="s">
+        <v>793</v>
+      </c>
+      <c r="C9" t="s">
+        <v>794</v>
+      </c>
+      <c r="D9" t="s">
+        <v>795</v>
+      </c>
+      <c r="E9" t="s">
+        <v>796</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>797</v>
+      </c>
+      <c r="H9" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>750</v>
+      </c>
+      <c r="B10" t="s">
+        <v>799</v>
+      </c>
+      <c r="C10" t="s">
+        <v>800</v>
+      </c>
+      <c r="D10" t="s">
+        <v>801</v>
+      </c>
+      <c r="E10" t="s">
+        <v>802</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>803</v>
+      </c>
+      <c r="H10" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>750</v>
+      </c>
+      <c r="B11" t="s">
+        <v>805</v>
+      </c>
+      <c r="C11" t="s">
+        <v>806</v>
+      </c>
+      <c r="D11" t="s">
+        <v>807</v>
+      </c>
+      <c r="E11" t="s">
+        <v>808</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>809</v>
+      </c>
+      <c r="H11" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>750</v>
+      </c>
+      <c r="B12" t="s">
+        <v>811</v>
+      </c>
+      <c r="C12" t="s">
+        <v>812</v>
+      </c>
+      <c r="D12" t="s">
+        <v>813</v>
+      </c>
+      <c r="E12" t="s">
+        <v>814</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>815</v>
+      </c>
+      <c r="H12" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>750</v>
+      </c>
+      <c r="B13" t="s">
+        <v>817</v>
+      </c>
+      <c r="C13" t="s">
+        <v>818</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>819</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>820</v>
+      </c>
+      <c r="H13" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>750</v>
+      </c>
+      <c r="B14" t="s">
+        <v>822</v>
+      </c>
+      <c r="C14" t="s">
+        <v>823</v>
+      </c>
+      <c r="D14" t="s">
+        <v>824</v>
+      </c>
+      <c r="E14" t="s">
+        <v>825</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>826</v>
+      </c>
+      <c r="H14" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>750</v>
+      </c>
+      <c r="B15" t="s">
+        <v>828</v>
+      </c>
+      <c r="C15" t="s">
+        <v>829</v>
+      </c>
+      <c r="D15" t="s">
+        <v>830</v>
+      </c>
+      <c r="E15" t="s">
+        <v>831</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>832</v>
+      </c>
+      <c r="H15" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>750</v>
+      </c>
+      <c r="B16" t="s">
+        <v>834</v>
+      </c>
+      <c r="C16" t="s">
+        <v>835</v>
+      </c>
+      <c r="D16" t="s">
+        <v>836</v>
+      </c>
+      <c r="E16" t="s">
+        <v>837</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>838</v>
+      </c>
+      <c r="H16" t="s">
+        <v>839</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H54"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>840</v>
+      </c>
+      <c r="B2" t="s">
+        <v>841</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>842</v>
+      </c>
+      <c r="E2" t="s">
+        <v>843</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>844</v>
+      </c>
+      <c r="H2" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>840</v>
+      </c>
+      <c r="B3" t="s">
+        <v>846</v>
+      </c>
+      <c r="C3" t="s">
+        <v>847</v>
+      </c>
+      <c r="D3" t="s">
+        <v>848</v>
+      </c>
+      <c r="E3" t="s">
+        <v>849</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>850</v>
+      </c>
+      <c r="H3" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>840</v>
+      </c>
+      <c r="B4" t="s">
+        <v>852</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>853</v>
+      </c>
+      <c r="E4" t="s">
+        <v>854</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>855</v>
+      </c>
+      <c r="H4" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>840</v>
+      </c>
+      <c r="B5" t="s">
+        <v>857</v>
+      </c>
+      <c r="C5" t="s">
+        <v>858</v>
+      </c>
+      <c r="D5" t="s">
+        <v>859</v>
+      </c>
+      <c r="E5" t="s">
+        <v>860</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>861</v>
+      </c>
+      <c r="H5" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>840</v>
+      </c>
+      <c r="B6" t="s">
+        <v>863</v>
+      </c>
+      <c r="C6" t="s">
+        <v>864</v>
+      </c>
+      <c r="D6" t="s">
+        <v>434</v>
+      </c>
+      <c r="E6" t="s">
+        <v>865</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>866</v>
+      </c>
+      <c r="H6" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>840</v>
+      </c>
+      <c r="B7" t="s">
+        <v>868</v>
+      </c>
+      <c r="C7" t="s">
+        <v>869</v>
+      </c>
+      <c r="D7" t="s">
+        <v>870</v>
+      </c>
+      <c r="E7" t="s">
+        <v>871</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>872</v>
+      </c>
+      <c r="H7" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>840</v>
+      </c>
+      <c r="B8" t="s">
+        <v>874</v>
+      </c>
+      <c r="C8" t="s">
+        <v>875</v>
+      </c>
+      <c r="D8" t="s">
+        <v>876</v>
+      </c>
+      <c r="E8" t="s">
+        <v>877</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>878</v>
+      </c>
+      <c r="H8" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>840</v>
+      </c>
+      <c r="B9" t="s">
+        <v>880</v>
+      </c>
+      <c r="C9" t="s">
+        <v>881</v>
+      </c>
+      <c r="D9" t="s">
+        <v>882</v>
+      </c>
+      <c r="E9" t="s">
+        <v>883</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>884</v>
+      </c>
+      <c r="H9" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>840</v>
+      </c>
+      <c r="B10" t="s">
+        <v>886</v>
+      </c>
+      <c r="C10" t="s">
+        <v>887</v>
+      </c>
+      <c r="D10" t="s">
+        <v>888</v>
+      </c>
+      <c r="E10" t="s">
+        <v>889</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>890</v>
+      </c>
+      <c r="H10" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>840</v>
+      </c>
+      <c r="B11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C11" t="s">
+        <v>893</v>
+      </c>
+      <c r="D11" t="s">
+        <v>894</v>
+      </c>
+      <c r="E11" t="s">
+        <v>895</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>896</v>
+      </c>
+      <c r="H11" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>840</v>
+      </c>
+      <c r="B12" t="s">
+        <v>898</v>
+      </c>
+      <c r="C12" t="s">
+        <v>899</v>
+      </c>
+      <c r="D12" t="s">
+        <v>900</v>
+      </c>
+      <c r="E12" t="s">
+        <v>901</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>902</v>
+      </c>
+      <c r="H12" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>840</v>
+      </c>
+      <c r="B13" t="s">
+        <v>904</v>
+      </c>
+      <c r="C13" t="s">
+        <v>905</v>
+      </c>
+      <c r="D13" t="s">
+        <v>906</v>
+      </c>
+      <c r="E13" t="s">
+        <v>907</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>908</v>
+      </c>
+      <c r="H13" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>840</v>
+      </c>
+      <c r="B14" t="s">
+        <v>910</v>
+      </c>
+      <c r="C14" t="s">
+        <v>911</v>
+      </c>
+      <c r="D14" t="s">
+        <v>912</v>
+      </c>
+      <c r="E14" t="s">
+        <v>913</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>914</v>
+      </c>
+      <c r="H14" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>840</v>
+      </c>
+      <c r="B15" t="s">
+        <v>916</v>
+      </c>
+      <c r="C15" t="s">
+        <v>917</v>
+      </c>
+      <c r="D15" t="s">
+        <v>918</v>
+      </c>
+      <c r="E15" t="s">
+        <v>919</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>920</v>
+      </c>
+      <c r="H15" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>840</v>
+      </c>
+      <c r="B16" t="s">
+        <v>922</v>
+      </c>
+      <c r="C16" t="s">
+        <v>923</v>
+      </c>
+      <c r="D16" t="s">
+        <v>924</v>
+      </c>
+      <c r="E16" t="s">
+        <v>925</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>926</v>
+      </c>
+      <c r="H16" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>840</v>
+      </c>
+      <c r="B17" t="s">
+        <v>928</v>
+      </c>
+      <c r="C17" t="s">
+        <v>929</v>
+      </c>
+      <c r="D17" t="s">
+        <v>930</v>
+      </c>
+      <c r="E17" t="s">
+        <v>931</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>932</v>
+      </c>
+      <c r="H17" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>840</v>
+      </c>
+      <c r="B18" t="s">
+        <v>934</v>
+      </c>
+      <c r="C18" t="s">
+        <v>935</v>
+      </c>
+      <c r="D18" t="s">
+        <v>936</v>
+      </c>
+      <c r="E18" t="s">
+        <v>937</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>938</v>
+      </c>
+      <c r="H18" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>840</v>
+      </c>
+      <c r="B19" t="s">
+        <v>940</v>
+      </c>
+      <c r="C19" t="s">
+        <v>941</v>
+      </c>
+      <c r="D19" t="s">
+        <v>942</v>
+      </c>
+      <c r="E19" t="s">
+        <v>943</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>944</v>
+      </c>
+      <c r="H19" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>840</v>
+      </c>
+      <c r="B20" t="s">
+        <v>946</v>
+      </c>
+      <c r="C20" t="s">
+        <v>947</v>
+      </c>
+      <c r="D20" t="s">
+        <v>948</v>
+      </c>
+      <c r="E20" t="s">
+        <v>949</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>950</v>
+      </c>
+      <c r="H20" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>840</v>
+      </c>
+      <c r="B21" t="s">
+        <v>952</v>
+      </c>
+      <c r="C21" t="s">
+        <v>953</v>
+      </c>
+      <c r="D21" t="s">
+        <v>954</v>
+      </c>
+      <c r="E21" t="s">
+        <v>955</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" t="s">
+        <v>956</v>
+      </c>
+      <c r="H21" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>840</v>
+      </c>
+      <c r="B22" t="s">
+        <v>958</v>
+      </c>
+      <c r="C22" t="s">
+        <v>959</v>
+      </c>
+      <c r="D22" t="s">
+        <v>954</v>
+      </c>
+      <c r="E22" t="s">
+        <v>960</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" t="s">
+        <v>961</v>
+      </c>
+      <c r="H22" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>840</v>
+      </c>
+      <c r="B23" t="s">
+        <v>963</v>
+      </c>
+      <c r="C23" t="s">
+        <v>964</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>965</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G23" t="s">
+        <v>966</v>
+      </c>
+      <c r="H23" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>840</v>
+      </c>
+      <c r="B24" t="s">
+        <v>968</v>
+      </c>
+      <c r="C24" t="s">
+        <v>969</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>970</v>
+      </c>
+      <c r="F24" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" t="s">
+        <v>971</v>
+      </c>
+      <c r="H24" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>840</v>
+      </c>
+      <c r="B25" t="s">
+        <v>973</v>
+      </c>
+      <c r="C25" t="s">
+        <v>974</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>975</v>
+      </c>
+      <c r="F25" t="s">
+        <v>10</v>
+      </c>
+      <c r="G25" t="s">
+        <v>976</v>
+      </c>
+      <c r="H25" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>840</v>
+      </c>
+      <c r="B26" t="s">
+        <v>978</v>
+      </c>
+      <c r="C26" t="s">
+        <v>979</v>
+      </c>
+      <c r="D26" t="s">
+        <v>980</v>
+      </c>
+      <c r="E26" t="s">
+        <v>980</v>
+      </c>
+      <c r="F26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G26" t="s">
+        <v>981</v>
+      </c>
+      <c r="H26" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>840</v>
+      </c>
+      <c r="B27" t="s">
+        <v>983</v>
+      </c>
+      <c r="C27" t="s">
+        <v>984</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
+        <v>985</v>
+      </c>
+      <c r="F27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G27" t="s">
+        <v>986</v>
+      </c>
+      <c r="H27" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>840</v>
+      </c>
+      <c r="B28" t="s">
+        <v>988</v>
+      </c>
+      <c r="C28" t="s">
+        <v>989</v>
+      </c>
+      <c r="D28" t="s">
+        <v>990</v>
+      </c>
+      <c r="E28" t="s">
+        <v>991</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" t="s">
+        <v>992</v>
+      </c>
+      <c r="H28" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>840</v>
+      </c>
+      <c r="B29" t="s">
+        <v>994</v>
+      </c>
+      <c r="C29" t="s">
+        <v>995</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>996</v>
+      </c>
+      <c r="F29" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" t="s">
+        <v>997</v>
+      </c>
+      <c r="H29" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>840</v>
+      </c>
+      <c r="B30" t="s">
+        <v>999</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F30" t="s">
+        <v>10</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>840</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F31" t="s">
+        <v>10</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>840</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F32" t="s">
+        <v>10</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>840</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>840</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F34" t="s">
+        <v>10</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>840</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F35" t="s">
+        <v>10</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>840</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F36" t="s">
+        <v>10</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>840</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F37" t="s">
+        <v>10</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>840</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>840</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F39" t="s">
+        <v>10</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>840</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F40" t="s">
+        <v>10</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>840</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F41" t="s">
+        <v>10</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>840</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F42" t="s">
+        <v>10</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>840</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F43" t="s">
+        <v>10</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>840</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F44" t="s">
+        <v>10</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>840</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F45" t="s">
+        <v>10</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>840</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F46" t="s">
+        <v>10</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>840</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F47" t="s">
+        <v>10</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>840</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F48" t="s">
+        <v>10</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>840</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F49" t="s">
+        <v>10</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>840</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F50" t="s">
+        <v>10</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>840</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F51" t="s">
+        <v>10</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>840</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F52" t="s">
+        <v>10</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>840</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F53" t="s">
+        <v>10</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>840</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1142</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F54" t="s">
+        <v>10</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
         <v>1157</v>
       </c>
-      <c r="B11" t="s">
-[...18 lines deleted...]
-        <v>1214</v>
+      <c r="H3" t="s">
+        <v>1158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>