--- v2 (2025-12-21)
+++ v3 (2026-02-04)
@@ -45,51 +45,51 @@
     <sheet name="Export Guide usagers" r:id="rId11" sheetId="9"/>
     <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
     <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
     <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2326" uniqueCount="1381">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2311" uniqueCount="1372">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1577,50 +1577,62 @@
   <si>
     <t>c_1035513</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Collège délibératif du 7 mai 2025</t>
   </si>
   <si>
     <t>22/07/2025 18:15:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636696/fr/college-deliberatif-du-7-mai-2025</t>
   </si>
   <si>
     <t>p_3636696</t>
   </si>
   <si>
     <t>Collège</t>
   </si>
   <si>
+    <t>Collège délibératif du 12 juin 2025</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636374/fr/college-deliberatif-du-12-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3636374</t>
+  </si>
+  <si>
     <t>CSMS - Réunion du mardi 3 décembre 2024</t>
   </si>
   <si>
     <t>24/10/2024 10:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552672/fr/csms-reunion-du-mardi-3-decembre-2024</t>
   </si>
   <si>
     <t>p_3552672</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Regarder le replay – Maltraitance intrafamiliale sur personne majeure : repérer, évaluer, accompagner</t>
   </si>
   <si>
     <t>Regarder le replay du webinaire "Maltraitance intrafamiliale sur personne majeure : repérer, évaluer, accompagner".</t>
   </si>
   <si>
     <t>05/02/2025 14:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3588702/fr/regarder-le-replay-maltraitance-intrafamiliale-sur-personne-majeure-reperer-evaluer-accompagner</t>
@@ -2063,50 +2075,53 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1335115/fr/cnedimts-reunion-du-20-novembre-2012</t>
   </si>
   <si>
     <t>c_1335115</t>
   </si>
   <si>
     <t>CNEDiMTS - Commission du 12 juin 2012</t>
   </si>
   <si>
     <t>26/09/2012 14:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1294600/fr/cnedimts-commission-du-12-juin-2012</t>
   </si>
   <si>
     <t>c_1294600</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>IQSS - e-Satis PSY : Mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte</t>
   </si>
   <si>
+    <t>Présentation du thème e-Satis PSY : objectif, public concerné, questionnaire, calcul, classement, résultats des mesures nationales.</t>
+  </si>
+  <si>
     <t>11/06/2025 00:00:00</t>
   </si>
   <si>
     <t>11/06/2025 16:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609631/fr/iqss-e-satis-psy-mesure-de-l-experience-rapportee-par-les-patients-hospitalises-a-temps-plein-en-psychiatrie-adulte</t>
   </si>
   <si>
     <t>p_3609631</t>
   </si>
   <si>
     <t>Point de vue des personnes accompagnées par les ESSMS</t>
   </si>
   <si>
     <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
   </si>
   <si>
     <t>20/05/2025 00:00:00</t>
   </si>
   <si>
     <t>20/05/2025 15:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
@@ -3536,368 +3551,371 @@
   <si>
     <t>15/02/2025 00:00:00</t>
   </si>
   <si>
     <t>07/03/2025 15:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585752/fr/falc-accompagner-la-personne-necessitant-une-mesure-de-protection-juridique</t>
   </si>
   <si>
     <t>p_3585752</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
   </si>
   <si>
     <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
+  </si>
+  <si>
+    <t>p_3114652</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt de la pose d’une couronne transitoire pendant l’intervalle de temps entre la préparation de la dent et la pose de la couronne définitive.</t>
+  </si>
+  <si>
+    <t>07/03/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>c_2893770</t>
+  </si>
+  <si>
+    <t>Évaluation des orthèses plantaires et des coques talonnières</t>
+  </si>
+  <si>
+    <t>En s’appuyant essentiellement sur la position du groupe de travail, compte tenu du caractère parcellaire et des limites de la littérature disponible, la CNEDiMTS confirme l’intérêt des orthèses plantaires sur mesure, ainsi que celui des coques talonnières.</t>
+  </si>
+  <si>
+    <t>17/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849694/fr/evaluation-des-ortheses-plantaires-et-des-coques-talonnieres</t>
+  </si>
+  <si>
+    <t>c_2849694</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs de drainage et de recueil des urines et des selles</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’analyse de la littérature, dont la CNEDiMTS souligne le manque de recommandations professionnelles et d’études cliniques comparatives bien conduites, ainsi que sur la position du groupe de travail, fondée essentiellement sur la pratique des participants, la Commission recommande la modification de la nomenclature actuelle relative aux dispositifs médicaux cités ci-dessus.</t>
+  </si>
+  <si>
+    <t>01/06/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2017 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775413/fr/evaluation-des-dispositifs-de-drainage-et-de-recueil-des-urines-et-des-selles</t>
+  </si>
+  <si>
+    <t>c_2775413</t>
+  </si>
+  <si>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
+  </si>
+  <si>
+    <t>01/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
+  </si>
+  <si>
+    <t>c_2744218</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+  </si>
+  <si>
+    <t>c_2060963</t>
+  </si>
+  <si>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Recommandations organisationnelles de la chirurgie ambulatoire : outils et guide</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est de proposer des processus organisationnels opérationnels et des outils associés permettant aux acteurs de terrain de développer la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/05/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1337911/fr/recommandations-organisationnelles-de-la-chirurgie-ambulatoire-outils-et-guide</t>
+  </si>
+  <si>
+    <t>c_1337911</t>
+  </si>
+  <si>
+    <t>Évaluation des implants de pontage</t>
+  </si>
+  <si>
+    <t>Evaluation des implants de pontage en vue du renouvellement de la prise en charge par l’assurance maladie</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/fr/evaluation-des-implants-de-pontage</t>
+  </si>
+  <si>
+    <t>c_1528391</t>
+  </si>
+  <si>
+    <t>Évaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré)</t>
+  </si>
+  <si>
+    <t>Evaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré) en vue du renouvellement de la prise en charge par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/fr/evaluation-des-implants-du-rachis-cage-intersomatique-cale-metallique-interepineuse-coussinet-implant-d-appui-sacre</t>
+  </si>
+  <si>
+    <t>c_1517325</t>
+  </si>
+  <si>
+    <t>Les pansements : Indications et utilisations recommandées - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à la réévaluation des descriptions génériques des articles pour pansements. Ceci a permis de préciser les indications des pansements primaires, placés au contact direct de la plaie, et des pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438004/fr/les-pansements-indications-et-utilisations-recommandees-fiche-buts</t>
+  </si>
+  <si>
+    <t>r_1438004</t>
+  </si>
+  <si>
+    <t>Dispositifs de Compression/Contention médicale à usage individuel - Utilisation en Orthopédie/Rhumatologie/Traumatologie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt thérapeutique des orthèses tubulaires et des bandes pour leur usage en orthopédie/traumatologie/rhumatologie en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise in fine à établir des recommandations sur leurs indications en vue du remboursement en précisant si besoin, leurs modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1318289/fr/dispositifs-de-compression/contention-medicale-a-usage-individuel-utilisation-en-orthopedie/rhumatologie/traumatologie</t>
+  </si>
+  <si>
+    <t>c_1318289</t>
+  </si>
+  <si>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Évaluation des implants de renfort pour le traitement de l’incontinence urinaire d’effort féminine et du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à l’évaluation du service rendu des différents implants de renfort utilisés dans le traitement de l’incontinence urinaire d’effort féminine et dans le prolapsus des organes pelviens. Cette révision propose une mise à jour des indications, des caractéristiques techniques et des conditions de prise en charge de ces implants.</t>
+  </si>
+  <si>
+    <t>04/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2007 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701682/fr/evaluation-des-implants-de-renfort-pour-le-traitement-de-l-incontinence-urinaire-d-effort-feminine-et-du-prolapsus-des-organes-pelviens-de-la-femme</t>
+  </si>
+  <si>
+    <t>c_701682</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0062/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de scellement thérapeutique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:18:00</t>
+  </si>
+  <si>
     <t>11/12/2025 11:02:34</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
-[...313 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3784829/fr/avis-n2025-0062/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-scellement-therapeutique</t>
   </si>
   <si>
     <t>p_3784829</t>
   </si>
   <si>
     <t>Avis n°2025.0063/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de traitement restaurateur atraumatique</t>
   </si>
   <si>
     <t>04/12/2025 18:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784830/fr/avis-n2025-0063/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-traitement-restaurateur-atraumatique</t>
   </si>
   <si>
     <t>p_3784830</t>
   </si>
   <si>
     <t>Décision n°2025.0289/DC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Actes d’odontologie conservatrice 1/ Traitement restaurateur atraumatique, 2/ Scellement thérapeutique, 3/ Application de fluorure diamine d’argent »</t>
   </si>
   <si>
     <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
   </si>
   <si>
     <t>04/12/2025 16:28:00</t>
@@ -3980,108 +3998,63 @@
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399911/fr/nitrate-d-argent-1-faure-collyre-en-recipient-unidose-de-0-4-ml-boite-de-100</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Installation autonome de chirurgie esthétique</t>
   </si>
   <si>
     <t>La certification des installations autonomes de chirurgie esthétique (IACE) s’inscrit dans le cadre général de la certification des établissements de santé (article L.6322-1 du Code de la santé publique). Il s’agit d’une évaluation du niveau de qualité et de sécurité des soins au regard d’un référentiel adapté aux spécificités importantes de la chirurgie esthétique.</t>
   </si>
   <si>
     <t>02/09/2024 11:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3531734/fr/installation-autonome-de-chirurgie-esthetique</t>
   </si>
   <si>
     <t>p_3531734</t>
   </si>
   <si>
-    <t>IQSS 2025 - PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
-[...28 lines deleted...]
-  <si>
     <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
   </si>
   <si>
     <t>09/06/2022 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
   </si>
   <si>
     <t>c_2913016</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3479016</t>
   </si>
   <si>
     <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
   </si>
   <si>
     <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
   </si>
   <si>
     <t>27/09/2016 10:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
   </si>
   <si>
     <t>c_1099657</t>
   </si>
   <si>
     <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
   </si>
   <si>
     <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
   </si>
   <si>
     <t>03/02/2023 10:04:00</t>
   </si>
@@ -4390,1219 +4363,1141 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B2" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="C2" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="D2" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="E2" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="H2" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B3" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="C3" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="D3" t="s">
-        <v>1168</v>
+        <v>1173</v>
       </c>
       <c r="E3" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="H3" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B4" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="C4" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="D4" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="E4" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="H4" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B5" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="C5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D5" t="s">
         <v>1179</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="H5" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B6" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="C6" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="D6" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="E6" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="H6" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B7" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="C7" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="D7" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="E7" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="H7" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B8" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="C8" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="D8" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="E8" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="H8" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B9" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="C9" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="D9" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="E9" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="H9" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B10" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="C10" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="D10" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="E10" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="H10" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B11" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="C11" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="D11" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="E11" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="H11" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B12" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="C12" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="D12" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="E12" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
       <c r="H12" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B13" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="C13" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="D13" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="E13" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="H13" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B14" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="C14" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="D14" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="E14" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="H14" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B15" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="C15" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="D15" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="E15" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="H15" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B16" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="C16" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="D16" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="E16" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="H16" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B17" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="C17" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="D17" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="E17" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="H17" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B18" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="C18" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="D18" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="E18" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="H18" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B19" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="C19" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="D19" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="E19" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
       <c r="H19" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="B2" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="C2" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="D2" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="E2" t="s">
-        <v>1163</v>
+        <v>1274</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="H2" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="B3" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="C3" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="D3" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="E3" t="s">
-        <v>1163</v>
+        <v>1274</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="H3" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="B4" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="C4" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="D4" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="E4" t="s">
-        <v>1163</v>
+        <v>1274</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
       <c r="H4" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
       <c r="J1" t="s">
         <v>28</v>
       </c>
       <c r="K1" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="B2" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="H2" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="I2" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="J2" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="K2" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="L2" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="B3" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>1292</v>
+        <v>1298</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="H3" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="I3" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
       <c r="J3" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
       <c r="K3" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="B4" t="s">
-        <v>1298</v>
+        <v>1304</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="H4" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="I4" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="J4" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="K4" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B2" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="C2" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="H2" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B3" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="C3" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="H3" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B4" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="C4" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="H4" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B5" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="C5" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="H5" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B6" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="C6" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="H6" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B7" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="C7" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="H7" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B8" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
       <c r="C8" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="H8" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B9" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="C9" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="H9" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B10" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="C10" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="H10" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B11" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="C11" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="H11" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B12" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="C12" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="H12" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B13" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="C13" t="s">
-        <v>1362</v>
+        <v>1368</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>1364</v>
+        <v>1370</v>
       </c>
       <c r="H13" t="s">
-        <v>1365</v>
-[...32 lines deleted...]
-      <c r="B15" t="s">
         <v>1371</v>
-      </c>
-[...42 lines deleted...]
-        <v>1380</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -8317,51 +8212,51 @@
       </c>
       <c r="D16" t="s">
         <v>493</v>
       </c>
       <c r="E16" t="s">
         <v>493</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
         <v>501</v>
       </c>
       <c r="H16" t="s">
         <v>502</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I41"/>
+  <dimension ref="A1:I42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -8407,3558 +8302,3587 @@
       <c r="A3" t="s">
         <v>504</v>
       </c>
       <c r="B3" t="s">
         <v>510</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>511</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
         <v>512</v>
       </c>
       <c r="H3" t="s">
         <v>513</v>
       </c>
       <c r="I3" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>504</v>
       </c>
       <c r="B4" t="s">
+        <v>514</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
         <v>515</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
         <v>516</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>517</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>504</v>
       </c>
       <c r="B5" t="s">
+        <v>519</v>
+      </c>
+      <c r="C5" t="s">
+        <v>520</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
         <v>521</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
         <v>522</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>523</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>504</v>
       </c>
       <c r="B6" t="s">
         <v>525</v>
       </c>
       <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
         <v>526</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
         <v>527</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>528</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>504</v>
       </c>
       <c r="B7" t="s">
+        <v>529</v>
+      </c>
+      <c r="C7" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>531</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
         <v>532</v>
       </c>
       <c r="H7" t="s">
         <v>533</v>
       </c>
       <c r="I7" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>504</v>
       </c>
       <c r="B8" t="s">
         <v>534</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>535</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
         <v>536</v>
       </c>
       <c r="H8" t="s">
         <v>537</v>
       </c>
       <c r="I8" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>504</v>
       </c>
       <c r="B9" t="s">
         <v>538</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H9" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="I9" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>504</v>
       </c>
       <c r="B10" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C10" t="s">
-        <v>542</v>
+        <v>10</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
+        <v>539</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
         <v>543</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>544</v>
       </c>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I10" t="s">
-        <v>546</v>
+        <v>518</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>504</v>
       </c>
       <c r="B11" t="s">
+        <v>545</v>
+      </c>
+      <c r="C11" t="s">
+        <v>546</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
         <v>547</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
         <v>548</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>549</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>504</v>
       </c>
       <c r="B12" t="s">
         <v>551</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>552</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
         <v>553</v>
       </c>
       <c r="H12" t="s">
         <v>554</v>
       </c>
       <c r="I12" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>504</v>
       </c>
       <c r="B13" t="s">
         <v>555</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>556</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
         <v>557</v>
       </c>
       <c r="H13" t="s">
         <v>558</v>
       </c>
       <c r="I13" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>504</v>
       </c>
       <c r="B14" t="s">
         <v>559</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>560</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
         <v>561</v>
       </c>
       <c r="H14" t="s">
         <v>562</v>
       </c>
       <c r="I14" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>504</v>
       </c>
       <c r="B15" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="I15" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>504</v>
       </c>
       <c r="B16" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
         <v>567</v>
       </c>
-      <c r="D16" t="s">
-[...2 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
         <v>568</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>569</v>
       </c>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I16" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>504</v>
       </c>
       <c r="B17" t="s">
+        <v>570</v>
+      </c>
+      <c r="C17" t="s">
         <v>571</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
         <v>572</v>
       </c>
-      <c r="D17" t="s">
-[...2 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
         <v>573</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>574</v>
       </c>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I17" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>504</v>
       </c>
       <c r="B18" t="s">
+        <v>575</v>
+      </c>
+      <c r="C18" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>577</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
         <v>578</v>
       </c>
       <c r="H18" t="s">
         <v>579</v>
       </c>
       <c r="I18" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>504</v>
       </c>
       <c r="B19" t="s">
         <v>580</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>581</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
         <v>582</v>
       </c>
       <c r="H19" t="s">
         <v>583</v>
       </c>
       <c r="I19" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>504</v>
       </c>
       <c r="B20" t="s">
         <v>584</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>585</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
         <v>586</v>
       </c>
       <c r="H20" t="s">
         <v>587</v>
       </c>
       <c r="I20" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>504</v>
       </c>
       <c r="B21" t="s">
         <v>588</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>589</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21" t="s">
         <v>590</v>
       </c>
       <c r="H21" t="s">
         <v>591</v>
       </c>
       <c r="I21" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>504</v>
       </c>
       <c r="B22" t="s">
         <v>592</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>593</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22" t="s">
         <v>594</v>
       </c>
       <c r="H22" t="s">
         <v>595</v>
       </c>
       <c r="I22" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>504</v>
       </c>
       <c r="B23" t="s">
         <v>596</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>597</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>598</v>
       </c>
       <c r="H23" t="s">
         <v>599</v>
       </c>
       <c r="I23" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>504</v>
       </c>
       <c r="B24" t="s">
         <v>600</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>601</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>602</v>
       </c>
       <c r="H24" t="s">
         <v>603</v>
       </c>
       <c r="I24" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>504</v>
       </c>
       <c r="B25" t="s">
         <v>604</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>605</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
         <v>606</v>
       </c>
       <c r="H25" t="s">
         <v>607</v>
       </c>
       <c r="I25" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>504</v>
       </c>
       <c r="B26" t="s">
         <v>608</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>609</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26" t="s">
         <v>610</v>
       </c>
       <c r="H26" t="s">
         <v>611</v>
       </c>
       <c r="I26" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>504</v>
       </c>
       <c r="B27" t="s">
         <v>612</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>613</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
         <v>614</v>
       </c>
       <c r="H27" t="s">
         <v>615</v>
       </c>
       <c r="I27" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>504</v>
       </c>
       <c r="B28" t="s">
         <v>616</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>617</v>
       </c>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28" t="s">
         <v>618</v>
       </c>
       <c r="H28" t="s">
         <v>619</v>
       </c>
       <c r="I28" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>504</v>
       </c>
       <c r="B29" t="s">
         <v>620</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>621</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>622</v>
       </c>
       <c r="H29" t="s">
         <v>623</v>
       </c>
       <c r="I29" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>504</v>
       </c>
       <c r="B30" t="s">
         <v>624</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>625</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
         <v>626</v>
       </c>
       <c r="H30" t="s">
         <v>627</v>
       </c>
       <c r="I30" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>504</v>
       </c>
       <c r="B31" t="s">
         <v>628</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>629</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>630</v>
       </c>
       <c r="H31" t="s">
         <v>631</v>
       </c>
       <c r="I31" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>504</v>
       </c>
       <c r="B32" t="s">
         <v>632</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>633</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32" t="s">
         <v>634</v>
       </c>
       <c r="H32" t="s">
         <v>635</v>
       </c>
       <c r="I32" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>504</v>
       </c>
       <c r="B33" t="s">
         <v>636</v>
       </c>
       <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
         <v>637</v>
       </c>
-      <c r="D33" t="s">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
+      <c r="G33" t="s">
         <v>638</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>639</v>
       </c>
-      <c r="H33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I33" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>504</v>
       </c>
       <c r="B34" t="s">
+        <v>640</v>
+      </c>
+      <c r="C34" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>642</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34" t="s">
         <v>643</v>
       </c>
       <c r="H34" t="s">
         <v>644</v>
       </c>
       <c r="I34" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>504</v>
       </c>
       <c r="B35" t="s">
         <v>645</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>646</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35" t="s">
         <v>647</v>
       </c>
       <c r="H35" t="s">
         <v>648</v>
       </c>
       <c r="I35" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>504</v>
       </c>
       <c r="B36" t="s">
         <v>649</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>650</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
         <v>651</v>
       </c>
       <c r="H36" t="s">
         <v>652</v>
       </c>
       <c r="I36" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>504</v>
       </c>
       <c r="B37" t="s">
         <v>653</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>654</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
         <v>655</v>
       </c>
       <c r="H37" t="s">
         <v>656</v>
       </c>
       <c r="I37" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>504</v>
       </c>
       <c r="B38" t="s">
         <v>657</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="H38" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="I38" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>504</v>
       </c>
       <c r="B39" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="H39" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="I39" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>504</v>
       </c>
       <c r="B40" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="H40" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="I40" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>504</v>
       </c>
       <c r="B41" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>667</v>
+        <v>658</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
         <v>668</v>
       </c>
       <c r="H41" t="s">
         <v>669</v>
       </c>
       <c r="I41" t="s">
-        <v>514</v>
+        <v>518</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>504</v>
+      </c>
+      <c r="B42" t="s">
+        <v>670</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>671</v>
+      </c>
+      <c r="F42" t="s">
+        <v>10</v>
+      </c>
+      <c r="G42" t="s">
+        <v>672</v>
+      </c>
+      <c r="H42" t="s">
+        <v>673</v>
+      </c>
+      <c r="I42" t="s">
+        <v>518</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B2" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>676</v>
       </c>
       <c r="D2" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="E2" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="H2" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B3" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C3" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="D3" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="E3" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="H3" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B4" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="C4" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="H4" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B5" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="C5" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="D5" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="E5" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="H5" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B6" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="C6" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D6" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="E6" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="H6" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B7" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="C7" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="D7" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="E7" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="H7" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B8" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="C8" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="D8" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="E8" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="H8" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B9" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="C9" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="D9" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="E9" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="H9" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B10" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="C10" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="H10" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B11" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="C11" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D11" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="E11" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="H11" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="B2" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="H2" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="B3" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="H3" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="B4" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="C4" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="H4" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="B5" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="C5" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="H5" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="B6" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>422</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="H6" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B2" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="C2" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="D2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="E2" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="H2" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B3" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="C3" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="D3" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="E3" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="H3" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B4" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="C4" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="D4" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="E4" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="H4" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B5" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="C5" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="D5" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="E5" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="H5" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B6" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="C6" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="D6" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="E6" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="H6" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B7" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="C7" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="D7" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="E7" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="H7" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B8" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="C8" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="D8" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="E8" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="H8" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B9" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="C9" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="D9" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="E9" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="H9" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B10" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="C10" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="D10" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="E10" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="H10" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B11" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="C11" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="D11" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="E11" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="H11" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B12" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="C12" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="D12" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="E12" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="H12" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B13" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="C13" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="H13" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B14" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="C14" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="D14" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="E14" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="H14" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B15" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="C15" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="D15" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="E15" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="H15" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B16" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="C16" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="D16" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="E16" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="H16" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B2" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="E2" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="H2" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B3" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="C3" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="D3" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="E3" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="H3" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B4" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="E4" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="H4" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B5" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="C5" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="D5" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="E5" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="H5" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B6" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="C6" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="D6" t="s">
         <v>434</v>
       </c>
       <c r="E6" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="H6" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B7" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="C7" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="D7" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="E7" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="H7" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B8" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="C8" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="D8" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="E8" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="H8" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B9" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="C9" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="D9" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="E9" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="H9" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B10" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="C10" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="D10" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="E10" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="H10" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B11" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="C11" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="D11" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="E11" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="H11" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B12" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="C12" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="D12" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="E12" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="H12" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B13" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="C13" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="D13" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="E13" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="H13" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B14" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="C14" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="D14" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="E14" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="H14" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B15" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="C15" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="D15" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="E15" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="H15" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B16" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="C16" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="D16" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="E16" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="H16" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B17" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="C17" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="D17" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="E17" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="H17" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B18" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="C18" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="D18" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="E18" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="H18" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B19" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="C19" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="D19" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="E19" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="H19" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B20" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="C20" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="D20" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="E20" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="H20" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B21" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="C21" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="D21" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="E21" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="H21" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B22" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="C22" t="s">
+        <v>964</v>
+      </c>
+      <c r="D22" t="s">
         <v>959</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="H22" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B23" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="C23" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="H23" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B24" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="C24" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="H24" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B25" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="C25" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="H25" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B26" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="C26" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="D26" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="E26" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="H26" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B27" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="C27" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="H27" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B28" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="C28" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="D28" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="E28" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="H28" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B29" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="C29" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="H29" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B30" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="C30" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="D30" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="E30" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="H30" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B31" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="C31" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="D31" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="E31" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="H31" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B32" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="C32" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="D32" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="E32" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="H32" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B33" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="C33" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="D33" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="E33" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="H33" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B34" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="C34" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="H34" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B35" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="C35" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="D35" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="E35" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="H35" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B36" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="C36" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="D36" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="E36" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="H36" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B37" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="C37" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="D37" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="E37" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="H37" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B38" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="C38" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="D38" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="E38" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="H38" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B39" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="C39" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="D39" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="E39" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="H39" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B40" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="C40" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="D40" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="E40" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
       <c r="H40" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B41" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="C41" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="D41" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="E41" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="H41" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B42" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="C42" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="D42" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="E42" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="H42" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B43" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="C43" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="D43" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="E43" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="H43" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B44" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="C44" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="D44" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="E44" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="H44" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B45" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="C45" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="D45" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="E45" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="H45" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B46" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="C46" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="D46" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="E46" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="H46" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B47" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="C47" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="D47" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="E47" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="H47" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B48" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="C48" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="D48" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="E48" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="H48" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B49" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="C49" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="D49" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="E49" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="H49" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B50" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="C50" t="s">
-        <v>1118</v>
+        <v>1123</v>
       </c>
       <c r="D50" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="E50" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="H50" t="s">
-        <v>1122</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B51" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="C51" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
       <c r="D51" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="E51" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
       <c r="H51" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B52" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="C52" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="D52" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="E52" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="H52" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B53" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="C53" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="D53" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="E53" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="H53" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B54" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="C54" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="D54" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="E54" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="H54" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="B2" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="C2" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="D2" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="E2" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="H2" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="B3" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="C3" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="D3" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="E3" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="H3" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>