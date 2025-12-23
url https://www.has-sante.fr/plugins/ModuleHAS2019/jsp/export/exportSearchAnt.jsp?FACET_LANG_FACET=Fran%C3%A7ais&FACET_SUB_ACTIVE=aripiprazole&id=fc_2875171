--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,862 +1,250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="429" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Myhre (SMy). Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/10/2025 13:47:00</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Syndrome de White-Sutton</t>
-[...254 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Prise en charge des consommateurs de cocaïne</t>
-[...236 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ABILIFY (aripiprazole)</t>
   </si>
   <si>
-    <t>14/11/2024 10:26:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984349/fr/abilify-aripiprazole</t>
+    <t>11/14/2024 10:26:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984349/en/abilify-aripiprazole</t>
   </si>
   <si>
     <t>pprd_2984349</t>
   </si>
   <si>
     <t>aripiprazole</t>
   </si>
   <si>
     <t>OTSUKA PHARMACEUTICALS FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400137/fr/abilify-aripiprazole</t>
-[...71 lines deleted...]
-    <t>c_2906074</t>
+    <t>https://www.has-sante.fr/jcms/c_400137/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642494/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756239/en/abilify</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798068/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968488/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977226/en/abilify</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241688/en/abilify</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701286/en/abilify-aripiprazole-antipsychotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743369/en/abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038113/en/abilify-abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2566812/en/abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361550/en/abilify-maintena-aripiprazole-traitement-d-entretien-de-la-schizophrenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556165/en/abilify-maintena-aripiprazole-schizophrenia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -870,1432 +258,229 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3">
-[...440 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...879 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>241</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>242</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>244</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>245</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>246</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:W2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+      <c r="K2" t="s">
+        <v>32</v>
+      </c>
+      <c r="L2" t="s">
+        <v>33</v>
+      </c>
+      <c r="M2" t="s">
+        <v>34</v>
+      </c>
+      <c r="N2" t="s">
+        <v>35</v>
+      </c>
+      <c r="O2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P2" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>38</v>
+      </c>
+      <c r="R2" t="s">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s">
+        <v>40</v>
+      </c>
+      <c r="T2" t="s">
+        <v>41</v>
+      </c>
+      <c r="U2" t="s">
+        <v>42</v>
+      </c>
+      <c r="V2" t="s">
+        <v>43</v>
+      </c>
+      <c r="W2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>