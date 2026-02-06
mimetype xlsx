--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -1,250 +1,907 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="262">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome MYT1L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome MYT1L. Il a été élaboré par le Centre de Référence constitutif « Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/27/2022 13:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>05/02/2026 08:34:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840763/fr/syndrome-myt1l</t>
+  </si>
+  <si>
+    <t>p_3840763</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Syndrome de Myhre</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Myhre (SMy). Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689386/fr/syndrome-de-myhre</t>
+  </si>
+  <si>
+    <t>p_3689386</t>
+  </si>
+  <si>
+    <t>Syndrome neurodéveloppemental lié à SETD5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/09/2025 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
+  </si>
+  <si>
+    <t>p_3643716</t>
+  </si>
+  <si>
+    <t>ALD n° 23 - Troubles bipolaires</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_849818/fr/ald-n-23-troubles-bipolaires</t>
+  </si>
+  <si>
+    <t>c_849818</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Lemli-Opitz</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne atteinte du SLOS. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/01/2025 08:56:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585083/fr/syndrome-de-smith-lemli-opitz</t>
+  </si>
+  <si>
+    <t>p_3585083</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Syndrome de White-Sutton</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite, aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de White-Sutton. Il a été élaboré par le centre de référence anomalies du développement et syndromes malformatifs de l’Interrégion Est, filière AnDDI-Rares, le centre de référence déficience intellectuelle de causes rares et le centre de compétence maladies rares à expressions psychiatriques, filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350160/fr/syndrome-de-white-sutton</t>
+  </si>
+  <si>
+    <t>p_3350160</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2024</t>
+  </si>
+  <si>
+    <t>16/10/2024 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3548979/fr/commission-de-la-transparence-reunion-du-23-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3548979</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 Juillet 2022</t>
+  </si>
+  <si>
+    <t>18/07/2022 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352633/fr/commission-de-la-transparence-reunion-du-20-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3352633</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 01 Juin 2022</t>
+  </si>
+  <si>
+    <t>01/06/2022 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342243/fr/commission-de-la-transparence-reunion-du-01-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3342243</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2020</t>
+  </si>
+  <si>
+    <t>03/01/2020 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145065/fr/commission-de-la-transparence-reunion-du-8-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3145065</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 avril 2015</t>
+  </si>
+  <si>
+    <t>24/04/2015 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028978/fr/commission-de-la-transparence-reunion-du-29-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2028978</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 octobre 2013</t>
+  </si>
+  <si>
+    <t>25/11/2013 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652486/fr/commission-de-la-transparence-reunion-du-16-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1652486</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mars 2012</t>
+  </si>
+  <si>
+    <t>14/03/2012 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225368/fr/commission-de-la-transparence-reunion-du-14-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1225368</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité FOSRENOL par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>19/10/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104210/fr/commission-de-la-transparence-reunion-du-19-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1104210</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 juin 2010</t>
+  </si>
+  <si>
+    <t>30/06/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962972/fr/commission-de-la-transparence-reunion-du-30-juin-2010</t>
+  </si>
+  <si>
+    <t>c_962972</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2009</t>
+  </si>
+  <si>
+    <t>04/02/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_692498/fr/commission-de-la-transparence-reunion-du-4-fevrier-2009</t>
+  </si>
+  <si>
+    <t>c_692498</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2008</t>
+  </si>
+  <si>
+    <t>23/01/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623096/fr/commission-de-la-transparence-reunion-du-23-janvier-2008</t>
+  </si>
+  <si>
+    <t>c_623096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2008</t>
+  </si>
+  <si>
+    <t>20/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635304/fr/commission-de-la-transparence-reunion-du-20-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_635304</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ABILIFY (aripiprazole)</t>
   </si>
   <si>
-    <t>11/14/2024 10:26:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984349/en/abilify-aripiprazole</t>
+    <t>14/11/2024 10:26:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984349/fr/abilify-aripiprazole</t>
   </si>
   <si>
     <t>pprd_2984349</t>
   </si>
   <si>
     <t>aripiprazole</t>
   </si>
   <si>
     <t>OTSUKA PHARMACEUTICALS FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400137/en/abilify-aripiprazole</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3556165/en/abilify-maintena-aripiprazole-schizophrenia</t>
+    <t>https://www.has-sante.fr/jcms/c_400137/fr/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642494/fr/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756239/fr/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798068/fr/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968488/fr/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977226/fr/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241688/fr/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701286/fr/abilify-aripiprazole-antipsychotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743369/fr/abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038113/fr/abilify-abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2566812/fr/abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361550/fr/abilify-maintena-aripiprazole-traitement-d-entretien-de-la-schizophrenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556165/fr/abilify-maintena-aripiprazole-schizophrenie</t>
+  </si>
+  <si>
+    <t>ARIPIPRAZOLE ARROW (aripiprazole)</t>
+  </si>
+  <si>
+    <t>31/07/2020 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197867/fr/aripiprazole-arrow-aripiprazole</t>
+  </si>
+  <si>
+    <t>p_3197867</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197834/fr/aripiprazole-arrow-aripiprazole</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -258,229 +915,1510 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H11" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>60</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>66</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>71</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>77</v>
+      </c>
+      <c r="H15" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>81</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" t="s">
+        <v>85</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>86</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>87</v>
+      </c>
+      <c r="H17" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" t="s">
+        <v>90</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>86</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>91</v>
+      </c>
+      <c r="H18" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>93</v>
+      </c>
+      <c r="C19" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>95</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>96</v>
+      </c>
+      <c r="H19" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>100</v>
+      </c>
+      <c r="E20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>102</v>
+      </c>
+      <c r="H20" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
+        <v>105</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>106</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>107</v>
+      </c>
+      <c r="H21" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" t="s">
+        <v>111</v>
+      </c>
+      <c r="E22" t="s">
+        <v>112</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>113</v>
+      </c>
+      <c r="H22" t="s">
+        <v>114</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>120</v>
+      </c>
+      <c r="H2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D3" t="s">
+        <v>124</v>
+      </c>
+      <c r="E3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>126</v>
+      </c>
+      <c r="H3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D4" t="s">
+        <v>124</v>
+      </c>
+      <c r="E4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>131</v>
+      </c>
+      <c r="H4" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>115</v>
+      </c>
+      <c r="B5" t="s">
+        <v>133</v>
+      </c>
+      <c r="C5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E5" t="s">
+        <v>136</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>137</v>
+      </c>
+      <c r="H5" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>115</v>
+      </c>
+      <c r="B6" t="s">
+        <v>139</v>
+      </c>
+      <c r="C6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E6" t="s">
+        <v>142</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>143</v>
+      </c>
+      <c r="H6" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>115</v>
+      </c>
+      <c r="B7" t="s">
+        <v>145</v>
+      </c>
+      <c r="C7" t="s">
+        <v>146</v>
+      </c>
+      <c r="D7" t="s">
+        <v>147</v>
+      </c>
+      <c r="E7" t="s">
+        <v>148</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>149</v>
+      </c>
+      <c r="H7" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>115</v>
+      </c>
+      <c r="B8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D8" t="s">
+        <v>153</v>
+      </c>
+      <c r="E8" t="s">
+        <v>154</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H8" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>115</v>
+      </c>
+      <c r="B9" t="s">
+        <v>157</v>
+      </c>
+      <c r="C9" t="s">
+        <v>158</v>
+      </c>
+      <c r="D9" t="s">
+        <v>141</v>
+      </c>
+      <c r="E9" t="s">
+        <v>159</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>160</v>
+      </c>
+      <c r="H9" t="s">
+        <v>161</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>163</v>
+      </c>
+      <c r="B2" t="s">
+        <v>164</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>166</v>
+      </c>
+      <c r="H2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I2" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>171</v>
+      </c>
+      <c r="H3" t="s">
+        <v>172</v>
+      </c>
+      <c r="I3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>163</v>
+      </c>
+      <c r="B4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>174</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>175</v>
+      </c>
+      <c r="H4" t="s">
+        <v>176</v>
+      </c>
+      <c r="I4" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>163</v>
+      </c>
+      <c r="B5" t="s">
+        <v>177</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>178</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>179</v>
+      </c>
+      <c r="H5" t="s">
+        <v>180</v>
+      </c>
+      <c r="I5" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>163</v>
+      </c>
+      <c r="B6" t="s">
+        <v>181</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>182</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H6" t="s">
+        <v>184</v>
+      </c>
+      <c r="I6" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>163</v>
+      </c>
+      <c r="B7" t="s">
+        <v>185</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>186</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>187</v>
+      </c>
+      <c r="H7" t="s">
+        <v>188</v>
+      </c>
+      <c r="I7" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>163</v>
+      </c>
+      <c r="B8" t="s">
+        <v>189</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>190</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>191</v>
+      </c>
+      <c r="H8" t="s">
+        <v>192</v>
+      </c>
+      <c r="I8" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>163</v>
+      </c>
+      <c r="B9" t="s">
+        <v>193</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>194</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>195</v>
+      </c>
+      <c r="H9" t="s">
+        <v>196</v>
+      </c>
+      <c r="I9" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>163</v>
+      </c>
+      <c r="B10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C10" t="s">
+        <v>198</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>199</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>200</v>
+      </c>
+      <c r="H10" t="s">
+        <v>201</v>
+      </c>
+      <c r="I10" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>163</v>
+      </c>
+      <c r="B11" t="s">
+        <v>202</v>
+      </c>
+      <c r="C11" t="s">
+        <v>203</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>204</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>205</v>
+      </c>
+      <c r="H11" t="s">
+        <v>206</v>
+      </c>
+      <c r="I11" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>163</v>
+      </c>
+      <c r="B12" t="s">
+        <v>207</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>208</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>209</v>
+      </c>
+      <c r="H12" t="s">
+        <v>210</v>
+      </c>
+      <c r="I12" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>163</v>
+      </c>
+      <c r="B13" t="s">
+        <v>211</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>212</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>213</v>
+      </c>
+      <c r="H13" t="s">
+        <v>214</v>
+      </c>
+      <c r="I13" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>163</v>
+      </c>
+      <c r="B14" t="s">
+        <v>215</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>216</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>217</v>
+      </c>
+      <c r="H14" t="s">
+        <v>218</v>
+      </c>
+      <c r="I14" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>163</v>
+      </c>
+      <c r="B15" t="s">
+        <v>219</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>220</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>221</v>
+      </c>
+      <c r="H15" t="s">
+        <v>222</v>
+      </c>
+      <c r="I15" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>163</v>
+      </c>
+      <c r="B16" t="s">
+        <v>223</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>224</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>225</v>
+      </c>
+      <c r="H16" t="s">
+        <v>226</v>
+      </c>
+      <c r="I16" t="s">
+        <v>168</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:W3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>227</v>
+      </c>
+      <c r="J1" t="s">
+        <v>228</v>
+      </c>
+      <c r="K1" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>230</v>
+      </c>
+      <c r="B2" t="s">
+        <v>231</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>232</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>233</v>
+      </c>
+      <c r="H2" t="s">
+        <v>234</v>
+      </c>
+      <c r="I2" t="s">
+        <v>235</v>
+      </c>
+      <c r="J2" t="s">
+        <v>236</v>
+      </c>
+      <c r="K2" t="s">
+        <v>237</v>
+      </c>
+      <c r="L2" t="s">
+        <v>238</v>
+      </c>
+      <c r="M2" t="s">
+        <v>239</v>
+      </c>
+      <c r="N2" t="s">
+        <v>240</v>
+      </c>
+      <c r="O2" t="s">
+        <v>241</v>
+      </c>
+      <c r="P2" t="s">
+        <v>242</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>243</v>
+      </c>
+      <c r="R2" t="s">
+        <v>244</v>
+      </c>
+      <c r="S2" t="s">
+        <v>245</v>
+      </c>
+      <c r="T2" t="s">
+        <v>246</v>
+      </c>
+      <c r="U2" t="s">
+        <v>247</v>
+      </c>
+      <c r="V2" t="s">
+        <v>248</v>
+      </c>
+      <c r="W2" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>252</v>
+      </c>
+      <c r="H3" t="s">
+        <v>253</v>
+      </c>
+      <c r="I3" t="s">
+        <v>235</v>
+      </c>
+      <c r="J3" t="s">
+        <v>254</v>
+      </c>
+      <c r="K3" t="s">
+        <v>255</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>256</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="C2" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="D2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>259</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>260</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>261</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...118 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>