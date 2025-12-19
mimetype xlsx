--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,237 +1,1878 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="190">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Protéinose Alvéolaire Pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3762176</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’association fixe amlodipine-atorvastatine (Caduet®) ?</t>
+  </si>
+  <si>
+    <t>Les patients hypertendus à haut risque cardio-vasculaire relèvent d’une prise en charge globale, justifiant la prescription d’un antihypertenseur et d’une statine. Chez les patients traités par 5 ou 10 mg d’amlodipine et 10 mg d’atorvastatine, la prescription de cette association à dose fixe (Caduet®) peut être envisagée.</t>
+  </si>
+  <si>
+    <t>02/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440010/fr/quelle-place-pour-l-association-fixe-amlodipine-atorvastatine-caduet</t>
+  </si>
+  <si>
+    <t>r_1440010</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’ézétimibe (Ezetrol® ou Inegy®) dans l’hypercholestérolémie ?</t>
+  </si>
+  <si>
+    <t>Évaluer l’effet d’une statine à dose appropriée avant d’associer l’ézétimibe. L’ézétimibe (Ezetrol® [ézétimine seul] ou Inegy® [en association fixe à la simvastatine]) est un inhibiteur de l’absorption intestinale du cholestérol. Son association à une statine est envisageable pour réduire une hypercholestérolémie en cas d’efficacité insuffisante de la statine seule malgré une bonne observance, une posologie appropriée et un régime alimentaire bien suivi.</t>
+  </si>
+  <si>
+    <t>01/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440017/fr/quelle-place-pour-l-ezetimibe-ezetrol-ou-inegy-dans-l-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>r_1440017</t>
+  </si>
+  <si>
+    <t>Prévention cardio-vasculaire : le choix de la statine la mieux adaptée dépend de son efficacité et de son efficience</t>
+  </si>
+  <si>
+    <t>La prévention cardio-vasculaire repose d’abord sur la mise en oeuvre de mesures hygiéno-diététiques. Si la prescription d’une statine est jugée nécessaire, le choix de la molécule et de sa dose dépend du niveau de risque du patient, de l’existence ou non d’antécédents cardio-vasculaires, du taux initial de LDL-cholestérol (LDL-c) et de la réduction du LDL-c recherchée. On préférera la statine ayant, dans ces conditions, la meilleure efficience (rapport coût/efficacité).</t>
+  </si>
+  <si>
+    <t>01/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439693/fr/prevention-cardio-vasculaire-le-choix-de-la-statine-la-mieux-adaptee-depend-de-son-efficacite-et-de-son-efficience</t>
+  </si>
+  <si>
+    <t>r_1439693</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 4 novembre 2020</t>
+  </si>
+  <si>
+    <t>28/10/2020 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214706/fr/commission-de-la-transparence-reunion-a-distance-du-4-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3214706</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 septembre 2018</t>
+  </si>
+  <si>
+    <t>29/08/2018 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868602/fr/commission-de-la-transparence-reunion-du-5-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2868602</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 15 novembre 2016</t>
+  </si>
+  <si>
+    <t>29/06/2017 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777654/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-15-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2777654</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 juin 2016</t>
+  </si>
+  <si>
+    <t>23/06/2016 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640876/fr/commission-de-la-transparence-reunion-du-29-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2640876</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2015</t>
+  </si>
+  <si>
+    <t>10/02/2015 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011888/fr/commission-de-la-transparence-reunion-du-18-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2011888</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 novembre 2014</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774828/fr/commission-de-la-transparence-reunion-du-19-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1774828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2011</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060912/fr/commission-de-la-transparence-reunion-du-8-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1060912</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2007</t>
+  </si>
+  <si>
+    <t>18/04/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592925/fr/commission-de-la-transparence-reunion-du-18-avril-2007</t>
+  </si>
+  <si>
+    <t>c_592925</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>JUNALIZA (atorvastatine/ézétimibe)</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:35:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456780/fr/junaliza-atorvastatine/ezetimibe</t>
+  </si>
+  <si>
+    <t>p_3456780</t>
+  </si>
+  <si>
+    <t>atorvastatine,ézétimibe</t>
+  </si>
+  <si>
+    <t>LES LABORATOIRES SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455991/fr/junaliza-atorvastatine-/-ezetimibe-hypolipidemiants-en-association</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3509116/fr/junaliza-atorvastatine/ezetimibe-hypolipidemiants-en-association</t>
+  </si>
+  <si>
+    <t>RESELIP (ézétimibe/ atorvastatine)</t>
+  </si>
+  <si>
+    <t>16/11/2020 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217467/fr/reselip-ezetimibe/-atorvastatine</t>
+  </si>
+  <si>
+    <t>p_3217467</t>
+  </si>
+  <si>
+    <t>ézétimibe,atorvastatine</t>
+  </si>
+  <si>
+    <t>LABORATOIRES BOUCHARA-RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217176/fr/reselip-ezetimibe/-atorvastatine</t>
   </si>
   <si>
     <t>ILTRIA (ramipril/ acétylsalicylique (acide)/ atorvastatine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984016/en/iltria-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
+    <t>13/10/2016 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984016/fr/iltria-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
   </si>
   <si>
     <t>pprd_2984016</t>
   </si>
   <si>
     <t>ramipril,acétylsalicylique (acide),atorvastatine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2658564/en/iltria-acetylsalicylic-acid/atorvastatin/ramipril-platelet-aggregation-inhibiting-drug-statin-and-ace-inhibitor-in-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2658564/fr/iltria-antiagregant-plaquettaire-statine-et-iec-en-association-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
+  </si>
+  <si>
+    <t>TAHOR (atorvastatine)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984182/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2984182</t>
+  </si>
+  <si>
+    <t>atorvastatine</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399076/fr/tahor-10-mg-comprime-pellicule-boite-de-28-tahor-40-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399706/fr/tahor-80-mg-comprime-boite-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400109/fr/tahor-10-mg-comprime-boite-de-28-et-boite-de-50-tahor-20-mg-comprime-boite-de-28-et-boite-de-50-tahor-40-mg-comprime-boite-de-28-et-boite-de-50-tahor-80-mg-comprime-boite-de-28-et-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400830/fr/tahor-10-mg-comprime-pellicule-b/28-tahor-20-mg-comprime-pellicule-b/28-tahor-40-mg-comprime-pellicule-b/28-tahor-80-mg-comprime-pellicule-b/28-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400880/fr/tahor-20-mg-comprime-pellicule-boite-de-28-comprimes-code-cip-343-068-1-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007499/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339956/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769341/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613506/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" t="s">
+        <v>50</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>63</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E5" t="s">
+        <v>76</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>77</v>
+      </c>
+      <c r="H5" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>83</v>
+      </c>
+      <c r="H2" t="s">
+        <v>84</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>85</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>88</v>
+      </c>
+      <c r="H3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>91</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>92</v>
+      </c>
+      <c r="H4" t="s">
+        <v>93</v>
+      </c>
+      <c r="I4" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>80</v>
+      </c>
+      <c r="B5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>95</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>96</v>
+      </c>
+      <c r="H5" t="s">
+        <v>97</v>
+      </c>
+      <c r="I5" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>80</v>
+      </c>
+      <c r="B6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>100</v>
+      </c>
+      <c r="H6" t="s">
+        <v>101</v>
+      </c>
+      <c r="I6" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>80</v>
+      </c>
+      <c r="B7" t="s">
+        <v>102</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>103</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>104</v>
+      </c>
+      <c r="H7" t="s">
+        <v>105</v>
+      </c>
+      <c r="I7" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>80</v>
+      </c>
+      <c r="B8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>107</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>108</v>
+      </c>
+      <c r="H8" t="s">
+        <v>109</v>
+      </c>
+      <c r="I8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>110</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>111</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>112</v>
+      </c>
+      <c r="H9" t="s">
+        <v>113</v>
+      </c>
+      <c r="I9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>114</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" t="s">
+        <v>117</v>
+      </c>
+      <c r="I10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>118</v>
+      </c>
+      <c r="C11" t="s">
+        <v>119</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>120</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>121</v>
+      </c>
+      <c r="H11" t="s">
+        <v>122</v>
+      </c>
+      <c r="I11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>123</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>124</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>125</v>
+      </c>
+      <c r="H12" t="s">
+        <v>126</v>
+      </c>
+      <c r="I12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>127</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>128</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>129</v>
+      </c>
+      <c r="H13" t="s">
+        <v>130</v>
+      </c>
+      <c r="I13" t="s">
+        <v>85</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>136</v>
+      </c>
+      <c r="H2" t="s">
+        <v>137</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:S5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>138</v>
+      </c>
+      <c r="J1" t="s">
+        <v>139</v>
+      </c>
+      <c r="K1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+      <c r="I2" t="s">
+        <v>146</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>148</v>
+      </c>
+      <c r="L2" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>152</v>
+      </c>
+      <c r="H3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I3" t="s">
+        <v>154</v>
+      </c>
+      <c r="J3" t="s">
+        <v>155</v>
+      </c>
+      <c r="K3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>158</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>159</v>
+      </c>
+      <c r="H4" t="s">
+        <v>160</v>
+      </c>
+      <c r="I4" t="s">
+        <v>161</v>
+      </c>
+      <c r="J4" t="s">
+        <v>162</v>
+      </c>
+      <c r="K4" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>165</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>166</v>
+      </c>
+      <c r="H5" t="s">
+        <v>167</v>
+      </c>
+      <c r="I5" t="s">
+        <v>168</v>
+      </c>
+      <c r="J5" t="s">
+        <v>169</v>
+      </c>
+      <c r="K5" t="s">
+        <v>170</v>
+      </c>
+      <c r="L5" t="s">
+        <v>171</v>
+      </c>
+      <c r="M5" t="s">
+        <v>172</v>
+      </c>
+      <c r="N5" t="s">
+        <v>173</v>
+      </c>
+      <c r="O5" t="s">
+        <v>174</v>
+      </c>
+      <c r="P5" t="s">
+        <v>175</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>176</v>
+      </c>
+      <c r="R5" t="s">
+        <v>177</v>
+      </c>
+      <c r="S5" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>179</v>
+      </c>
+      <c r="B2" t="s">
+        <v>180</v>
+      </c>
+      <c r="C2" t="s">
+        <v>181</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>183</v>
+      </c>
+      <c r="H2" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C3" t="s">
+        <v>186</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>188</v>
+      </c>
+      <c r="H3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>