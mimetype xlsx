--- v1 (2025-12-19)
+++ v2 (2026-02-02)
@@ -27,86 +27,101 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="195">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Protéinose Alvéolaire Pulmonaire</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>05/12/2025 11:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
   </si>
   <si>
     <t>p_3762176</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
@@ -647,51 +662,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -716,1163 +731,1189 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>38</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>39</v>
       </c>
-      <c r="H7" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
         <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="H3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D4" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="E4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="H4" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="H5" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="H2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="I2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="H3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="I3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>96</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>97</v>
+      </c>
+      <c r="H4" t="s">
+        <v>98</v>
+      </c>
+      <c r="I4" t="s">
         <v>90</v>
-      </c>
-[...19 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B5" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="H5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="I5" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B6" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H6" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="I6" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="H7" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="I7" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="H8" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="I8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="H9" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="I9" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H10" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="I10" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C11" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="H11" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="I11" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="H12" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I12" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H13" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="I13" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="E2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="H2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:S5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="J1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="K1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="H2" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="I2" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="J2" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="K2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="L2" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="I3" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="J3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="K3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B4" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="H4" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="I4" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="J4" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="K4" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B5" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="H5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="J5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="K5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="L5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="M5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="N5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="O5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="P5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="Q5" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="R5" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="S5" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="H2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="H3" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>