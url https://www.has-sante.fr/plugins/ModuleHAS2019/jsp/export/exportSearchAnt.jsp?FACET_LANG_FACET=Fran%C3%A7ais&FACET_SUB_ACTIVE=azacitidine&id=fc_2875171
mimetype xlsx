--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,243 +1,1556 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="152">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndromes myélodysplasiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient atteint de syndromes myélodysplasiques.</t>
+  </si>
+  <si>
+    <t>20/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2015 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380018/fr/guide-du-parcours-de-soins-syndromes-myelodysplasiques</t>
+  </si>
+  <si>
+    <t>p_3380018</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 6 février 2024</t>
+  </si>
+  <si>
+    <t>30/01/2024 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491550/fr/ceesp-reunion-du-6-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3491550</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 12 octobre 2023</t>
+  </si>
+  <si>
+    <t>14/12/2023 15:49:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479151/fr/pv-du-college-deliberatif-du-12-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3479151</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 06 septembre 2023</t>
+  </si>
+  <si>
+    <t>17/11/2023 11:53:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470051/fr/commission-de-la-transparence-reunion-du-06-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3470051</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 27 avril 2023</t>
+  </si>
+  <si>
+    <t>08/06/2023 17:16:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445143/fr/college-deliberatif-du-27-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3445143</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2023</t>
+  </si>
+  <si>
+    <t>13/04/2023 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427269/fr/commission-de-la-transparence-reunion-du-19-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3427269</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 26 octobre 2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295302/fr/ceesp-reunion-du-26-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3295302</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 27 octobre 2021</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293944/fr/commission-de-la-transparence-reunion-a-distance-du-27-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3293944</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 28 septembre 2021</t>
+  </si>
+  <si>
+    <t>23/09/2021 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287649/fr/ceesp-reunion-du-28-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3287649</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 septembre 2021</t>
+  </si>
+  <si>
+    <t>20/09/2021 08:54:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286945/fr/college-deliberatif-du-23-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286945</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 15 septembre 2021</t>
+  </si>
+  <si>
+    <t>09/09/2021 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285832/fr/commission-de-la-transparence-reunion-a-distance-du-15-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3285832</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 30 juin 2021</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273727/fr/commission-de-la-transparence-reunion-a-distance-du-30-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273727</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 juin 2020</t>
+  </si>
+  <si>
+    <t>12/06/2020 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189523/fr/ceesp-reunion-du-16-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3189523</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>01/03/2017 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748196/fr/commission-de-la-transparence-reunion-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2748196</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er avril 2009</t>
+  </si>
+  <si>
+    <t>01/04/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_764558/fr/commission-de-la-transparence-reunion-du-1er-avril-2009</t>
+  </si>
+  <si>
+    <t>c_764558</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0380/DC/SEM du 12 octobre 2023 collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité OLUTASIDENIB PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité OLUTASIDENIB PHARMA BLUE dans l'indication « traitement des patients adultes atteints d’une leucémie aiguë myéloïde (LAM) en rechute ou réfractaire avec une mutation sensible de l’isocitrate déshydrogénase 1 (IDH1 ».</t>
+  </si>
+  <si>
+    <t>12/10/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>18/10/2023 14:51:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468420/fr/decision-n2023-0380/dc/sem-du-12-octobre-2023-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-olutasidenib-pharma-blue</t>
+  </si>
+  <si>
+    <t>p_3468420</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0170/DC/SEM du 27 avril 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité IVOSIDENIB SERVIER</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité IVOSIDENIB SERVIER (ivosidenib) dans l'indication « Traitement en association avec l'azacitidine des patients ayant une leucémie aiguë myéloïde nouvellement diagnostiquée avec mutation IDH1 R132, non éligibles à la chimiothérapie intensive et aux alternatives disponibles ».</t>
+  </si>
+  <si>
+    <t>27/04/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>28/04/2023 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3432006/fr/decision-n2023-0170/dc/sem-du-27-avril-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ivosidenib-servier</t>
+  </si>
+  <si>
+    <t>p_3432006</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0250/DC/SEM du 23 septembre 2021 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ONUREG</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament ONUREG, dans l'indication « Traitement de maintenance chez les patients adultes atteints de leucémie aiguë myéloïde (LAM) ayant obtenu une rémission complète (RC) ou une rémission complète avec récupération incomplète de la numération formule sanguine (RCi) après une thérapie d'induction avec ou sans traitement de consolidation et qui ne sont pas candidats (incluant les patients qui font le choix de ne pas recevoir) à une greffe de cellules souches hématopoïétiques (GCSH) ».</t>
+  </si>
+  <si>
+    <t>23/09/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>24/09/2021 16:58:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288416/fr/decision-n-2021-0250/dc/sem-du-23-septembre-2021-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-onureg</t>
+  </si>
+  <si>
+    <t>p_3288416</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0221/DC/SEESP du 26 août 2021 du collège de la Haute Autorité de santé constatant l’impact significatif du produit ONUREG (azacitidine orale) sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 26 août 2021 a constaté l'impact significatif du produit ONUREG (azacitidine orale) sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « traitement de maintenance pour les patients adultes atteints de leucémie aiguë myéloïde (LAM) ayant obtenu une rémission complète ou une rémission complète avec récupération incomplète de la numération formule sanguine après une thérapie d'induction avec ou sans traitement de consolidation et qui ne sont pas candidats (incluant les patients qui font le choix de ne pas recevoir) à une greffe de cellules souches hématopoïétiques ».</t>
+  </si>
+  <si>
+    <t>26/08/2021 10:40:00</t>
+  </si>
+  <si>
+    <t>08/09/2021 12:46:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285113/fr/decision-n-2021-0221/dc/seesp-du-26-aout-2021-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-onureg-azacitidine-orale-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3285113</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0070/DC/SEESP du 18 mars 2021 du collège de la Haute Autorité de santé constatant l’impact significatif du produit VENCLYXTO (vénétoclax) sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 18 mars 2021 a constaté l'impact significatif du produit VENCLYXTO sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « en association à l’azacitidine dans le traitement des patients nouvellement atteints de leucémie aigüe myéloïde (LAM) et non éligibles à une chimiothérapie d’induction ».</t>
+  </si>
+  <si>
+    <t>18/03/2021 10:40:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 09:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244412/fr/decision-n-2021-0070/dc/seesp-du-18-mars-2021-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-venclyxto-venetoclax-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3244412</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>AZACITIDINE (azacitidine)</t>
+  </si>
+  <si>
+    <t>17/07/2020 12:56:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162480/fr/azacitidine-azacitidine</t>
+  </si>
+  <si>
+    <t>p_3162480</t>
+  </si>
+  <si>
+    <t>azacitidine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE / MYLAN SAS / REDDY PHARMA SAS / SANDOZ / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161430/fr/azacitidine-accord-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181458/fr/azacitidine-mylan-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193440/fr/azacitidine-betapharm-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193730/fr/azacitidine-sandoz-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194121/fr/azacitidine-zentiva-azacitidine</t>
   </si>
   <si>
     <t>VIDAZA (azacitidine), antimétabolite</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983578/en/vidaza-azacitidine-antimetabolite</t>
+    <t>04/10/2017 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983578/fr/vidaza-azacitidine-antimetabolite</t>
   </si>
   <si>
     <t>pprd_2983578</t>
   </si>
   <si>
-    <t>azacitidine</t>
-[...1 lines deleted...]
-  <si>
     <t>CELGENE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_798090/en/vidaza</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2777959/en/vidaza-azacitidine-antimetabolite</t>
+    <t>https://www.has-sante.fr/jcms/c_798090/fr/vidaza-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777959/fr/vidaza-azacitidine-antimetabolite</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Rapports d'activité 2024 des commissions et conseil de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS publie son rapport d'activité 2024 ainsi que ceux de ses commissions et conseil (CT, la CNEDiMTS, la CEESP, la CTV, la CSMS, la CEDiag, la CCES, la CRPPI et du CEU). Une année 2024 qui marque un temps fort pour notre institution : ses 20 ans d’existence. Deux décennies d’engagement au service de la qualité des soins et des accompagnements, pendant lesquelles la HAS a su adapter ses missions et ses méthodes pour répondre aux transformations du système de santé, tout en préservant sa double exigence de rigueur scientifique et d’indépendance.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349687/fr/rapports-d-activite-2024-des-commissions-et-conseil-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3349687</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4" t="s">
+        <v>40</v>
+      </c>
+      <c r="I4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+      <c r="I6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7" t="s">
+        <v>52</v>
+      </c>
+      <c r="I7" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9" t="s">
+        <v>60</v>
+      </c>
+      <c r="I9" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
+      </c>
+      <c r="I10" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+      <c r="I11" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+      <c r="I12" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
+      </c>
+      <c r="I13" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>79</v>
+      </c>
+      <c r="H14" t="s">
+        <v>80</v>
+      </c>
+      <c r="I14" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>82</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>83</v>
+      </c>
+      <c r="H15" t="s">
+        <v>84</v>
+      </c>
+      <c r="I15" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>86</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>87</v>
+      </c>
+      <c r="H16" t="s">
+        <v>88</v>
+      </c>
+      <c r="I16" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>27</v>
+      </c>
+      <c r="B17" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>90</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>91</v>
+      </c>
+      <c r="H17" t="s">
+        <v>92</v>
+      </c>
+      <c r="I17" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D3" t="s">
+        <v>102</v>
+      </c>
+      <c r="E3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>93</v>
+      </c>
+      <c r="B4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D4" t="s">
+        <v>108</v>
+      </c>
+      <c r="E4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>110</v>
+      </c>
+      <c r="H4" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B5" t="s">
+        <v>112</v>
+      </c>
+      <c r="C5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D5" t="s">
+        <v>114</v>
+      </c>
+      <c r="E5" t="s">
+        <v>115</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>116</v>
+      </c>
+      <c r="H5" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B6" t="s">
+        <v>118</v>
+      </c>
+      <c r="C6" t="s">
+        <v>119</v>
+      </c>
+      <c r="D6" t="s">
+        <v>120</v>
+      </c>
+      <c r="E6" t="s">
+        <v>121</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>122</v>
+      </c>
+      <c r="H6" t="s">
+        <v>123</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>124</v>
+      </c>
+      <c r="J1" t="s">
+        <v>125</v>
+      </c>
+      <c r="K1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+      <c r="I2" t="s">
+        <v>132</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>133</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>134</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>135</v>
+      </c>
+      <c r="M2" t="s">
+        <v>136</v>
+      </c>
+      <c r="N2" t="s">
+        <v>137</v>
+      </c>
+      <c r="O2" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>141</v>
+      </c>
+      <c r="H3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I3" t="s">
+        <v>132</v>
+      </c>
+      <c r="J3" t="s">
+        <v>143</v>
+      </c>
+      <c r="K3" t="s">
+        <v>144</v>
+      </c>
+      <c r="L3" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C2" t="s">
+        <v>148</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>149</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>150</v>
+      </c>
+      <c r="H2" t="s">
+        <v>151</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>