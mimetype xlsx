--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="857" uniqueCount="516">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="857" uniqueCount="515">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -101,50 +101,65 @@
   <si>
     <t>p_3585926</t>
   </si>
   <si>
     <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
   </si>
   <si>
     <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
   </si>
   <si>
     <t>29/02/2024 00:00:00</t>
   </si>
   <si>
     <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>15/12/2025 08:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
   </si>
   <si>
     <t>p_3776085</t>
   </si>
   <si>
     <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
@@ -161,50 +176,62 @@
   <si>
     <t>05/12/2025 11:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
   </si>
   <si>
     <t>p_3762549</t>
   </si>
   <si>
     <t>Péricardites Récidivantes</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 14:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
   </si>
   <si>
     <t>p_3777808</t>
   </si>
   <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
     <t>Pemphigoïde de la grossesse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>24/06/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
   </si>
   <si>
     <t>c_2636262</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
@@ -224,65 +251,50 @@
   <si>
     <t>04/03/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
   </si>
   <si>
     <t>p_3245151</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
-    <t>Purpura thrombopénique immunologique de l’adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 16:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
   </si>
   <si>
     <t>p_3536031</t>
   </si>
   <si>
     <t>Transplantation rénale chez l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2024 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
@@ -768,65 +780,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
     <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
   </si>
   <si>
     <t>05/07/2018 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
   </si>
   <si>
     <t>c_2860688</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2636265</t>
   </si>
   <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
     <t>Pneumopathies interstitielles diffuses de l’enfant</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
   </si>
   <si>
     <t>03/11/2017 16:23:00</t>
   </si>
@@ -1893,2661 +1890,2661 @@
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>46</v>
       </c>
       <c r="H6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" t="s">
         <v>49</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>50</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>54</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>55</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
         <v>59</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>60</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>61</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
         <v>64</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>65</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>66</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
         <v>69</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>70</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>71</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
         <v>74</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>75</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>76</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
         <v>79</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>80</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>81</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
         <v>84</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>85</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>86</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>22</v>
       </c>
       <c r="B15" t="s">
+        <v>88</v>
+      </c>
+      <c r="C15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
         <v>90</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>91</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>95</v>
       </c>
-      <c r="D16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>96</v>
       </c>
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
         <v>100</v>
       </c>
-      <c r="C17" t="s">
+      <c r="E17" t="s">
         <v>101</v>
       </c>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>102</v>
       </c>
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D18" t="s">
         <v>106</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>107</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>108</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
         <v>111</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
         <v>112</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>113</v>
       </c>
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" t="s">
         <v>117</v>
       </c>
-      <c r="C20" t="s">
+      <c r="E20" t="s">
         <v>118</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>119</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
         <v>122</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
         <v>123</v>
       </c>
-      <c r="D21" t="s">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>124</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" t="s">
+        <v>126</v>
+      </c>
+      <c r="C22" t="s">
         <v>127</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
         <v>128</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>129</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
         <v>132</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
         <v>133</v>
       </c>
-      <c r="D23" t="s">
-[...2 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>134</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
+        <v>136</v>
+      </c>
+      <c r="C24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
         <v>138</v>
       </c>
-      <c r="D24" t="s">
-[...2 lines deleted...]
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>139</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>22</v>
       </c>
       <c r="B25" t="s">
+        <v>141</v>
+      </c>
+      <c r="C25" t="s">
         <v>142</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
         <v>143</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
         <v>144</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>22</v>
       </c>
       <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
         <v>147</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
         <v>148</v>
       </c>
-      <c r="D26" t="s">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>149</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
         <v>152</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
         <v>153</v>
       </c>
-      <c r="D27" t="s">
-[...2 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>154</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
         <v>157</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
         <v>158</v>
       </c>
-      <c r="D28" t="s">
-[...2 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>159</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>22</v>
       </c>
       <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
         <v>162</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
         <v>163</v>
       </c>
-      <c r="D29" t="s">
-[...2 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>164</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>22</v>
       </c>
       <c r="B30" t="s">
+        <v>166</v>
+      </c>
+      <c r="C30" t="s">
         <v>167</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
         <v>168</v>
       </c>
-      <c r="D30" t="s">
-[...2 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>169</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C31" t="s">
         <v>172</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
         <v>173</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>174</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32" t="s">
+        <v>176</v>
+      </c>
+      <c r="C32" t="s">
         <v>177</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>179</v>
       </c>
       <c r="H32" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>22</v>
       </c>
       <c r="B33" t="s">
         <v>181</v>
       </c>
       <c r="C33" t="s">
         <v>182</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>183</v>
       </c>
       <c r="H33" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
         <v>185</v>
       </c>
       <c r="C34" t="s">
         <v>186</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
+        <v>178</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
         <v>187</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>22</v>
       </c>
       <c r="B35" t="s">
+        <v>189</v>
+      </c>
+      <c r="C35" t="s">
         <v>190</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
         <v>191</v>
       </c>
-      <c r="D35" t="s">
-[...2 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
         <v>192</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" t="s">
+        <v>194</v>
+      </c>
+      <c r="C36" t="s">
         <v>195</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
         <v>196</v>
       </c>
-      <c r="D36" t="s">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
         <v>197</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37" t="s">
+        <v>199</v>
+      </c>
+      <c r="C37" t="s">
         <v>200</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
         <v>201</v>
       </c>
-      <c r="D37" t="s">
-[...2 lines deleted...]
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
         <v>202</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>22</v>
       </c>
       <c r="B38" t="s">
+        <v>204</v>
+      </c>
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
         <v>206</v>
       </c>
-      <c r="D38" t="s">
-[...2 lines deleted...]
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
         <v>207</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>22</v>
       </c>
       <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
         <v>211</v>
       </c>
-      <c r="D39" t="s">
-[...2 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
         <v>212</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>22</v>
       </c>
       <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
         <v>216</v>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
         <v>217</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" t="s">
         <v>220</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
         <v>221</v>
       </c>
-      <c r="D41" t="s">
-[...2 lines deleted...]
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
         <v>222</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>22</v>
       </c>
       <c r="B42" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
         <v>226</v>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
         <v>227</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>22</v>
       </c>
       <c r="B43" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" t="s">
         <v>230</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
         <v>231</v>
       </c>
-      <c r="D43" t="s">
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
         <v>232</v>
       </c>
-      <c r="E43" t="s">
+      <c r="H43" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>22</v>
       </c>
       <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
+        <v>235</v>
+      </c>
+      <c r="D44" t="s">
         <v>236</v>
       </c>
-      <c r="C44" t="s">
+      <c r="E44" t="s">
         <v>237</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
         <v>238</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>22</v>
       </c>
       <c r="B45" t="s">
+        <v>240</v>
+      </c>
+      <c r="C45" t="s">
         <v>241</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
         <v>242</v>
       </c>
-      <c r="D45" t="s">
-[...2 lines deleted...]
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
         <v>243</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>22</v>
       </c>
       <c r="B46" t="s">
+        <v>245</v>
+      </c>
+      <c r="C46" t="s">
         <v>246</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
         <v>247</v>
       </c>
-      <c r="D46" t="s">
-[...2 lines deleted...]
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
         <v>248</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>22</v>
       </c>
       <c r="B47" t="s">
+        <v>250</v>
+      </c>
+      <c r="C47" t="s">
         <v>251</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
         <v>252</v>
       </c>
-      <c r="D47" t="s">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
         <v>253</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>22</v>
       </c>
       <c r="B48" t="s">
+        <v>255</v>
+      </c>
+      <c r="C48" t="s">
         <v>256</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
         <v>257</v>
       </c>
-      <c r="D48" t="s">
-[...2 lines deleted...]
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
         <v>258</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>22</v>
       </c>
       <c r="B49" t="s">
+        <v>260</v>
+      </c>
+      <c r="C49" t="s">
         <v>261</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
         <v>262</v>
       </c>
-      <c r="D49" t="s">
-[...2 lines deleted...]
-      <c r="E49" t="s">
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
         <v>263</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>22</v>
       </c>
       <c r="B50" t="s">
+        <v>265</v>
+      </c>
+      <c r="C50" t="s">
         <v>266</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
         <v>267</v>
       </c>
-      <c r="D50" t="s">
-[...2 lines deleted...]
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
         <v>268</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>22</v>
       </c>
       <c r="B51" t="s">
+        <v>270</v>
+      </c>
+      <c r="C51" t="s">
         <v>271</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
         <v>272</v>
       </c>
-      <c r="D51" t="s">
-[...2 lines deleted...]
-      <c r="E51" t="s">
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
         <v>273</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="H51" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>22</v>
       </c>
       <c r="B52" t="s">
+        <v>275</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
         <v>276</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
         <v>277</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>22</v>
       </c>
       <c r="B53" t="s">
+        <v>279</v>
+      </c>
+      <c r="C53" t="s">
         <v>280</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
         <v>281</v>
       </c>
-      <c r="D53" t="s">
-[...2 lines deleted...]
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
         <v>282</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>22</v>
       </c>
       <c r="B54" t="s">
+        <v>284</v>
+      </c>
+      <c r="C54" t="s">
         <v>285</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>286</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>287</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
         <v>288</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B2" t="s">
         <v>291</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
         <v>292</v>
       </c>
-      <c r="C2" t="s">
-[...2 lines deleted...]
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>293</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>294</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B3" t="s">
+        <v>296</v>
+      </c>
+      <c r="C3" t="s">
         <v>297</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>298</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>299</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>300</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B4" t="s">
+        <v>302</v>
+      </c>
+      <c r="C4" t="s">
         <v>303</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>304</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>305</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>306</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B5" t="s">
+        <v>308</v>
+      </c>
+      <c r="C5" t="s">
         <v>309</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>310</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>311</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>312</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B6" t="s">
+        <v>314</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>315</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>316</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B7" t="s">
+        <v>318</v>
+      </c>
+      <c r="C7" t="s">
         <v>319</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>320</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>321</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>322</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B8" t="s">
+        <v>324</v>
+      </c>
+      <c r="C8" t="s">
         <v>325</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>326</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>327</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>328</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B9" t="s">
+        <v>330</v>
+      </c>
+      <c r="C9" t="s">
         <v>331</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>332</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>333</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>334</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B10" t="s">
+        <v>336</v>
+      </c>
+      <c r="C10" t="s">
         <v>337</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>338</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>339</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>340</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>342</v>
+      </c>
+      <c r="B2" t="s">
         <v>343</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>344</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>345</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>346</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>347</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C3" t="s">
         <v>350</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>351</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>352</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>353</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B4" t="s">
+        <v>355</v>
+      </c>
+      <c r="C4" t="s">
         <v>356</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>357</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>358</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>359</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>362</v>
+      </c>
+      <c r="B2" t="s">
         <v>363</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>364</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>365</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>366</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>369</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>370</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>371</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B4" t="s">
+        <v>372</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>373</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>374</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>375</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B5" t="s">
+        <v>376</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>377</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>378</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>379</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B6" t="s">
+        <v>380</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>381</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>382</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>383</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B7" t="s">
+        <v>384</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>385</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>386</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>387</v>
       </c>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B8" t="s">
+        <v>388</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>389</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>390</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>391</v>
       </c>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B9" t="s">
+        <v>392</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>393</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>394</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>395</v>
       </c>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B10" t="s">
+        <v>396</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>397</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>398</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>399</v>
       </c>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I10" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B11" t="s">
+        <v>400</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>401</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>402</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>403</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I11" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B12" t="s">
+        <v>404</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>405</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>406</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>407</v>
       </c>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I12" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B13" t="s">
+        <v>408</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>409</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>410</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>411</v>
       </c>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I13" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B14" t="s">
+        <v>412</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>413</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>414</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>415</v>
       </c>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I14" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B15" t="s">
+        <v>416</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
         <v>417</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>418</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>419</v>
       </c>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I15" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B16" t="s">
+        <v>420</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>421</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>422</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>423</v>
       </c>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I16" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>424</v>
+      </c>
+      <c r="B2" t="s">
         <v>425</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>426</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>427</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>428</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>429</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C3" t="s">
         <v>432</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>433</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>434</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>435</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B4" t="s">
+        <v>437</v>
+      </c>
+      <c r="C4" t="s">
         <v>438</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>439</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>440</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>441</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B5" t="s">
+        <v>443</v>
+      </c>
+      <c r="C5" t="s">
         <v>444</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E5" t="s">
+        <v>440</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>445</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B6" t="s">
+        <v>447</v>
+      </c>
+      <c r="C6" t="s">
         <v>448</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>449</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>450</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>451</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B7" t="s">
+        <v>453</v>
+      </c>
+      <c r="C7" t="s">
         <v>454</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>455</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>456</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>457</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B8" t="s">
+        <v>459</v>
+      </c>
+      <c r="C8" t="s">
         <v>460</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>461</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>462</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>463</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B9" t="s">
+        <v>465</v>
+      </c>
+      <c r="C9" t="s">
         <v>466</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>467</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>468</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>469</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B10" t="s">
+        <v>471</v>
+      </c>
+      <c r="C10" t="s">
         <v>472</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>467</v>
+      </c>
+      <c r="E10" t="s">
         <v>473</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>474</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B11" t="s">
+        <v>476</v>
+      </c>
+      <c r="C11" t="s">
         <v>477</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>478</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>479</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>480</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B12" t="s">
+        <v>482</v>
+      </c>
+      <c r="C12" t="s">
         <v>483</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>484</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>485</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>486</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B2" t="s">
         <v>489</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>490</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>491</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>492</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>493</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="B3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C3" t="s">
         <v>496</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>497</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>498</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>499</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>501</v>
+      </c>
+      <c r="J1" t="s">
         <v>502</v>
       </c>
-      <c r="J1" t="s">
+      <c r="K1" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>504</v>
+      </c>
+      <c r="B2" t="s">
         <v>505</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>506</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>507</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>508</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>509</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>510</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>511</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>512</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>513</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>