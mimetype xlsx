--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,207 +1,2174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="399" uniqueCount="235">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/19/2013 15:55:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>BIOLOGICGLASS GRANULES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>24/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2023 17:36:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471123/fr/biologicglass-granules</t>
+  </si>
+  <si>
+    <t>p_3471123</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NORAKER</t>
+  </si>
+  <si>
+    <t>CINESTEAM</t>
+  </si>
+  <si>
+    <t>25/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2022 09:03:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306755/fr/cinesteam</t>
+  </si>
+  <si>
+    <t>p_3306755</t>
+  </si>
+  <si>
+    <t>Pansement secondaire absorbant anti-odeur</t>
+  </si>
+  <si>
+    <t>CEMAG CARE</t>
+  </si>
+  <si>
+    <t>GLASSBONE</t>
+  </si>
+  <si>
+    <t>29/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 12:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854461/fr/glassbone</t>
+  </si>
+  <si>
+    <t>c_2854461</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NANOSTIM</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854897/fr/nanostim</t>
+  </si>
+  <si>
+    <t>c_2854897</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>OSTIBONE</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2017 16:00:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796174/fr/ostibone</t>
+  </si>
+  <si>
+    <t>c_2796174</t>
+  </si>
+  <si>
+    <t>FH ORTHOPEDICS SAS</t>
+  </si>
+  <si>
+    <t>CALCIBON</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l'os</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680962/fr/calcibon</t>
+  </si>
+  <si>
+    <t>c_1680962</t>
+  </si>
+  <si>
+    <t>BIOMET SAS</t>
+  </si>
+  <si>
+    <t>NANOSTIM , substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>11/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2013 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603293/fr/nanostim-substitut-osseux-synthetique-injectable</t>
+  </si>
+  <si>
+    <t>c_1603293</t>
+  </si>
+  <si>
+    <t>aap Biomatérials GmbH</t>
+  </si>
+  <si>
+    <t>Substituts osseux</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2013 18:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600261/fr/substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1600261</t>
+  </si>
+  <si>
+    <t>Ministère</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Vertiges positionnels paroxystiques bénins : Manoeuvres diagnostiques et thérapeutiques</t>
+  </si>
+  <si>
+    <t>Le vertige position paroxystique bénin (VPPB) implique un ou plusieurs canaux semi-circulaires, et provoque différents types de symptômes associés (nausées, vomissements, etc.). Sa résolution est essentiellement clinique, et requiert la maitrise de stratégies et de gestes thérapeutiques proposés par des médecins ou des masseurs-kinésithérapeutes spécifiquement formés. Ces recommandations de bonne pratique en précisent les caractéristiques.</t>
+  </si>
+  <si>
+    <t>13/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2018 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819896/fr/vertiges-positionnels-paroxystiques-benins-manoeuvres-diagnostiques-et-therapeutiques</t>
+  </si>
+  <si>
+    <t>c_2819896</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2023</t>
+  </si>
+  <si>
+    <t>15/06/2023 18:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447493/fr/commission-de-la-transparence-reunion-du-21-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3447493</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CONBRIZA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>20/06/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258261/fr/commission-de-la-transparence-reunion-du-20-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1258261</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mars 2012</t>
+  </si>
+  <si>
+    <t>14/03/2012 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225368/fr/commission-de-la-transparence-reunion-du-14-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1225368</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>FIXICAL (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>11/07/2023 17:59:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451656/fr/fixical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>p_3451656</t>
+  </si>
+  <si>
+    <t>carbonate de calcium</t>
+  </si>
+  <si>
+    <t>LABORATOIRES EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451561/fr/fixical-carbonate-de-calcium-carences-calcique-et-traitement-d-appoint-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>CALCIDOSE VITAMINE D3 (carbonate de calcium/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>14/05/2020 19:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185919/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>p_3185919</t>
+  </si>
+  <si>
+    <t>carbonate de calcium,cholécalciférol</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399261/fr/calcidose-vitamine-d-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455239/fr/calcidose-vitamine-d-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242831/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729407/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182795/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>CALCIDOSE (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>18/05/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983628/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2983628</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399361/fr/calcidose-500-poudre-pour-suspension-buvable-en-sachet-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556216/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242834/fr/calcidose-500-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762888/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>OSSEANS VITAMINE D3 (cholécalciférol/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984616/fr/osseans-vitamine-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2984616</t>
+  </si>
+  <si>
+    <t>cholécalciférol,carbonate de calcium</t>
+  </si>
+  <si>
+    <t>SCIENCEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400147/fr/osseans-d3-comprimes-a-sucer-ou-a-croquer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832530/fr/osseans-vitamine-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009370/fr/osseans-vitamine-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>CALPEROS (cholécalciférol/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984618/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2984618</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400222/fr/calperos-500-mg-comprime-a-sucer-secable-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400223/fr/calperos-d3-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880231/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880233/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008298/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008805/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>EUCALCIC (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>19/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985119/fr/eucalcic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2985119</t>
+  </si>
+  <si>
+    <t>Laboratoire NYCOMED FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399293/fr/eucalcic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455385/fr/eucalcic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1108572/fr/eucalcic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>PERICAL (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>05/10/2009 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985326/fr/perical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2985326</t>
+  </si>
+  <si>
+    <t>Laboratoire BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400275/fr/perical-1000-mg-comprime-a-sucer-1-flacon-s-polyethylene-de-30-comprime-s-code-cip-341-037-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854094/fr/perical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>DESINTEX (thiosulfate de sodium/ thiosulfate de magnésium/ gluconate de calcium/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>13/04/2005 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985783/fr/desintex-thiosulfate-de-sodium/-thiosulfate-de-magnesium/-gluconate-de-calcium/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2985783</t>
+  </si>
+  <si>
+    <t>thiosulfate de sodium,thiosulfate de magnésium,gluconate de calcium,carbonate de calcium</t>
+  </si>
+  <si>
+    <t>RICHARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400437/fr/desintex-thiosulfate-de-sodium/-thiosulfate-de-magnesium/-gluconate-de-calcium/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>ULFON (aldioxa/ alcloxa/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>18/04/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986090/fr/ulfon-aldioxa/-alcloxa/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2986090</t>
+  </si>
+  <si>
+    <t>aldioxa,alcloxa,carbonate de calcium</t>
+  </si>
+  <si>
+    <t>L. LAFON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399054/fr/ulfon-aldioxa/-alcloxa/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>OSTONIC (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>10/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986095/fr/ostonic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2986095</t>
+  </si>
+  <si>
+    <t>BYK FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399015/fr/ostonic-0-5-g/15-ml-suspension-buvable-en-sachet-dose-boite-de-30</t>
+  </si>
+  <si>
+    <t>OSAGIL (carbonate de calcium/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>24/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986110/fr/osagil-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2986110</t>
+  </si>
+  <si>
+    <t>L.LAFON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398918/fr/osagil-comprime-a-croquer-ou-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>CARBONATE DE CALCIUM BYK FRANCE (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>10/01/2001 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986122/fr/carbonate-de-calcium-byk-france-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2986122</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398849/fr/carbonate-de-calcium-byk-france-carbonate-de-calcium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" t="s">
+        <v>39</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I7" t="s">
+        <v>46</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" t="s">
+        <v>39</v>
+      </c>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>66</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>79</v>
+      </c>
+      <c r="H4" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B6" t="s">
+        <v>86</v>
+      </c>
+      <c r="C6" t="s">
+        <v>87</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>88</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>89</v>
+      </c>
+      <c r="H6" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>91</v>
+      </c>
+      <c r="C7" t="s">
+        <v>92</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>93</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>94</v>
+      </c>
+      <c r="H7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>96</v>
+      </c>
+      <c r="C8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D8" t="s">
+        <v>98</v>
+      </c>
+      <c r="E8" t="s">
+        <v>99</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>100</v>
+      </c>
+      <c r="H8" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>109</v>
+      </c>
+      <c r="B2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>113</v>
+      </c>
+      <c r="H2" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>119</v>
+      </c>
+      <c r="H3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>125</v>
+      </c>
+      <c r="H2" t="s">
+        <v>126</v>
+      </c>
+      <c r="I2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B3" t="s">
+        <v>128</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>130</v>
+      </c>
+      <c r="H3" t="s">
+        <v>131</v>
+      </c>
+      <c r="I3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>122</v>
+      </c>
+      <c r="B4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>134</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>135</v>
+      </c>
+      <c r="H4" t="s">
+        <v>136</v>
+      </c>
+      <c r="I4" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>122</v>
+      </c>
+      <c r="B5" t="s">
+        <v>137</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I5" t="s">
+        <v>127</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>141</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B2" t="s">
+        <v>144</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>146</v>
+      </c>
+      <c r="H2" t="s">
+        <v>147</v>
+      </c>
+      <c r="I2" t="s">
+        <v>148</v>
+      </c>
+      <c r="J2" t="s">
+        <v>149</v>
+      </c>
+      <c r="K2" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>153</v>
+      </c>
+      <c r="H3" t="s">
+        <v>154</v>
+      </c>
+      <c r="I3" t="s">
+        <v>155</v>
+      </c>
+      <c r="J3" t="s">
+        <v>156</v>
+      </c>
+      <c r="K3" t="s">
+        <v>157</v>
+      </c>
+      <c r="L3" t="s">
+        <v>158</v>
+      </c>
+      <c r="M3" t="s">
+        <v>159</v>
+      </c>
+      <c r="N3" t="s">
+        <v>160</v>
+      </c>
+      <c r="O3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>143</v>
+      </c>
+      <c r="B4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>163</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>164</v>
+      </c>
+      <c r="H4" t="s">
+        <v>165</v>
+      </c>
+      <c r="I4" t="s">
+        <v>148</v>
+      </c>
+      <c r="J4" t="s">
+        <v>156</v>
+      </c>
+      <c r="K4" t="s">
+        <v>166</v>
+      </c>
+      <c r="L4" t="s">
+        <v>167</v>
+      </c>
+      <c r="M4" t="s">
+        <v>168</v>
+      </c>
+      <c r="N4" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>143</v>
+      </c>
+      <c r="B5" t="s">
+        <v>170</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>171</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>172</v>
+      </c>
+      <c r="H5" t="s">
+        <v>173</v>
+      </c>
+      <c r="I5" t="s">
+        <v>174</v>
+      </c>
+      <c r="J5" t="s">
+        <v>175</v>
+      </c>
+      <c r="K5" t="s">
+        <v>176</v>
+      </c>
+      <c r="L5" t="s">
+        <v>177</v>
+      </c>
+      <c r="M5" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B6" t="s">
+        <v>179</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>180</v>
+      </c>
+      <c r="H6" t="s">
+        <v>181</v>
+      </c>
+      <c r="I6" t="s">
+        <v>174</v>
+      </c>
+      <c r="J6" t="s">
+        <v>182</v>
+      </c>
+      <c r="K6" t="s">
+        <v>183</v>
+      </c>
+      <c r="L6" t="s">
+        <v>184</v>
+      </c>
+      <c r="M6" t="s">
+        <v>185</v>
+      </c>
+      <c r="N6" t="s">
+        <v>186</v>
+      </c>
+      <c r="O6" t="s">
+        <v>187</v>
+      </c>
+      <c r="P6" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>143</v>
+      </c>
+      <c r="B7" t="s">
+        <v>189</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>190</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>191</v>
+      </c>
+      <c r="H7" t="s">
+        <v>192</v>
+      </c>
+      <c r="I7" t="s">
+        <v>148</v>
+      </c>
+      <c r="J7" t="s">
+        <v>193</v>
+      </c>
+      <c r="K7" t="s">
+        <v>194</v>
+      </c>
+      <c r="L7" t="s">
+        <v>195</v>
+      </c>
+      <c r="M7" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>143</v>
+      </c>
+      <c r="B8" t="s">
+        <v>197</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>198</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>199</v>
+      </c>
+      <c r="H8" t="s">
+        <v>200</v>
+      </c>
+      <c r="I8" t="s">
+        <v>148</v>
+      </c>
+      <c r="J8" t="s">
+        <v>201</v>
+      </c>
+      <c r="K8" t="s">
+        <v>202</v>
+      </c>
+      <c r="L8" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>143</v>
+      </c>
+      <c r="B9" t="s">
+        <v>204</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>206</v>
+      </c>
+      <c r="H9" t="s">
+        <v>207</v>
+      </c>
+      <c r="I9" t="s">
+        <v>208</v>
+      </c>
+      <c r="J9" t="s">
+        <v>209</v>
+      </c>
+      <c r="K9" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>143</v>
+      </c>
+      <c r="B10" t="s">
+        <v>211</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>212</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>213</v>
+      </c>
+      <c r="H10" t="s">
+        <v>214</v>
+      </c>
+      <c r="I10" t="s">
+        <v>215</v>
+      </c>
+      <c r="J10" t="s">
+        <v>216</v>
+      </c>
+      <c r="K10" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>143</v>
+      </c>
+      <c r="B11" t="s">
+        <v>218</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>219</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>220</v>
+      </c>
+      <c r="H11" t="s">
+        <v>221</v>
+      </c>
+      <c r="I11" t="s">
+        <v>148</v>
+      </c>
+      <c r="J11" t="s">
+        <v>222</v>
+      </c>
+      <c r="K11" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>143</v>
+      </c>
+      <c r="B12" t="s">
+        <v>224</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>225</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>226</v>
+      </c>
+      <c r="H12" t="s">
+        <v>227</v>
+      </c>
+      <c r="I12" t="s">
+        <v>155</v>
+      </c>
+      <c r="J12" t="s">
+        <v>228</v>
+      </c>
+      <c r="K12" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>143</v>
+      </c>
+      <c r="B13" t="s">
+        <v>230</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>231</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>232</v>
+      </c>
+      <c r="H13" t="s">
+        <v>233</v>
+      </c>
+      <c r="I13" t="s">
+        <v>148</v>
+      </c>
+      <c r="J13" t="s">
+        <v>222</v>
+      </c>
+      <c r="K13" t="s">
+        <v>234</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>