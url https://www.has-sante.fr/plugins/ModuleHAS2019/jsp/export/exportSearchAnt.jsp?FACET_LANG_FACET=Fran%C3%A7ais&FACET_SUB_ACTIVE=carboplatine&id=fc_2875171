--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,193 +1,1201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="671" uniqueCount="358">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>09/29/2023 10:00:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col de l’utérus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer les données de sécurité et d’efficacité cliniques du traitement du cancer de col de l’utérus par Radiothérapie conformationnelle avec modulation d’intensité (RCMI), en vue de sa prise en charge par l’Assurance Maladie, le comparateur étant la radiothérapie conformationnelle en trois dimensions (RTC-3D).</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
   </si>
   <si>
     <t>c_2019236</t>
+  </si>
+  <si>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2025</t>
+  </si>
+  <si>
+    <t>10/07/2025 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635468/fr/commission-de-la-transparence-reunion-du-16-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3635468</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 juillet 2025</t>
+  </si>
+  <si>
+    <t>02/07/2025 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634391/fr/commission-de-la-transparence-reunion-du-9-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3634391</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 1er juillet 2025</t>
+  </si>
+  <si>
+    <t>30/06/2025 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633111/fr/ceesp-reunion-du-1er-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3633111</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2025</t>
+  </si>
+  <si>
+    <t>09/05/2025 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604273/fr/commission-de-la-transparence-reunion-du-14-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3604273</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 avril 2025</t>
+  </si>
+  <si>
+    <t>08/04/2025 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601119/fr/ceesp-reunion-du-8-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3601119</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598140/fr/commission-de-la-transparence-reunion-du-26-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3598140</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 mars 2025</t>
+  </si>
+  <si>
+    <t>10/03/2025 08:53:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594691/fr/commission-de-la-transparence-reunion-du-12-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594691</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 janvier 2025</t>
+  </si>
+  <si>
+    <t>06/01/2025 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576176/fr/ceesp-reunion-du-14-janvier-2025</t>
+  </si>
+  <si>
+    <t>p_3576176</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
+  </si>
+  <si>
+    <t>04/12/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3565815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 novembre 2024</t>
+  </si>
+  <si>
+    <t>21/11/2024 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558226/fr/commission-de-la-transparence-reunion-du-27-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3558226</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 septembre 2024</t>
+  </si>
+  <si>
+    <t>18/09/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542599/fr/commission-de-la-transparence-reunion-du-25-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3542599</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 11 juillet 2024</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530157/fr/pv-college-deliberatif-du-11-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3530157</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2024</t>
+  </si>
+  <si>
+    <t>19/06/2024 13:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525360/fr/commission-de-la-transparence-reunion-du-26-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3525360</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 avril 2024</t>
+  </si>
+  <si>
+    <t>13/06/2024 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523591/fr/college-deliberatif-du-25-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3523591</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 mai 2024</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518676/fr/college-deliberatif-du-23-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3518676</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 mai 2024</t>
+  </si>
+  <si>
+    <t>22/05/2024 13:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518494/fr/commission-de-la-transparence-reunion-du-29-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3518494</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 21 mars 2024</t>
+  </si>
+  <si>
+    <t>16/05/2024 12:42:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517826/fr/pv-college-deliberatif-du-21-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3517826</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2024</t>
+  </si>
+  <si>
+    <t>14/05/2024 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517111/fr/commission-de-la-transparence-reunion-du-15-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3517111</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mars 2024</t>
+  </si>
+  <si>
+    <t>06/03/2024 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499613/fr/commission-de-la-transparence-reunion-du-13-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3499613</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 10 mars 2021</t>
+  </si>
+  <si>
+    <t>04/03/2021 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240964/fr/commission-de-la-transparence-reunion-a-distance-du-10-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3240964</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 décembre  2020</t>
+  </si>
+  <si>
+    <t>11/12/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223433/fr/commission-de-la-transparence-reunion-a-distance-du-16-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3223433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 21 octobre 2020</t>
+  </si>
+  <si>
+    <t>14/10/2020 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212898/fr/commission-de-la-transparence-reunion-a-distance-du-21-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3212898</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
+  </si>
+  <si>
+    <t>30/09/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3210376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 13 mai 2020</t>
+  </si>
+  <si>
+    <t>07/05/2020 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183005/fr/commission-de-la-transparence-reunion-a-distance-du-13-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3183005</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/05/2020 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182703/fr/ceesp-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3182703</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2020</t>
+  </si>
+  <si>
+    <t>27/02/2020 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153443/fr/commission-de-la-transparence-reunion-du-4-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3153443</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2019</t>
+  </si>
+  <si>
+    <t>11/10/2019 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112411/fr/ceesp-reunion-du-15-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3112411</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 9 octobre 2019</t>
+  </si>
+  <si>
+    <t>07/10/2019 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111122/fr/college-deliberatif-du-9-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3111122</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 octobre 2019</t>
+  </si>
+  <si>
+    <t>03/10/2019 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109726/fr/commission-de-la-transparence-reunion-du-9-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3109726</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2019</t>
+  </si>
+  <si>
+    <t>10/07/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067815/fr/commission-de-la-transparence-reunion-du-26-juin-2019</t>
+  </si>
+  <si>
+    <t>p_3067815</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 mai 2019</t>
+  </si>
+  <si>
+    <t>11/06/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973920/fr/college-deliberatif-du-22-mai-2019</t>
+  </si>
+  <si>
+    <t>c_2973920</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 juin 2016</t>
+  </si>
+  <si>
+    <t>23/06/2016 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640876/fr/commission-de-la-transparence-reunion-du-29-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2640876</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2014</t>
+  </si>
+  <si>
+    <t>14/03/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728868/fr/commission-de-la-transparence-reunion-du-19-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1728868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2012</t>
+  </si>
+  <si>
+    <t>21/11/2012 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335194/fr/commission-de-la-transparence-reunion-du-21-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1335194</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0194/DC/SEM du 24 juillet 2025 du collège de la Haute Autorité de santé portant renouvellement de l'autorisation d’accès précoce de la spécialité RYBREVANT (amivantamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce renouvelée à la spécialité RYBREVANT dans l’indication « en association au carboplatine et au pémétrexed, dans le traitement des patients adultes atteints d’un cancer bronchique non à petites cellules (CBNPC) avancé avec mutations du récepteur du facteur de croissance épidermique (EGFR) par délétion dans l’exon 19 ou substitution L858R dans l’exon 21, en échec d'un précédent traitement comprenant un inhibiteur de la tyrosine kinase (ITK) de l'EGFR de troisième génération ».</t>
+  </si>
+  <si>
+    <t>24/07/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>04/08/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639763/fr/decision-n2024-0194/dc/sem-du-24-juillet-2025-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-rybrevant-amivantamab</t>
+  </si>
+  <si>
+    <t>p_3639763</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0364/DC/SEM du 19 décembre 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée aux spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association dans l' indication « IMFINZI, en association au carboplatine et au paclitaxel est indiqué dans le traitement de première ligne des patientes adultes atteintes d’un cancer de l’endomètre avancé ou récurrent qui sont candidates à un traitement systémique, suivi d’un traitement d’entretien par IMFINZI en association à l’olaparib dans le cancer de l’endomètre qui ne présente pas de déficience du système MMR (pMMR). LYNPARZA en association au durvalumab pour le traitement d’entretien des patientes adultes atteintes d’un cancer de l’endomètre avancé ou récurrent qui présente une tumeur sans déficience du système MMR (pMMR), et dont la maladie n’a pas progressé durant la première ligne de traitement avec le durvalumab en association avec carboplatine et paclitaxel. »</t>
+  </si>
+  <si>
+    <t>19/12/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>07/01/2025 08:49:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576312/fr/decision-n2024-0364/dc/sem-du-19-decembre-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-imfinzi-durvalumab-et-lynparza-olaparib-en-association</t>
+  </si>
+  <si>
+    <t>p_3576312</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0257/DC/SEM du 3 octobre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité JEMPERLI (dostarlimab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité JEMPERLI (dostarlimab) dans l’indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre avancé nouvellement diagnostiqué ou récidivant, qui ne présente pas de déficience du système de réparation des mésappariements des bases / d’instabilité microsatellitaire (pMMR/MSS) ou dont le statut au regard de cette déficience n’est pas connu, et candidates à un traitement systémique ».</t>
+  </si>
+  <si>
+    <t>03/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>14/10/2024 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547535/fr/decision-n-2024-0257/dc/sem-du-3-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-jemperli-dostarlimab</t>
+  </si>
+  <si>
+    <t>p_3547535</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0256/DC/SEM du 3 octobre 2024 du collège de la Haute Autorité de santé portant modification et renouvellement d’accès précoce de la spécialité JEMPERLI (dostarlimab)</t>
+  </si>
+  <si>
+    <t>L'autorisation d’accès précoce octroyée à la spécialité JEMPERLI (dostarlimab) dans l’indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre avancé nouvellement diagnostiqué ou récidivant, qui ne présente pas de déficience du système de réparation des mésappariements des bases / d’instabilité microsatellitaire (pMMR/MSS) ou dont le statut au regard de cette déficience n’est pas connu, et candidates à un traitement systémique ». est modifiée et renouvelée dans l'indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre (CE) avancé nouvellement diagnostiqué ou récidivant, qui présente une déficience du système de réparation des mésappariements des bases (dMMR) / une instabilité microsatellitaire élevée (MSI-H) et candidates à un traitement systémique ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547555/fr/decision-n-2024-0256/dc/sem-du-3-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-modification-et-renouvellement-d-acces-precoce-de-la-specialite-jemperli-dostarlimab</t>
+  </si>
+  <si>
+    <t>p_3547555</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0186/DC/SEM du 11 juillet 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité RYBREVANT (amivantamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité RYBREVANT dans l’indication « en association au carboplatine et au pémétrexed, dans le traitement des patients adultes atteints d’un cancer bronchique non à petites cellules (CBNPC) avancé avec mutations du récepteur du facteur de croissance épidermique (EGFR) par délétion dans l’exon 19 ou substitution L858R dans l’exon 21, en échec d'un précédent traitement comprenant un inhibiteur de la tyrosine kinase (ITK) de l'EGFR de troisième génération ».</t>
+  </si>
+  <si>
+    <t>11/07/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>25/07/2024 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534599/fr/decision-n2024-0186/dc/sem-du-11-juillet-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-rybrevant-amivantamab</t>
+  </si>
+  <si>
+    <t>p_3534599</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0138/DC/SEM du 23 mai 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée aux spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association dans les indications « traitement de première ligne pour les patientes adultes atteintes d’un cancer de l'endomètre avancé ou récurrent qui présente une tumeur sans déficience du système MMR (pMMR), par IMFINZI (durvalumab), en association au carboplatine et au paclitaxel, suivi d’un traitement d’entretien pour les patientes dont la maladie n’a pas progressé durant la phase de traitement par IMFINZI (durvalumab) en association au carboplatine et au paclitaxel, par IMFINZI (durvalumab) en association à LYNPARZA (olaparib) ».</t>
+  </si>
+  <si>
+    <t>23/05/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519912/fr/decision-n2024-0138/dc/sem-du-23-mai-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-imfinzi-durvalumab-et-lynparza-olaparib-en-association</t>
+  </si>
+  <si>
+    <t>p_3519912</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0078/DC/SEM du 21 mars 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité RYBREVANT (amivantamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité RYBREVANT dans l’indication « en association au carboplatine et au pemetrexed en première ligne de traitement des patients adultes atteints d’un cancer bronchique non à petites cellules (CBNPC) avancé avec mutations activatrices du récepteur du facteur de croissance épidermique (EGFR) par insertion dans l’exon 20, pour les patients non opérables ».</t>
+  </si>
+  <si>
+    <t>21/03/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>02/04/2024 17:11:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505648/fr/decision-n2024-0078/dc/sem-du-21-mars-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-rybrevant-amivantamab</t>
+  </si>
+  <si>
+    <t>p_3505648</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0003/AC/SED du 7 mars 2024 du collège de la Haute Autorité de  santé relatif à la prise en charge dérogatoire du dispositif SONOCLOUD-9  en application de l’article L. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0003/AC/SED du 7 mars 2024 du collège de la Haute Autorité de santé relatif à la prise en charge dérogatoire du dispositif SONOCLOUD-9 en application de l’article L. 165-1-1 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>14/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2024 17:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500068/fr/avis-n2024-0003/ac/sed-du-7-mars-2024-du-college-de-la-haute-autorite-de-sante-relatif-a-la-prise-en-charge-derogatoire-du-dispositif-sonocloud-9-en-application-de-l-article-l-165-1-1-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>p_3500068</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0102/DC/SEESP du 22 mai 2019 du collège de la Haute Autorité de santé constatant l’impact significatif du produit KEYTRUDA en association au carboplatine et au paclitaxel ou au nab-paclitaxel sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 22 mai 2019 a constaté l'impact significatif du produit KEYTRUDA sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : " en association au carboplatine et au paclitaxel ou au nab-paclitaxel, dans l’indication du traitement de première ligne des patients adultes atteints de CBNPC métastatique épidermoïde ". ».</t>
+  </si>
+  <si>
+    <t>22/05/2019 10:40:00</t>
+  </si>
+  <si>
+    <t>19/02/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152774/fr/decision-n-2019-0102/dc/seesp-du-22-mai-2019-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-keytruda-en-association-au-carboplatine-et-au-paclitaxel-ou-au-nab-paclitaxel-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3152774</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0225/DC/SEESP du 9 octobre 2019 du collège de la Haute Autorité de santé constatant l’impact significatif du produit TECENTRIQ sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 9 octobre 2019 a constaté l'impact significatif des produit TECENTRIQ sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : en association au carboplatine et à l’étoposide, en première ligne de traitement des patients adultes atteints d’un cancer bronchique à petites cellules (CBPC) de stade étendu.</t>
+  </si>
+  <si>
+    <t>09/10/2019 10:40:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 15:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113705/fr/decision-n-2019-0225/dc/seesp-du-9-octobre-2019-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-tecentriq-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3113705</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 22 mai 2019 a constaté l'impact significatif du produit KEYTRUDA en association au carboplatine et au paclitaxel ou au nab-paclitaxel sur les dépenses de l’assurance maladie. En conséquence, la Commission évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication du traitement de première ligne des patients adultes atteints de CBNPC métastatique épidermoïde.</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067205/fr/decision-n-2019-0102/dc/seesp-du-22-mai-2019-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-keytruda-en-association-au-carboplatine-et-au-paclitaxel-ou-au-nab-paclitaxel-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3067205</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0032/DC/SEESP du 20 février 2019 collège de la Haute Autorité de santé constatant l’impact significatif du produit TECENTRIQ sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute Autorité de santé, en sa séance du 20 février 2019 a constaté l'impact significatif du produit TECENTRIQ sur les dépenses de l'assurance maladie. En conséquence, la commission évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans les deux indications suivantes : - en association au bevacizumab, paclitaxel et carboplatine, en première ligne de traitement des patients adultes atteints d’un cancer bronchique non à petites cellules (CBNPC) non épidermoïde métastatique ; - en association au bevacizumab, paclitaxel et carboplatine, chez les patients atteints d'un CBNPC avec EGFR muté ou réarrangement du gène ALK (ALK-positif), après échec des thérapies ciblées appropriées.</t>
+  </si>
+  <si>
+    <t>20/02/2019 13:22:00</t>
+  </si>
+  <si>
+    <t>22/03/2019 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911305/fr/decision-n-2019-0032/dc/seesp-du-20-fevrier-2019-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-tecentriq-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>c_2911305</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>26/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2877192</t>
+  </si>
+  <si>
+    <t>Avis n°2017.0097/AC/SEM du 22 novembre 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité ZEJULA (niraparib)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité ZEJULA (niraparib), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont :# − « En monothérapie pour le traitement d’entretien des patientes adultes atteintes d’un cancer épithélial séreux de haut grade de l’ovaire, des trompes de Fallope ou péritonéal primitif, sans mutation du gène BRCA (germinale et somatique), récidivant et sensible au platine, qui sont en réponse (réponse complète ou partielle) à une chimiothérapie à base de platine et éligibles au bevacizumab. − En monothérapie pour le traitement d’entretien des patientes adultes atteintes d’un cancer épithélial séreux de haut grade de l’ovaire, des trompes de Fallope ou péritonéal primitif, avec mutation du gène BRCA (germinale et somatique), récidivant et sensible au platine, qui sont en réponse (réponse complète ou partielle) à une chimiothérapie à base de platine et éligibles ou non au bevacizumab.»# Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>22/11/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>30/11/2017 16:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808768/fr/avis-n2017-0097/ac/sem-du-22-novembre-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-zejula-niraparib</t>
+  </si>
+  <si>
+    <t>c_2808768</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0001/AC/SEESP du 13 janvier 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751756/fr/avis-n-2016-0001/ac/seesp-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751756</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique"</t>
+  </si>
+  <si>
+    <t>16/03/2016 16:52:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751763/fr/avis-n-2016-0027/ac/seesp-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751763</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0062/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de XALKORI (crizotinib) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 17 mars 2017 -</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * le fait que le cancer du poumon, est en France, le 2ème cancer le plus fréquent chez l’homme et le 3ème chez la femme, ainsi que la 1ère cause de décès chez l’homme entre 45 et 64 ans et la 1ère cause de mortalité par cancer toutes populations confondues et qu’on ne dispose à ce jour d’aucune thérapeutique appropriée ; * l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec un réarrangement ROS 1 ; * le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients ; le Collège de la HAS considère que les spécialités XALKORI 200 et 250 mg (crizotinib) peuvent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement du cancer du poumon non à petites cellules localement avancé ou métastatique avec réarrangement de ROS1 chez des patients en situation d’impasse thérapeutique » si le prescripteur estime qu’elles sont indispensables pour le traitement de ces patients. # *RTU abrogée le 17 mars 2017 par l'ANSM. La fin de cette RTU fait suite à la modification du 25 août 2016, par la Commission Européenne, de l’autorisation de mise sur le marché (AMM) de Xalkori , dans l’indication : «traitement des patients adultes ayant un cancer du poumon non à petites cellules (CPNPC) ROS1 (Proto-Oncogene 1, Receptor Tyrosine Kinase)-positif et avancé».*</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620178/fr/decision-n2016-0062/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-xalkori-crizotinib-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-17-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2620178</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0025/AC/SEM du 16 mars 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>16/03/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620216/fr/avis-n-2016-0025/ac/sem-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2620216</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0016/AC/SEM du 27 janvier 2016 du Collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TAGRISSO (osimertinib) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation, il existe des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>27/01/2016 10:19:00</t>
+  </si>
+  <si>
+    <t>11/02/2016 14:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608095/fr/avis-n-2016-0016/ac/sem-du-27-janvier-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-tagrisso-osimertinib-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2608095</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0002/AC/SEM du 13 janvier 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588709/fr/avis-n-2016-0002/ac/sem-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2588709</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0178/DC/SEM du 8 juillet 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d'AVASTIN (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# * la dégénérescence maculaire liée à l’âge (DMLA), première de cause de malvoyance après 65 ans dans les pays occidentaux. * l’absence de spécialité remboursable de même principe actif, de même dosage et de même forme pharmaceutique ; * le fait que le bevacizumab ait un intérêt thérapeutique pour les patients atteints de dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire,# le Collège de la HAS considère que la spécialité AVASTIN 25 mg/ml, solution à diluer pour perfusion peut faire l’objet d’une prise en charge dérogatoire dans le traitement de la dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire dans les situations où le prescripteur juge son utilisation indispensable pour améliorer l’état de santé des patients ou éviter leur dégradation.</t>
+  </si>
+  <si>
+    <t>08/07/2015 17:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045913/fr/decision-n-2015-0178/dc/sem-du-8-juillet-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2045913</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CARBOPLATINE (carboplatine)</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:20:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985912/fr/carboplatine-carboplatine</t>
+  </si>
+  <si>
+    <t>pprd_2985912</t>
+  </si>
+  <si>
+    <t>carboplatine</t>
+  </si>
+  <si>
+    <t>G GAM / HIKMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399214/fr/carboplatine-faulding-carboplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399535/fr/carboplatine-dakota-pharm-10mg/ml-solution-pour-perfusion-boite-de-1-flacon-de-5ml-15ml-et-45ml-carboplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399536/fr/carboplatine-merck-10mg/ml-solution-pour-perfusion-boite-de-1-flacon-de-60ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399724/fr/carboplatine-qualimed-10mg/ml-solution-pour-perfusion-flacon-de-5-ml-b/1-flacon-de-15-ml-b/1-flacon-de-45-ml-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399739/fr/carboplatine-arrow-10mg/ml-solution-pour-perfusion-flacon-de-5-ml-boite-de-1-flacon-de-15-ml-boite-de-1-flacon-de-45-ml-boite-de-1-flacon-de-60-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399958/fr/carboplatine-g-gam-10-mg/ml-solution-pour-perfusion-flacon-de-5-ml-boite-de-1-flacon-de-15-ml-boite-de-1-flacon-de-45-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530404/fr/carboplatine-hikma-carboplatine-oncologie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555013/fr/carboplatine-hikma-carboplatine-oncologie</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -201,95 +1209,2242 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>63</v>
+      </c>
+      <c r="H3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H4" t="s">
+        <v>68</v>
+      </c>
+      <c r="I4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>70</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>71</v>
+      </c>
+      <c r="H5" t="s">
+        <v>72</v>
+      </c>
+      <c r="I5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>73</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>74</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>75</v>
+      </c>
+      <c r="H6" t="s">
+        <v>76</v>
+      </c>
+      <c r="I6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>77</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>78</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>79</v>
+      </c>
+      <c r="H7" t="s">
+        <v>80</v>
+      </c>
+      <c r="I7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>82</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>83</v>
+      </c>
+      <c r="H8" t="s">
+        <v>84</v>
+      </c>
+      <c r="I8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>86</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>87</v>
+      </c>
+      <c r="H9" t="s">
+        <v>88</v>
+      </c>
+      <c r="I9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>91</v>
+      </c>
+      <c r="H10" t="s">
+        <v>92</v>
+      </c>
+      <c r="I10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>94</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>95</v>
+      </c>
+      <c r="H11" t="s">
+        <v>96</v>
+      </c>
+      <c r="I11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>98</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>99</v>
+      </c>
+      <c r="H12" t="s">
+        <v>100</v>
+      </c>
+      <c r="I12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>102</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>103</v>
+      </c>
+      <c r="H13" t="s">
+        <v>104</v>
+      </c>
+      <c r="I13" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>106</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>107</v>
+      </c>
+      <c r="H14" t="s">
+        <v>108</v>
+      </c>
+      <c r="I14" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>110</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>111</v>
+      </c>
+      <c r="H15" t="s">
+        <v>112</v>
+      </c>
+      <c r="I15" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>114</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>115</v>
+      </c>
+      <c r="H16" t="s">
+        <v>116</v>
+      </c>
+      <c r="I16" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>55</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>118</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>119</v>
+      </c>
+      <c r="H17" t="s">
+        <v>120</v>
+      </c>
+      <c r="I17" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>55</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>122</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>123</v>
+      </c>
+      <c r="H18" t="s">
+        <v>124</v>
+      </c>
+      <c r="I18" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>127</v>
+      </c>
+      <c r="H19" t="s">
+        <v>128</v>
+      </c>
+      <c r="I19" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>55</v>
+      </c>
+      <c r="B20" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>130</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>131</v>
+      </c>
+      <c r="H20" t="s">
+        <v>132</v>
+      </c>
+      <c r="I20" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>134</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>135</v>
+      </c>
+      <c r="H21" t="s">
+        <v>136</v>
+      </c>
+      <c r="I21" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B22" t="s">
+        <v>137</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>138</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>139</v>
+      </c>
+      <c r="H22" t="s">
+        <v>140</v>
+      </c>
+      <c r="I22" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>55</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>142</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>143</v>
+      </c>
+      <c r="H23" t="s">
+        <v>144</v>
+      </c>
+      <c r="I23" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>55</v>
+      </c>
+      <c r="B24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>146</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>147</v>
+      </c>
+      <c r="H24" t="s">
+        <v>148</v>
+      </c>
+      <c r="I24" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>150</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>151</v>
+      </c>
+      <c r="H25" t="s">
+        <v>152</v>
+      </c>
+      <c r="I25" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>154</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>155</v>
+      </c>
+      <c r="H26" t="s">
+        <v>156</v>
+      </c>
+      <c r="I26" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" t="s">
+        <v>157</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>158</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>159</v>
+      </c>
+      <c r="H27" t="s">
+        <v>160</v>
+      </c>
+      <c r="I27" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>162</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>163</v>
+      </c>
+      <c r="H28" t="s">
+        <v>164</v>
+      </c>
+      <c r="I28" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>55</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>166</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>167</v>
+      </c>
+      <c r="H29" t="s">
+        <v>168</v>
+      </c>
+      <c r="I29" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>55</v>
+      </c>
+      <c r="B30" t="s">
+        <v>169</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>170</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>171</v>
+      </c>
+      <c r="H30" t="s">
+        <v>172</v>
+      </c>
+      <c r="I30" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" t="s">
+        <v>173</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>174</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>175</v>
+      </c>
+      <c r="H31" t="s">
+        <v>176</v>
+      </c>
+      <c r="I31" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>178</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>179</v>
+      </c>
+      <c r="H32" t="s">
+        <v>180</v>
+      </c>
+      <c r="I32" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>55</v>
+      </c>
+      <c r="B33" t="s">
+        <v>181</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>182</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>183</v>
+      </c>
+      <c r="H33" t="s">
+        <v>184</v>
+      </c>
+      <c r="I33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>55</v>
+      </c>
+      <c r="B34" t="s">
+        <v>185</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>186</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>187</v>
+      </c>
+      <c r="H34" t="s">
+        <v>188</v>
+      </c>
+      <c r="I34" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>55</v>
+      </c>
+      <c r="B35" t="s">
+        <v>189</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>190</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>191</v>
+      </c>
+      <c r="H35" t="s">
+        <v>192</v>
+      </c>
+      <c r="I35" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>55</v>
+      </c>
+      <c r="B36" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>194</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>195</v>
+      </c>
+      <c r="H36" t="s">
+        <v>196</v>
+      </c>
+      <c r="I36" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>55</v>
+      </c>
+      <c r="B37" t="s">
+        <v>197</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>198</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>199</v>
+      </c>
+      <c r="H37" t="s">
+        <v>200</v>
+      </c>
+      <c r="I37" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>55</v>
+      </c>
+      <c r="B38" t="s">
+        <v>201</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>202</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>203</v>
+      </c>
+      <c r="H38" t="s">
+        <v>204</v>
+      </c>
+      <c r="I38" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>55</v>
+      </c>
+      <c r="B39" t="s">
+        <v>205</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>206</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>207</v>
+      </c>
+      <c r="H39" t="s">
+        <v>208</v>
+      </c>
+      <c r="I39" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>55</v>
+      </c>
+      <c r="B40" t="s">
+        <v>209</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>210</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>211</v>
+      </c>
+      <c r="H40" t="s">
+        <v>212</v>
+      </c>
+      <c r="I40" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>55</v>
+      </c>
+      <c r="B41" t="s">
+        <v>213</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>214</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>215</v>
+      </c>
+      <c r="H41" t="s">
+        <v>216</v>
+      </c>
+      <c r="I41" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>55</v>
+      </c>
+      <c r="B42" t="s">
+        <v>217</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>218</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>219</v>
+      </c>
+      <c r="H42" t="s">
+        <v>220</v>
+      </c>
+      <c r="I42" t="s">
+        <v>60</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>221</v>
+      </c>
+      <c r="B2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D2" t="s">
+        <v>224</v>
+      </c>
+      <c r="E2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>226</v>
+      </c>
+      <c r="H2" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C3" t="s">
+        <v>229</v>
+      </c>
+      <c r="D3" t="s">
+        <v>230</v>
+      </c>
+      <c r="E3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>232</v>
+      </c>
+      <c r="H3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>221</v>
+      </c>
+      <c r="B4" t="s">
+        <v>234</v>
+      </c>
+      <c r="C4" t="s">
+        <v>235</v>
+      </c>
+      <c r="D4" t="s">
+        <v>236</v>
+      </c>
+      <c r="E4" t="s">
+        <v>237</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>238</v>
+      </c>
+      <c r="H4" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
+        <v>240</v>
+      </c>
+      <c r="C5" t="s">
+        <v>241</v>
+      </c>
+      <c r="D5" t="s">
+        <v>236</v>
+      </c>
+      <c r="E5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>242</v>
+      </c>
+      <c r="H5" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>221</v>
+      </c>
+      <c r="B6" t="s">
+        <v>244</v>
+      </c>
+      <c r="C6" t="s">
+        <v>245</v>
+      </c>
+      <c r="D6" t="s">
+        <v>246</v>
+      </c>
+      <c r="E6" t="s">
+        <v>247</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>248</v>
+      </c>
+      <c r="H6" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>221</v>
+      </c>
+      <c r="B7" t="s">
+        <v>250</v>
+      </c>
+      <c r="C7" t="s">
+        <v>251</v>
+      </c>
+      <c r="D7" t="s">
+        <v>252</v>
+      </c>
+      <c r="E7" t="s">
+        <v>253</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>254</v>
+      </c>
+      <c r="H7" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>221</v>
+      </c>
+      <c r="B8" t="s">
+        <v>256</v>
+      </c>
+      <c r="C8" t="s">
+        <v>257</v>
+      </c>
+      <c r="D8" t="s">
+        <v>258</v>
+      </c>
+      <c r="E8" t="s">
+        <v>259</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>260</v>
+      </c>
+      <c r="H8" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>221</v>
+      </c>
+      <c r="B9" t="s">
+        <v>262</v>
+      </c>
+      <c r="C9" t="s">
+        <v>263</v>
+      </c>
+      <c r="D9" t="s">
+        <v>264</v>
+      </c>
+      <c r="E9" t="s">
+        <v>265</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>266</v>
+      </c>
+      <c r="H9" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>221</v>
+      </c>
+      <c r="B10" t="s">
+        <v>268</v>
+      </c>
+      <c r="C10" t="s">
+        <v>269</v>
+      </c>
+      <c r="D10" t="s">
+        <v>270</v>
+      </c>
+      <c r="E10" t="s">
+        <v>271</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H10" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>221</v>
+      </c>
+      <c r="B11" t="s">
+        <v>274</v>
+      </c>
+      <c r="C11" t="s">
+        <v>275</v>
+      </c>
+      <c r="D11" t="s">
+        <v>276</v>
+      </c>
+      <c r="E11" t="s">
+        <v>277</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>278</v>
+      </c>
+      <c r="H11" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>221</v>
+      </c>
+      <c r="B12" t="s">
+        <v>268</v>
+      </c>
+      <c r="C12" t="s">
+        <v>280</v>
+      </c>
+      <c r="D12" t="s">
+        <v>270</v>
+      </c>
+      <c r="E12" t="s">
+        <v>281</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>282</v>
+      </c>
+      <c r="H12" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>221</v>
+      </c>
+      <c r="B13" t="s">
+        <v>284</v>
+      </c>
+      <c r="C13" t="s">
+        <v>285</v>
+      </c>
+      <c r="D13" t="s">
+        <v>286</v>
+      </c>
+      <c r="E13" t="s">
+        <v>287</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>288</v>
+      </c>
+      <c r="H13" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>221</v>
+      </c>
+      <c r="B14" t="s">
+        <v>290</v>
+      </c>
+      <c r="C14" t="s">
+        <v>291</v>
+      </c>
+      <c r="D14" t="s">
+        <v>292</v>
+      </c>
+      <c r="E14" t="s">
+        <v>293</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>294</v>
+      </c>
+      <c r="H14" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>221</v>
+      </c>
+      <c r="B15" t="s">
+        <v>296</v>
+      </c>
+      <c r="C15" t="s">
+        <v>297</v>
+      </c>
+      <c r="D15" t="s">
+        <v>298</v>
+      </c>
+      <c r="E15" t="s">
+        <v>299</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>300</v>
+      </c>
+      <c r="H15" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>221</v>
+      </c>
+      <c r="B16" t="s">
+        <v>302</v>
+      </c>
+      <c r="C16" t="s">
+        <v>302</v>
+      </c>
+      <c r="D16" t="s">
+        <v>303</v>
+      </c>
+      <c r="E16" t="s">
+        <v>304</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>305</v>
+      </c>
+      <c r="H16" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>221</v>
+      </c>
+      <c r="B17" t="s">
+        <v>307</v>
+      </c>
+      <c r="C17" t="s">
+        <v>308</v>
+      </c>
+      <c r="D17" t="s">
+        <v>309</v>
+      </c>
+      <c r="E17" t="s">
+        <v>310</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>311</v>
+      </c>
+      <c r="H17" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>221</v>
+      </c>
+      <c r="B18" t="s">
+        <v>313</v>
+      </c>
+      <c r="C18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D18" t="s">
+        <v>315</v>
+      </c>
+      <c r="E18" t="s">
+        <v>316</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>317</v>
+      </c>
+      <c r="H18" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>221</v>
+      </c>
+      <c r="B19" t="s">
+        <v>319</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>320</v>
+      </c>
+      <c r="E19" t="s">
+        <v>316</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>221</v>
+      </c>
+      <c r="B20" t="s">
+        <v>323</v>
+      </c>
+      <c r="C20" t="s">
+        <v>324</v>
+      </c>
+      <c r="D20" t="s">
+        <v>325</v>
+      </c>
+      <c r="E20" t="s">
+        <v>326</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>327</v>
+      </c>
+      <c r="H20" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>221</v>
+      </c>
+      <c r="B21" t="s">
+        <v>329</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>330</v>
+      </c>
+      <c r="E21" t="s">
+        <v>331</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>332</v>
+      </c>
+      <c r="H21" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>221</v>
+      </c>
+      <c r="B22" t="s">
+        <v>334</v>
+      </c>
+      <c r="C22" t="s">
+        <v>335</v>
+      </c>
+      <c r="D22" t="s">
+        <v>336</v>
+      </c>
+      <c r="E22" t="s">
+        <v>337</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>338</v>
+      </c>
+      <c r="H22" t="s">
+        <v>339</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>340</v>
+      </c>
+      <c r="J1" t="s">
+        <v>341</v>
+      </c>
+      <c r="K1" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>343</v>
+      </c>
+      <c r="B2" t="s">
+        <v>344</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>345</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>346</v>
+      </c>
+      <c r="H2" t="s">
+        <v>347</v>
+      </c>
+      <c r="I2" t="s">
+        <v>348</v>
+      </c>
+      <c r="J2" t="s">
+        <v>349</v>
+      </c>
+      <c r="K2" t="s">
+        <v>350</v>
+      </c>
+      <c r="L2" t="s">
+        <v>351</v>
+      </c>
+      <c r="M2" t="s">
+        <v>352</v>
+      </c>
+      <c r="N2" t="s">
+        <v>353</v>
+      </c>
+      <c r="O2" t="s">
+        <v>354</v>
+      </c>
+      <c r="P2" t="s">
+        <v>355</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>356</v>
+      </c>
+      <c r="R2" t="s">
+        <v>357</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>