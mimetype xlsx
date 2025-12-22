--- v1 (2025-11-04)
+++ v2 (2025-12-22)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="671" uniqueCount="358">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="697" uniqueCount="373">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -197,50 +197,77 @@
   <si>
     <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
   </si>
   <si>
     <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
   </si>
   <si>
     <t>26/06/2013 00:00:00</t>
   </si>
   <si>
     <t>25/09/2013 15:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
   </si>
   <si>
     <t>c_1647165</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Collège délibératif du 13 novembre 2025</t>
+  </si>
+  <si>
+    <t>14/11/2025 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737957/fr/college-deliberatif-du-13-novembre-2025</t>
+  </si>
+  <si>
+    <t>p_3737957</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 juillet 2025</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638332/fr/college-deliberatif-du-24-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3638332</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 16 juillet 2025</t>
   </si>
   <si>
     <t>10/07/2025 15:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635468/fr/commission-de-la-transparence-reunion-du-16-juillet-2025</t>
   </si>
   <si>
     <t>p_3635468</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 9 juillet 2025</t>
   </si>
   <si>
     <t>02/07/2025 14:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634391/fr/commission-de-la-transparence-reunion-du-9-juillet-2025</t>
   </si>
   <si>
     <t>p_3634391</t>
@@ -693,50 +720,68 @@
     <t>Commission de la transparence - Réunion du 19 mars 2014</t>
   </si>
   <si>
     <t>14/03/2014 16:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1728868/fr/commission-de-la-transparence-reunion-du-19-mars-2014</t>
   </si>
   <si>
     <t>c_1728868</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 21 novembre 2012</t>
   </si>
   <si>
     <t>21/11/2012 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1335194/fr/commission-de-la-transparence-reunion-du-21-novembre-2012</t>
   </si>
   <si>
     <t>c_1335194</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0261/DC/SEM du 13 novembre 2025 du collège de la Haute Autorité de santé portant renouvellement d’accès précoce de la spécialité JEMPERLI (dostarlimab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce renouvelée à la spécialité JEMPERLI (dostarlimab) dans l’indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre avancé nouvellement diagnostiqué ou récidivant, qui ne présente pas de déficience du système de réparation des mésappariements des bases / d’instabilité microsatellitaire (pMMR/MSS) ou dont le statut au regard de cette déficience n’est pas connu, et candidates à un traitement systémique ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741942/fr/decision-n-2025-0261/dc/sem-du-13-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-d-acces-precoce-de-la-specialite-jemperli-dostarlimab</t>
+  </si>
+  <si>
+    <t>p_3741942</t>
   </si>
   <si>
     <t>Décision n°2024.0194/DC/SEM du 24 juillet 2025 du collège de la Haute Autorité de santé portant renouvellement de l'autorisation d’accès précoce de la spécialité RYBREVANT (amivantamab)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce renouvelée à la spécialité RYBREVANT dans l’indication « en association au carboplatine et au pémétrexed, dans le traitement des patients adultes atteints d’un cancer bronchique non à petites cellules (CBNPC) avancé avec mutations du récepteur du facteur de croissance épidermique (EGFR) par délétion dans l’exon 19 ou substitution L858R dans l’exon 21, en échec d'un précédent traitement comprenant un inhibiteur de la tyrosine kinase (ITK) de l'EGFR de troisième génération ».</t>
   </si>
   <si>
     <t>24/07/2025 09:39:00</t>
   </si>
   <si>
     <t>04/08/2025 12:26:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639763/fr/decision-n2024-0194/dc/sem-du-24-juillet-2025-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-rybrevant-amivantamab</t>
   </si>
   <si>
     <t>p_3639763</t>
   </si>
   <si>
     <t>Décision n°2024.0364/DC/SEM du 19 décembre 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée aux spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association dans l' indication « IMFINZI, en association au carboplatine et au paclitaxel est indiqué dans le traitement de première ligne des patientes adultes atteintes d’un cancer de l’endomètre avancé ou récurrent qui sont candidates à un traitement systémique, suivi d’un traitement d’entretien par IMFINZI en association à l’olaparib dans le cancer de l’endomètre qui ne présente pas de déficience du système MMR (pMMR). LYNPARZA en association au durvalumab pour le traitement d’entretien des patientes adultes atteintes d’un cancer de l’endomètre avancé ou récurrent qui présente une tumeur sans déficience du système MMR (pMMR), et dont la maladie n’a pas progressé durant la première ligne de traitement avec le durvalumab en association avec carboplatine et paclitaxel. »</t>
   </si>
@@ -1493,51 +1538,51 @@
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I42"/>
+  <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1612,1839 +1657,1923 @@
       <c r="A4" t="s">
         <v>55</v>
       </c>
       <c r="B4" t="s">
         <v>65</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>66</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>67</v>
       </c>
       <c r="H4" t="s">
         <v>68</v>
       </c>
       <c r="I4" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>55</v>
       </c>
       <c r="B5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I5" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I6" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I7" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>55</v>
       </c>
       <c r="B8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I8" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>55</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I9" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I10" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>55</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I11" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>55</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I12" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I13" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>55</v>
       </c>
       <c r="B14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I14" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>55</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I15" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>55</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I16" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>55</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I17" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>55</v>
       </c>
       <c r="B18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I18" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>55</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I19" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>55</v>
       </c>
       <c r="B20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I20" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>55</v>
       </c>
       <c r="B21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I21" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>55</v>
       </c>
       <c r="B22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I22" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>55</v>
       </c>
       <c r="B23" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I23" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>55</v>
       </c>
       <c r="B24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I24" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I25" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I26" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I27" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I28" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>55</v>
       </c>
       <c r="B29" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H29" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I29" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>55</v>
       </c>
       <c r="B30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I30" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>55</v>
       </c>
       <c r="B31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H31" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I31" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>55</v>
       </c>
       <c r="B32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H32" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I32" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>55</v>
       </c>
       <c r="B33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H33" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I33" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>55</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="I34" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>55</v>
       </c>
       <c r="B35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H35" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I35" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>55</v>
       </c>
       <c r="B36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I36" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I37" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>55</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="I38" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>55</v>
       </c>
       <c r="B39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I39" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>55</v>
       </c>
       <c r="B40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H40" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I40" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>55</v>
       </c>
       <c r="B41" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H41" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I41" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>55</v>
       </c>
       <c r="B42" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H42" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I42" t="s">
-        <v>60</v>
+        <v>69</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>55</v>
+      </c>
+      <c r="B43" t="s">
+        <v>222</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>223</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>224</v>
+      </c>
+      <c r="H43" t="s">
+        <v>225</v>
+      </c>
+      <c r="I43" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>55</v>
+      </c>
+      <c r="B44" t="s">
+        <v>226</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>227</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>228</v>
+      </c>
+      <c r="H44" t="s">
+        <v>229</v>
+      </c>
+      <c r="I44" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B2" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="C2" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="E2" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="H2" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B3" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="C3" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="D3" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="E3" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="H3" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B4" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="C4" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="D4" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E4" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="H4" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B5" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="C5" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="D5" t="s">
-        <v>236</v>
+        <v>251</v>
       </c>
       <c r="E5" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="H5" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B6" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="C6" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="D6" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="E6" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="H6" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B7" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="C7" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="D7" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="E7" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="H7" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B8" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="C8" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="D8" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="E8" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="H8" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B9" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="C9" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="D9" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="E9" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="H9" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B10" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="C10" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D10" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="E10" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="H10" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B11" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="C11" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="D11" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="E11" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="H11" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B12" t="s">
-        <v>268</v>
+        <v>289</v>
       </c>
       <c r="C12" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="D12" t="s">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="E12" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="H12" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B13" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C13" t="s">
+        <v>295</v>
+      </c>
+      <c r="D13" t="s">
         <v>285</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="H13" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B14" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="C14" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="D14" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="E14" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="H14" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B15" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="C15" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="D15" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="E15" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="H15" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B16" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="C16" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="D16" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="E16" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="H16" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B17" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="C17" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D17" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="E17" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="H17" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B18" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="C18" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="D18" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="E18" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="H18" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B19" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>329</v>
       </c>
       <c r="D19" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="E19" t="s">
-        <v>316</v>
+        <v>331</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="H19" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B20" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="C20" t="s">
-        <v>324</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="E20" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="H20" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B21" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>339</v>
       </c>
       <c r="D21" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="E21" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="H21" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B22" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="C22" t="s">
-        <v>335</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="E22" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="H22" t="s">
-        <v>339</v>
+        <v>348</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>230</v>
+      </c>
+      <c r="B23" t="s">
+        <v>349</v>
+      </c>
+      <c r="C23" t="s">
+        <v>350</v>
+      </c>
+      <c r="D23" t="s">
+        <v>351</v>
+      </c>
+      <c r="E23" t="s">
+        <v>352</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>353</v>
+      </c>
+      <c r="H23" t="s">
+        <v>354</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="J1" t="s">
-        <v>341</v>
+        <v>356</v>
       </c>
       <c r="K1" t="s">
-        <v>342</v>
+        <v>357</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>343</v>
+        <v>358</v>
       </c>
       <c r="B2" t="s">
-        <v>344</v>
+        <v>359</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>345</v>
+        <v>360</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>346</v>
+        <v>361</v>
       </c>
       <c r="H2" t="s">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="I2" t="s">
-        <v>348</v>
+        <v>363</v>
       </c>
       <c r="J2" t="s">
-        <v>349</v>
+        <v>364</v>
       </c>
       <c r="K2" t="s">
-        <v>350</v>
+        <v>365</v>
       </c>
       <c r="L2" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="M2" t="s">
-        <v>352</v>
+        <v>367</v>
       </c>
       <c r="N2" t="s">
-        <v>353</v>
+        <v>368</v>
       </c>
       <c r="O2" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="P2" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="Q2" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="R2" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>