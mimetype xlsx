--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,373 +1,1228 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="653" uniqueCount="366">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à méningocoques : Révision de la stratégie contre les sérogroupes ACWY et B</t>
+  </si>
+  <si>
+    <t>La HAS établit la stratégie de vaccination contre les infections invasives à méningocoque, sérogroupes ACWY et B.</t>
+  </si>
+  <si>
+    <t>07/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/03/2024 14:32:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/p_3460601/fr/strategie-de-vaccination-contre-les-infections-invasives-a-meningocoques-revision-de-la-strategie-contre-les-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>p_3460601</t>
+  </si>
+  <si>
+    <t>La notification au(x) partenaire(s)</t>
+  </si>
+  <si>
+    <t>Suite à la publication par le Conseil national du sida et des hépatites virales (CNS) d’un avis suivi de recommandations sur la notification aux partenaires (NP) en février 2018, la Direction générale de la santé (DGS) a demandé à la HAS d’élaborer des recommandations pour préciser les objectifs et les conditions de réalisation de l’accompagnement à la NP. Cette demande s’inscrit également dans la Stratégie nationale de santé sexuelle 2017-2030.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2023 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187510/fr/la-notification-au-x-partenaire-s</t>
+  </si>
+  <si>
+    <t>p_3187510</t>
+  </si>
+  <si>
+    <t>Réévaluation de la stratégie de dépistage des infections à Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>Au regard des nouvelles données épidémiologiques, des problématiques entourant le dépistage de l’infection à Ct (populations ciblées, fréquence, structures, nouveaux tests diagnostiques, professionnels impliqués) et des questions concernant de la mise en œuvre du dépistage depuis 2003, la HAS réévalue la stratégie de dépistage des infections à Ct, à la demande de la Direction générale de la santé (DGS)</t>
+  </si>
+  <si>
+    <t>12/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2018 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879401/fr/reevaluation-de-la-strategie-de-depistage-des-infections-a-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>c_2879401</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
+  </si>
+  <si>
+    <t>p_3604647</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>General principles and prescription recommendations for antibiotics in primary care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘anémie hémolytique auto-immune.</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747976/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2747976</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
+  </si>
+  <si>
+    <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2018 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
+  </si>
+  <si>
+    <t>c_2857592</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du méningocoque (Neisseria meningitidis) et du pneumocoque (Streptococcus pneumoniae) par amplification génique dans le diagnostic des méningites</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des méningocoques (Neisseria meningitidis) et des pneumocoques (Streptococus pneumoniae) par amplification génique (PCR) dans le diagnostic des méningites de suspicion bactérienne</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
   </si>
   <si>
     <t>c_2589730</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 19 janvier 2022</t>
+  </si>
+  <si>
+    <t>12/01/2022 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309308/fr/commission-de-la-transparence-reunion-du-19-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3309308</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 novembre 2017</t>
+  </si>
+  <si>
+    <t>17/11/2017 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806182/fr/college-deliberatif-du-22-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2806182</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 20 juin 2017</t>
+  </si>
+  <si>
+    <t>10/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803860/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-20-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2803860</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2012</t>
+  </si>
+  <si>
+    <t>19/12/2012 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343639/fr/commission-de-la-transparence-reunion-du-19-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1343639</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
+  </si>
+  <si>
+    <t>p_3321070</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de BEXSERO®</t>
+  </si>
+  <si>
+    <t>Les infections invasives à méningocoques sont des infections transmissibles graves, qui peuvent être rapidement fatales. En France, elles sont majoritairement liées aux méningocoques de sérogroupe B. BEXSERO® est le premier vaccin anti-méningococcique ciblant des souches pathogènes du sérogroupe B à avoir obtenu une AMM en Europe, en janvier 2013. Il est indiqué chez les personnes âgées de 2 mois et plus. Dans le contexte de la simplification du schéma de vaccination pour différentes tranches d’âge et de l’évolution épidémiologique de ces infections, la Haute Autorité de Santé a évalué l’opportunité de modifier la stratégie de prévention des infections invasives à méningocoques et a précisé la place de BEXSERO® dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066921/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-bexsero</t>
+  </si>
+  <si>
+    <t>p_3066921</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les méningocoques des sérogroupes A, C, W et Y : révision de la stratégie vaccinale et détermination de la place des vaccins méningococciques tétravalents</t>
+  </si>
+  <si>
+    <t>Compte tenu de l’évolution de l’épidémiologie des infections invasives à méningocoques (IIM) en France au cours des dernières années, avec notamment l’augmentation du nombre de cas dus au sérogroupe W, la Direction générale de la santé (DGS) a saisi la HAS afin d’évaluer la pertinence d’introduire dans les recommandations générales la vaccination par un des vaccins méningococciques tétravalents disponibles en France.</t>
+  </si>
+  <si>
+    <t>11/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2021 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183910/fr/recommandation-vaccinale-contre-les-meningocoques-des-serogroupes-a-c-w-et-y-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-meningococciques-tetravalents</t>
+  </si>
+  <si>
+    <t>p_3183910</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CEFTRIAXONE (ceftriaxone)</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:09:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982773/fr/ceftriaxone-ceftriaxone</t>
+  </si>
+  <si>
+    <t>pprd_2982773</t>
+  </si>
+  <si>
+    <t>ceftriaxone</t>
+  </si>
+  <si>
+    <t>PANPHARMA / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398856/fr/ceftriaxone-merck-250-mg-poudre-pour-solution-injectable-boite-de-10-ceftriaxone-merck-500-mg-poudre-pour-solution-injectable-boite-de-10-ceftriaxone-merck-1-g-poudre-pour-solution-injectable-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398857/fr/ceftriaxone-merck-2-g-poudre-pour-solution-injectable-iv-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399215/fr/ceftriaxone-aguettant-1-g-poudre-pour-solution-injectable-boite-de-1-et-boite-de-30-ceftriaxone-aguettant-2-g-poudre-pour-solution-pou-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399415/fr/ceftriaxone-panpharma-1-g-poudre-pour-solution-injectable-boite-de-25-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040745/fr/ceftriaxone-gerda-ceftriaxone-sodique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867498/fr/ceftriaxone-gerda-ceftriaxone-sodique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966043/fr/ceftriaxone-panpharma-ceftriaxone-sodique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315473/fr/ceftriaxone-panpharma-2-g-ceftriaxone-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315476/fr/ceftriaxone-panpharma-1-g-ceftriaxone-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643893/fr/ceftriaxone-qilu-ceftriaxone-cephalosporine-de-3e-generation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -389,451 +1244,2198 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H45"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>66</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>84</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>85</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>88</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>95</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>96</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>97</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>98</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>69</v>
+        <v>99</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="E16" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="H16" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>54</v>
       </c>
       <c r="E17" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>79</v>
+        <v>105</v>
       </c>
       <c r="H17" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>81</v>
+        <v>46</v>
       </c>
       <c r="B18" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="E18" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>86</v>
+        <v>108</v>
       </c>
       <c r="H18" t="s">
-        <v>87</v>
+        <v>109</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
+        <v>54</v>
+      </c>
+      <c r="E19" t="s">
+        <v>92</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>111</v>
+      </c>
+      <c r="H19" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E20" t="s">
+        <v>92</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>114</v>
+      </c>
+      <c r="H20" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" t="s">
+        <v>48</v>
+      </c>
+      <c r="D21" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>118</v>
+      </c>
+      <c r="H21" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
+        <v>120</v>
+      </c>
+      <c r="C22" t="s">
+        <v>48</v>
+      </c>
+      <c r="D22" t="s">
+        <v>54</v>
+      </c>
+      <c r="E22" t="s">
+        <v>121</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>122</v>
+      </c>
+      <c r="H22" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" t="s">
+        <v>124</v>
+      </c>
+      <c r="C23" t="s">
+        <v>48</v>
+      </c>
+      <c r="D23" t="s">
+        <v>54</v>
+      </c>
+      <c r="E23" t="s">
+        <v>125</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>126</v>
+      </c>
+      <c r="H23" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" t="s">
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24" t="s">
+        <v>49</v>
+      </c>
+      <c r="E24" t="s">
+        <v>50</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>129</v>
+      </c>
+      <c r="H24" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
+        <v>48</v>
+      </c>
+      <c r="D25" t="s">
+        <v>49</v>
+      </c>
+      <c r="E25" t="s">
+        <v>50</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>132</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
+        <v>135</v>
+      </c>
+      <c r="D26" t="s">
+        <v>136</v>
+      </c>
+      <c r="E26" t="s">
+        <v>137</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>138</v>
+      </c>
+      <c r="H26" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>136</v>
+      </c>
+      <c r="E27" t="s">
+        <v>137</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>142</v>
+      </c>
+      <c r="H27" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>46</v>
+      </c>
+      <c r="B28" t="s">
+        <v>144</v>
+      </c>
+      <c r="C28" t="s">
+        <v>145</v>
+      </c>
+      <c r="D28" t="s">
+        <v>136</v>
+      </c>
+      <c r="E28" t="s">
+        <v>137</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>146</v>
+      </c>
+      <c r="H28" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>46</v>
+      </c>
+      <c r="B29" t="s">
+        <v>148</v>
+      </c>
+      <c r="C29" t="s">
+        <v>149</v>
+      </c>
+      <c r="D29" t="s">
+        <v>136</v>
+      </c>
+      <c r="E29" t="s">
+        <v>150</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>151</v>
+      </c>
+      <c r="H29" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>46</v>
+      </c>
+      <c r="B30" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" t="s">
+        <v>155</v>
+      </c>
+      <c r="E30" t="s">
+        <v>156</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>157</v>
+      </c>
+      <c r="H30" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>46</v>
+      </c>
+      <c r="B31" t="s">
+        <v>159</v>
+      </c>
+      <c r="C31" t="s">
+        <v>160</v>
+      </c>
+      <c r="D31" t="s">
+        <v>161</v>
+      </c>
+      <c r="E31" t="s">
+        <v>162</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>163</v>
+      </c>
+      <c r="H31" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>46</v>
+      </c>
+      <c r="B32" t="s">
+        <v>165</v>
+      </c>
+      <c r="C32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D32" t="s">
+        <v>166</v>
+      </c>
+      <c r="E32" t="s">
+        <v>121</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>167</v>
+      </c>
+      <c r="H32" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>46</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>48</v>
+      </c>
+      <c r="D33" t="s">
+        <v>54</v>
+      </c>
+      <c r="E33" t="s">
+        <v>92</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>170</v>
+      </c>
+      <c r="H33" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>46</v>
+      </c>
+      <c r="B34" t="s">
+        <v>172</v>
+      </c>
+      <c r="C34" t="s">
+        <v>48</v>
+      </c>
+      <c r="D34" t="s">
+        <v>54</v>
+      </c>
+      <c r="E34" t="s">
+        <v>92</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>173</v>
+      </c>
+      <c r="H34" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>46</v>
+      </c>
+      <c r="B35" t="s">
+        <v>175</v>
+      </c>
+      <c r="C35" t="s">
+        <v>176</v>
+      </c>
+      <c r="D35" t="s">
+        <v>177</v>
+      </c>
+      <c r="E35" t="s">
+        <v>178</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>179</v>
+      </c>
+      <c r="H35" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>46</v>
+      </c>
+      <c r="B36" t="s">
+        <v>181</v>
+      </c>
+      <c r="C36" t="s">
+        <v>182</v>
+      </c>
+      <c r="D36" t="s">
+        <v>183</v>
+      </c>
+      <c r="E36" t="s">
+        <v>184</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>185</v>
+      </c>
+      <c r="H36" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>46</v>
+      </c>
+      <c r="B37" t="s">
+        <v>187</v>
+      </c>
+      <c r="C37" t="s">
+        <v>188</v>
+      </c>
+      <c r="D37" t="s">
+        <v>189</v>
+      </c>
+      <c r="E37" t="s">
+        <v>190</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>191</v>
+      </c>
+      <c r="H37" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>46</v>
+      </c>
+      <c r="B38" t="s">
+        <v>193</v>
+      </c>
+      <c r="C38" t="s">
+        <v>194</v>
+      </c>
+      <c r="D38" t="s">
+        <v>195</v>
+      </c>
+      <c r="E38" t="s">
+        <v>196</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>197</v>
+      </c>
+      <c r="H38" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" t="s">
+        <v>199</v>
+      </c>
+      <c r="C39" t="s">
+        <v>200</v>
+      </c>
+      <c r="D39" t="s">
+        <v>201</v>
+      </c>
+      <c r="E39" t="s">
+        <v>202</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>203</v>
+      </c>
+      <c r="H39" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>46</v>
+      </c>
+      <c r="B40" t="s">
+        <v>205</v>
+      </c>
+      <c r="C40" t="s">
+        <v>206</v>
+      </c>
+      <c r="D40" t="s">
+        <v>207</v>
+      </c>
+      <c r="E40" t="s">
+        <v>208</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>209</v>
+      </c>
+      <c r="H40" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>46</v>
+      </c>
+      <c r="B41" t="s">
+        <v>211</v>
+      </c>
+      <c r="C41" t="s">
+        <v>212</v>
+      </c>
+      <c r="D41" t="s">
+        <v>213</v>
+      </c>
+      <c r="E41" t="s">
+        <v>214</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>215</v>
+      </c>
+      <c r="H41" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>46</v>
+      </c>
+      <c r="B42" t="s">
+        <v>217</v>
+      </c>
+      <c r="C42" t="s">
+        <v>218</v>
+      </c>
+      <c r="D42" t="s">
+        <v>219</v>
+      </c>
+      <c r="E42" t="s">
+        <v>220</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>221</v>
+      </c>
+      <c r="H42" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>46</v>
+      </c>
+      <c r="B43" t="s">
+        <v>223</v>
+      </c>
+      <c r="C43" t="s">
+        <v>224</v>
+      </c>
+      <c r="D43" t="s">
+        <v>225</v>
+      </c>
+      <c r="E43" t="s">
+        <v>225</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>226</v>
+      </c>
+      <c r="H43" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>46</v>
+      </c>
+      <c r="B44" t="s">
+        <v>228</v>
+      </c>
+      <c r="C44" t="s">
+        <v>229</v>
+      </c>
+      <c r="D44" t="s">
+        <v>230</v>
+      </c>
+      <c r="E44" t="s">
+        <v>230</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>231</v>
+      </c>
+      <c r="H44" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" t="s">
+        <v>233</v>
+      </c>
+      <c r="C45" t="s">
+        <v>234</v>
+      </c>
+      <c r="D45" t="s">
+        <v>235</v>
+      </c>
+      <c r="E45" t="s">
+        <v>236</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>237</v>
+      </c>
+      <c r="H45" t="s">
+        <v>238</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>239</v>
+      </c>
+      <c r="B2" t="s">
+        <v>240</v>
+      </c>
+      <c r="C2" t="s">
+        <v>241</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>242</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>243</v>
+      </c>
+      <c r="H2" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B3" t="s">
+        <v>245</v>
+      </c>
+      <c r="C3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>248</v>
+      </c>
+      <c r="H3" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>239</v>
+      </c>
+      <c r="B4" t="s">
+        <v>250</v>
+      </c>
+      <c r="C4" t="s">
+        <v>251</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>252</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>253</v>
+      </c>
+      <c r="H4" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>239</v>
+      </c>
+      <c r="B5" t="s">
+        <v>255</v>
+      </c>
+      <c r="C5" t="s">
+        <v>256</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>257</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>258</v>
+      </c>
+      <c r="H5" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>239</v>
+      </c>
+      <c r="B6" t="s">
+        <v>260</v>
+      </c>
+      <c r="C6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>262</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>263</v>
+      </c>
+      <c r="H6" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>239</v>
+      </c>
+      <c r="B7" t="s">
+        <v>265</v>
+      </c>
+      <c r="C7" t="s">
+        <v>266</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>267</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>268</v>
+      </c>
+      <c r="H7" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>239</v>
+      </c>
+      <c r="B8" t="s">
+        <v>270</v>
+      </c>
+      <c r="C8" t="s">
+        <v>271</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>272</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>273</v>
+      </c>
+      <c r="H8" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>239</v>
+      </c>
+      <c r="B9" t="s">
+        <v>275</v>
+      </c>
+      <c r="C9" t="s">
+        <v>276</v>
+      </c>
+      <c r="D9" t="s">
+        <v>277</v>
+      </c>
+      <c r="E9" t="s">
+        <v>278</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>279</v>
+      </c>
+      <c r="H9" t="s">
+        <v>280</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B2" t="s">
+        <v>282</v>
+      </c>
+      <c r="C2" t="s">
+        <v>283</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>284</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>285</v>
+      </c>
+      <c r="H2" t="s">
+        <v>286</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D2" t="s">
+        <v>290</v>
+      </c>
+      <c r="E2" t="s">
+        <v>291</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>292</v>
+      </c>
+      <c r="H2" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C3" t="s">
+        <v>295</v>
+      </c>
+      <c r="D3" t="s">
+        <v>296</v>
+      </c>
+      <c r="E3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>298</v>
+      </c>
+      <c r="H3" t="s">
+        <v>299</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>301</v>
+      </c>
+      <c r="B2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>303</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>304</v>
+      </c>
+      <c r="H2" t="s">
+        <v>305</v>
+      </c>
+      <c r="I2" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B3" t="s">
+        <v>307</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>309</v>
+      </c>
+      <c r="H3" t="s">
+        <v>310</v>
+      </c>
+      <c r="I3" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>301</v>
+      </c>
+      <c r="B4" t="s">
+        <v>311</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>312</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>313</v>
+      </c>
+      <c r="H4" t="s">
+        <v>314</v>
+      </c>
+      <c r="I4" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>301</v>
+      </c>
+      <c r="B5" t="s">
+        <v>315</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>316</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>317</v>
+      </c>
+      <c r="H5" t="s">
+        <v>318</v>
+      </c>
+      <c r="I5" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>301</v>
+      </c>
+      <c r="B6" t="s">
+        <v>319</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>320</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>321</v>
+      </c>
+      <c r="H6" t="s">
+        <v>322</v>
+      </c>
+      <c r="I6" t="s">
+        <v>306</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>323</v>
+      </c>
+      <c r="B2" t="s">
+        <v>324</v>
+      </c>
+      <c r="C2" t="s">
+        <v>325</v>
+      </c>
+      <c r="D2" t="s">
+        <v>326</v>
+      </c>
+      <c r="E2" t="s">
+        <v>327</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>328</v>
+      </c>
+      <c r="H2" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C3" t="s">
+        <v>331</v>
+      </c>
+      <c r="D3" t="s">
+        <v>332</v>
+      </c>
+      <c r="E3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>334</v>
+      </c>
+      <c r="H3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B4" t="s">
+        <v>336</v>
+      </c>
+      <c r="C4" t="s">
+        <v>337</v>
+      </c>
+      <c r="D4" t="s">
+        <v>332</v>
+      </c>
+      <c r="E4" t="s">
+        <v>333</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>338</v>
+      </c>
+      <c r="H4" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>323</v>
+      </c>
+      <c r="B5" t="s">
+        <v>340</v>
+      </c>
+      <c r="C5" t="s">
+        <v>341</v>
+      </c>
+      <c r="D5" t="s">
+        <v>342</v>
+      </c>
+      <c r="E5" t="s">
+        <v>343</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>344</v>
+      </c>
+      <c r="H5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>346</v>
+      </c>
+      <c r="J1" t="s">
+        <v>347</v>
+      </c>
+      <c r="K1" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>349</v>
+      </c>
+      <c r="B2" t="s">
+        <v>350</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>351</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>352</v>
+      </c>
+      <c r="H2" t="s">
+        <v>353</v>
+      </c>
+      <c r="I2" t="s">
+        <v>354</v>
+      </c>
+      <c r="J2" t="s">
+        <v>355</v>
+      </c>
+      <c r="K2" t="s">
+        <v>356</v>
+      </c>
+      <c r="L2" t="s">
+        <v>357</v>
+      </c>
+      <c r="M2" t="s">
+        <v>358</v>
+      </c>
+      <c r="N2" t="s">
+        <v>359</v>
+      </c>
+      <c r="O2" t="s">
+        <v>360</v>
+      </c>
+      <c r="P2" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>362</v>
+      </c>
+      <c r="R2" t="s">
+        <v>363</v>
+      </c>
+      <c r="S2" t="s">
+        <v>364</v>
+      </c>
+      <c r="T2" t="s">
+        <v>365</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>