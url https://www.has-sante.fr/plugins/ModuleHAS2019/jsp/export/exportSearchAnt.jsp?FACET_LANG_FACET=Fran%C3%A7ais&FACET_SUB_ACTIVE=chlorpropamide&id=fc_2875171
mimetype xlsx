--- v0 (2025-11-04)
+++ v1 (2026-02-05)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/05/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>