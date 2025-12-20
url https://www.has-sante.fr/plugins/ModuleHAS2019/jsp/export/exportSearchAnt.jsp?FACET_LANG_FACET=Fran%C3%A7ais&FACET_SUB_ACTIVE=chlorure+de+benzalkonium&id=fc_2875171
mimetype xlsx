--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,371 +1,1403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="253" uniqueCount="132">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/11/2004 16:05:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>HYLOVIS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:24:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237072/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3237072</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage  ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA</t>
+  </si>
+  <si>
+    <t>VISMED</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237075/fr/vismed</t>
+  </si>
+  <si>
+    <t>p_3237075</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>03/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2015 16:56:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572145/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_2572145</t>
+  </si>
+  <si>
+    <t>HYLOVIS Multi</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571466/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_2571466</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>XILOIAL</t>
+  </si>
+  <si>
+    <t>Solution stérile pour irrigation oculaire</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1672027/fr/xiloial</t>
+  </si>
+  <si>
+    <t>c_1672027</t>
+  </si>
+  <si>
+    <t>Laboratoires LEURQUIN MEDIOLANUM</t>
+  </si>
+  <si>
+    <t>HYDRALIS</t>
+  </si>
+  <si>
+    <t>12/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2009 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794152/fr/hydralis</t>
+  </si>
+  <si>
+    <t>c_794152</t>
+  </si>
+  <si>
+    <t>THEA France</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de l’hypertonie oculaire et du glaucome primitif à angle ouvert</t>
+  </si>
+  <si>
+    <t>Le glaucome est une maladie grave, insidieuse et longtemps asymptomatique pour laquelle il existe une grande variabilité interindividuelle. Un retard diagnostique ou une prise en charge inadaptée peuvent aboutir à des altérations irréversibles du champ visuel et de la qualité visuelle. Ces recommandations de la HAS s'adressent en priorité aux ophtalmologistes, orthoptistes et médecins généralistes.</t>
+  </si>
+  <si>
+    <t>27/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321655/fr/diagnostic-et-prise-en-charge-de-l-hypertonie-oculaire-et-du-glaucome-primitif-a-angle-ouvert</t>
+  </si>
+  <si>
+    <t>p_3321655</t>
+  </si>
+  <si>
+    <t>Prévention des infections liées aux cathéters veineux périphériques</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations professionnelles est de prévenir les infections liées aux cathéters veineux périphériques. Les recommandations abordent les points suivants : Choix du cathéter Pose du cathéter Utilisation du cathéter Entretien du cathéter Surveillance Formation, évaluation</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272482/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_272482</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Dépistage précoce des troubles de la fonction visuelle chez l’enfant pour prévenir l’amblyopie</t>
+  </si>
+  <si>
+    <t>L'amblyopie est une insuffisance uni ou bilatérale de certaines aptitudes visuelles, principalement de la discrimination des formes, entraînant chez l'enfant un trouble de la maturation du cortex visuel, irréversible en l'absence de traitement. Ces recommandations concernent le dépistage des troubles visuels chez l'enfant de moins de 6 ans.</t>
+  </si>
+  <si>
+    <t>08/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2004 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272178/fr/depistage-precoce-des-troubles-de-la-fonction-visuelle-chez-l-enfant-pour-prevenir-l-amblyopie</t>
   </si>
   <si>
     <t>c_272178</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>15/12/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240671/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_240671</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 27 janvier 2022</t>
+  </si>
+  <si>
+    <t>27/01/2022 08:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312226/fr/college-deliberatif-du-27-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3312226</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 février 2019</t>
+  </si>
+  <si>
+    <t>22/02/2019 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904998/fr/cnedimts-reunion-du-26-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904998</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 décembre 2017</t>
+  </si>
+  <si>
+    <t>07/12/2017 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810619/fr/commission-de-la-transparence-reunion-du-13-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2810619</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 mai 2017</t>
+  </si>
+  <si>
+    <t>10/05/2017 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761716/fr/commission-de-la-transparence-reunion-du-17-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2761716</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 18 octobre 2016</t>
+  </si>
+  <si>
+    <t>13/10/2016 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676513/fr/cnedimts-reunion-du-18-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2676513</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 03 mai 2016</t>
+  </si>
+  <si>
+    <t>27/04/2016 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627359/fr/cnedimts-reunion-du-03-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2627359</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 avril 2016</t>
+  </si>
+  <si>
+    <t>06/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2622639/fr/commission-de-la-transparence-reunion-du-13-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2622639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 septembre 2015</t>
+  </si>
+  <si>
+    <t>18/09/2015 13:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060953/fr/commission-de-la-transparence-reunion-du-23-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2060953</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>FEMADEXIL (chlorure de benzalkonium)</t>
   </si>
   <si>
-    <t>10/04/2017 09:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983581/en/femadexil-chlorure-de-benzalkonium</t>
+    <t>04/10/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983581/fr/femadexil-chlorure-de-benzalkonium</t>
   </si>
   <si>
     <t>pprd_2983581</t>
   </si>
   <si>
     <t>chlorure de benzalkonium</t>
   </si>
   <si>
     <t>MAJORELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2775805/en/femadexil-benzalkonium-chloride-topical-contraceptive</t>
+    <t>https://www.has-sante.fr/jcms/c_2775805/fr/femadexil-chlorure-de-benzalkonium-contraceptif-local</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>63</v>
+      </c>
+      <c r="H3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>75</v>
+      </c>
+      <c r="H5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E6" t="s">
+        <v>80</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>81</v>
+      </c>
+      <c r="H6" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+      <c r="I2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H3" t="s">
+        <v>97</v>
+      </c>
+      <c r="I3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>99</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>100</v>
+      </c>
+      <c r="H4" t="s">
+        <v>101</v>
+      </c>
+      <c r="I4" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I5" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>107</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>108</v>
+      </c>
+      <c r="H6" t="s">
+        <v>109</v>
+      </c>
+      <c r="I6" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B7" t="s">
+        <v>110</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>112</v>
+      </c>
+      <c r="H7" t="s">
+        <v>113</v>
+      </c>
+      <c r="I7" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>88</v>
+      </c>
+      <c r="B8" t="s">
+        <v>114</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>116</v>
+      </c>
+      <c r="H8" t="s">
+        <v>117</v>
+      </c>
+      <c r="I8" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" t="s">
+        <v>118</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>119</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>120</v>
+      </c>
+      <c r="H9" t="s">
+        <v>121</v>
+      </c>
+      <c r="I9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="J1" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>124</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>125</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>126</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="I2" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="J2" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="K2" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>