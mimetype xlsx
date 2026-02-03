--- v2 (2025-12-19)
+++ v3 (2026-02-03)
@@ -1754,51 +1754,51 @@
   <si>
     <t>25/04/2024 00:00:00</t>
   </si>
   <si>
     <t>14/05/2024 18:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517331/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-services-des-urgences-une-analyse-des-declarations-faites-par-les-professionnels-et-les-etablissements-de-sante</t>
   </si>
   <si>
     <t>p_3517331</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
   </si>
   <si>
     <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/12/2025 09:50:14</t>
+    <t>18/12/2025 09:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
   </si>
   <si>
     <t>p_3804134</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus : place du vaccin mRESVIA (Moderna)</t>
   </si>