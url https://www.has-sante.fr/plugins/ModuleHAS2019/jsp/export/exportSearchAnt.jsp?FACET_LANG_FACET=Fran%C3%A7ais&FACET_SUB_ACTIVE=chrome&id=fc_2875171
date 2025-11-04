--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,421 +1,5668 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1121" uniqueCount="620">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ULTIMASTER NAGOMI</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/08/2025 13:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635764/fr/ultimaster-nagomi</t>
+  </si>
+  <si>
+    <t>p_3635764</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>TERUMO France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME TMJ</t>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635761/fr/systeme-tmj</t>
+  </si>
+  <si>
+    <t>p_3635761</t>
+  </si>
+  <si>
+    <t>Système de prothèse de reconstruction de l’articulation temporo-mandibulaire sur mesure</t>
+  </si>
+  <si>
+    <t>STRYKER FRANCE (France)</t>
+  </si>
+  <si>
+    <t>BHR</t>
+  </si>
+  <si>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531481/fr/bhr</t>
+  </si>
+  <si>
+    <t>p_3531481</t>
+  </si>
+  <si>
+    <t>Prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME A DOUBLE MOBILITE TRINITY</t>
+  </si>
+  <si>
+    <t>23/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2024 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515165/fr/systeme-a-double-mobilite-trinity</t>
+  </si>
+  <si>
+    <t>p_3515165</t>
+  </si>
+  <si>
+    <t>Cotyle à double mobilité constitué d’une cupule sans ciment, d’un insert en alliage métallique et d’un insert en polyéthylène hautement réticulé enrichi en vitamine E</t>
+  </si>
+  <si>
+    <t>Corin France S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>ICESEED 1.5 90° ET ICESEED 1.5 MRI 90°</t>
+  </si>
+  <si>
+    <t>26/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2024 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508904/fr/iceseed-1-5-90-et-iceseed-1-5-mri-90</t>
+  </si>
+  <si>
+    <t>p_3508904</t>
+  </si>
+  <si>
+    <t>Aiguilles de cryoablation</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>ICESPHERE 1.5 CX 90°</t>
+  </si>
+  <si>
+    <t>23/04/2024 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508871/fr/icesphere-1-5-cx-90</t>
+  </si>
+  <si>
+    <t>p_3508871</t>
+  </si>
+  <si>
+    <t>ICEFORCE 2.1 CX 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508877/fr/iceforce-2-1-cx-90</t>
+  </si>
+  <si>
+    <t>p_3508877</t>
+  </si>
+  <si>
+    <t>ICEROD 1.5 CX 90° ET ICEROD 1.5 MRI 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508889/fr/icerod-1-5-cx-90-et-icerod-1-5-mri-90</t>
+  </si>
+  <si>
+    <t>p_3508889</t>
+  </si>
+  <si>
+    <t>ICEPEARL 2.1 CX 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508895/fr/icepearl-2-1-cx-90</t>
+  </si>
+  <si>
+    <t>p_3508895</t>
+  </si>
+  <si>
+    <t>EDWARDS SAPIEN 3</t>
+  </si>
+  <si>
+    <t>27/03/2024 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502975/fr/edwards-sapien-3</t>
+  </si>
+  <si>
+    <t>p_3502975</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie transfémorale (système COMMANDER)</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS</t>
+  </si>
+  <si>
+    <t>INFINITY</t>
+  </si>
+  <si>
+    <t>13/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2024 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498149/fr/infinity</t>
+  </si>
+  <si>
+    <t>p_3498149</t>
+  </si>
+  <si>
+    <t>Prothèse totale de cheville</t>
+  </si>
+  <si>
+    <t>Stryker France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>PK PAPYRUS</t>
+  </si>
+  <si>
+    <t>19/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2024 15:42:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486042/fr/pk-papyrus</t>
+  </si>
+  <si>
+    <t>p_3486042</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) couverte de polyuréthane</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SALTO TALARIS</t>
+  </si>
+  <si>
+    <t>17/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2020 13:49:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223294/fr/salto-talaris</t>
+  </si>
+  <si>
+    <t>p_3223294</t>
+  </si>
+  <si>
+    <t>TORNIER</t>
+  </si>
+  <si>
+    <t>ORSIRO</t>
+  </si>
+  <si>
+    <t>16/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193740/fr/orsiro</t>
+  </si>
+  <si>
+    <t>p_3193740</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>MOBIDISC</t>
+  </si>
+  <si>
+    <t>05/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2020 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187855/fr/mobidisc</t>
+  </si>
+  <si>
+    <t>p_3187855</t>
+  </si>
+  <si>
+    <t>Prothèse totale de disque lombaire</t>
+  </si>
+  <si>
+    <t>ZIMMER BIOMET France / LDR Médical</t>
+  </si>
+  <si>
+    <t>SUPRAFLEX</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2020 09:30:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146608/fr/supraflex</t>
+  </si>
+  <si>
+    <t>p_3146608</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>SMT - Sahajanand Medical Technologies Pvt Ltd</t>
+  </si>
+  <si>
+    <t>BHR (BIRMINGHAM HIP RESURFACING)</t>
+  </si>
+  <si>
+    <t>16/01/2020 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145936/fr/bhr-birmingham-hip-resurfacing</t>
+  </si>
+  <si>
+    <t>p_3145936</t>
+  </si>
+  <si>
+    <t>prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>ANGIOLITE</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2019 11:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121326/fr/angiolite</t>
+  </si>
+  <si>
+    <t>p_3121326</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement),</t>
+  </si>
+  <si>
+    <t>IVASCULAR FRANCE</t>
+  </si>
+  <si>
+    <t>BIOMIME</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106825/fr/biomime</t>
+  </si>
+  <si>
+    <t>p_3106825</t>
+  </si>
+  <si>
+    <t>MERIL LIFE SCIENCES Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968543/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_2968543</t>
+  </si>
+  <si>
+    <t>MISTENT</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2019 09:03:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907554/fr/mistent</t>
+  </si>
+  <si>
+    <t>c_2907554</t>
+  </si>
+  <si>
+    <t>STENTYS SA</t>
+  </si>
+  <si>
+    <t>STRATOS (sans ciment)</t>
+  </si>
+  <si>
+    <t>27/02/2019 15:21:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906939/fr/stratos-sans-ciment</t>
+  </si>
+  <si>
+    <t>c_2906939</t>
+  </si>
+  <si>
+    <t>cotyle à double mobilité constitué d’une cupule non cimentée et d’un insert en polyéthylène conventionnel</t>
+  </si>
+  <si>
+    <t>SCIENCE ET MEDECINE S.A.S</t>
+  </si>
+  <si>
+    <t>ENDURANT IIs associée au système de fixation HELI-FX EndoAnchor</t>
+  </si>
+  <si>
+    <t>29/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/02/2019 09:18:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904988/fr/endurant-iis-associee-au-systeme-de-fixation-heli-fx-endoanchor</t>
+  </si>
+  <si>
+    <t>c_2904988</t>
+  </si>
+  <si>
+    <t>endoprothèse aortique abdominale utilisée en association avec le système HELI-FX ENDOANCHOR</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>ENDURANT II associée au système de fixation HELI-FX EndoAnchor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905604/fr/endurant-ii-associee-au-systeme-de-fixation-heli-fx-endoanchor</t>
+  </si>
+  <si>
+    <t>c_2905604</t>
+  </si>
+  <si>
+    <t>ELUNIR</t>
+  </si>
+  <si>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902384/fr/elunir</t>
+  </si>
+  <si>
+    <t>c_2902384</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de ridaforolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>CARDINAL HEALTH FRANCE 506 SAS</t>
+  </si>
+  <si>
+    <t>SERENITY</t>
+  </si>
+  <si>
+    <t>12/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2018 17:39:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858345/fr/serenity</t>
+  </si>
+  <si>
+    <t>c_2858345</t>
+  </si>
+  <si>
+    <t>SYMBIOS ORTHOPEDIE S.A.</t>
+  </si>
+  <si>
+    <t>03/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2018 16:57:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844350/fr/stratos-sans-ciment</t>
+  </si>
+  <si>
+    <t>c_2844350</t>
+  </si>
+  <si>
+    <t>06/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2018 12:37:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831916/fr/serenity</t>
+  </si>
+  <si>
+    <t>c_2831916</t>
+  </si>
+  <si>
+    <t>PONTO</t>
+  </si>
+  <si>
+    <t>09/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/01/2018 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821045/fr/ponto</t>
+  </si>
+  <si>
+    <t>c_2821045</t>
+  </si>
+  <si>
+    <t>Implant à ancrage osseux</t>
+  </si>
+  <si>
+    <t>PRODITION SA</t>
+  </si>
+  <si>
+    <t>OXINIUM (tête fémorale)</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche (élément) : tête fémorale</t>
+  </si>
+  <si>
+    <t>17/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2016 09:23:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634276/fr/oxinium-tete-femorale</t>
+  </si>
+  <si>
+    <t>c_2634276</t>
+  </si>
+  <si>
+    <t>Smith &amp; Nephew Orthopaedics France SAS</t>
+  </si>
+  <si>
+    <t>NEXGEN</t>
+  </si>
+  <si>
+    <t>Implant fémoral</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2015 10:24:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023894/fr/nexgen</t>
+  </si>
+  <si>
+    <t>c_2023894</t>
+  </si>
+  <si>
+    <t>ZIMMER FRANCE</t>
+  </si>
+  <si>
+    <t>08/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 09:41:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736938/fr/ponto</t>
+  </si>
+  <si>
+    <t>c_1736938</t>
+  </si>
+  <si>
+    <t>25/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2014 17:07:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726953/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_1726953</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE</t>
+  </si>
+  <si>
+    <t>METASUL</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche (élément) : insert et tête fémorale</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2013 18:38:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670243/fr/metasul</t>
+  </si>
+  <si>
+    <t>c_1670243</t>
+  </si>
+  <si>
+    <t>PINNACLE ULTAMET -  20 mars 2012 (4221) avis</t>
+  </si>
+  <si>
+    <t>20/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2013 17:22:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228125/fr/pinnacle-ultamet-20-mars-2012-4221-avis</t>
+  </si>
+  <si>
+    <t>c_1228125</t>
+  </si>
+  <si>
+    <t>DePuy France</t>
+  </si>
+  <si>
+    <t>METASUL, couple de frottement métal-métal pour prothèse totale de hanche conventionnelle</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369081/fr/metasul-couple-de-frottement-metal-metal-pour-prothese-totale-de-hanche-conventionnelle</t>
+  </si>
+  <si>
+    <t>c_1369081</t>
+  </si>
+  <si>
+    <t>ZIMMER GmbH</t>
+  </si>
+  <si>
+    <t>RECAP MAGNUM, prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544725/fr/recap-magnum-prothese-totale-de-hanche-de-resurfacage</t>
+  </si>
+  <si>
+    <t>c_1544725</t>
+  </si>
+  <si>
+    <t>BIOMET Inc.</t>
+  </si>
+  <si>
+    <t>M2A MAGNUM, couple de frottement métal-métal pour prothèse totale de hanche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544735/fr/m2a-magnum-couple-de-frottement-metal-metal-pour-prothese-totale-de-hanche</t>
+  </si>
+  <si>
+    <t>c_1544735</t>
+  </si>
+  <si>
+    <t>CONSERVE PLUS, prothèse de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1614973/fr/conserve-plus-prothese-de-hanche-de-resurfacage</t>
+  </si>
+  <si>
+    <t>c_1614973</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL FRANCE</t>
+  </si>
+  <si>
+    <t>BHR, prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1614977/fr/bhr-prothese-totale-de-hanche-de-resurfacage</t>
+  </si>
+  <si>
+    <t>c_1614977</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW Inc.</t>
+  </si>
+  <si>
+    <t>Prothèse TMJ, prothèse totale de l'articulation temporo-mandibullaire</t>
+  </si>
+  <si>
+    <t>25/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615362/fr/prothese-tmj-prothese-totale-de-l-articulation-temporo-mandibullaire</t>
+  </si>
+  <si>
+    <t>c_1615362</t>
+  </si>
+  <si>
+    <t>BIOMET FRANCE SARL</t>
+  </si>
+  <si>
+    <t>Avis général IMPLANTS ARTICULAIRES DU COUDE - 11 septembre 2012 (2417) avis</t>
+  </si>
+  <si>
+    <t>11/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2012 17:51:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311343/fr/avis-general-implants-articulaires-du-coude-11-septembre-2012-2417-avis</t>
+  </si>
+  <si>
+    <t>c_1311343</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>PONTO -  17 avril 2012 (4242) avis</t>
+  </si>
+  <si>
+    <t>Prothèse auditive ostéo-intégrée ORL – Modification des conditions d’inscription Avis favorable au remboursement dans la prise en charge de la surdité de transmission ou mixte et neurosensorielle unilatérale au moins sévères</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2012 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238597/fr/ponto-17-avril-2012-4242-avis</t>
+  </si>
+  <si>
+    <t>c_1238597</t>
+  </si>
+  <si>
+    <t>PRODITION (France)</t>
+  </si>
+  <si>
+    <t>AFX -  20 mars 2012 (4238) avis</t>
+  </si>
+  <si>
+    <t>28/03/2012 18:46:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228288/fr/afx-20-mars-2012-4238-avis</t>
+  </si>
+  <si>
+    <t>c_1228288</t>
+  </si>
+  <si>
+    <t>Endologix International BV</t>
+  </si>
+  <si>
+    <t>PONTO - 24 janvier 2012 (4063) avis</t>
+  </si>
+  <si>
+    <t>24/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2012 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146240/fr/ponto-24-janvier-2012-4063-avis</t>
+  </si>
+  <si>
+    <t>c_1146240</t>
+  </si>
+  <si>
+    <t>BHR - 27 septembre 2011 (3267) avis</t>
+  </si>
+  <si>
+    <t>27/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2011 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054314/fr/bhr-27-septembre-2011-3267-avis</t>
+  </si>
+  <si>
+    <t>c_1054314</t>
+  </si>
+  <si>
+    <t>SMITH AND NEPHEW (France)</t>
+  </si>
+  <si>
+    <t>RM CLASSIC &amp; PRESSFIT - 17 mai 2011 (3676) avis</t>
+  </si>
+  <si>
+    <t>17/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2011 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046307/fr/rm-classic-pressfit-17-mai-2011-3676-avis</t>
+  </si>
+  <si>
+    <t>c_1046307</t>
+  </si>
+  <si>
+    <t>MATHYS ORTHOPEDIE S.A.S (France)</t>
+  </si>
+  <si>
+    <t>CONSERVE PLUS - 05 avril 2011 (3591) avis</t>
+  </si>
+  <si>
+    <t>05/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2011 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036389/fr/conserve-plus-05-avril-2011-3591-avis</t>
+  </si>
+  <si>
+    <t>c_1036389</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>FRESUBIN DB CONTROL - 12 octobre 2010 (3116) avis</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition entérale NUTRITION – Nouveau produit Progrès mineur par rapport aux mélanges polymériques standards pour la prise en charge des patients diabétiques de type 2 dénutris ou à risque de dénutrition. Avis défavorable au remboursement dans la prise en charge des patients intolérants au glucose dénutris ou à risque de dénutrition</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/10/2010 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993544/fr/fresubin-db-control-12-octobre-2010-3116-avis</t>
+  </si>
+  <si>
+    <t>c_993544</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>PRO KINETIC - 14 septembre 2010 (2834) avis</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2010 13:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_980893/fr/pro-kinetic-14-septembre-2010-2834-avis</t>
+  </si>
+  <si>
+    <t>c_980893</t>
+  </si>
+  <si>
+    <t>BIOTRONIK France</t>
+  </si>
+  <si>
+    <t>HINTEGRA - 13 juillet 2010 (2381) avis</t>
+  </si>
+  <si>
+    <t>13/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2010 18:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961940/fr/hintegra-13-juillet-2010-2381-avis</t>
+  </si>
+  <si>
+    <t>c_961940</t>
+  </si>
+  <si>
+    <t>NEWDEAL SAS France</t>
+  </si>
+  <si>
+    <t>PRO KINETIC ENERGY - CNEDiMTS du 23 février 2010 (2461)</t>
+  </si>
+  <si>
+    <t>23/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2010 12:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928452/fr/pro-kinetic-energy-cnedimts-du-23-fevrier-2010-2461</t>
+  </si>
+  <si>
+    <t>c_928452</t>
+  </si>
+  <si>
+    <t>DUROM</t>
+  </si>
+  <si>
+    <t>17/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2009 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749170/fr/durom</t>
+  </si>
+  <si>
+    <t>c_749170</t>
+  </si>
+  <si>
+    <t>ZIMMER France</t>
+  </si>
+  <si>
+    <t>17/02/2009 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749178/fr/metasul</t>
+  </si>
+  <si>
+    <t>c_749178</t>
+  </si>
+  <si>
+    <t>MAVERICK</t>
+  </si>
+  <si>
+    <t>24/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2008 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_694417/fr/maverick</t>
+  </si>
+  <si>
+    <t>c_694417</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France</t>
+  </si>
+  <si>
+    <t>24/06/2008 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676088/fr/bhr</t>
+  </si>
+  <si>
+    <t>c_676088</t>
+  </si>
+  <si>
+    <t>SMITH AND NEPHEW</t>
+  </si>
+  <si>
+    <t>ASR XL HEAD</t>
+  </si>
+  <si>
+    <t>24/06/2008 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676089/fr/asr-xl-head</t>
+  </si>
+  <si>
+    <t>c_676089</t>
+  </si>
+  <si>
+    <t>DEPUY France</t>
+  </si>
+  <si>
+    <t>ENDEAVOR</t>
+  </si>
+  <si>
+    <t>10/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2008 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671429/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_671429</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S.</t>
+  </si>
+  <si>
+    <t>CONSERVE TOTAL</t>
+  </si>
+  <si>
+    <t>29/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2008 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664081/fr/conserve-total</t>
+  </si>
+  <si>
+    <t>c_664081</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL France</t>
+  </si>
+  <si>
+    <t>DURASUL Insert</t>
+  </si>
+  <si>
+    <t>13/02/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2008 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_634840/fr/durasul-insert</t>
+  </si>
+  <si>
+    <t>c_634840</t>
+  </si>
+  <si>
+    <t>28/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2008 16:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616564/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_616564</t>
+  </si>
+  <si>
+    <t>PINNACLE ULTAMET</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2007 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_599376/fr/pinnacle-ultamet</t>
+  </si>
+  <si>
+    <t>c_599376</t>
+  </si>
+  <si>
+    <t>DEPUY (France)</t>
+  </si>
+  <si>
+    <t>METAMYS</t>
+  </si>
+  <si>
+    <t>17/10/2007 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598653/fr/metamys</t>
+  </si>
+  <si>
+    <t>c_598653</t>
+  </si>
+  <si>
+    <t>MATHYS ORTHOPEDIE S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>RECAP/MAGNUM</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2007 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_596268/fr/recap/magnum</t>
+  </si>
+  <si>
+    <t>c_596268</t>
+  </si>
+  <si>
+    <t>BIOMET (France</t>
+  </si>
+  <si>
+    <t>M2A/MAGNUM</t>
+  </si>
+  <si>
+    <t>03/10/2007 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_596269/fr/m2a/magnum</t>
+  </si>
+  <si>
+    <t>c_596269</t>
+  </si>
+  <si>
+    <t>BIOMET (France)</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>CARBOSTENT CHRONO</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572487/fr/carbostent-chrono</t>
+  </si>
+  <si>
+    <t>c_572487</t>
+  </si>
+  <si>
+    <t>SORIN Group France SA</t>
+  </si>
+  <si>
+    <t>PROMUS</t>
+  </si>
+  <si>
+    <t>27/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2007 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572582/fr/promus</t>
+  </si>
+  <si>
+    <t>c_572582</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA</t>
+  </si>
+  <si>
+    <t>PRO-KINETIC</t>
+  </si>
+  <si>
+    <t>12/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2006 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451211/fr/pro-kinetic</t>
+  </si>
+  <si>
+    <t>c_451211</t>
+  </si>
+  <si>
+    <t>31/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_450450/fr/carbostent-chrono</t>
+  </si>
+  <si>
+    <t>c_450450</t>
+  </si>
+  <si>
+    <t>SORIN Group France</t>
+  </si>
+  <si>
+    <t>IMPLANT FEMORAL EN OXYDE DE ZIRCONIUM</t>
+  </si>
+  <si>
+    <t>09/04/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398569/fr/implant-femoral-en-oxyde-de-zirconium</t>
+  </si>
+  <si>
+    <t>c_398569</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW (France)</t>
+  </si>
+  <si>
+    <t>BHR (Birmingham Hip Resurfacing)</t>
+  </si>
+  <si>
+    <t>31/03/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398611/fr/bhr-birmingham-hip-resurfacing</t>
+  </si>
+  <si>
+    <t>c_398611</t>
+  </si>
+  <si>
+    <t>MMT (Midland Medical Technologies Ltd)</t>
+  </si>
+  <si>
+    <t>17/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398617/fr/metasul</t>
+  </si>
+  <si>
+    <t>c_398617</t>
+  </si>
+  <si>
+    <t>CENTERPULSE France SA</t>
+  </si>
+  <si>
+    <t>POWERLINK</t>
+  </si>
+  <si>
+    <t>26/10/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398706/fr/powerlink</t>
+  </si>
+  <si>
+    <t>c_398706</t>
+  </si>
+  <si>
+    <t>07/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398721/fr/powerlink</t>
+  </si>
+  <si>
+    <t>c_398721</t>
+  </si>
+  <si>
+    <t>25/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398729/fr/pro-kinetic</t>
+  </si>
+  <si>
+    <t>c_398729</t>
+  </si>
+  <si>
+    <t>22/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398739/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_398739</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...2 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>03/01/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Hip implants – November 2014</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2006405/en/hip-implants-november-2014</t>
+    <t>Évaluation des Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>Un projet de nouvelle nomenclature reprenant les recommandations de la Commission a été publié au Journal Officiel en 2013 à l’issue de la négociation économique menée par le Comité économique des produits de santé (CEPS). Cette publication a ouvert la phase contradictoire avec les industriels et les professionnels de santé concernés. A l'issue de cette phase, la CNEDiMTS s'est prononcée sur ces observations.</t>
+  </si>
+  <si>
+    <t>18/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/fr/evaluation-des-protheses-de-hanche</t>
   </si>
   <si>
     <t>c_2006405</t>
   </si>
   <si>
-    <t>Assessment of elbow joint implants</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses totales de hanche à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>L’objectif est de réévaluer l’intérêt des prothèses totales de hanche à couple de frottement métal-métal inscrites sous nom de marque sur la liste des produits et prestations remboursables (LPPR) afin de déterminer si leur prise en charge par la collectivité reste justifiée.</t>
+  </si>
+  <si>
+    <t>01/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2013 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251608/fr/evaluation-des-protheses-totales-de-hanche-a-couple-de-frottement-metal-metal</t>
+  </si>
+  <si>
+    <t>c_1251608</t>
+  </si>
+  <si>
+    <t>Évaluation des implants articulaires de coude</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de coude en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, et des modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
   </si>
   <si>
     <t>c_1311405</t>
   </si>
   <si>
-    <t>07/01/2009 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?</t>
+  </si>
+  <si>
+    <t>Regarder en replay le webinaire "Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?" du 25 avril 2023.</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417973/fr/regardez-en-replay-hypothyroidies-et-hyperthyroidies-quelle-prise-en-charge-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3417973</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Regarder en replay - 3e rendez-vous de l’engagement des usagers, des personnes accompagnées et des associations </t>
+  </si>
+  <si>
+    <t>Regarder en replay le 3e rendez-vous de l’engagement des usagers, des personnes accompagnées et des associations "Des principes qui se diffusent"</t>
+  </si>
+  <si>
+    <t>26/09/2022 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364555/fr/regarder-en-replay-3e-rendez-vous-de-l-engagement-des-usagers-des-personnes-accompagnees-et-des-associations</t>
+  </si>
+  <si>
+    <t>p_3364555</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 10 mai 2022</t>
+  </si>
+  <si>
+    <t>06/05/2022 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337880/fr/cnedimts-du-10-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3337880</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Regarder en replay le webinaire « Protection de l’enfance &amp; Handicap : repères et socle communs d’actions pour soutenir la scolarité »</t>
+  </si>
+  <si>
+    <t>Webinaire HAS « Protection de l’enfance &amp; Handicap : repères et socle communs d’actions pour soutenir la scolarité ». Replay disponible</t>
+  </si>
+  <si>
+    <t>29/10/2021 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296009/fr/regarder-en-replay-le-webinaire-protection-de-l-enfance-handicap-reperes-et-socle-communs-d-actions-pour-soutenir-la-scolarite</t>
+  </si>
+  <si>
+    <t>p_3296009</t>
+  </si>
+  <si>
+    <t>Regarder en replay - Webinaire Polyhandicap : décryptage des recos de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS est heureuse de vous présenter le replay de son Webinaire du 26 janvier 2021.</t>
+  </si>
+  <si>
+    <t>17/12/2020 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224645/fr/regarder-en-replay-webinaire-polyhandicap-decryptage-des-recos-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3224645</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 24 mars 2020</t>
+  </si>
+  <si>
+    <t>19/03/2020 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165437/fr/cnedimts-reunion-du-24-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3165437</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 22 octobre 2019</t>
+  </si>
+  <si>
+    <t>15/10/2019 13:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113023/fr/cnedimts-reunion-du-22-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113023</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 08 octobre 2019</t>
+  </si>
+  <si>
+    <t>04/10/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108920/fr/cnedimts-reunion-du-08-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3108920</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 16 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067806/fr/cnedimts-reunion-du-16-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3067806</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 octobre 2018</t>
+  </si>
+  <si>
+    <t>22/10/2018 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879545/fr/cnedimts-reunion-du-23-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2879545</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 janvier 2018</t>
+  </si>
+  <si>
+    <t>18/01/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820752/fr/cnedimts-reunion-du-23-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820752</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 28 janvier 2014</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720546/fr/cnedimts-reunion-du-28-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1720546</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 3 décembre 2013</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701881/fr/cnedimts-reunion-du-3-decembre-2013</t>
+  </si>
+  <si>
+    <t>c_1701881</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TRACITRANS (chlorure de chrome hexahydraté/ chlorure de cuivre dihydraté/ chlorure...)</t>
+  </si>
+  <si>
+    <t>11/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985173/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>pprd_2985173</t>
+  </si>
+  <si>
+    <t>chlorure de chrome hexahydraté,chlorure de cuivre dihydraté,chlorure de manganèse tétrahydraté,chlorure de zinc,chlorure ferrique hexahydraté,,fluorure de sodium,Iodure de potassium,molybdate de sodium dihydraté,sélénite de sodium pentahydraté</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057899/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400993/fr/tracitrans-solution-a-diluer-pour-perfusion-10-ampoules-en-verre-de-10-ml-cip-354-016-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:J78"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I7" t="s">
+        <v>45</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
         <v>41</v>
       </c>
-      <c r="F7" t="s">
-[...6 lines deleted...]
-        <v>43</v>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+      <c r="I8" t="s">
+        <v>45</v>
+      </c>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+      <c r="I9" t="s">
+        <v>45</v>
+      </c>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I10" t="s">
+        <v>45</v>
+      </c>
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11" t="s">
+        <v>63</v>
+      </c>
+      <c r="I11" t="s">
+        <v>64</v>
+      </c>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+      <c r="I12" t="s">
+        <v>71</v>
+      </c>
+      <c r="J12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>74</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+      <c r="I13" t="s">
+        <v>78</v>
+      </c>
+      <c r="J13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" t="s">
+        <v>84</v>
+      </c>
+      <c r="I14" t="s">
+        <v>71</v>
+      </c>
+      <c r="J14" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>87</v>
+      </c>
+      <c r="E15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>89</v>
+      </c>
+      <c r="H15" t="s">
+        <v>90</v>
+      </c>
+      <c r="I15" t="s">
+        <v>91</v>
+      </c>
+      <c r="J15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>93</v>
+      </c>
+      <c r="E16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>95</v>
+      </c>
+      <c r="H16" t="s">
+        <v>96</v>
+      </c>
+      <c r="I16" t="s">
+        <v>97</v>
+      </c>
+      <c r="J16" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>102</v>
+      </c>
+      <c r="H17" t="s">
+        <v>103</v>
+      </c>
+      <c r="I17" t="s">
+        <v>104</v>
+      </c>
+      <c r="J17" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>100</v>
+      </c>
+      <c r="E18" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>108</v>
+      </c>
+      <c r="H18" t="s">
+        <v>109</v>
+      </c>
+      <c r="I18" t="s">
+        <v>110</v>
+      </c>
+      <c r="J18" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>112</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>113</v>
+      </c>
+      <c r="E19" t="s">
+        <v>114</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>115</v>
+      </c>
+      <c r="H19" t="s">
+        <v>116</v>
+      </c>
+      <c r="I19" t="s">
+        <v>117</v>
+      </c>
+      <c r="J19" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
+        <v>121</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>122</v>
+      </c>
+      <c r="H20" t="s">
+        <v>123</v>
+      </c>
+      <c r="I20" t="s">
+        <v>104</v>
+      </c>
+      <c r="J20" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>125</v>
+      </c>
+      <c r="E21" t="s">
+        <v>126</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>127</v>
+      </c>
+      <c r="H21" t="s">
+        <v>128</v>
+      </c>
+      <c r="I21" t="s">
+        <v>104</v>
+      </c>
+      <c r="J21" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>130</v>
+      </c>
+      <c r="E22" t="s">
+        <v>131</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>132</v>
+      </c>
+      <c r="H22" t="s">
+        <v>133</v>
+      </c>
+      <c r="I22" t="s">
+        <v>104</v>
+      </c>
+      <c r="J22" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>130</v>
+      </c>
+      <c r="E23" t="s">
+        <v>136</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>137</v>
+      </c>
+      <c r="H23" t="s">
+        <v>138</v>
+      </c>
+      <c r="I23" t="s">
+        <v>139</v>
+      </c>
+      <c r="J23" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>142</v>
+      </c>
+      <c r="E24" t="s">
+        <v>143</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>144</v>
+      </c>
+      <c r="H24" t="s">
+        <v>145</v>
+      </c>
+      <c r="I24" t="s">
+        <v>146</v>
+      </c>
+      <c r="J24" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>148</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>142</v>
+      </c>
+      <c r="E25" t="s">
+        <v>143</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>149</v>
+      </c>
+      <c r="H25" t="s">
+        <v>150</v>
+      </c>
+      <c r="I25" t="s">
+        <v>146</v>
+      </c>
+      <c r="J25" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>152</v>
+      </c>
+      <c r="E26" t="s">
+        <v>153</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>154</v>
+      </c>
+      <c r="H26" t="s">
+        <v>155</v>
+      </c>
+      <c r="I26" t="s">
+        <v>156</v>
+      </c>
+      <c r="J26" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>159</v>
+      </c>
+      <c r="E27" t="s">
+        <v>160</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>161</v>
+      </c>
+      <c r="H27" t="s">
+        <v>162</v>
+      </c>
+      <c r="I27" t="s">
+        <v>139</v>
+      </c>
+      <c r="J27" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>135</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>164</v>
+      </c>
+      <c r="E28" t="s">
+        <v>165</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>166</v>
+      </c>
+      <c r="H28" t="s">
+        <v>167</v>
+      </c>
+      <c r="I28" t="s">
+        <v>139</v>
+      </c>
+      <c r="J28" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>168</v>
+      </c>
+      <c r="E29" t="s">
+        <v>169</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>170</v>
+      </c>
+      <c r="H29" t="s">
+        <v>171</v>
+      </c>
+      <c r="I29" t="s">
+        <v>139</v>
+      </c>
+      <c r="J29" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>173</v>
+      </c>
+      <c r="E30" t="s">
+        <v>174</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>175</v>
+      </c>
+      <c r="H30" t="s">
+        <v>176</v>
+      </c>
+      <c r="I30" t="s">
+        <v>177</v>
+      </c>
+      <c r="J30" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" t="s">
+        <v>180</v>
+      </c>
+      <c r="D31" t="s">
+        <v>181</v>
+      </c>
+      <c r="E31" t="s">
+        <v>182</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>183</v>
+      </c>
+      <c r="H31" t="s">
+        <v>184</v>
+      </c>
+      <c r="I31" t="s">
+        <v>180</v>
+      </c>
+      <c r="J31" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>186</v>
+      </c>
+      <c r="C32" t="s">
+        <v>187</v>
+      </c>
+      <c r="D32" t="s">
+        <v>188</v>
+      </c>
+      <c r="E32" t="s">
+        <v>189</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>190</v>
+      </c>
+      <c r="H32" t="s">
+        <v>191</v>
+      </c>
+      <c r="I32" t="s">
+        <v>187</v>
+      </c>
+      <c r="J32" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>172</v>
+      </c>
+      <c r="C33" t="s">
+        <v>177</v>
+      </c>
+      <c r="D33" t="s">
+        <v>193</v>
+      </c>
+      <c r="E33" t="s">
+        <v>194</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>195</v>
+      </c>
+      <c r="H33" t="s">
+        <v>196</v>
+      </c>
+      <c r="I33" t="s">
+        <v>177</v>
+      </c>
+      <c r="J33" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>86</v>
+      </c>
+      <c r="C34" t="s">
+        <v>91</v>
+      </c>
+      <c r="D34" t="s">
+        <v>197</v>
+      </c>
+      <c r="E34" t="s">
+        <v>198</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>199</v>
+      </c>
+      <c r="H34" t="s">
+        <v>200</v>
+      </c>
+      <c r="I34" t="s">
+        <v>91</v>
+      </c>
+      <c r="J34" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>202</v>
+      </c>
+      <c r="C35" t="s">
+        <v>203</v>
+      </c>
+      <c r="D35" t="s">
+        <v>204</v>
+      </c>
+      <c r="E35" t="s">
+        <v>205</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>206</v>
+      </c>
+      <c r="H35" t="s">
+        <v>207</v>
+      </c>
+      <c r="I35" t="s">
+        <v>203</v>
+      </c>
+      <c r="J35" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>208</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>209</v>
+      </c>
+      <c r="E36" t="s">
+        <v>210</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>211</v>
+      </c>
+      <c r="H36" t="s">
+        <v>212</v>
+      </c>
+      <c r="I36" t="s">
+        <v>12</v>
+      </c>
+      <c r="J36" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>214</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>215</v>
+      </c>
+      <c r="E37" t="s">
+        <v>210</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>216</v>
+      </c>
+      <c r="H37" t="s">
+        <v>217</v>
+      </c>
+      <c r="I37" t="s">
+        <v>12</v>
+      </c>
+      <c r="J37" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>219</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>220</v>
+      </c>
+      <c r="E38" t="s">
+        <v>210</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>221</v>
+      </c>
+      <c r="H38" t="s">
+        <v>222</v>
+      </c>
+      <c r="I38" t="s">
+        <v>12</v>
+      </c>
+      <c r="J38" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>224</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>220</v>
+      </c>
+      <c r="E39" t="s">
+        <v>210</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>225</v>
+      </c>
+      <c r="H39" t="s">
+        <v>226</v>
+      </c>
+      <c r="I39" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>227</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>228</v>
+      </c>
+      <c r="E40" t="s">
+        <v>210</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>229</v>
+      </c>
+      <c r="H40" t="s">
+        <v>230</v>
+      </c>
+      <c r="I40" t="s">
+        <v>12</v>
+      </c>
+      <c r="J40" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>232</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>228</v>
+      </c>
+      <c r="E41" t="s">
+        <v>210</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>233</v>
+      </c>
+      <c r="H41" t="s">
+        <v>234</v>
+      </c>
+      <c r="I41" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>236</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>237</v>
+      </c>
+      <c r="E42" t="s">
+        <v>210</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>238</v>
+      </c>
+      <c r="H42" t="s">
+        <v>239</v>
+      </c>
+      <c r="I42" t="s">
+        <v>12</v>
+      </c>
+      <c r="J42" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>241</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>242</v>
+      </c>
+      <c r="E43" t="s">
+        <v>243</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>244</v>
+      </c>
+      <c r="H43" t="s">
+        <v>245</v>
+      </c>
+      <c r="I43" t="s">
+        <v>12</v>
+      </c>
+      <c r="J43" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>247</v>
+      </c>
+      <c r="C44" t="s">
+        <v>248</v>
+      </c>
+      <c r="D44" t="s">
+        <v>249</v>
+      </c>
+      <c r="E44" t="s">
+        <v>250</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>251</v>
+      </c>
+      <c r="H44" t="s">
+        <v>252</v>
+      </c>
+      <c r="I44" t="s">
+        <v>12</v>
+      </c>
+      <c r="J44" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>254</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>209</v>
+      </c>
+      <c r="E45" t="s">
+        <v>255</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>256</v>
+      </c>
+      <c r="H45" t="s">
+        <v>257</v>
+      </c>
+      <c r="I45" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>259</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>260</v>
+      </c>
+      <c r="E46" t="s">
+        <v>261</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>262</v>
+      </c>
+      <c r="H46" t="s">
+        <v>263</v>
+      </c>
+      <c r="I46" t="s">
+        <v>12</v>
+      </c>
+      <c r="J46" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>264</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>265</v>
+      </c>
+      <c r="E47" t="s">
+        <v>266</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>267</v>
+      </c>
+      <c r="H47" t="s">
+        <v>268</v>
+      </c>
+      <c r="I47" t="s">
+        <v>12</v>
+      </c>
+      <c r="J47" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>270</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>271</v>
+      </c>
+      <c r="E48" t="s">
+        <v>272</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>273</v>
+      </c>
+      <c r="H48" t="s">
+        <v>274</v>
+      </c>
+      <c r="I48" t="s">
+        <v>12</v>
+      </c>
+      <c r="J48" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>276</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>277</v>
+      </c>
+      <c r="E49" t="s">
+        <v>278</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>279</v>
+      </c>
+      <c r="H49" t="s">
+        <v>280</v>
+      </c>
+      <c r="I49" t="s">
+        <v>12</v>
+      </c>
+      <c r="J49" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>282</v>
+      </c>
+      <c r="C50" t="s">
+        <v>283</v>
+      </c>
+      <c r="D50" t="s">
+        <v>284</v>
+      </c>
+      <c r="E50" t="s">
+        <v>285</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>286</v>
+      </c>
+      <c r="H50" t="s">
+        <v>287</v>
+      </c>
+      <c r="I50" t="s">
+        <v>12</v>
+      </c>
+      <c r="J50" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>289</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>290</v>
+      </c>
+      <c r="E51" t="s">
+        <v>291</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>292</v>
+      </c>
+      <c r="H51" t="s">
+        <v>293</v>
+      </c>
+      <c r="I51" t="s">
+        <v>12</v>
+      </c>
+      <c r="J51" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>295</v>
+      </c>
+      <c r="C52" t="s">
+        <v>71</v>
+      </c>
+      <c r="D52" t="s">
+        <v>296</v>
+      </c>
+      <c r="E52" t="s">
+        <v>297</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>298</v>
+      </c>
+      <c r="H52" t="s">
+        <v>299</v>
+      </c>
+      <c r="I52" t="s">
+        <v>71</v>
+      </c>
+      <c r="J52" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>301</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>302</v>
+      </c>
+      <c r="E53" t="s">
+        <v>303</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>304</v>
+      </c>
+      <c r="H53" t="s">
+        <v>305</v>
+      </c>
+      <c r="I53" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>306</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>307</v>
+      </c>
+      <c r="E54" t="s">
+        <v>308</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>309</v>
+      </c>
+      <c r="H54" t="s">
+        <v>310</v>
+      </c>
+      <c r="I54" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>202</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>307</v>
+      </c>
+      <c r="E55" t="s">
+        <v>312</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>313</v>
+      </c>
+      <c r="H55" t="s">
+        <v>314</v>
+      </c>
+      <c r="I55" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>315</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>316</v>
+      </c>
+      <c r="E56" t="s">
+        <v>317</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>318</v>
+      </c>
+      <c r="H56" t="s">
+        <v>319</v>
+      </c>
+      <c r="I56" t="s">
+        <v>12</v>
+      </c>
+      <c r="J56" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>26</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>316</v>
+      </c>
+      <c r="E57" t="s">
+        <v>321</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>322</v>
+      </c>
+      <c r="H57" t="s">
+        <v>323</v>
+      </c>
+      <c r="I57" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>325</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>316</v>
+      </c>
+      <c r="E58" t="s">
+        <v>326</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>327</v>
+      </c>
+      <c r="H58" t="s">
+        <v>328</v>
+      </c>
+      <c r="I58" t="s">
+        <v>12</v>
+      </c>
+      <c r="J58" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>330</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>331</v>
+      </c>
+      <c r="E59" t="s">
+        <v>332</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>333</v>
+      </c>
+      <c r="H59" t="s">
+        <v>334</v>
+      </c>
+      <c r="I59" t="s">
+        <v>12</v>
+      </c>
+      <c r="J59" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>336</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>337</v>
+      </c>
+      <c r="E60" t="s">
+        <v>338</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>339</v>
+      </c>
+      <c r="H60" t="s">
+        <v>340</v>
+      </c>
+      <c r="I60" t="s">
+        <v>12</v>
+      </c>
+      <c r="J60" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>342</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>343</v>
+      </c>
+      <c r="E61" t="s">
+        <v>344</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>345</v>
+      </c>
+      <c r="H61" t="s">
+        <v>346</v>
+      </c>
+      <c r="I61" t="s">
+        <v>12</v>
+      </c>
+      <c r="J61" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>330</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>347</v>
+      </c>
+      <c r="E62" t="s">
+        <v>348</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>349</v>
+      </c>
+      <c r="H62" t="s">
+        <v>350</v>
+      </c>
+      <c r="I62" t="s">
+        <v>12</v>
+      </c>
+      <c r="J62" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>351</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>352</v>
+      </c>
+      <c r="E63" t="s">
+        <v>353</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>354</v>
+      </c>
+      <c r="H63" t="s">
+        <v>355</v>
+      </c>
+      <c r="I63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J63" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>357</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>352</v>
+      </c>
+      <c r="E64" t="s">
+        <v>358</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>359</v>
+      </c>
+      <c r="H64" t="s">
+        <v>360</v>
+      </c>
+      <c r="I64" t="s">
+        <v>12</v>
+      </c>
+      <c r="J64" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>362</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>363</v>
+      </c>
+      <c r="E65" t="s">
+        <v>364</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>365</v>
+      </c>
+      <c r="H65" t="s">
+        <v>366</v>
+      </c>
+      <c r="I65" t="s">
+        <v>12</v>
+      </c>
+      <c r="J65" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>368</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>363</v>
+      </c>
+      <c r="E66" t="s">
+        <v>369</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>370</v>
+      </c>
+      <c r="H66" t="s">
+        <v>371</v>
+      </c>
+      <c r="I66" t="s">
+        <v>12</v>
+      </c>
+      <c r="J66" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>373</v>
+      </c>
+      <c r="C67" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" t="s">
+        <v>374</v>
+      </c>
+      <c r="E67" t="s">
+        <v>375</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>376</v>
+      </c>
+      <c r="H67" t="s">
+        <v>377</v>
+      </c>
+      <c r="I67" t="s">
+        <v>12</v>
+      </c>
+      <c r="J67" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>379</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" t="s">
+        <v>380</v>
+      </c>
+      <c r="E68" t="s">
+        <v>381</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>382</v>
+      </c>
+      <c r="H68" t="s">
+        <v>383</v>
+      </c>
+      <c r="I68" t="s">
+        <v>12</v>
+      </c>
+      <c r="J68" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>385</v>
+      </c>
+      <c r="C69" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" t="s">
+        <v>386</v>
+      </c>
+      <c r="E69" t="s">
+        <v>387</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>388</v>
+      </c>
+      <c r="H69" t="s">
+        <v>389</v>
+      </c>
+      <c r="I69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J69" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>391</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>392</v>
+      </c>
+      <c r="E70" t="s">
+        <v>393</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>394</v>
+      </c>
+      <c r="H70" t="s">
+        <v>395</v>
+      </c>
+      <c r="I70" t="s">
+        <v>12</v>
+      </c>
+      <c r="J70" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>379</v>
+      </c>
+      <c r="C71" t="s">
+        <v>12</v>
+      </c>
+      <c r="D71" t="s">
+        <v>396</v>
+      </c>
+      <c r="E71" t="s">
+        <v>397</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>398</v>
+      </c>
+      <c r="H71" t="s">
+        <v>399</v>
+      </c>
+      <c r="I71" t="s">
+        <v>12</v>
+      </c>
+      <c r="J71" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>401</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
+        <v>402</v>
+      </c>
+      <c r="E72" t="s">
+        <v>402</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>403</v>
+      </c>
+      <c r="H72" t="s">
+        <v>404</v>
+      </c>
+      <c r="I72" t="s">
+        <v>12</v>
+      </c>
+      <c r="J72" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>406</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>407</v>
+      </c>
+      <c r="E73" t="s">
+        <v>407</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>408</v>
+      </c>
+      <c r="H73" t="s">
+        <v>409</v>
+      </c>
+      <c r="I73" t="s">
+        <v>12</v>
+      </c>
+      <c r="J73" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>202</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
+        <v>411</v>
+      </c>
+      <c r="E74" t="s">
+        <v>411</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>412</v>
+      </c>
+      <c r="H74" t="s">
+        <v>413</v>
+      </c>
+      <c r="I74" t="s">
+        <v>12</v>
+      </c>
+      <c r="J74" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>415</v>
+      </c>
+      <c r="C75" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" t="s">
+        <v>416</v>
+      </c>
+      <c r="E75" t="s">
+        <v>416</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>417</v>
+      </c>
+      <c r="H75" t="s">
+        <v>418</v>
+      </c>
+      <c r="I75" t="s">
+        <v>12</v>
+      </c>
+      <c r="J75" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" t="s">
+        <v>415</v>
+      </c>
+      <c r="C76" t="s">
+        <v>12</v>
+      </c>
+      <c r="D76" t="s">
+        <v>419</v>
+      </c>
+      <c r="E76" t="s">
+        <v>419</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
+        <v>420</v>
+      </c>
+      <c r="H76" t="s">
+        <v>421</v>
+      </c>
+      <c r="I76" t="s">
+        <v>12</v>
+      </c>
+      <c r="J76" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" t="s">
+        <v>391</v>
+      </c>
+      <c r="C77" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" t="s">
+        <v>422</v>
+      </c>
+      <c r="E77" t="s">
+        <v>422</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>423</v>
+      </c>
+      <c r="H77" t="s">
+        <v>424</v>
+      </c>
+      <c r="I77" t="s">
+        <v>12</v>
+      </c>
+      <c r="J77" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" t="s">
+        <v>330</v>
+      </c>
+      <c r="C78" t="s">
+        <v>12</v>
+      </c>
+      <c r="D78" t="s">
+        <v>425</v>
+      </c>
+      <c r="E78" t="s">
+        <v>425</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
+        <v>426</v>
+      </c>
+      <c r="H78" t="s">
+        <v>427</v>
+      </c>
+      <c r="I78" t="s">
+        <v>12</v>
+      </c>
+      <c r="J78" t="s">
+        <v>335</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>428</v>
+      </c>
+      <c r="B2" t="s">
+        <v>429</v>
+      </c>
+      <c r="C2" t="s">
+        <v>430</v>
+      </c>
+      <c r="D2" t="s">
+        <v>431</v>
+      </c>
+      <c r="E2" t="s">
+        <v>432</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>433</v>
+      </c>
+      <c r="H2" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B3" t="s">
+        <v>435</v>
+      </c>
+      <c r="C3" t="s">
+        <v>436</v>
+      </c>
+      <c r="D3" t="s">
+        <v>437</v>
+      </c>
+      <c r="E3" t="s">
+        <v>438</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>439</v>
+      </c>
+      <c r="H3" t="s">
+        <v>440</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>441</v>
+      </c>
+      <c r="B2" t="s">
+        <v>442</v>
+      </c>
+      <c r="C2" t="s">
+        <v>443</v>
+      </c>
+      <c r="D2" t="s">
+        <v>444</v>
+      </c>
+      <c r="E2" t="s">
+        <v>445</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>446</v>
+      </c>
+      <c r="H2" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B3" t="s">
+        <v>448</v>
+      </c>
+      <c r="C3" t="s">
+        <v>449</v>
+      </c>
+      <c r="D3" t="s">
+        <v>450</v>
+      </c>
+      <c r="E3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>452</v>
+      </c>
+      <c r="H3" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>441</v>
+      </c>
+      <c r="B4" t="s">
+        <v>454</v>
+      </c>
+      <c r="C4" t="s">
+        <v>455</v>
+      </c>
+      <c r="D4" t="s">
+        <v>456</v>
+      </c>
+      <c r="E4" t="s">
+        <v>457</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>458</v>
+      </c>
+      <c r="H4" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>441</v>
+      </c>
+      <c r="B5" t="s">
+        <v>460</v>
+      </c>
+      <c r="C5" t="s">
+        <v>461</v>
+      </c>
+      <c r="D5" t="s">
+        <v>462</v>
+      </c>
+      <c r="E5" t="s">
+        <v>463</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>464</v>
+      </c>
+      <c r="H5" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>441</v>
+      </c>
+      <c r="B6" t="s">
+        <v>466</v>
+      </c>
+      <c r="C6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D6" t="s">
+        <v>468</v>
+      </c>
+      <c r="E6" t="s">
+        <v>469</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>470</v>
+      </c>
+      <c r="H6" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>441</v>
+      </c>
+      <c r="B7" t="s">
+        <v>472</v>
+      </c>
+      <c r="C7" t="s">
+        <v>473</v>
+      </c>
+      <c r="D7" t="s">
+        <v>474</v>
+      </c>
+      <c r="E7" t="s">
+        <v>475</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H7" t="s">
+        <v>477</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>478</v>
+      </c>
+      <c r="B2" t="s">
+        <v>479</v>
+      </c>
+      <c r="C2" t="s">
+        <v>480</v>
+      </c>
+      <c r="D2" t="s">
+        <v>481</v>
+      </c>
+      <c r="E2" t="s">
+        <v>482</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>483</v>
+      </c>
+      <c r="H2" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>478</v>
+      </c>
+      <c r="B3" t="s">
+        <v>485</v>
+      </c>
+      <c r="C3" t="s">
+        <v>486</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>487</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>488</v>
+      </c>
+      <c r="H3" t="s">
+        <v>489</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B2" t="s">
+        <v>491</v>
+      </c>
+      <c r="C2" t="s">
+        <v>492</v>
+      </c>
+      <c r="D2" t="s">
+        <v>493</v>
+      </c>
+      <c r="E2" t="s">
+        <v>494</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>495</v>
+      </c>
+      <c r="H2" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B3" t="s">
+        <v>497</v>
+      </c>
+      <c r="C3" t="s">
+        <v>498</v>
+      </c>
+      <c r="D3" t="s">
+        <v>499</v>
+      </c>
+      <c r="E3" t="s">
+        <v>500</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>501</v>
+      </c>
+      <c r="H3" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>490</v>
+      </c>
+      <c r="B4" t="s">
+        <v>503</v>
+      </c>
+      <c r="C4" t="s">
+        <v>504</v>
+      </c>
+      <c r="D4" t="s">
+        <v>505</v>
+      </c>
+      <c r="E4" t="s">
+        <v>506</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>507</v>
+      </c>
+      <c r="H4" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>490</v>
+      </c>
+      <c r="B5" t="s">
+        <v>509</v>
+      </c>
+      <c r="C5" t="s">
+        <v>510</v>
+      </c>
+      <c r="D5" t="s">
+        <v>511</v>
+      </c>
+      <c r="E5" t="s">
+        <v>512</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>513</v>
+      </c>
+      <c r="H5" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B6" t="s">
+        <v>515</v>
+      </c>
+      <c r="C6" t="s">
+        <v>516</v>
+      </c>
+      <c r="D6" t="s">
+        <v>517</v>
+      </c>
+      <c r="E6" t="s">
+        <v>518</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>519</v>
+      </c>
+      <c r="H6" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>490</v>
+      </c>
+      <c r="B7" t="s">
+        <v>521</v>
+      </c>
+      <c r="C7" t="s">
+        <v>522</v>
+      </c>
+      <c r="D7" t="s">
+        <v>523</v>
+      </c>
+      <c r="E7" t="s">
+        <v>524</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>525</v>
+      </c>
+      <c r="H7" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>490</v>
+      </c>
+      <c r="B8" t="s">
+        <v>527</v>
+      </c>
+      <c r="C8" t="s">
+        <v>528</v>
+      </c>
+      <c r="D8" t="s">
+        <v>529</v>
+      </c>
+      <c r="E8" t="s">
+        <v>530</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>531</v>
+      </c>
+      <c r="H8" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>490</v>
+      </c>
+      <c r="B9" t="s">
+        <v>533</v>
+      </c>
+      <c r="C9" t="s">
+        <v>534</v>
+      </c>
+      <c r="D9" t="s">
+        <v>242</v>
+      </c>
+      <c r="E9" t="s">
+        <v>535</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>536</v>
+      </c>
+      <c r="H9" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>490</v>
+      </c>
+      <c r="B10" t="s">
+        <v>538</v>
+      </c>
+      <c r="C10" t="s">
+        <v>539</v>
+      </c>
+      <c r="D10" t="s">
+        <v>540</v>
+      </c>
+      <c r="E10" t="s">
+        <v>541</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>542</v>
+      </c>
+      <c r="H10" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>490</v>
+      </c>
+      <c r="B11" t="s">
+        <v>544</v>
+      </c>
+      <c r="C11" t="s">
+        <v>545</v>
+      </c>
+      <c r="D11" t="s">
+        <v>474</v>
+      </c>
+      <c r="E11" t="s">
+        <v>546</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>547</v>
+      </c>
+      <c r="H11" t="s">
+        <v>548</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>550</v>
+      </c>
+      <c r="B2" t="s">
+        <v>551</v>
+      </c>
+      <c r="C2" t="s">
+        <v>552</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>553</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>554</v>
+      </c>
+      <c r="H2" t="s">
+        <v>555</v>
+      </c>
+      <c r="I2" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>550</v>
+      </c>
+      <c r="B3" t="s">
+        <v>557</v>
+      </c>
+      <c r="C3" t="s">
+        <v>558</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>559</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>560</v>
+      </c>
+      <c r="H3" t="s">
+        <v>561</v>
+      </c>
+      <c r="I3" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>550</v>
+      </c>
+      <c r="B4" t="s">
+        <v>562</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>563</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>564</v>
+      </c>
+      <c r="H4" t="s">
+        <v>565</v>
+      </c>
+      <c r="I4" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>550</v>
+      </c>
+      <c r="B5" t="s">
+        <v>567</v>
+      </c>
+      <c r="C5" t="s">
+        <v>568</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>569</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>570</v>
+      </c>
+      <c r="H5" t="s">
+        <v>571</v>
+      </c>
+      <c r="I5" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>550</v>
+      </c>
+      <c r="B6" t="s">
+        <v>572</v>
+      </c>
+      <c r="C6" t="s">
+        <v>573</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>574</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>575</v>
+      </c>
+      <c r="H6" t="s">
+        <v>576</v>
+      </c>
+      <c r="I6" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>550</v>
+      </c>
+      <c r="B7" t="s">
+        <v>577</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>578</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>579</v>
+      </c>
+      <c r="H7" t="s">
+        <v>580</v>
+      </c>
+      <c r="I7" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>550</v>
+      </c>
+      <c r="B8" t="s">
+        <v>581</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>582</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>583</v>
+      </c>
+      <c r="H8" t="s">
+        <v>584</v>
+      </c>
+      <c r="I8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>550</v>
+      </c>
+      <c r="B9" t="s">
+        <v>585</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>586</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>587</v>
+      </c>
+      <c r="H9" t="s">
+        <v>588</v>
+      </c>
+      <c r="I9" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>550</v>
+      </c>
+      <c r="B10" t="s">
+        <v>589</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>590</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>591</v>
+      </c>
+      <c r="H10" t="s">
+        <v>592</v>
+      </c>
+      <c r="I10" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>550</v>
+      </c>
+      <c r="B11" t="s">
+        <v>593</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>594</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>595</v>
+      </c>
+      <c r="H11" t="s">
+        <v>596</v>
+      </c>
+      <c r="I11" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>550</v>
+      </c>
+      <c r="B12" t="s">
+        <v>597</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>598</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>599</v>
+      </c>
+      <c r="H12" t="s">
+        <v>600</v>
+      </c>
+      <c r="I12" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>550</v>
+      </c>
+      <c r="B13" t="s">
+        <v>601</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>602</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>603</v>
+      </c>
+      <c r="H13" t="s">
+        <v>604</v>
+      </c>
+      <c r="I13" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>550</v>
+      </c>
+      <c r="B14" t="s">
+        <v>605</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>606</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>607</v>
+      </c>
+      <c r="H14" t="s">
+        <v>608</v>
+      </c>
+      <c r="I14" t="s">
+        <v>566</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>609</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>611</v>
+      </c>
+      <c r="B2" t="s">
+        <v>612</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>613</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>614</v>
+      </c>
+      <c r="H2" t="s">
+        <v>615</v>
+      </c>
+      <c r="I2" t="s">
+        <v>616</v>
+      </c>
+      <c r="J2" t="s">
+        <v>617</v>
+      </c>
+      <c r="K2" t="s">
+        <v>618</v>
+      </c>
+      <c r="L2" t="s">
+        <v>619</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>