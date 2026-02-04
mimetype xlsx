--- v2 (2025-12-21)
+++ v3 (2026-02-04)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1155" uniqueCount="639">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1155" uniqueCount="640">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1535,423 +1535,426 @@
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
   </si>
   <si>
     <t>c_2028188</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
   </si>
   <si>
     <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
+  </si>
+  <si>
+    <t>01/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
+  </si>
+  <si>
+    <t>c_2744218</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+  </si>
+  <si>
+    <t>c_2060963</t>
+  </si>
+  <si>
+    <t>Évaluation des Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>Un projet de nouvelle nomenclature reprenant les recommandations de la Commission a été publié au Journal Officiel en 2013 à l’issue de la négociation économique menée par le Comité économique des produits de santé (CEPS). Cette publication a ouvert la phase contradictoire avec les industriels et les professionnels de santé concernés. A l'issue de cette phase, la CNEDiMTS s'est prononcée sur ces observations.</t>
+  </si>
+  <si>
+    <t>18/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_2006405</t>
+  </si>
+  <si>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses totales de hanche à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>L’objectif est de réévaluer l’intérêt des prothèses totales de hanche à couple de frottement métal-métal inscrites sous nom de marque sur la liste des produits et prestations remboursables (LPPR) afin de déterminer si leur prise en charge par la collectivité reste justifiée.</t>
+  </si>
+  <si>
+    <t>01/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2013 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251608/fr/evaluation-des-protheses-totales-de-hanche-a-couple-de-frottement-metal-metal</t>
+  </si>
+  <si>
+    <t>c_1251608</t>
+  </si>
+  <si>
+    <t>Évaluation des implants articulaires de coude</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de coude en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, et des modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
+  </si>
+  <si>
+    <t>c_1311405</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_867966</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?</t>
+  </si>
+  <si>
+    <t>Regarder en replay le webinaire "Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?" du 25 avril 2023.</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417973/fr/regardez-en-replay-hypothyroidies-et-hyperthyroidies-quelle-prise-en-charge-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3417973</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Regarder en replay - 3e rendez-vous de l’engagement des usagers, des personnes accompagnées et des associations </t>
+  </si>
+  <si>
+    <t>Regarder en replay le 3e rendez-vous de l’engagement des usagers, des personnes accompagnées et des associations "Des principes qui se diffusent"</t>
+  </si>
+  <si>
+    <t>26/09/2022 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364555/fr/regarder-en-replay-3e-rendez-vous-de-l-engagement-des-usagers-des-personnes-accompagnees-et-des-associations</t>
+  </si>
+  <si>
+    <t>p_3364555</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 10 mai 2022</t>
+  </si>
+  <si>
+    <t>06/05/2022 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337880/fr/cnedimts-du-10-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3337880</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Regarder en replay le webinaire « Protection de l’enfance &amp; Handicap : repères et socle communs d’actions pour soutenir la scolarité »</t>
+  </si>
+  <si>
+    <t>Webinaire HAS « Protection de l’enfance &amp; Handicap : repères et socle communs d’actions pour soutenir la scolarité ». Replay disponible</t>
+  </si>
+  <si>
+    <t>29/10/2021 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296009/fr/regarder-en-replay-le-webinaire-protection-de-l-enfance-handicap-reperes-et-socle-communs-d-actions-pour-soutenir-la-scolarite</t>
+  </si>
+  <si>
+    <t>p_3296009</t>
+  </si>
+  <si>
+    <t>Regarder en replay - Webinaire Polyhandicap : décryptage des recos de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS est heureuse de vous présenter le replay de son Webinaire du 26 janvier 2021.</t>
+  </si>
+  <si>
+    <t>17/12/2020 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224645/fr/regarder-en-replay-webinaire-polyhandicap-decryptage-des-recos-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3224645</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 24 mars 2020</t>
+  </si>
+  <si>
+    <t>19/03/2020 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165437/fr/cnedimts-reunion-du-24-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3165437</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 22 octobre 2019</t>
+  </si>
+  <si>
+    <t>15/10/2019 13:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113023/fr/cnedimts-reunion-du-22-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113023</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 08 octobre 2019</t>
+  </si>
+  <si>
+    <t>04/10/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108920/fr/cnedimts-reunion-du-08-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3108920</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 16 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067806/fr/cnedimts-reunion-du-16-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3067806</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 octobre 2018</t>
+  </si>
+  <si>
+    <t>22/10/2018 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879545/fr/cnedimts-reunion-du-23-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2879545</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 janvier 2018</t>
+  </si>
+  <si>
+    <t>18/01/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820752/fr/cnedimts-reunion-du-23-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820752</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 28 janvier 2014</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720546/fr/cnedimts-reunion-du-28-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1720546</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 3 décembre 2013</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701881/fr/cnedimts-reunion-du-3-decembre-2013</t>
+  </si>
+  <si>
+    <t>c_1701881</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0060/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la pose d’une coiffe pédodontique préformée</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:06:00</t>
+  </si>
+  <si>
     <t>11/12/2025 11:02:34</t>
-  </si>
-[...370 lines deleted...]
-    <t>04/12/2025 16:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784823/fr/avis-n2025-0060/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-pose-d-une-coiffe-pedodontique-preformee</t>
   </si>
   <si>
     <t>p_3784823</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>TRACITRANS (chlorure de chrome hexahydraté/ chlorure de cuivre dihydraté/ chlorure...)</t>
   </si>
   <si>
     <t>11/05/2011 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985173/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
   </si>
@@ -5711,142 +5714,142 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>622</v>
       </c>
       <c r="B2" t="s">
         <v>623</v>
       </c>
       <c r="C2" t="s">
         <v>624</v>
       </c>
       <c r="D2" t="s">
         <v>625</v>
       </c>
       <c r="E2" t="s">
-        <v>501</v>
+        <v>626</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="H2" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B2" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H2" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="I2" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="J2" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="K2" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="L2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>