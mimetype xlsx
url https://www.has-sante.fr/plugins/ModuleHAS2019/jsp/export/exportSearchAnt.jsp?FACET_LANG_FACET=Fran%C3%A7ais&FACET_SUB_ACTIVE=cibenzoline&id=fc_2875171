--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,214 +1,355 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>10/17/2023 15:45:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Fibrillation auriculaire</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>12/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2023 15:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
+    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
   </si>
   <si>
     <t>c_568395</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
+  </si>
+  <si>
+    <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
+  </si>
+  <si>
+    <t>01/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
+  </si>
+  <si>
+    <t>c_2659301</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 16 septembre 2020</t>
+  </si>
+  <si>
+    <t>10/09/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201113/fr/commission-de-la-transparence-reunion-a-distance-du-16-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3201113</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192534/fr/commission-de-la-transparence-reunion-a-distance-du-9-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192534</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>EXACOR (cibenzoline)</t>
   </si>
   <si>
-    <t>10/02/2020 09:41:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985400/en/exacor-cibenzoline</t>
+    <t>02/10/2020 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985400/fr/exacor-cibenzoline</t>
   </si>
   <si>
     <t>pprd_2985400</t>
   </si>
   <si>
     <t>cibenzoline</t>
   </si>
   <si>
     <t>LABORATOIRE X.O</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_631231/en/exacor-cibenzoline</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3210118/en/exacor-cibenzoline</t>
+    <t>https://www.has-sante.fr/jcms/c_631231/fr/exacor-cibenzoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210118/fr/exacor-cibenzoline</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -230,148 +371,491 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+      <c r="I2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H3" t="s">
+        <v>50</v>
+      </c>
+      <c r="I3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H4" t="s">
+        <v>54</v>
+      </c>
+      <c r="I4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="J1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="K1" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="I2" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="J2" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="K2" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="L2" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>