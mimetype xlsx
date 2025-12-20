--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,342 +1,2877 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="535" uniqueCount="301">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>TAXUS EXPRESS 2</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>26/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398556/fr/taxus-express-2</t>
+  </si>
+  <si>
+    <t>c_398556</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Calpaïnopathies Héréditaires ou Dystrophies musculaires des ceintures  de type R1 (ex-LGMD 2A) et LGMD D4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de calpaïnopathie. Il a été élaboré sous l’égide de la filière FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689332/fr/calpainopathies-hereditaires-ou-dystrophies-musculaires-des-ceintures-de-type-r1-ex-lgmd-2a-et-lgmd-d4</t>
+  </si>
+  <si>
+    <t>p_3689332</t>
+  </si>
+  <si>
+    <t>Syndrome de Myhre</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Myhre (SMy). Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689386/fr/syndrome-de-myhre</t>
+  </si>
+  <si>
+    <t>p_3689386</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Parcours de soins de l’adulte avec des symptômes prolongés de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS a été saisie par le ministre de la Santé (par un courrier en date du 31 août 2023) pour « élaborer un guide parcours de soins pour le Covid long afin de préciser le rôle de chaque professionnel, l’articulation entre les différents acteurs et niveaux de prise en charge des patients présentant un état post-covid, selon la nature de leurs troubles et la complexité de leur situation. Il s’agit d’apporter une réponse adaptée aux besoins des personnes, réduire l’errance médicale, faciliter et harmoniser l’organisation de la prise en charge sur l’ensemble du territoire ». Ce guide concerne la population des adultes et adolescents de 15 ans ou plus.</t>
+  </si>
+  <si>
+    <t>11/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2024 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3507843/fr/parcours-de-soins-de-l-adulte-avec-des-symptomes-prolonges-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3507843</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Amylose AA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amylose AA. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2020 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187210/fr/amylose-aa</t>
+  </si>
+  <si>
+    <t>p_3187210</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’une fièvre méditerranéenne familiale (FMF) aussi couramment appelée maladie périodique en France.</t>
+  </si>
+  <si>
+    <t>01/03/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362848/fr/fievre-mediterraneenne-familiale</t>
+  </si>
+  <si>
+    <t>c_1362848</t>
+  </si>
+  <si>
+    <t>ALD n° 7 - Infection par le virus de l'immunodéficience humaine (VIH)</t>
+  </si>
+  <si>
+    <t>31/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2011 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_634723/fr/ald-n-7-infection-par-le-virus-de-l-immunodeficience-humaine-vih</t>
+  </si>
+  <si>
+    <t>c_634723</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Adaptation du traitement antirétroviral en situation d’échec virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545707/fr/adaptation-du-traitement-antiretroviral-en-situation-d-echec-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545707</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Web page</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 juillet 2025</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636351/fr/college-deliberatif-du-10-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3636351</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2024</t>
+  </si>
+  <si>
+    <t>14/05/2024 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517111/fr/commission-de-la-transparence-reunion-du-15-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3517111</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 10 mars 2021</t>
+  </si>
+  <si>
+    <t>04/03/2021 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240964/fr/commission-de-la-transparence-reunion-a-distance-du-10-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3240964</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 janvier 2021</t>
+  </si>
+  <si>
+    <t>04/01/2021 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227973/fr/commission-de-la-transparence-reunion-a-distance-du-6-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3227973</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 18 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/11/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217678/fr/commission-de-la-transparence-reunion-a-distance-du-18-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3217678</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>11/09/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104426/fr/commission-de-la-transparence-reunion-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3104426</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 décembre 2017</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812054/fr/ceesp-reunion-du-12-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2812054</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2017</t>
+  </si>
+  <si>
+    <t>06/11/2017 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803112/fr/commission-de-la-transparence-reunion-du-9-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2803112</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2017</t>
+  </si>
+  <si>
+    <t>12/07/2017 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780783/fr/commission-de-la-transparence-reunion-du-19-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2780783</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2014</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726254/fr/commission-de-la-transparence-reunion-du-5-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1726254</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) : rapport annuel 2024</t>
+  </si>
+  <si>
+    <t>La HAS publie son huitième rapport annuel sur les déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>15/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2025 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644107/fr/evenements-indesirables-graves-associes-aux-soins-eigs-rapport-annuel-2024</t>
+  </si>
+  <si>
+    <t>p_3644107</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>COLCHICINE OPOCALCIUM (colchicine)</t>
+  </si>
+  <si>
+    <t>07/05/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983317/fr/colchicine-opocalcium-colchicine</t>
+  </si>
+  <si>
+    <t>pprd_2983317</t>
+  </si>
+  <si>
+    <t>colchicine</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400856/fr/colchicine-opocalcium-1-mg-comprime-boite-de-20-comprimes-cip-362-750-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016658/fr/colchicine-opocalcium-colchicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847892/fr/colchicine-opocalcium-colchicine</t>
+  </si>
+  <si>
+    <t>COLCHIMAX (colchicine, tiémonium (méthylsulfate de), poudre d'opium/ colchicine/ ...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983318/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>pprd_2983318</t>
+  </si>
+  <si>
+    <t>colchicine, tiémonium (méthylsulfate de), poudre d'opium,colchicine,tiémonium (métilsulfate de),opium (poudre d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013248/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655914/fr/colchimax-colchicine-opocalcium-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655980/fr/colchimax-colchicine-opocalcium-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847889/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400857/fr/colchimax-comprime-pellicule-boite-de-20-comprimes-cip-302-449-0</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
+    <t>Comprendre la certification pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>c_411173</t>
+  </si>
+  <si>
+    <t>Productions programmées en 2025</t>
+  </si>
+  <si>
+    <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
+  </si>
+  <si>
+    <t>18/01/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>93</v>
+      </c>
+      <c r="H16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>97</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>98</v>
+      </c>
+      <c r="H17" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>102</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>103</v>
+      </c>
+      <c r="H18" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" t="s">
+        <v>105</v>
+      </c>
+      <c r="C19" t="s">
+        <v>106</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>107</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>108</v>
+      </c>
+      <c r="H19" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D20" t="s">
+        <v>112</v>
+      </c>
+      <c r="E20" t="s">
+        <v>113</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>114</v>
+      </c>
+      <c r="H20" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" t="s">
+        <v>117</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>119</v>
+      </c>
+      <c r="H21" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>122</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>123</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>124</v>
+      </c>
+      <c r="H22" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" t="s">
+        <v>127</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>128</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>129</v>
+      </c>
+      <c r="H23" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" t="s">
+        <v>131</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>132</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>133</v>
+      </c>
+      <c r="H24" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>17</v>
+      </c>
+      <c r="B25" t="s">
+        <v>135</v>
+      </c>
+      <c r="C25" t="s">
+        <v>136</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>137</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>138</v>
+      </c>
+      <c r="H25" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" t="s">
+        <v>140</v>
+      </c>
+      <c r="C26" t="s">
+        <v>141</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>142</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>143</v>
+      </c>
+      <c r="H26" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" t="s">
+        <v>145</v>
+      </c>
+      <c r="C27" t="s">
+        <v>146</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>148</v>
+      </c>
+      <c r="H27" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" t="s">
+        <v>150</v>
+      </c>
+      <c r="C28" t="s">
+        <v>151</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>152</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>153</v>
+      </c>
+      <c r="H28" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" t="s">
+        <v>155</v>
+      </c>
+      <c r="C29" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" t="s">
+        <v>156</v>
+      </c>
+      <c r="E29" t="s">
+        <v>157</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>158</v>
+      </c>
+      <c r="H29" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30" t="s">
+        <v>160</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>161</v>
+      </c>
+      <c r="E30" t="s">
+        <v>161</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>162</v>
+      </c>
+      <c r="H30" t="s">
+        <v>163</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D2" t="s">
+        <v>167</v>
+      </c>
+      <c r="E2" t="s">
+        <v>168</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>169</v>
+      </c>
+      <c r="H2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C3" t="s">
+        <v>172</v>
+      </c>
+      <c r="D3" t="s">
+        <v>173</v>
+      </c>
+      <c r="E3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>175</v>
+      </c>
+      <c r="H3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>164</v>
+      </c>
+      <c r="B4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C4" t="s">
+        <v>178</v>
+      </c>
+      <c r="D4" t="s">
+        <v>179</v>
+      </c>
+      <c r="E4" t="s">
+        <v>180</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>181</v>
+      </c>
+      <c r="H4" t="s">
+        <v>182</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D3" t="s">
+        <v>192</v>
+      </c>
+      <c r="E3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B2" t="s">
+        <v>198</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>200</v>
+      </c>
+      <c r="H2" t="s">
+        <v>201</v>
+      </c>
+      <c r="I2" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>205</v>
+      </c>
+      <c r="H3" t="s">
+        <v>206</v>
+      </c>
+      <c r="I3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B4" t="s">
+        <v>208</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>209</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>210</v>
+      </c>
+      <c r="H4" t="s">
+        <v>211</v>
+      </c>
+      <c r="I4" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>197</v>
+      </c>
+      <c r="B5" t="s">
+        <v>212</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>214</v>
+      </c>
+      <c r="H5" t="s">
+        <v>215</v>
+      </c>
+      <c r="I5" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>197</v>
+      </c>
+      <c r="B6" t="s">
+        <v>216</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>217</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>218</v>
+      </c>
+      <c r="H6" t="s">
+        <v>219</v>
+      </c>
+      <c r="I6" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>197</v>
+      </c>
+      <c r="B7" t="s">
+        <v>220</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>221</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>222</v>
+      </c>
+      <c r="H7" t="s">
+        <v>223</v>
+      </c>
+      <c r="I7" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>197</v>
+      </c>
+      <c r="B8" t="s">
+        <v>224</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>225</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>226</v>
+      </c>
+      <c r="H8" t="s">
+        <v>227</v>
+      </c>
+      <c r="I8" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>197</v>
+      </c>
+      <c r="B9" t="s">
+        <v>228</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>229</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>230</v>
+      </c>
+      <c r="H9" t="s">
+        <v>231</v>
+      </c>
+      <c r="I9" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>197</v>
+      </c>
+      <c r="B10" t="s">
+        <v>232</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>233</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>234</v>
+      </c>
+      <c r="H10" t="s">
+        <v>235</v>
+      </c>
+      <c r="I10" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>197</v>
+      </c>
+      <c r="B11" t="s">
+        <v>236</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>237</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>238</v>
+      </c>
+      <c r="H11" t="s">
+        <v>239</v>
+      </c>
+      <c r="I11" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>197</v>
+      </c>
+      <c r="B12" t="s">
+        <v>240</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>241</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>242</v>
+      </c>
+      <c r="H12" t="s">
+        <v>243</v>
+      </c>
+      <c r="I12" t="s">
+        <v>207</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B2" t="s">
+        <v>245</v>
+      </c>
+      <c r="C2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C3" t="s">
+        <v>252</v>
+      </c>
+      <c r="D3" t="s">
+        <v>253</v>
+      </c>
+      <c r="E3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>255</v>
+      </c>
+      <c r="H3" t="s">
+        <v>256</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>257</v>
+      </c>
+      <c r="B2" t="s">
+        <v>258</v>
+      </c>
+      <c r="C2" t="s">
+        <v>259</v>
+      </c>
+      <c r="D2" t="s">
+        <v>260</v>
+      </c>
+      <c r="E2" t="s">
+        <v>261</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>262</v>
+      </c>
+      <c r="H2" t="s">
+        <v>263</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>264</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>268</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>269</v>
+      </c>
+      <c r="H2" t="s">
+        <v>270</v>
+      </c>
+      <c r="I2" t="s">
+        <v>271</v>
+      </c>
+      <c r="J2" t="s">
+        <v>272</v>
+      </c>
+      <c r="K2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L2" t="s">
+        <v>274</v>
+      </c>
+      <c r="M2" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H3" t="s">
+        <v>278</v>
+      </c>
+      <c r="I3" t="s">
+        <v>279</v>
+      </c>
+      <c r="J3" t="s">
+        <v>272</v>
+      </c>
+      <c r="K3" t="s">
+        <v>280</v>
+      </c>
+      <c r="L3" t="s">
+        <v>281</v>
+      </c>
+      <c r="M3" t="s">
+        <v>282</v>
+      </c>
+      <c r="N3" t="s">
+        <v>283</v>
+      </c>
+      <c r="O3" t="s">
+        <v>284</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>285</v>
+      </c>
+      <c r="B2" t="s">
+        <v>286</v>
+      </c>
+      <c r="C2" t="s">
+        <v>287</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>288</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>289</v>
+      </c>
+      <c r="H2" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C3" t="s">
+        <v>292</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>294</v>
+      </c>
+      <c r="H3" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>285</v>
+      </c>
+      <c r="B4" t="s">
+        <v>296</v>
+      </c>
+      <c r="C4" t="s">
+        <v>297</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>298</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>299</v>
+      </c>
+      <c r="H4" t="s">
+        <v>300</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>