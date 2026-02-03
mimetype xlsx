--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -50,59 +50,74 @@
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
     <t>Pemphigoïde de la grossesse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>24/06/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
   </si>
   <si>
     <t>c_2636262</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
@@ -204,65 +219,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/09/2021 09:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
   </si>
   <si>
     <t>p_3278590</t>
   </si>
   <si>
     <t>Pemphigoïde bulleuse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
   </si>
   <si>
     <t>c_2636201</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2636265</t>
   </si>
   <si>
     <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
   </si>
   <si>
     <t>19/10/2017 08:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
   </si>
   <si>
     <t>c_2800207</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
   </si>
   <si>
     <t>09/06/2017 12:12:00</t>
   </si>
@@ -552,548 +552,548 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>51</v>
       </c>
       <c r="C10" t="s">
         <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>53</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>54</v>
       </c>
       <c r="H10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="s">
         <v>57</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>58</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>59</v>
       </c>
       <c r="H11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>63</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>64</v>
       </c>
       <c r="H12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="s">
         <v>67</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>68</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>69</v>
       </c>
       <c r="H13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="s">
         <v>72</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>73</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>74</v>
       </c>
       <c r="H14" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>77</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>78</v>
       </c>
       <c r="H15" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>80</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>77</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
         <v>81</v>
       </c>
       <c r="H16" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>83</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>77</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>84</v>
       </c>
       <c r="H17" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>86</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>77</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G18" t="s">
         <v>87</v>
       </c>
       <c r="H18" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>89</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>90</v>
       </c>
       <c r="E19" t="s">
         <v>90</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>91</v>
       </c>
       <c r="H19" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>93</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>90</v>
       </c>
       <c r="E20" t="s">
         <v>90</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>94</v>
       </c>
       <c r="H20" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>96</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>90</v>
       </c>
       <c r="E21" t="s">
         <v>90</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>97</v>
       </c>
       <c r="H21" t="s">
         <v>98</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -1115,77 +1115,77 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>99</v>
       </c>
       <c r="B2" t="s">
         <v>100</v>
       </c>
       <c r="C2" t="s">
         <v>101</v>
       </c>
       <c r="D2" t="s">
         <v>102</v>
       </c>
       <c r="E2" t="s">
         <v>103</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>104</v>
       </c>
       <c r="H2" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>99</v>
       </c>
       <c r="B3" t="s">
         <v>106</v>
       </c>
       <c r="C3" t="s">
         <v>107</v>
       </c>
       <c r="D3" t="s">
         <v>108</v>
       </c>
       <c r="E3" t="s">
         <v>109</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>110</v>
       </c>
       <c r="H3" t="s">
         <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -1207,77 +1207,77 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>112</v>
       </c>
       <c r="B2" t="s">
         <v>113</v>
       </c>
       <c r="C2" t="s">
         <v>114</v>
       </c>
       <c r="D2" t="s">
         <v>115</v>
       </c>
       <c r="E2" t="s">
         <v>116</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>117</v>
       </c>
       <c r="H2" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>112</v>
       </c>
       <c r="B3" t="s">
         <v>119</v>
       </c>
       <c r="C3" t="s">
         <v>120</v>
       </c>
       <c r="D3" t="s">
         <v>121</v>
       </c>
       <c r="E3" t="s">
         <v>122</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>123</v>
       </c>
       <c r="H3" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -1299,51 +1299,51 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>125</v>
       </c>
       <c r="B2" t="s">
         <v>126</v>
       </c>
       <c r="C2" t="s">
         <v>127</v>
       </c>
       <c r="D2" t="s">
         <v>128</v>
       </c>
       <c r="E2" t="s">
         <v>129</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>130</v>
       </c>
       <c r="H2" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -1365,60 +1365,60 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>132</v>
       </c>
       <c r="J1" t="s">
         <v>133</v>
       </c>
       <c r="K1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>135</v>
       </c>
       <c r="B2" t="s">
         <v>136</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>137</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>138</v>
       </c>
       <c r="H2" t="s">
         <v>139</v>
       </c>
       <c r="I2" t="s">
         <v>140</v>
       </c>
       <c r="J2" t="s">
         <v>141</v>
       </c>
       <c r="K2" t="s">
         <v>142</v>
       </c>
       <c r="L2" t="s">
         <v>143</v>
       </c>
       <c r="M2" t="s">
         <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>