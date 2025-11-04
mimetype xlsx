--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,513 +1,204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/02/2022 09:23:00</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
-  </si>
-[...31 lines deleted...]
-    <t>c_2004258</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...24 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...191 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>