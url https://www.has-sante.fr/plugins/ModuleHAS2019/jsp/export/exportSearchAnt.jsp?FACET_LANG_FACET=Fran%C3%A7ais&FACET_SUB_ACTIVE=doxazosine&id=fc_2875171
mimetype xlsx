--- v0 (2025-11-04)
+++ v1 (2026-02-05)
@@ -119,51 +119,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3344639/fr/rezum</t>
   </si>
   <si>
     <t>p_3344639</t>
   </si>
   <si>
     <t>Kit d’administration pour le traitement de  l’hypertrophie bénigne de la prostate</t>
   </si>
   <si>
     <t>BOSTON SCIENTIFIC (France)</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Détection précoce du cancer de la prostate</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>26/06/2013 00:00:00</t>
   </si>
   <si>
-    <t>08/10/2013 18:17:20</t>
+    <t>08/10/2013 18:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>c_1623737</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Atrophie multisystématisée (AMS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/12/2024 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
   </si>
   <si>
     <t>c_2574640</t>
   </si>