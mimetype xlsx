--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,700 +1,1807 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="945" uniqueCount="560">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Place des tests ADN libre circulant dans le sang maternel dans le dépistage de la trisomie 21 foetale</t>
+  </si>
+  <si>
+    <t>L’objectif est d’actualiser les recommandations concernant le dépistage de la trisomie 21 (T21) fœtale en France en tenant compte de la disponibilité des tests ADN libre circulant dans le sang maternel de la trisomie 21 (ADNlcT21). Ces recommandations définissent la place des tests ADNlcT21 dans la procédure de dépistage de la T21 fœtale et s’adressent à la population de femmes enceintes monofœtales dans sa globalité.</t>
+  </si>
+  <si>
+    <t>26/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2017 17:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>https://www.has-sante.fr/jcms/c_2768510/fr/place-des-tests-adn-libre-circulant-dans-le-sang-maternel-dans-le-depistage-de-la-trisomie-21-foetale</t>
+  </si>
+  <si>
+    <t>c_2768510</t>
+  </si>
+  <si>
+    <t>Les performances des tests de dépistage de la trisomie 21 fœtale par analyse de l’ADN libre circulant</t>
+  </si>
+  <si>
+    <t>De nouveaux tests de dépistage de la trisomie 21, fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal du chromosome 21 au sein de l’ADN libre circulant dans le sang maternel, pourraient modifier la stratégie actuelle. Dans l’objectif de définir la place de ces tests dans la stratégie et dans l’attente des résultats de l’étude en cours -Safe21- la HAS publie une évaluation technique de leurs performances (volet 1).</t>
+  </si>
+  <si>
+    <t>30/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572426/fr/les-performances-des-tests-de-depistage-de-la-trisomie-21-foetale-par-analyse-de-l-adn-libre-circulant</t>
+  </si>
+  <si>
+    <t>c_2572426</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’élaborer des recommandations dans le but d’améliorer l’accompagnement et la prise en charge des personnes transgenres.</t>
+  </si>
+  <si>
+    <t>07/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2022 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367504/fr/parcours-de-transition-des-personnes-transgenres-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3367504</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Hormone replacement therapy at menopause</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
+    <t>Les traitements hormonaux substitutifs de la ménopause</t>
+  </si>
+  <si>
+    <t>L'objectif de l'audition publique est l'élaboration de recommandations sur : Les traitements hormonaux substitutifs de la ménopause Les modalités de surveillance et d’information des femmes qui envisagent de prendre, prennent ou ont pris un traitements hormonaux substitutifs.</t>
+  </si>
+  <si>
+    <t>11/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983475/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Complexe de Carney</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un complexe de Carney. Il a été élaboré par le Centre de référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522462/fr/complexe-de-carney</t>
+  </si>
+  <si>
+    <t>p_3522462</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Syndrome de BLOOM</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Bloom. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France, Filière AnDDI-Rares, le Centre de référence des Aplasies médullaires acquises et constitutionnelles, Filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385096/fr/syndrome-de-bloom</t>
+  </si>
+  <si>
+    <t>p_3385096</t>
+  </si>
+  <si>
+    <t>Syndrome de Perrault</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Perrault. Il a été élaboré par le CRMR surdités génétiques du CHU de Lille, CCMR surdités génétiques du CHU de Toulouse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389533/fr/syndrome-de-perrault</t>
+  </si>
+  <si>
+    <t>p_3389533</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Syndrome de Silver-Russell</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Silver-Russell. Il a été élaboré par Centre de Référence des Maladies Endocriniennes Rares de la Croissance et du Développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294999/fr/syndrome-de-silver-russell</t>
+  </si>
+  <si>
+    <t>p_3294999</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Insensibilités aux androgènes</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de proposer aux professionnels concernés la prise en charge diagnostique et thérapeutique et le parcours de soins optimaux actuels pour les patients atteints d’insensibilité aux androgènes partielle (IPA) ou complète (ICA).</t>
+  </si>
+  <si>
+    <t>10/01/2018 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818977/fr/insensibilites-aux-androgenes</t>
+  </si>
+  <si>
+    <t>c_2818977</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Contraceptifs oraux estroprogestatifs : préférez les «pilules» de 1re ou 2e génération</t>
+  </si>
+  <si>
+    <t>Les COEP dits de 3e génération (C3G, contenant du désogestrel, du gestodène ou du norgestimate) exposent les femmes à un surrisque d’accident thromboembolique veineux par rapport aux COEP dits de 1re ou 2e génération (C1G ou C2G).</t>
+  </si>
+  <si>
+    <t>30/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2012 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439689/fr/contraceptifs-oraux-estroprogestatifs-preferez-les-pilules-de-1re-ou-2e-generation</t>
+  </si>
+  <si>
+    <t>r_1439689</t>
+  </si>
+  <si>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 septembre 2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 09:52:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685842/fr/commission-de-la-transparence-reunion-du-24-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3685842</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2025</t>
+  </si>
+  <si>
+    <t>10/07/2025 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635468/fr/commission-de-la-transparence-reunion-du-16-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3635468</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2025</t>
+  </si>
+  <si>
+    <t>18/06/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610301/fr/commission-de-la-transparence-reunion-du-25-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610301</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 09 octobre 2024</t>
+  </si>
+  <si>
+    <t>03/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545982/fr/commission-de-la-transparence-reunion-du-09-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3545982</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 Mai 2022</t>
+  </si>
+  <si>
+    <t>17/05/2022 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338651/fr/commission-de-la-transparence-reunion-du-18-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3338651</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 23 mars 2022</t>
+  </si>
+  <si>
+    <t>16/03/2022 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324359/fr/commission-de-la-transparence-reunion-du-23-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3324359</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 9 mars 2022</t>
+  </si>
+  <si>
+    <t>03/03/2022 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321414/fr/commission-de-la-transparence-reunion-du-9-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3321414</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2011</t>
+  </si>
+  <si>
+    <t>11/05/2011 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1052758/fr/commission-de-la-transparence-reunion-du-11-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1052758</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 janvier 2011</t>
+  </si>
+  <si>
+    <t>05/01/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012508/fr/commission-de-la-transparence-reunion-du-5-janvier-2011</t>
+  </si>
+  <si>
+    <t>c_1012508</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 janvier 2010</t>
+  </si>
+  <si>
+    <t>27/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_924917/fr/commission-de-la-transparence-reunion-du-27-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_924917</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DIVINA - DUOVA (acétate de médroxyprogestérone/valérate d'estradiol)</t>
+  </si>
+  <si>
+    <t>14/10/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983475/fr/divina-duova-acetate-de-medroxyprogesterone/valerate-d-estradiol</t>
   </si>
   <si>
     <t>pprd_2983475</t>
   </si>
   <si>
     <t>acétate de médroxyprogestérone,valérate d'estradiol</t>
   </si>
   <si>
     <t>ORION PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_817325/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983866/en/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+    <t>https://www.has-sante.fr/jcms/c_817325/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753126/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806292/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545492/fr/duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399421/fr/duova-1-mg-/-2-5-mg-comprime-duova-1-mg-/-5-mg-comprime-duova-2-mg-/-5-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>ESTREVA - FEMSEPT - FEMSEPTEVO - FEMSEPTCOMBI  (estradiol hémihydraté/lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983866/fr/estreva-femsept-femseptevo-femseptcombi-estradiol-hemihydrate/levonorgestrel</t>
   </si>
   <si>
     <t>pprd_2983866</t>
   </si>
   <si>
     <t>estradiol hémihydraté,lévonorgestrel</t>
   </si>
   <si>
     <t>THERAMEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398935/en/femsept-estradiol-hemihydrate/-levonorgestrel</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400304/en/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
+    <t>https://www.has-sante.fr/jcms/c_398935/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544868/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046823/fr/femsept-femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682480/fr/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753187/fr/estreva-femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544976/fr/estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399376/fr/estreva-0-1-gel-transdermique-flacon-tube-de-50-g-100-doses-avec-pompe-doseuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753135/fr/femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544855/fr/femseptcombi-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398934/fr/femseptcombi-50-g/-10-g/-24-heures-dispositif-transdermique-en-sachet-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400304/fr/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
   </si>
   <si>
     <t>PROVAMES (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983947/en/provames-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983947/fr/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983947</t>
   </si>
   <si>
     <t>estradiol hémihydraté</t>
   </si>
   <si>
     <t>NORGINE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399162/en/provames-1-mg-comprime-pellicule-boite-de-30</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984124/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_399162/fr/provames-1-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544883/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058653/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753171/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672236/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>ACTIVELLE - KLIOGEST - NOVOFEMME - TRISEQUENS (estradiol hémihydraté/acétate de noréthistérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984124/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/acetate-de-norethisterone</t>
   </si>
   <si>
     <t>pprd_2984124</t>
   </si>
   <si>
     <t>estradiol hémihydraté,acétate de noréthistérone</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_544823/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399057/en/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+    <t>https://www.has-sante.fr/jcms/c_544823/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048378/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753539/fr/activelle-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627645/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753165/fr/kliogest-novefemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398979/fr/kliogest-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399506/fr/novofemme-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399057/fr/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
   </si>
   <si>
     <t>OESCLIM - OROMONE (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984292/en/oesclim-oromone-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984292/fr/oesclim-oromone-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984292</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398948/en/oesclim-estradiol-hemihydrate</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984293/en/climaston-dydrogesterone/-estradiol</t>
+    <t>https://www.has-sante.fr/jcms/c_398948/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544874/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046772/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753177/fr/oesclim-oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580477/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834956/fr/oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400076/fr/oromone-2-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>CLIMASTON (dydrogestérone/estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984293/fr/climaston-dydrogesterone/estradiol</t>
   </si>
   <si>
     <t>pprd_2984293</t>
   </si>
   <si>
     <t>dydrogestérone,estradiol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398873/en/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984344/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+    <t>https://www.has-sante.fr/jcms/c_398873/fr/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398872/fr/climaston-1-mg/-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400300/fr/climaston-1-mg/10-mg-climaston-1-mg/5-mg-climaston-2-mg/10-mg-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544838/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048927/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752094/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753193/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580474/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>CLIMENE (valérate d'estradiol/acétate de cyprotérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984344/fr/climene-valerate-d-estradiol/acetate-de-cyproterone</t>
   </si>
   <si>
     <t>pprd_2984344</t>
   </si>
   <si>
     <t>valérate d'estradiol,acétate de cyprotérone</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1048372/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984426/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+    <t>https://www.has-sante.fr/jcms/c_1048372/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753174/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569074/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400769/fr/climene-comprime-enrobe-b/21-11-blancs-et-10-roses-cip-336-043-7</t>
+  </si>
+  <si>
+    <t>OESTROGEL - OESTRODOSE - THAIS - THAISSEPT (estradiol/estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984426/fr/oestrogel-oestrodose-thais-thaissept-estradiol/estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984426</t>
   </si>
   <si>
     <t>estradiol,estradiol hémihydraté</t>
   </si>
   <si>
     <t>BESINS HEALTHCARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1046775/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_398903/en/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
+    <t>https://www.has-sante.fr/jcms/c_1046775/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753153/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058267/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398903/fr/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
   </si>
   <si>
     <t>DERMESTRIL - DERMESTRIL SEPTEM (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984501/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984501/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984501</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400704/en/dermestril-estradiol-hemihydrate</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3343837/en/ryeqo-relugolix/estradiol/norethisterone</t>
+    <t>https://www.has-sante.fr/jcms/c_400704/fr/dermestril-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901524/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753183/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040742/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>RYEQO (rélugolix/estradiol/acétate de noréthistérone)</t>
+  </si>
+  <si>
+    <t>31/10/2024 16:51:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343837/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone</t>
   </si>
   <si>
     <t>p_3343837</t>
   </si>
   <si>
     <t>rélugolix,estradiol,acétate de noréthistérone</t>
   </si>
   <si>
     <t>GEDEON RICHTER FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3341327/en/ryeqo-relugolix/norethisterone/estradiol</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554612/en/ryeqo-relugolix/estradiol/norethisterone-acetate-endometriosis-uterine-fibroids</t>
+    <t>https://www.has-sante.fr/jcms/p_3341327/fr/ryeqo-relugolix/norethisterone/estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530112/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone-endometriose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554612/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone-endometriose-fibromes-uterins</t>
   </si>
   <si>
     <t>CLIMODIENE (valérate d'estradiol/ diénogest)</t>
   </si>
   <si>
-    <t>11/27/2017 14:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983474/en/climodiene-valerate-d-estradiol/-dienogest</t>
+    <t>27/11/2017 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983474/fr/climodiene-valerate-d-estradiol/-dienogest</t>
   </si>
   <si>
     <t>pprd_2983474</t>
   </si>
   <si>
     <t>valérate d'estradiol,diénogest</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399416/en/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806906/en/climodiene-valerate-d-estradiol/-dienogest</t>
+    <t>https://www.has-sante.fr/jcms/c_399416/fr/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574365/fr/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753141/fr/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806906/fr/climodiene-valerate-d-estradiol/-dienogest</t>
   </si>
   <si>
     <t>ESTRAPATCH (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>11/07/2016 09:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983884/en/estrapatch-estradiol-hemihydrate</t>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983884/fr/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983884</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399136/en/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680866/en/estrapatch-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399136/fr/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399789/fr/estrapatch-80-g/24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544965/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753529/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680866/fr/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>DELIDOSE (estradiol hémihydraté)</t>
   </si>
   <si>
     <t>07/07/2015 13:53:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984492/en/delidose-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984492/fr/delidose-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984492</t>
   </si>
   <si>
     <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400158/en/delidose-estradiol-hemihydrate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2041943/en/delidose-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400158/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900512/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753129/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041943/fr/delidose-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>CLIMARA (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>07/16/2014 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984733/en/climara-estradiol-hemihydrate</t>
+    <t>16/07/2014 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984733/fr/climara-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984733</t>
   </si>
   <si>
     <t>BAYER SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398871/en/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753536/en/climara</t>
+    <t>https://www.has-sante.fr/jcms/c_398871/fr/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544847/fr/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058667/fr/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753536/fr/climara-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>ESTRADERM - VIVELLEDOT (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>10/21/2015 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984738/en/estraderm-vivelledot-estradiol-hemihydrate</t>
+    <t>21/10/2015 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984738/fr/estraderm-vivelledot-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984738</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400708/en/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399598/en/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
+    <t>https://www.has-sante.fr/jcms/c_400708/fr/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046793/fr/estraderm-tts-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753196/fr/estraderm-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564435/fr/vivelledot-n/r/-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399598/fr/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
   </si>
   <si>
     <t>NAEMIS (estradiol hémihydraté/ nomégestrol (acétate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984742/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984742/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984742</t>
   </si>
   <si>
     <t>estradiol hémihydraté,nomégestrol (acétate de)</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_594667/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399641/en/naemis-comprime-boite-de-24</t>
+    <t>https://www.has-sante.fr/jcms/c_594667/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753147/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399641/fr/naemis-comprime-boite-de-24</t>
   </si>
   <si>
     <t>AVADENE (estradiol hémihydraté/ gestodène)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984743/en/avadene-estradiol-hemihydrate/-gestodene</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984743/fr/avadene-estradiol-hemihydrate/-gestodene</t>
   </si>
   <si>
     <t>pprd_2984743</t>
   </si>
   <si>
     <t>estradiol hémihydraté,gestodène</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399479/en/avadene-estradiol-hemihydrate/-gestodene</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753144/en/avadene</t>
+    <t>https://www.has-sante.fr/jcms/c_399479/fr/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545506/fr/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753144/fr/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>VAGIFEM (estradiol)</t>
+  </si>
+  <si>
+    <t>25/05/2011 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985157/fr/vagifem-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2985157</t>
+  </si>
+  <si>
+    <t>estradiol</t>
+  </si>
+  <si>
+    <t>Laboratoire NOVO NORDISK PHARMACEUTIQUE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064173/fr/vagifem-estradiol</t>
+  </si>
+  <si>
+    <t>DIVISEQ (valérate d’estradiol/ acétate de médroxyprogestérone)</t>
+  </si>
+  <si>
+    <t>18/07/2007 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985435/fr/diviseq-valerate-d-estradiol/-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2985435</t>
+  </si>
+  <si>
+    <t>valérate d’estradiol,acétate de médroxyprogestérone</t>
+  </si>
+  <si>
+    <t>HRA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399489/fr/diviseq-valerate-d-estradiol/-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574437/fr/diviseq-valerate-d-estradiol/-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>MENOREST (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>28/03/2007 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985440/fr/menorest-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985440</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399151/fr/menorest-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544890/fr/menorest-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>ESTALIS (estradiol hémihydraté/ acétate de noréthistérone)</t>
+  </si>
+  <si>
+    <t>28/03/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985441/fr/estalis-estradiol-hemihydrate/-acetate-de-norethisterone</t>
+  </si>
+  <si>
+    <t>pprd_2985441</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398927/fr/estalis-estradiol-hemihydrate/-acetate-de-norethisterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544817/fr/estalis-estradiol-hemihydrate/-acetate-de-norethisterone</t>
+  </si>
+  <si>
+    <t>THAIS - THAISSEPT (estradiol)</t>
+  </si>
+  <si>
+    <t>19/10/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985650/fr/thais-thaissept-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2985650</t>
+  </si>
+  <si>
+    <t>BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400727/fr/thais-thaissept-estradiol</t>
+  </si>
+  <si>
+    <t>SUCCESSIA (estradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>26/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985991/fr/successia-estradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2985991</t>
+  </si>
+  <si>
+    <t>estradiol,gestodène</t>
+  </si>
+  <si>
+    <t>WYETH LEDERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399587/fr/successia-1-mg-/-0-025-mg-comprime-pellicule-successia-2-mg-/-0-050-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>ESTRADIOL NOVARTIS (estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986008/fr/estradiol-novartis-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2986008</t>
+  </si>
+  <si>
+    <t>NOVARTIS S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399490/fr/estradiol-g-gam-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399549/fr/estradiol-novartis-37-5-g/24-h-dispositif-transdermique-estradiol-novartis-50-g/24-h-dispositif-transdermique-estradiol-novartis-75-g/24-h-dispositif-transdermique-estradiol-novartis-100-g/24-h-dispositif-transdermique-boite-de-8-estradiol</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>Réévaluation des contraceptifs oraux de troisième génération (annexe commune) - juin 2012</t>
+  </si>
+  <si>
+    <t>23/10/2012 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322400/fr/reevaluation-des-contraceptifs-oraux-de-troisieme-generation-annexe-commune-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1322400</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -734,924 +1841,3078 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V18"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
-[...23 lines deleted...]
-        <v>37</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="E3" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="H3" t="s">
-        <v>40</v>
-[...34 lines deleted...]
-      <c r="T3" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
         <v>54</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H4" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="J4" t="s">
         <v>58</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H5" t="s">
         <v>64</v>
-      </c>
-[...49 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>79</v>
-[...29 lines deleted...]
-        <v>37</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="H7" t="s">
-        <v>89</v>
-[...32 lines deleted...]
-        <v>37</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="H8" t="s">
-        <v>101</v>
-[...20 lines deleted...]
-        <v>37</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>108</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>109</v>
+        <v>79</v>
       </c>
       <c r="H9" t="s">
-        <v>110</v>
-[...20 lines deleted...]
-        <v>37</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B10" t="s">
-        <v>117</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>118</v>
+        <v>83</v>
       </c>
       <c r="H10" t="s">
-        <v>119</v>
-[...20 lines deleted...]
-        <v>37</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>125</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>86</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E11" t="s">
-        <v>126</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>127</v>
+        <v>87</v>
       </c>
       <c r="H11" t="s">
-        <v>128</v>
-[...14 lines deleted...]
-        <v>133</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B12" t="s">
-        <v>134</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E12" t="s">
-        <v>135</v>
+        <v>62</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>136</v>
+        <v>91</v>
       </c>
       <c r="H12" t="s">
-        <v>137</v>
-[...17 lines deleted...]
-        <v>142</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
-        <v>143</v>
+        <v>93</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E13" t="s">
-        <v>144</v>
+        <v>62</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>145</v>
+        <v>94</v>
       </c>
       <c r="H13" t="s">
-        <v>146</v>
-[...20 lines deleted...]
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
-        <v>153</v>
+        <v>96</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>154</v>
+        <v>71</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>155</v>
+        <v>97</v>
       </c>
       <c r="H14" t="s">
-        <v>156</v>
-[...17 lines deleted...]
-        <v>161</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
-        <v>162</v>
+        <v>99</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E15" t="s">
-        <v>163</v>
+        <v>71</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>164</v>
+        <v>100</v>
       </c>
       <c r="H15" t="s">
-        <v>165</v>
-[...17 lines deleted...]
-        <v>170</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B16" t="s">
-        <v>171</v>
+        <v>102</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="E16" t="s">
-        <v>172</v>
+        <v>105</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>173</v>
+        <v>106</v>
       </c>
       <c r="H16" t="s">
-        <v>174</v>
-[...20 lines deleted...]
-        <v>180</v>
+        <v>107</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
-        <v>181</v>
+        <v>108</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>109</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="E17" t="s">
-        <v>163</v>
+        <v>111</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>182</v>
+        <v>112</v>
       </c>
       <c r="H17" t="s">
-        <v>183</v>
-[...14 lines deleted...]
-        <v>188</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>118</v>
+      </c>
+      <c r="H18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>121</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>123</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B2" t="s">
+        <v>127</v>
+      </c>
+      <c r="C2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D3" t="s">
+        <v>134</v>
+      </c>
+      <c r="E3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>136</v>
+      </c>
+      <c r="H3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>126</v>
+      </c>
+      <c r="B4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>140</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>141</v>
+      </c>
+      <c r="H4" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C5" t="s">
+        <v>144</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>146</v>
+      </c>
+      <c r="H5" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B6" t="s">
+        <v>148</v>
+      </c>
+      <c r="C6" t="s">
+        <v>149</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>150</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>151</v>
+      </c>
+      <c r="H6" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>126</v>
+      </c>
+      <c r="B7" t="s">
+        <v>153</v>
+      </c>
+      <c r="C7" t="s">
+        <v>154</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>150</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>155</v>
+      </c>
+      <c r="H7" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>126</v>
+      </c>
+      <c r="B8" t="s">
+        <v>157</v>
+      </c>
+      <c r="C8" t="s">
+        <v>158</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>150</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>159</v>
+      </c>
+      <c r="H8" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>126</v>
+      </c>
+      <c r="B9" t="s">
+        <v>161</v>
+      </c>
+      <c r="C9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>163</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>164</v>
+      </c>
+      <c r="H9" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>126</v>
+      </c>
+      <c r="B10" t="s">
+        <v>166</v>
+      </c>
+      <c r="C10" t="s">
+        <v>167</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>168</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>169</v>
+      </c>
+      <c r="H10" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>126</v>
+      </c>
+      <c r="B11" t="s">
+        <v>171</v>
+      </c>
+      <c r="C11" t="s">
+        <v>172</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>173</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>174</v>
+      </c>
+      <c r="H11" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B12" t="s">
+        <v>176</v>
+      </c>
+      <c r="C12" t="s">
+        <v>177</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>178</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>179</v>
+      </c>
+      <c r="H12" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>126</v>
+      </c>
+      <c r="B13" t="s">
+        <v>181</v>
+      </c>
+      <c r="C13" t="s">
+        <v>182</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>183</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>184</v>
+      </c>
+      <c r="H13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>126</v>
+      </c>
+      <c r="B14" t="s">
+        <v>186</v>
+      </c>
+      <c r="C14" t="s">
+        <v>187</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>183</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>188</v>
+      </c>
+      <c r="H14" t="s">
         <v>189</v>
       </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>190</v>
+      </c>
+      <c r="C15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>192</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>193</v>
+      </c>
+      <c r="H15" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>195</v>
+      </c>
+      <c r="C16" t="s">
+        <v>196</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>197</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>198</v>
+      </c>
+      <c r="H16" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>200</v>
+      </c>
+      <c r="C17" t="s">
+        <v>201</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>202</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>203</v>
+      </c>
+      <c r="H17" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>205</v>
+      </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>163</v>
+        <v>207</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>190</v>
+        <v>208</v>
       </c>
       <c r="H18" t="s">
-        <v>191</v>
+        <v>209</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>210</v>
+      </c>
+      <c r="C19" t="s">
+        <v>211</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>212</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>213</v>
+      </c>
+      <c r="H19" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>215</v>
+      </c>
+      <c r="C20" t="s">
+        <v>216</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>217</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>218</v>
+      </c>
+      <c r="H20" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" t="s">
+        <v>220</v>
+      </c>
+      <c r="C21" t="s">
+        <v>221</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>222</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>223</v>
+      </c>
+      <c r="H21" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B22" t="s">
+        <v>225</v>
+      </c>
+      <c r="C22" t="s">
+        <v>226</v>
+      </c>
+      <c r="D22" t="s">
+        <v>227</v>
+      </c>
+      <c r="E22" t="s">
+        <v>228</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>229</v>
+      </c>
+      <c r="H22" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>126</v>
+      </c>
+      <c r="B23" t="s">
+        <v>231</v>
+      </c>
+      <c r="C23" t="s">
+        <v>232</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>233</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>234</v>
+      </c>
+      <c r="H23" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>126</v>
+      </c>
+      <c r="B24" t="s">
+        <v>236</v>
+      </c>
+      <c r="C24" t="s">
+        <v>237</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>238</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>239</v>
+      </c>
+      <c r="H24" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" t="s">
+        <v>241</v>
+      </c>
+      <c r="C25" t="s">
+        <v>242</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>243</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>244</v>
+      </c>
+      <c r="H25" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>126</v>
+      </c>
+      <c r="B26" t="s">
+        <v>246</v>
+      </c>
+      <c r="C26" t="s">
+        <v>247</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>248</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>249</v>
+      </c>
+      <c r="H26" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>126</v>
+      </c>
+      <c r="B27" t="s">
+        <v>251</v>
+      </c>
+      <c r="C27" t="s">
+        <v>252</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>253</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>254</v>
+      </c>
+      <c r="H27" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>126</v>
+      </c>
+      <c r="B28" t="s">
+        <v>256</v>
+      </c>
+      <c r="C28" t="s">
+        <v>257</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>258</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>259</v>
+      </c>
+      <c r="H28" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" t="s">
+        <v>261</v>
+      </c>
+      <c r="C29" t="s">
+        <v>262</v>
+      </c>
+      <c r="D29" t="s">
+        <v>263</v>
+      </c>
+      <c r="E29" t="s">
+        <v>264</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>265</v>
+      </c>
+      <c r="H29" t="s">
+        <v>266</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>267</v>
+      </c>
+      <c r="B2" t="s">
+        <v>268</v>
+      </c>
+      <c r="C2" t="s">
+        <v>269</v>
+      </c>
+      <c r="D2" t="s">
+        <v>270</v>
+      </c>
+      <c r="E2" t="s">
+        <v>271</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>272</v>
+      </c>
+      <c r="H2" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B3" t="s">
+        <v>274</v>
+      </c>
+      <c r="C3" t="s">
+        <v>275</v>
+      </c>
+      <c r="D3" t="s">
+        <v>276</v>
+      </c>
+      <c r="E3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>278</v>
+      </c>
+      <c r="H3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>267</v>
+      </c>
+      <c r="B4" t="s">
+        <v>280</v>
+      </c>
+      <c r="C4" t="s">
+        <v>281</v>
+      </c>
+      <c r="D4" t="s">
+        <v>282</v>
+      </c>
+      <c r="E4" t="s">
+        <v>283</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>284</v>
+      </c>
+      <c r="H4" t="s">
+        <v>285</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>290</v>
+      </c>
+      <c r="H2" t="s">
+        <v>291</v>
+      </c>
+      <c r="I2" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>295</v>
+      </c>
+      <c r="H3" t="s">
+        <v>296</v>
+      </c>
+      <c r="I3" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>298</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>299</v>
+      </c>
+      <c r="H4" t="s">
+        <v>300</v>
+      </c>
+      <c r="I4" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>287</v>
+      </c>
+      <c r="B5" t="s">
+        <v>301</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>302</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>303</v>
+      </c>
+      <c r="H5" t="s">
+        <v>304</v>
+      </c>
+      <c r="I5" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>287</v>
+      </c>
+      <c r="B6" t="s">
+        <v>305</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>306</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>307</v>
+      </c>
+      <c r="H6" t="s">
+        <v>308</v>
+      </c>
+      <c r="I6" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>287</v>
+      </c>
+      <c r="B7" t="s">
+        <v>309</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>310</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>311</v>
+      </c>
+      <c r="H7" t="s">
+        <v>312</v>
+      </c>
+      <c r="I7" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>287</v>
+      </c>
+      <c r="B8" t="s">
+        <v>313</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>314</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>315</v>
+      </c>
+      <c r="H8" t="s">
+        <v>316</v>
+      </c>
+      <c r="I8" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>287</v>
+      </c>
+      <c r="B9" t="s">
+        <v>317</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>318</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>319</v>
+      </c>
+      <c r="H9" t="s">
+        <v>320</v>
+      </c>
+      <c r="I9" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>287</v>
+      </c>
+      <c r="B10" t="s">
+        <v>321</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>322</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>323</v>
+      </c>
+      <c r="H10" t="s">
+        <v>324</v>
+      </c>
+      <c r="I10" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>287</v>
+      </c>
+      <c r="B11" t="s">
+        <v>325</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>327</v>
+      </c>
+      <c r="H11" t="s">
+        <v>328</v>
+      </c>
+      <c r="I11" t="s">
+        <v>292</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:V25"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>329</v>
+      </c>
+      <c r="J1" t="s">
+        <v>330</v>
+      </c>
+      <c r="K1" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>332</v>
+      </c>
+      <c r="B2" t="s">
+        <v>333</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>334</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>335</v>
+      </c>
+      <c r="H2" t="s">
+        <v>336</v>
+      </c>
+      <c r="I2" t="s">
+        <v>337</v>
+      </c>
+      <c r="J2" t="s">
+        <v>338</v>
+      </c>
+      <c r="K2" t="s">
+        <v>339</v>
+      </c>
+      <c r="L2" t="s">
+        <v>340</v>
+      </c>
+      <c r="M2" t="s">
+        <v>341</v>
+      </c>
+      <c r="N2" t="s">
+        <v>342</v>
+      </c>
+      <c r="O2" t="s">
+        <v>343</v>
+      </c>
+      <c r="P2" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>346</v>
+      </c>
+      <c r="H3" t="s">
+        <v>347</v>
+      </c>
+      <c r="I3" t="s">
+        <v>348</v>
+      </c>
+      <c r="J3" t="s">
+        <v>349</v>
+      </c>
+      <c r="K3" t="s">
+        <v>350</v>
+      </c>
+      <c r="L3" t="s">
+        <v>351</v>
+      </c>
+      <c r="M3" t="s">
+        <v>352</v>
+      </c>
+      <c r="N3" t="s">
+        <v>353</v>
+      </c>
+      <c r="O3" t="s">
+        <v>354</v>
+      </c>
+      <c r="P3" t="s">
+        <v>355</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>356</v>
+      </c>
+      <c r="R3" t="s">
+        <v>357</v>
+      </c>
+      <c r="S3" t="s">
+        <v>358</v>
+      </c>
+      <c r="T3" t="s">
+        <v>359</v>
+      </c>
+      <c r="U3" t="s">
+        <v>360</v>
+      </c>
+      <c r="V3" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>332</v>
+      </c>
+      <c r="B4" t="s">
+        <v>361</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>334</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>362</v>
+      </c>
+      <c r="H4" t="s">
+        <v>363</v>
+      </c>
+      <c r="I4" t="s">
+        <v>364</v>
+      </c>
+      <c r="J4" t="s">
+        <v>365</v>
+      </c>
+      <c r="K4" t="s">
+        <v>366</v>
+      </c>
+      <c r="L4" t="s">
+        <v>367</v>
+      </c>
+      <c r="M4" t="s">
+        <v>368</v>
+      </c>
+      <c r="N4" t="s">
+        <v>369</v>
+      </c>
+      <c r="O4" t="s">
+        <v>370</v>
+      </c>
+      <c r="P4" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>332</v>
+      </c>
+      <c r="B5" t="s">
+        <v>371</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>334</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>372</v>
+      </c>
+      <c r="H5" t="s">
+        <v>373</v>
+      </c>
+      <c r="I5" t="s">
+        <v>374</v>
+      </c>
+      <c r="J5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K5" t="s">
+        <v>376</v>
+      </c>
+      <c r="L5" t="s">
+        <v>377</v>
+      </c>
+      <c r="M5" t="s">
+        <v>378</v>
+      </c>
+      <c r="N5" t="s">
+        <v>379</v>
+      </c>
+      <c r="O5" t="s">
+        <v>380</v>
+      </c>
+      <c r="P5" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>382</v>
+      </c>
+      <c r="R5" t="s">
+        <v>383</v>
+      </c>
+      <c r="S5" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>332</v>
+      </c>
+      <c r="B6" t="s">
+        <v>384</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>334</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>385</v>
+      </c>
+      <c r="H6" t="s">
+        <v>386</v>
+      </c>
+      <c r="I6" t="s">
+        <v>364</v>
+      </c>
+      <c r="J6" t="s">
+        <v>349</v>
+      </c>
+      <c r="K6" t="s">
+        <v>387</v>
+      </c>
+      <c r="L6" t="s">
+        <v>388</v>
+      </c>
+      <c r="M6" t="s">
+        <v>389</v>
+      </c>
+      <c r="N6" t="s">
+        <v>390</v>
+      </c>
+      <c r="O6" t="s">
+        <v>391</v>
+      </c>
+      <c r="P6" t="s">
+        <v>392</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>393</v>
+      </c>
+      <c r="R6" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>332</v>
+      </c>
+      <c r="B7" t="s">
+        <v>394</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>334</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>395</v>
+      </c>
+      <c r="H7" t="s">
+        <v>396</v>
+      </c>
+      <c r="I7" t="s">
+        <v>397</v>
+      </c>
+      <c r="J7" t="s">
+        <v>349</v>
+      </c>
+      <c r="K7" t="s">
+        <v>398</v>
+      </c>
+      <c r="L7" t="s">
+        <v>399</v>
+      </c>
+      <c r="M7" t="s">
+        <v>400</v>
+      </c>
+      <c r="N7" t="s">
+        <v>401</v>
+      </c>
+      <c r="O7" t="s">
+        <v>402</v>
+      </c>
+      <c r="P7" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>404</v>
+      </c>
+      <c r="R7" t="s">
+        <v>405</v>
+      </c>
+      <c r="S7" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>332</v>
+      </c>
+      <c r="B8" t="s">
+        <v>406</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>334</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>407</v>
+      </c>
+      <c r="H8" t="s">
+        <v>408</v>
+      </c>
+      <c r="I8" t="s">
+        <v>409</v>
+      </c>
+      <c r="J8" t="s">
+        <v>410</v>
+      </c>
+      <c r="K8" t="s">
+        <v>411</v>
+      </c>
+      <c r="L8" t="s">
+        <v>412</v>
+      </c>
+      <c r="M8" t="s">
+        <v>413</v>
+      </c>
+      <c r="N8" t="s">
+        <v>414</v>
+      </c>
+      <c r="O8" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>332</v>
+      </c>
+      <c r="B9" t="s">
+        <v>415</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>334</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>416</v>
+      </c>
+      <c r="H9" t="s">
+        <v>417</v>
+      </c>
+      <c r="I9" t="s">
+        <v>418</v>
+      </c>
+      <c r="J9" t="s">
+        <v>419</v>
+      </c>
+      <c r="K9" t="s">
+        <v>420</v>
+      </c>
+      <c r="L9" t="s">
+        <v>421</v>
+      </c>
+      <c r="M9" t="s">
+        <v>422</v>
+      </c>
+      <c r="N9" t="s">
+        <v>423</v>
+      </c>
+      <c r="O9" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>332</v>
+      </c>
+      <c r="B10" t="s">
+        <v>424</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>334</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>425</v>
+      </c>
+      <c r="H10" t="s">
+        <v>426</v>
+      </c>
+      <c r="I10" t="s">
+        <v>364</v>
+      </c>
+      <c r="J10" t="s">
+        <v>427</v>
+      </c>
+      <c r="K10" t="s">
+        <v>428</v>
+      </c>
+      <c r="L10" t="s">
+        <v>429</v>
+      </c>
+      <c r="M10" t="s">
+        <v>430</v>
+      </c>
+      <c r="N10" t="s">
+        <v>431</v>
+      </c>
+      <c r="O10" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>332</v>
+      </c>
+      <c r="B11" t="s">
+        <v>432</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>433</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>434</v>
+      </c>
+      <c r="H11" t="s">
+        <v>435</v>
+      </c>
+      <c r="I11" t="s">
+        <v>436</v>
+      </c>
+      <c r="J11" t="s">
+        <v>437</v>
+      </c>
+      <c r="K11" t="s">
+        <v>438</v>
+      </c>
+      <c r="L11" t="s">
+        <v>439</v>
+      </c>
+      <c r="M11" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>332</v>
+      </c>
+      <c r="B12" t="s">
+        <v>441</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>442</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>443</v>
+      </c>
+      <c r="H12" t="s">
+        <v>444</v>
+      </c>
+      <c r="I12" t="s">
+        <v>445</v>
+      </c>
+      <c r="J12" t="s">
+        <v>410</v>
+      </c>
+      <c r="K12" t="s">
+        <v>446</v>
+      </c>
+      <c r="L12" t="s">
+        <v>447</v>
+      </c>
+      <c r="M12" t="s">
+        <v>448</v>
+      </c>
+      <c r="N12" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>332</v>
+      </c>
+      <c r="B13" t="s">
+        <v>450</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>451</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>452</v>
+      </c>
+      <c r="H13" t="s">
+        <v>453</v>
+      </c>
+      <c r="I13" t="s">
+        <v>364</v>
+      </c>
+      <c r="J13" t="s">
+        <v>454</v>
+      </c>
+      <c r="K13" t="s">
+        <v>455</v>
+      </c>
+      <c r="L13" t="s">
+        <v>456</v>
+      </c>
+      <c r="M13" t="s">
+        <v>457</v>
+      </c>
+      <c r="N13" t="s">
+        <v>458</v>
+      </c>
+      <c r="O13" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>332</v>
+      </c>
+      <c r="B14" t="s">
+        <v>460</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>461</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>462</v>
+      </c>
+      <c r="H14" t="s">
+        <v>463</v>
+      </c>
+      <c r="I14" t="s">
+        <v>364</v>
+      </c>
+      <c r="J14" t="s">
+        <v>464</v>
+      </c>
+      <c r="K14" t="s">
+        <v>465</v>
+      </c>
+      <c r="L14" t="s">
+        <v>466</v>
+      </c>
+      <c r="M14" t="s">
+        <v>467</v>
+      </c>
+      <c r="N14" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>332</v>
+      </c>
+      <c r="B15" t="s">
+        <v>469</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>470</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>471</v>
+      </c>
+      <c r="H15" t="s">
+        <v>472</v>
+      </c>
+      <c r="I15" t="s">
+        <v>364</v>
+      </c>
+      <c r="J15" t="s">
+        <v>473</v>
+      </c>
+      <c r="K15" t="s">
+        <v>474</v>
+      </c>
+      <c r="L15" t="s">
+        <v>475</v>
+      </c>
+      <c r="M15" t="s">
+        <v>476</v>
+      </c>
+      <c r="N15" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>332</v>
+      </c>
+      <c r="B16" t="s">
+        <v>478</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>479</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>480</v>
+      </c>
+      <c r="H16" t="s">
+        <v>481</v>
+      </c>
+      <c r="I16" t="s">
+        <v>364</v>
+      </c>
+      <c r="J16" t="s">
+        <v>482</v>
+      </c>
+      <c r="K16" t="s">
+        <v>483</v>
+      </c>
+      <c r="L16" t="s">
+        <v>484</v>
+      </c>
+      <c r="M16" t="s">
+        <v>485</v>
+      </c>
+      <c r="N16" t="s">
+        <v>486</v>
+      </c>
+      <c r="O16" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>332</v>
+      </c>
+      <c r="B17" t="s">
+        <v>488</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>470</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>489</v>
+      </c>
+      <c r="H17" t="s">
+        <v>490</v>
+      </c>
+      <c r="I17" t="s">
+        <v>491</v>
+      </c>
+      <c r="J17" t="s">
+        <v>492</v>
+      </c>
+      <c r="K17" t="s">
+        <v>493</v>
+      </c>
+      <c r="L17" t="s">
+        <v>494</v>
+      </c>
+      <c r="M17" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>332</v>
+      </c>
+      <c r="B18" t="s">
+        <v>496</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>470</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>497</v>
+      </c>
+      <c r="H18" t="s">
+        <v>498</v>
       </c>
       <c r="I18" t="s">
-        <v>192</v>
+        <v>499</v>
       </c>
       <c r="J18" t="s">
-        <v>166</v>
+        <v>473</v>
       </c>
       <c r="K18" t="s">
-        <v>193</v>
+        <v>500</v>
       </c>
       <c r="L18" t="s">
-        <v>194</v>
+        <v>501</v>
       </c>
       <c r="M18" t="s">
-        <v>195</v>
+        <v>502</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>332</v>
+      </c>
+      <c r="B19" t="s">
+        <v>503</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>504</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>505</v>
+      </c>
+      <c r="H19" t="s">
+        <v>506</v>
+      </c>
+      <c r="I19" t="s">
+        <v>507</v>
+      </c>
+      <c r="J19" t="s">
+        <v>508</v>
+      </c>
+      <c r="K19" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>332</v>
+      </c>
+      <c r="B20" t="s">
+        <v>510</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>511</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>512</v>
+      </c>
+      <c r="H20" t="s">
+        <v>513</v>
+      </c>
+      <c r="I20" t="s">
+        <v>514</v>
+      </c>
+      <c r="J20" t="s">
+        <v>515</v>
+      </c>
+      <c r="K20" t="s">
+        <v>516</v>
+      </c>
+      <c r="L20" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>332</v>
+      </c>
+      <c r="B21" t="s">
+        <v>518</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>519</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>520</v>
+      </c>
+      <c r="H21" t="s">
+        <v>521</v>
+      </c>
+      <c r="I21" t="s">
+        <v>364</v>
+      </c>
+      <c r="J21" t="s">
+        <v>522</v>
+      </c>
+      <c r="K21" t="s">
+        <v>523</v>
+      </c>
+      <c r="L21" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>332</v>
+      </c>
+      <c r="B22" t="s">
+        <v>525</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>526</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>527</v>
+      </c>
+      <c r="H22" t="s">
+        <v>528</v>
+      </c>
+      <c r="I22" t="s">
+        <v>374</v>
+      </c>
+      <c r="J22" t="s">
+        <v>529</v>
+      </c>
+      <c r="K22" t="s">
+        <v>530</v>
+      </c>
+      <c r="L22" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>332</v>
+      </c>
+      <c r="B23" t="s">
+        <v>532</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>533</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>534</v>
+      </c>
+      <c r="H23" t="s">
+        <v>535</v>
+      </c>
+      <c r="I23" t="s">
+        <v>507</v>
+      </c>
+      <c r="J23" t="s">
+        <v>536</v>
+      </c>
+      <c r="K23" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>332</v>
+      </c>
+      <c r="B24" t="s">
+        <v>538</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>539</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>540</v>
+      </c>
+      <c r="H24" t="s">
+        <v>541</v>
+      </c>
+      <c r="I24" t="s">
+        <v>542</v>
+      </c>
+      <c r="J24" t="s">
+        <v>543</v>
+      </c>
+      <c r="K24" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>332</v>
+      </c>
+      <c r="B25" t="s">
+        <v>545</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>539</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>546</v>
+      </c>
+      <c r="H25" t="s">
+        <v>547</v>
+      </c>
+      <c r="I25" t="s">
+        <v>507</v>
+      </c>
+      <c r="J25" t="s">
+        <v>548</v>
+      </c>
+      <c r="K25" t="s">
+        <v>549</v>
+      </c>
+      <c r="L25" t="s">
+        <v>550</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>551</v>
+      </c>
+      <c r="B2" t="s">
+        <v>552</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>553</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>554</v>
+      </c>
+      <c r="H2" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>551</v>
+      </c>
+      <c r="B3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>558</v>
+      </c>
+      <c r="H3" t="s">
+        <v>559</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>