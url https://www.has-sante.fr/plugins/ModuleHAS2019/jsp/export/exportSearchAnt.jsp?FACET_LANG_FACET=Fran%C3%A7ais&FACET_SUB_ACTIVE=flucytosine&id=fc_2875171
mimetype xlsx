--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,223 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>08/12/2020 16:50:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
-  </si>
-[...37 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2871158/fr/ancotil-flucytosine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -231,199 +186,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...40 lines deleted...]
-      <c r="A2" t="s">
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="E2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="F2" t="s">
+      <c r="F3" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="H2" t="s">
+      <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...88 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>