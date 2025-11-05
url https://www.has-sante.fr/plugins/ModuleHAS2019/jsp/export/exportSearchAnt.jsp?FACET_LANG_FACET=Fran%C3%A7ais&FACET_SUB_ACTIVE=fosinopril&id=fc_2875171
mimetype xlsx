--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,170 +1,302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="63">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 17:14:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0068/AC/SEM du 12 juillet 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité NOYADA (captopril)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité NOYADA (captopril), validées par l’ANSM, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# # – Indication n°1 : « L’hypertension artérielle de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°2 : « L’insuffisance cardiaque de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°3 : « L’infarctus du myocarde des adultes qui n’ont pas de troubles de la déglutition :#  Traitement de courte durée (4 semaines) : NOYADA est indiqué dans les 24 premières heures chez les patients en situation hémodynamique stable.#  Prévention à long terme de l'insuffisance cardiaque symptomatique : NOYADA est indiqué chez les patients cliniquement stables avec dysfonction ventriculaire gauche asymptomatique (fraction d'éjection ≤ à 40 %) ».# Pour les indications n°1 et n°3, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.# Pour l’indication n°2, la Haute Autorité de santé n’a pas identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# L’indication n°4 : « Néphropathie diabétique du diabète de type I : NOYADA est indiqué dans le traitement de la néphropathie diabétique macroprotéinurique du diabète insulinodépendant », validée par l’ANSM, est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte de la spécialité NOYADA.# Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché et n’ayant pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>21/06/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>18/07/2017 16:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786174/fr/avis-n-2017-0068/ac/sem-du-12-juillet-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-noyada-captopril</t>
+  </si>
+  <si>
+    <t>c_2786174</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0095/AC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité ENTRESTO (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation décrites au paragraphe 02 de l’annexe du présent avis, la HAS a identifié des thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>04/11/2015 14:30:00</t>
+  </si>
+  <si>
+    <t>07/12/2015 17:57:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579309/fr/avis-n-2015-0095/ac/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-entresto-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2579309</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>FOZITEC (fosinopril)</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984191/fr/fozitec-fosinopril</t>
+  </si>
+  <si>
+    <t>pprd_2984191</t>
+  </si>
+  <si>
+    <t>fosinopril</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398950/fr/fozitec-10-mg-comprime-secable-fozitec-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460028/fr/fozitec-fosinopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024759/fr/fozitec-fosinopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612469/fr/fozitec-fosinopril</t>
+  </si>
+  <si>
+    <t>FOZIRETIC (fosinopril/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>23/02/2015 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984606/fr/foziretic-fosinopril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984606</t>
+  </si>
+  <si>
+    <t>fosinopril,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400190/fr/foziretic-20-mg/12-5-mg-comprime-secable-boite-de-28-comprimes-code-cip-341-035-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937956/fr/foziretic-fosinopril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012490/fr/foziretic-fosinopril/-hydrochlorothiazide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -191,61 +323,353 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>41</v>
+      </c>
+      <c r="J1" t="s">
+        <v>42</v>
+      </c>
+      <c r="K1" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+      <c r="I2" t="s">
+        <v>49</v>
+      </c>
+      <c r="J2" t="s">
+        <v>50</v>
+      </c>
+      <c r="K2" t="s">
+        <v>51</v>
+      </c>
+      <c r="L2" t="s">
+        <v>52</v>
+      </c>
+      <c r="M2" t="s">
+        <v>53</v>
+      </c>
+      <c r="N2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J3" t="s">
+        <v>50</v>
+      </c>
+      <c r="K3" t="s">
+        <v>60</v>
+      </c>
+      <c r="L3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>