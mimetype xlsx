--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -89,51 +89,51 @@
   <si>
     <t>29/02/2024 00:00:00</t>
   </si>
   <si>
     <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3634754</t>
   </si>