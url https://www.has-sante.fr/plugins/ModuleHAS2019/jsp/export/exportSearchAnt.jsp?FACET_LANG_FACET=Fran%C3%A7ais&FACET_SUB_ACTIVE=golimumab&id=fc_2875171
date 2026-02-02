--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -1,291 +1,1223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>ALD n° 27 - Spondylarthrite grave</t>
+  </si>
+  <si>
+    <t>26/09/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900658/fr/ald-n-27-spondylarthrite-grave</t>
+  </si>
+  <si>
+    <t>c_900658</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 octobre 2021</t>
+  </si>
+  <si>
+    <t>29/09/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289519/fr/commission-de-la-transparence-reunion-a-distance-du-6-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3289519</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2016</t>
+  </si>
+  <si>
+    <t>23/11/2016 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725162/fr/commission-de-la-transparence-reunion-du-30-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2725162</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2016</t>
+  </si>
+  <si>
+    <t>02/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681120/fr/commission-de-la-transparence-reunion-du-9-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681120</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2014</t>
+  </si>
+  <si>
+    <t>01/04/2014 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730710/fr/commission-de-la-transparence-reunion-du-2-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1730710</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2014</t>
+  </si>
+  <si>
+    <t>12/02/2014 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723927/fr/commission-de-la-transparence-reunion-du-19-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1723927</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 janvier 2012</t>
+  </si>
+  <si>
+    <t>18/01/2012 13:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190504/fr/commission-de-la-transparence-reunion-du-18-janvier-2012</t>
+  </si>
+  <si>
+    <t>c_1190504</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 décembre 2009</t>
+  </si>
+  <si>
+    <t>16/12/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893706/fr/commission-de-la-transparence-reunion-du-16-decembre-2009</t>
+  </si>
+  <si>
+    <t>c_893706</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>SIMPONI (golimumab)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982937/en/simponi-golimumab</t>
+    <t>18/09/2024 09:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982937/fr/simponi-golimumab</t>
   </si>
   <si>
     <t>pprd_2982937</t>
   </si>
   <si>
     <t>golimumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1218114/en/simponi-golimumab</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539141/en/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_1218114/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728499/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893489/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725883/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729434/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728495/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637481/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3096551/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295747/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539141/fr/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
+      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+      <c r="I4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>69</v>
+      </c>
+      <c r="H6" t="s">
+        <v>70</v>
+      </c>
+      <c r="I6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>72</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7" t="s">
+        <v>74</v>
+      </c>
+      <c r="I7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>76</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>77</v>
+      </c>
+      <c r="H8" t="s">
+        <v>78</v>
+      </c>
+      <c r="I8" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>80</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9" t="s">
+        <v>82</v>
+      </c>
+      <c r="I9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10" t="s">
+        <v>86</v>
+      </c>
+      <c r="I10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>88</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>89</v>
+      </c>
+      <c r="H11" t="s">
+        <v>90</v>
+      </c>
+      <c r="I11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>93</v>
+      </c>
+      <c r="H12" t="s">
+        <v>94</v>
+      </c>
+      <c r="I12" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>96</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>97</v>
+      </c>
+      <c r="H13" t="s">
+        <v>98</v>
+      </c>
+      <c r="I13" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>99</v>
+      </c>
+      <c r="J1" t="s">
+        <v>100</v>
+      </c>
+      <c r="K1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>105</v>
+      </c>
+      <c r="H2" t="s">
+        <v>106</v>
+      </c>
+      <c r="I2" t="s">
+        <v>107</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="Q2" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
       <c r="R2" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="S2" t="s">
-        <v>27</v>
+        <v>117</v>
       </c>
       <c r="T2" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>