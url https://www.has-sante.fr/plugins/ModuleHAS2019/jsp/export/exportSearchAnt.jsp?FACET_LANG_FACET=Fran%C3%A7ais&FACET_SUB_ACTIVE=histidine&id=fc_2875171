--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,237 +1,1468 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="142">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/02/2022 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
+  </si>
+  <si>
+    <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 juillet 2021</t>
+  </si>
+  <si>
+    <t>01/07/2021 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275434/fr/commission-de-la-transparence-reunion-a-distance-du-7-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3275434</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>04/10/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+  </si>
+  <si>
+    <t>CELSIOR (potassium (chlorure de)/ calcium (chlorure de) dihydraté/ magnésium (c...)</t>
+  </si>
+  <si>
+    <t>05/09/2019 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982716/fr/celsior-potassium-chlorure-de-/-calcium-chlorure-de-dihydrate/-magnesium-c</t>
+  </si>
+  <si>
+    <t>pprd_2982716</t>
+  </si>
+  <si>
+    <t>potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,acide glutamique,sodium (hydroxyde de),mannitol,glutathion,histidine,lactobionique (acide)</t>
+  </si>
+  <si>
+    <t>INSTITUT GEORGES LOPEZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973834/fr/celsior-potassium-chlorure-de-/-calcium-chlorure-de-dihydrate/-magnesium-c</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+      <c r="I3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>65</v>
+      </c>
+      <c r="H4" t="s">
+        <v>66</v>
+      </c>
+      <c r="I4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>83</v>
+      </c>
+      <c r="H2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J1" t="s">
+        <v>86</v>
+      </c>
+      <c r="K1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+      <c r="I2" t="s">
+        <v>93</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>95</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>98</v>
+      </c>
+      <c r="H3" t="s">
+        <v>99</v>
+      </c>
+      <c r="I3" t="s">
+        <v>100</v>
+      </c>
+      <c r="J3" t="s">
+        <v>101</v>
+      </c>
+      <c r="K3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>104</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>105</v>
+      </c>
+      <c r="H4" t="s">
+        <v>106</v>
+      </c>
+      <c r="I4" t="s">
+        <v>107</v>
+      </c>
+      <c r="J4" t="s">
+        <v>108</v>
+      </c>
+      <c r="K4" t="s">
+        <v>109</v>
+      </c>
+      <c r="L4" t="s">
+        <v>110</v>
+      </c>
+      <c r="M4" t="s">
+        <v>111</v>
+      </c>
+      <c r="N4" t="s">
+        <v>112</v>
+      </c>
+      <c r="O4" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>115</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>116</v>
+      </c>
+      <c r="H5" t="s">
+        <v>117</v>
+      </c>
+      <c r="I5" t="s">
+        <v>118</v>
+      </c>
+      <c r="J5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K5" t="s">
+        <v>119</v>
+      </c>
+      <c r="L5" t="s">
+        <v>120</v>
+      </c>
+      <c r="M5" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B6" t="s">
+        <v>122</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>124</v>
+      </c>
+      <c r="H6" t="s">
+        <v>125</v>
+      </c>
+      <c r="I6" t="s">
+        <v>126</v>
+      </c>
+      <c r="J6" t="s">
+        <v>127</v>
+      </c>
+      <c r="K6" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B7" t="s">
+        <v>129</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>130</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>131</v>
+      </c>
+      <c r="H7" t="s">
+        <v>132</v>
+      </c>
+      <c r="I7" t="s">
+        <v>133</v>
+      </c>
+      <c r="J7" t="s">
+        <v>127</v>
+      </c>
+      <c r="K7" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>88</v>
+      </c>
+      <c r="B8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>136</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>137</v>
+      </c>
+      <c r="H8" t="s">
+        <v>138</v>
+      </c>
+      <c r="I8" t="s">
+        <v>139</v>
+      </c>
+      <c r="J8" t="s">
+        <v>140</v>
+      </c>
+      <c r="K8" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>