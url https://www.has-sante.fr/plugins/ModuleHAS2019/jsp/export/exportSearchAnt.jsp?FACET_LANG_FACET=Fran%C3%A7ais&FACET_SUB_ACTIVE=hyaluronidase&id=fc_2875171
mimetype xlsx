--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,290 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Anaesthesia techniques for lens surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The French Association of Health Insurance Funds (L’Union nationale des caisses d’assurance maladie - UNCAM) has asked the HAS to deliver an opinion on the state-of-the-art of anaesthesia practices for all types of cataract surgery. In view of the general context of this assessment, two main questions were selected: question no. 1: define the indications and the non-indications of each of the anaesthesia techniques for cataract surgery; question no. 2: determine the practice requirements and the environment necessary for anaesthetic management of cataract</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2020 12:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 08:28:27</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3067004/fr/techniques-d-anesthesie-des-actes-chirurgicaux-portant-sur-le-cristallin</t>
+    <t>https://www.has-sante.fr/jcms/p_3067004/en/anaesthesia-techniques-for-lens-surgery-inahta-brief</t>
   </si>
   <si>
     <t>p_3067004</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
-  </si>
-[...55 lines deleted...]
-    <t>c_2040932</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -294,395 +174,78 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...315 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>