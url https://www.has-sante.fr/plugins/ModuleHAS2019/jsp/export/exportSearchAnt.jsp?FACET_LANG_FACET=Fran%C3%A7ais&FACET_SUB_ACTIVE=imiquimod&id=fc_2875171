--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,223 +1,382 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Vaccine recommendation" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...11 lines deleted...]
-    <t>05/13/2025 14:33:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>04/11/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568255/fr/commission-de-la-transparence-reunion-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568255</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
+  </si>
+  <si>
+    <t>14/10/2015 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563061/fr/commission-de-la-transparence-reunion-du-21-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2563061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 février 2010</t>
+  </si>
+  <si>
+    <t>10/02/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922165/fr/commission-de-la-transparence-reunion-du-10-fevrier-2010</t>
+  </si>
+  <si>
+    <t>c_922165</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2008</t>
+  </si>
+  <si>
+    <t>29/10/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_714239/fr/commission-de-la-transparence-reunion-du-29-octobre-2008</t>
+  </si>
+  <si>
+    <t>c_714239</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 septembre 2008</t>
+  </si>
+  <si>
+    <t>03/09/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_687230/fr/commission-de-la-transparence-reunion-du-3-septembre-2008</t>
+  </si>
+  <si>
+    <t>c_687230</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ALDARA (imiquimod)</t>
   </si>
   <si>
-    <t>11/08/2016 17:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983861/en/aldara-imiquimod</t>
+    <t>08/11/2016 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983861/fr/aldara-imiquimod</t>
   </si>
   <si>
     <t>pprd_2983861</t>
   </si>
   <si>
     <t>imiquimod</t>
   </si>
   <si>
     <t>MEDA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400203/en/aldara-imiquimod</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2682498/en/aldara-imiquimod</t>
+    <t>https://www.has-sante.fr/jcms/c_400203/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400220/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725097/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945892/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579404/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682498/fr/aldara-imiquimod</t>
   </si>
   <si>
     <t>ZYCLARA (imiquimod)</t>
   </si>
   <si>
-    <t>04/15/2016 16:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984299/en/zyclara-imiquimod</t>
+    <t>15/04/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984299/fr/zyclara-imiquimod</t>
   </si>
   <si>
     <t>pprd_2984299</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2579434/en/zyclara-imiquimod-topical-chemotherapy</t>
+    <t>https://www.has-sante.fr/jcms/c_2579434/fr/zyclara-imiquimod-chimiotherapie-a-usage-topique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -231,177 +390,575 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>49</v>
+      </c>
+      <c r="H4" t="s">
+        <v>50</v>
+      </c>
+      <c r="I4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" t="s">
+        <v>54</v>
+      </c>
+      <c r="I5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>82</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="H3" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="J3" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="K3" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>