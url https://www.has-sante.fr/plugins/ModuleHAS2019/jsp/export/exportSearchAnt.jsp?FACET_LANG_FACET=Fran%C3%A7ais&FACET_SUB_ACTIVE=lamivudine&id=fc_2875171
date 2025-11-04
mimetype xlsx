--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,2348 +1,838 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="86">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NEW-FILL -  25 septembre 2012 (4321) avis</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>25/09/2012 00:00:00</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Indications de la transplantation hépatique</t>
-[...5 lines deleted...]
-    <t>08/03/2005 00:00:00</t>
+    <t>Indications for liver transplantation (19-20 January 2005)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : # 1. What is the best way of managing patients undergoing transplantation for viral hepatitis?# 2. When is alcoholic cirrhosis an indication for liver transplantation? # 3. When should liver cancer be treated by liver transplantation? # 4. When is living donation an alternative? # 5. What are the developments with regard to indications for liver transplantation?</t>
+  </si>
+  <si>
+    <t>03/08/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
+    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The main objective is to determine the clinical utility of non-invasive methods for measuring fibrosis in the initial assessment and follow-up of chronic hepatitis B in untreated adults. In the absence of sufficient demonstration of this clinical utility, the diagnostic performances of these non-invasive methods will be defined, in comparison with liver biopsy</t>
+  </si>
+  <si>
+    <t>06/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/19/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
   </si>
   <si>
     <t>c_1627010</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...245 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984619/fr/triumeq-dolutegravir/abacavir/lamivudine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>TRIUMEQ (dolutégravir/abacavir/lamivudine),  association fixe d’antirétroviraux</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:44:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984619/en/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
   </si>
   <si>
     <t>pprd_2984619</t>
   </si>
   <si>
     <t>dolutégravir,abacavir,lamivudine</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2008464/fr/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3147186/fr/dovato-dolutegravir/lamivudine</t>
+    <t>https://www.has-sante.fr/jcms/c_2008464/en/triumeq-dolutegravir/abacavir/lamivudine-fixed-dose-combination-of-antiretrovirals</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293332/en/triumeq-abacavir/dolutegravir-sodique/lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445064/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546931/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685912/en/triumeq-dolutegravir/abacavir/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>DOVATO (dolutégravir/ lamivudine)</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147186/en/dovato-dolutegravir/-lamivudine</t>
   </si>
   <si>
     <t>p_3147186</t>
   </si>
   <si>
     <t>dolutégravir,lamivudine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3146844/fr/dovato-dolutegravir/-lamivudine</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982781/fr/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
+    <t>https://www.has-sante.fr/jcms/p_3146844/en/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294118/en/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497014/en/dovato-dolutegravir/lamivudine-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637598/en/dovato-dolutegravir-/-lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685921/en/dovato-dolutegravir/lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>DELSTRIGO</t>
+  </si>
+  <si>
+    <t>09/02/2022 16:19:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982781/en/delstrigo</t>
   </si>
   <si>
     <t>pprd_2982781</t>
   </si>
   <si>
     <t>ténofovir disoproxil,doravirine,lamivudine</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965623/fr/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983579/fr/combivir-lamivudine/-zidovudine</t>
+    <t>https://www.has-sante.fr/jcms/c_2965623/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360847/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine-vih-adolescents</t>
+  </si>
+  <si>
+    <t>COMBIVIR (N/R/ lamivudine/ zidovudine/ lamivudine et zidovudine)</t>
+  </si>
+  <si>
+    <t>06/29/2017 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983579/en/combivir-n/r/-lamivudine/-zidovudine/-lamivudine-et-zidovudine</t>
   </si>
   <si>
     <t>pprd_2983579</t>
   </si>
   <si>
     <t>lamivudine,zidovudine</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE/ ViiV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_631239/fr/combivir-lamivudine/-zidovudine</t>
-[...125 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399930/fr/trizivir-comprime-pellicule-boite-de-60</t>
+    <t>https://www.has-sante.fr/jcms/c_631239/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798080/en/combivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254511/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777368/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399614/en/combivir-lamivudine/-zidovudine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...480 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...143 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-[...65 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="E2" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="C3" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="D3" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="E3" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>76</v>
+        <v>40</v>
       </c>
       <c r="H3" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I13"/>
+  <dimension ref="A1:O5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>78</v>
+        <v>42</v>
+      </c>
+      <c r="J1" t="s">
+        <v>43</v>
+      </c>
+      <c r="K1" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="H2" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="I2" t="s">
-        <v>84</v>
+        <v>50</v>
+      </c>
+      <c r="J2" t="s">
+        <v>51</v>
+      </c>
+      <c r="K2" t="s">
+        <v>52</v>
+      </c>
+      <c r="L2" t="s">
+        <v>53</v>
+      </c>
+      <c r="M2" t="s">
+        <v>54</v>
+      </c>
+      <c r="N2" t="s">
+        <v>55</v>
+      </c>
+      <c r="O2" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>87</v>
+        <v>59</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="I3" t="s">
-        <v>84</v>
+        <v>61</v>
+      </c>
+      <c r="J3" t="s">
+        <v>51</v>
+      </c>
+      <c r="K3" t="s">
+        <v>62</v>
+      </c>
+      <c r="L3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M3" t="s">
+        <v>64</v>
+      </c>
+      <c r="N3" t="s">
+        <v>65</v>
+      </c>
+      <c r="O3" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="B4" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="H4" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="I4" t="s">
-        <v>84</v>
+        <v>71</v>
+      </c>
+      <c r="J4" t="s">
+        <v>72</v>
+      </c>
+      <c r="K4" t="s">
+        <v>73</v>
+      </c>
+      <c r="L4" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>76</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>77</v>
+      </c>
+      <c r="H5" t="s">
+        <v>78</v>
+      </c>
+      <c r="I5" t="s">
         <v>79</v>
       </c>
-      <c r="B5" t="s">
-[...20 lines deleted...]
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>80</v>
+      </c>
+      <c r="K5" t="s">
+        <v>81</v>
+      </c>
+      <c r="L5" t="s">
+        <v>82</v>
+      </c>
+      <c r="M5" t="s">
+        <v>83</v>
+      </c>
+      <c r="N5" t="s">
         <v>84</v>
       </c>
-    </row>
-[...229 lines deleted...]
-        <v>84</v>
+      <c r="O5" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
-[...183 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>