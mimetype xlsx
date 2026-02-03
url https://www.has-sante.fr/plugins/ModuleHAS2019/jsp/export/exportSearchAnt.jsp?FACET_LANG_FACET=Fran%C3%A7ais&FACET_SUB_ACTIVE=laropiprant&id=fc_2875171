--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -1,237 +1,546 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="46">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 novembre 2010</t>
+  </si>
+  <si>
+    <t>03/11/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996289/fr/commission-de-la-transparence-reunion-du-3-novembre-2010</t>
+  </si>
+  <si>
+    <t>c_996289</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 octobre 2010</t>
+  </si>
+  <si>
+    <t>06/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987733/fr/commission-de-la-transparence-reunion-du-6-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_987733</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juillet 2010</t>
+  </si>
+  <si>
+    <t>21/07/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969005/fr/commission-de-la-transparence-reunion-du-21-juillet-2010</t>
+  </si>
+  <si>
+    <t>c_969005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2009</t>
+  </si>
+  <si>
+    <t>04/03/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_751583/fr/commission-de-la-transparence-reunion-du-4-mars-2009</t>
+  </si>
+  <si>
+    <t>c_751583</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TREDAPTIVE (acide nicotinique / laropiprant)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985235/en/tredaptive-acide-nicotinique-/-laropiprant</t>
+    <t>18/06/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985235/fr/tredaptive-acide-nicotinique-/-laropiprant</t>
   </si>
   <si>
     <t>pprd_2985235</t>
   </si>
   <si>
     <t>acide nicotinique / laropiprant</t>
   </si>
   <si>
     <t>Laboratoire MSD - CHIBRET</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1002687/en/tredaptive</t>
+    <t>https://www.has-sante.fr/jcms/c_1002687/fr/tredaptive-acide-nicotinique-/-laropiprant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>17</v>
       </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J1" t="s">
+        <v>36</v>
+      </c>
+      <c r="K1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+      <c r="I2" t="s">
+        <v>43</v>
+      </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>