--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -21,110 +21,95 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3578446</t>
   </si>
   <si>
     <t>Hépatite Auto-Immunes (HAI)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
   </si>
   <si>
     <t>p_3291664</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
@@ -317,51 +302,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -451,455 +436,429 @@
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...24 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>35</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>36</v>
-      </c>
-[...16 lines deleted...]
-        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+      <c r="I2" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+      <c r="I3" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>50</v>
+      </c>
+      <c r="H4" t="s">
+        <v>51</v>
+      </c>
+      <c r="I4" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>57</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>58</v>
-      </c>
-[...16 lines deleted...]
-        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="J1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="K1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" t="s">
         <v>67</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>68</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>69</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>70</v>
-      </c>
-[...13 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I3" t="s">
         <v>67</v>
       </c>
-      <c r="B3" t="s">
+      <c r="J3" t="s">
+        <v>75</v>
+      </c>
+      <c r="K3" t="s">
         <v>76</v>
-      </c>
-[...25 lines deleted...]
-        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>